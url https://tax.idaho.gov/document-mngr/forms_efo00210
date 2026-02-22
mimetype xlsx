--- v0 (2025-11-12)
+++ v1 (2026-02-22)
@@ -1,238 +1,404 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28324"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\AllisonD\Website Updates Documents\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{ABA65A7C-4FFD-4AFA-85CA-1A413AD7812F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{C4C13E74-961A-4D19-9B76-9B478067D758}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="changes" sheetId="59" r:id="rId1"/>
     <sheet name="memorandum" sheetId="29" r:id="rId2"/>
     <sheet name="contents" sheetId="40" r:id="rId3"/>
     <sheet name="index pg 1-10" sheetId="60" r:id="rId4"/>
     <sheet name="notes pg11-12" sheetId="32" r:id="rId5"/>
     <sheet name="trends pg13" sheetId="45" r:id="rId6"/>
     <sheet name="pp example pg14" sheetId="46" r:id="rId7"/>
     <sheet name="personal prop pg15" sheetId="47" r:id="rId8"/>
     <sheet name="industrial pg16" sheetId="48" r:id="rId9"/>
     <sheet name="agriculture pg17" sheetId="49" r:id="rId10"/>
     <sheet name="construction pg18" sheetId="57" r:id="rId11"/>
     <sheet name="supplemental pg19" sheetId="51" r:id="rId12"/>
     <sheet name="catv pg20" sheetId="52" r:id="rId13"/>
     <sheet name="wireless pg21" sheetId="53" r:id="rId14"/>
     <sheet name="isp pg22" sheetId="54" r:id="rId15"/>
+    <sheet name="Depreciation" sheetId="61" state="hidden" r:id="rId16"/>
   </sheets>
   <definedNames>
     <definedName name="_Fill" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="_Fill" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="_Fill" localSheetId="10" hidden="1">#REF!</definedName>
     <definedName name="_Fill" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="_Fill" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="_Fill" localSheetId="14" hidden="1">#REF!</definedName>
     <definedName name="_Fill" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="_Fill" localSheetId="6" hidden="1">#REF!</definedName>
     <definedName name="_Fill" localSheetId="11" hidden="1">#REF!</definedName>
     <definedName name="_Fill" localSheetId="5" hidden="1">#REF!</definedName>
     <definedName name="_Fill" hidden="1">#REF!</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'index pg 1-10'!$A$4:$E$457</definedName>
     <definedName name="Jim" localSheetId="9" hidden="1">{#N/A,#N/A,FALSE,"into memo";#N/A,#N/A,FALSE,"index";#N/A,#N/A,FALSE,"trends";#N/A,#N/A,FALSE,"pers prop";#N/A,#N/A,FALSE,"ind prop";#N/A,#N/A,FALSE,"equip";#N/A,#N/A,FALSE,"library";#N/A,#N/A,FALSE,"arcade";#N/A,#N/A,FALSE,"pitney-bowes";#N/A,#N/A,FALSE,"video";#N/A,#N/A,FALSE,"wind";#N/A,#N/A,FALSE,"CATV"}</definedName>
     <definedName name="Jim" localSheetId="12" hidden="1">{#N/A,#N/A,FALSE,"into memo";#N/A,#N/A,FALSE,"index";#N/A,#N/A,FALSE,"trends";#N/A,#N/A,FALSE,"pers prop";#N/A,#N/A,FALSE,"ind prop";#N/A,#N/A,FALSE,"equip";#N/A,#N/A,FALSE,"library";#N/A,#N/A,FALSE,"arcade";#N/A,#N/A,FALSE,"pitney-bowes";#N/A,#N/A,FALSE,"video";#N/A,#N/A,FALSE,"wind";#N/A,#N/A,FALSE,"CATV"}</definedName>
     <definedName name="Jim" localSheetId="0" hidden="1">{#N/A,#N/A,FALSE,"into memo";#N/A,#N/A,FALSE,"index";#N/A,#N/A,FALSE,"trends";#N/A,#N/A,FALSE,"pers prop";#N/A,#N/A,FALSE,"ind prop";#N/A,#N/A,FALSE,"equip";#N/A,#N/A,FALSE,"library";#N/A,#N/A,FALSE,"arcade";#N/A,#N/A,FALSE,"pitney-bowes";#N/A,#N/A,FALSE,"video";#N/A,#N/A,FALSE,"wind";#N/A,#N/A,FALSE,"CATV"}</definedName>
     <definedName name="Jim" localSheetId="10" hidden="1">{#N/A,#N/A,FALSE,"into memo";#N/A,#N/A,FALSE,"index";#N/A,#N/A,FALSE,"trends";#N/A,#N/A,FALSE,"pers prop";#N/A,#N/A,FALSE,"ind prop";#N/A,#N/A,FALSE,"equip";#N/A,#N/A,FALSE,"library";#N/A,#N/A,FALSE,"arcade";#N/A,#N/A,FALSE,"pitney-bowes";#N/A,#N/A,FALSE,"video";#N/A,#N/A,FALSE,"wind";#N/A,#N/A,FALSE,"CATV"}</definedName>
     <definedName name="Jim" localSheetId="2" hidden="1">{#N/A,#N/A,FALSE,"into memo";#N/A,#N/A,FALSE,"index";#N/A,#N/A,FALSE,"trends";#N/A,#N/A,FALSE,"pers prop";#N/A,#N/A,FALSE,"ind prop";#N/A,#N/A,FALSE,"equip";#N/A,#N/A,FALSE,"library";#N/A,#N/A,FALSE,"arcade";#N/A,#N/A,FALSE,"pitney-bowes";#N/A,#N/A,FALSE,"video";#N/A,#N/A,FALSE,"wind";#N/A,#N/A,FALSE,"CATV"}</definedName>
     <definedName name="Jim" localSheetId="3" hidden="1">{#N/A,#N/A,FALSE,"into memo";#N/A,#N/A,FALSE,"index";#N/A,#N/A,FALSE,"trends";#N/A,#N/A,FALSE,"pers prop";#N/A,#N/A,FALSE,"ind prop";#N/A,#N/A,FALSE,"equip";#N/A,#N/A,FALSE,"library";#N/A,#N/A,FALSE,"arcade";#N/A,#N/A,FALSE,"pitney-bowes";#N/A,#N/A,FALSE,"video";#N/A,#N/A,FALSE,"wind";#N/A,#N/A,FALSE,"CATV"}</definedName>
     <definedName name="Jim" localSheetId="8" hidden="1">{#N/A,#N/A,FALSE,"into memo";#N/A,#N/A,FALSE,"index";#N/A,#N/A,FALSE,"trends";#N/A,#N/A,FALSE,"pers prop";#N/A,#N/A,FALSE,"ind prop";#N/A,#N/A,FALSE,"equip";#N/A,#N/A,FALSE,"library";#N/A,#N/A,FALSE,"arcade";#N/A,#N/A,FALSE,"pitney-bowes";#N/A,#N/A,FALSE,"video";#N/A,#N/A,FALSE,"wind";#N/A,#N/A,FALSE,"CATV"}</definedName>
     <definedName name="Jim" localSheetId="14" hidden="1">{#N/A,#N/A,FALSE,"into memo";#N/A,#N/A,FALSE,"index";#N/A,#N/A,FALSE,"trends";#N/A,#N/A,FALSE,"pers prop";#N/A,#N/A,FALSE,"ind prop";#N/A,#N/A,FALSE,"equip";#N/A,#N/A,FALSE,"library";#N/A,#N/A,FALSE,"arcade";#N/A,#N/A,FALSE,"pitney-bowes";#N/A,#N/A,FALSE,"video";#N/A,#N/A,FALSE,"wind";#N/A,#N/A,FALSE,"CATV"}</definedName>
     <definedName name="Jim" localSheetId="1" hidden="1">{#N/A,#N/A,FALSE,"into memo";#N/A,#N/A,FALSE,"index";#N/A,#N/A,FALSE,"trends";#N/A,#N/A,FALSE,"pers prop";#N/A,#N/A,FALSE,"ind prop";#N/A,#N/A,FALSE,"equip";#N/A,#N/A,FALSE,"library";#N/A,#N/A,FALSE,"arcade";#N/A,#N/A,FALSE,"pitney-bowes";#N/A,#N/A,FALSE,"video";#N/A,#N/A,FALSE,"wind";#N/A,#N/A,FALSE,"CATV"}</definedName>
     <definedName name="Jim" localSheetId="4" hidden="1">{#N/A,#N/A,FALSE,"into memo";#N/A,#N/A,FALSE,"index";#N/A,#N/A,FALSE,"trends";#N/A,#N/A,FALSE,"pers prop";#N/A,#N/A,FALSE,"ind prop";#N/A,#N/A,FALSE,"equip";#N/A,#N/A,FALSE,"library";#N/A,#N/A,FALSE,"arcade";#N/A,#N/A,FALSE,"pitney-bowes";#N/A,#N/A,FALSE,"video";#N/A,#N/A,FALSE,"wind";#N/A,#N/A,FALSE,"CATV"}</definedName>
     <definedName name="Jim" localSheetId="7" hidden="1">{#N/A,#N/A,FALSE,"into memo";#N/A,#N/A,FALSE,"index";#N/A,#N/A,FALSE,"trends";#N/A,#N/A,FALSE,"pers prop";#N/A,#N/A,FALSE,"ind prop";#N/A,#N/A,FALSE,"equip";#N/A,#N/A,FALSE,"library";#N/A,#N/A,FALSE,"arcade";#N/A,#N/A,FALSE,"pitney-bowes";#N/A,#N/A,FALSE,"video";#N/A,#N/A,FALSE,"wind";#N/A,#N/A,FALSE,"CATV"}</definedName>
     <definedName name="Jim" localSheetId="6" hidden="1">{#N/A,#N/A,FALSE,"into memo";#N/A,#N/A,FALSE,"index";#N/A,#N/A,FALSE,"trends";#N/A,#N/A,FALSE,"pers prop";#N/A,#N/A,FALSE,"ind prop";#N/A,#N/A,FALSE,"equip";#N/A,#N/A,FALSE,"library";#N/A,#N/A,FALSE,"arcade";#N/A,#N/A,FALSE,"pitney-bowes";#N/A,#N/A,FALSE,"video";#N/A,#N/A,FALSE,"wind";#N/A,#N/A,FALSE,"CATV"}</definedName>
     <definedName name="Jim" localSheetId="11" hidden="1">{#N/A,#N/A,FALSE,"into memo";#N/A,#N/A,FALSE,"index";#N/A,#N/A,FALSE,"trends";#N/A,#N/A,FALSE,"pers prop";#N/A,#N/A,FALSE,"ind prop";#N/A,#N/A,FALSE,"equip";#N/A,#N/A,FALSE,"library";#N/A,#N/A,FALSE,"arcade";#N/A,#N/A,FALSE,"pitney-bowes";#N/A,#N/A,FALSE,"video";#N/A,#N/A,FALSE,"wind";#N/A,#N/A,FALSE,"CATV"}</definedName>
     <definedName name="Jim" localSheetId="5" hidden="1">{#N/A,#N/A,FALSE,"into memo";#N/A,#N/A,FALSE,"index";#N/A,#N/A,FALSE,"trends";#N/A,#N/A,FALSE,"pers prop";#N/A,#N/A,FALSE,"ind prop";#N/A,#N/A,FALSE,"equip";#N/A,#N/A,FALSE,"library";#N/A,#N/A,FALSE,"arcade";#N/A,#N/A,FALSE,"pitney-bowes";#N/A,#N/A,FALSE,"video";#N/A,#N/A,FALSE,"wind";#N/A,#N/A,FALSE,"CATV"}</definedName>
     <definedName name="Jim" localSheetId="13" hidden="1">{#N/A,#N/A,FALSE,"into memo";#N/A,#N/A,FALSE,"index";#N/A,#N/A,FALSE,"trends";#N/A,#N/A,FALSE,"pers prop";#N/A,#N/A,FALSE,"ind prop";#N/A,#N/A,FALSE,"equip";#N/A,#N/A,FALSE,"library";#N/A,#N/A,FALSE,"arcade";#N/A,#N/A,FALSE,"pitney-bowes";#N/A,#N/A,FALSE,"video";#N/A,#N/A,FALSE,"wind";#N/A,#N/A,FALSE,"CATV"}</definedName>
     <definedName name="Jim" hidden="1">{#N/A,#N/A,FALSE,"into memo";#N/A,#N/A,FALSE,"index";#N/A,#N/A,FALSE,"trends";#N/A,#N/A,FALSE,"pers prop";#N/A,#N/A,FALSE,"ind prop";#N/A,#N/A,FALSE,"equip";#N/A,#N/A,FALSE,"library";#N/A,#N/A,FALSE,"arcade";#N/A,#N/A,FALSE,"pitney-bowes";#N/A,#N/A,FALSE,"video";#N/A,#N/A,FALSE,"wind";#N/A,#N/A,FALSE,"CATV"}</definedName>
     <definedName name="OLE_LINK3" localSheetId="6">'pp example pg14'!$B$35</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="9">'agriculture pg17'!$A$1:$J$53</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="12">'catv pg20'!$A$1:$I$50</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">changes!$A$1:$D$17</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="10">'construction pg18'!$A$1:$Z$50</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">contents!$A$1:$K$51</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'index pg 1-10'!$A$6:$E$463</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="8">'industrial pg16'!$B$1:$W$43</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="14">'isp pg22'!$A$1:$I$59</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">memorandum!$A$1:$K$53</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'notes pg11-12'!$A$3:$E$34</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="7">'personal prop pg15'!$B$1:$W$43</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="6">'pp example pg14'!$A$1:$N$45</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="6">'pp example pg14'!$A$1:$N$44</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="11">'supplemental pg19'!$A$1:$E$39</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">'trends pg13'!$A$1:$O$42</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="13">'wireless pg21'!$A$1:$I$50</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'index pg 1-10'!$1:$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="4">'notes pg11-12'!$1:$2</definedName>
     <definedName name="wrn.1996_Depreciation_Packet." localSheetId="9" hidden="1">{#N/A,#N/A,FALSE,"into memo";#N/A,#N/A,FALSE,"index";#N/A,#N/A,FALSE,"trends";#N/A,#N/A,FALSE,"pers prop";#N/A,#N/A,FALSE,"ind prop";#N/A,#N/A,FALSE,"equip";#N/A,#N/A,FALSE,"library";#N/A,#N/A,FALSE,"arcade";#N/A,#N/A,FALSE,"pitney-bowes";#N/A,#N/A,FALSE,"video";#N/A,#N/A,FALSE,"wind";#N/A,#N/A,FALSE,"CATV"}</definedName>
     <definedName name="wrn.1996_Depreciation_Packet." localSheetId="12" hidden="1">{#N/A,#N/A,FALSE,"into memo";#N/A,#N/A,FALSE,"index";#N/A,#N/A,FALSE,"trends";#N/A,#N/A,FALSE,"pers prop";#N/A,#N/A,FALSE,"ind prop";#N/A,#N/A,FALSE,"equip";#N/A,#N/A,FALSE,"library";#N/A,#N/A,FALSE,"arcade";#N/A,#N/A,FALSE,"pitney-bowes";#N/A,#N/A,FALSE,"video";#N/A,#N/A,FALSE,"wind";#N/A,#N/A,FALSE,"CATV"}</definedName>
     <definedName name="wrn.1996_Depreciation_Packet." localSheetId="0" hidden="1">{#N/A,#N/A,FALSE,"into memo";#N/A,#N/A,FALSE,"index";#N/A,#N/A,FALSE,"trends";#N/A,#N/A,FALSE,"pers prop";#N/A,#N/A,FALSE,"ind prop";#N/A,#N/A,FALSE,"equip";#N/A,#N/A,FALSE,"library";#N/A,#N/A,FALSE,"arcade";#N/A,#N/A,FALSE,"pitney-bowes";#N/A,#N/A,FALSE,"video";#N/A,#N/A,FALSE,"wind";#N/A,#N/A,FALSE,"CATV"}</definedName>
     <definedName name="wrn.1996_Depreciation_Packet." localSheetId="10" hidden="1">{#N/A,#N/A,FALSE,"into memo";#N/A,#N/A,FALSE,"index";#N/A,#N/A,FALSE,"trends";#N/A,#N/A,FALSE,"pers prop";#N/A,#N/A,FALSE,"ind prop";#N/A,#N/A,FALSE,"equip";#N/A,#N/A,FALSE,"library";#N/A,#N/A,FALSE,"arcade";#N/A,#N/A,FALSE,"pitney-bowes";#N/A,#N/A,FALSE,"video";#N/A,#N/A,FALSE,"wind";#N/A,#N/A,FALSE,"CATV"}</definedName>
     <definedName name="wrn.1996_Depreciation_Packet." localSheetId="2" hidden="1">{#N/A,#N/A,FALSE,"into memo";#N/A,#N/A,FALSE,"index";#N/A,#N/A,FALSE,"trends";#N/A,#N/A,FALSE,"pers prop";#N/A,#N/A,FALSE,"ind prop";#N/A,#N/A,FALSE,"equip";#N/A,#N/A,FALSE,"library";#N/A,#N/A,FALSE,"arcade";#N/A,#N/A,FALSE,"pitney-bowes";#N/A,#N/A,FALSE,"video";#N/A,#N/A,FALSE,"wind";#N/A,#N/A,FALSE,"CATV"}</definedName>
     <definedName name="wrn.1996_Depreciation_Packet." localSheetId="3" hidden="1">{#N/A,#N/A,FALSE,"into memo";#N/A,#N/A,FALSE,"index";#N/A,#N/A,FALSE,"trends";#N/A,#N/A,FALSE,"pers prop";#N/A,#N/A,FALSE,"ind prop";#N/A,#N/A,FALSE,"equip";#N/A,#N/A,FALSE,"library";#N/A,#N/A,FALSE,"arcade";#N/A,#N/A,FALSE,"pitney-bowes";#N/A,#N/A,FALSE,"video";#N/A,#N/A,FALSE,"wind";#N/A,#N/A,FALSE,"CATV"}</definedName>
     <definedName name="wrn.1996_Depreciation_Packet." localSheetId="8" hidden="1">{#N/A,#N/A,FALSE,"into memo";#N/A,#N/A,FALSE,"index";#N/A,#N/A,FALSE,"trends";#N/A,#N/A,FALSE,"pers prop";#N/A,#N/A,FALSE,"ind prop";#N/A,#N/A,FALSE,"equip";#N/A,#N/A,FALSE,"library";#N/A,#N/A,FALSE,"arcade";#N/A,#N/A,FALSE,"pitney-bowes";#N/A,#N/A,FALSE,"video";#N/A,#N/A,FALSE,"wind";#N/A,#N/A,FALSE,"CATV"}</definedName>
     <definedName name="wrn.1996_Depreciation_Packet." localSheetId="14" hidden="1">{#N/A,#N/A,FALSE,"into memo";#N/A,#N/A,FALSE,"index";#N/A,#N/A,FALSE,"trends";#N/A,#N/A,FALSE,"pers prop";#N/A,#N/A,FALSE,"ind prop";#N/A,#N/A,FALSE,"equip";#N/A,#N/A,FALSE,"library";#N/A,#N/A,FALSE,"arcade";#N/A,#N/A,FALSE,"pitney-bowes";#N/A,#N/A,FALSE,"video";#N/A,#N/A,FALSE,"wind";#N/A,#N/A,FALSE,"CATV"}</definedName>
     <definedName name="wrn.1996_Depreciation_Packet." localSheetId="1" hidden="1">{#N/A,#N/A,FALSE,"into memo";#N/A,#N/A,FALSE,"index";#N/A,#N/A,FALSE,"trends";#N/A,#N/A,FALSE,"pers prop";#N/A,#N/A,FALSE,"ind prop";#N/A,#N/A,FALSE,"equip";#N/A,#N/A,FALSE,"library";#N/A,#N/A,FALSE,"arcade";#N/A,#N/A,FALSE,"pitney-bowes";#N/A,#N/A,FALSE,"video";#N/A,#N/A,FALSE,"wind";#N/A,#N/A,FALSE,"CATV"}</definedName>
     <definedName name="wrn.1996_Depreciation_Packet." localSheetId="4" hidden="1">{#N/A,#N/A,FALSE,"into memo";#N/A,#N/A,FALSE,"index";#N/A,#N/A,FALSE,"trends";#N/A,#N/A,FALSE,"pers prop";#N/A,#N/A,FALSE,"ind prop";#N/A,#N/A,FALSE,"equip";#N/A,#N/A,FALSE,"library";#N/A,#N/A,FALSE,"arcade";#N/A,#N/A,FALSE,"pitney-bowes";#N/A,#N/A,FALSE,"video";#N/A,#N/A,FALSE,"wind";#N/A,#N/A,FALSE,"CATV"}</definedName>
     <definedName name="wrn.1996_Depreciation_Packet." localSheetId="7" hidden="1">{#N/A,#N/A,FALSE,"into memo";#N/A,#N/A,FALSE,"index";#N/A,#N/A,FALSE,"trends";#N/A,#N/A,FALSE,"pers prop";#N/A,#N/A,FALSE,"ind prop";#N/A,#N/A,FALSE,"equip";#N/A,#N/A,FALSE,"library";#N/A,#N/A,FALSE,"arcade";#N/A,#N/A,FALSE,"pitney-bowes";#N/A,#N/A,FALSE,"video";#N/A,#N/A,FALSE,"wind";#N/A,#N/A,FALSE,"CATV"}</definedName>
     <definedName name="wrn.1996_Depreciation_Packet." localSheetId="6" hidden="1">{#N/A,#N/A,FALSE,"into memo";#N/A,#N/A,FALSE,"index";#N/A,#N/A,FALSE,"trends";#N/A,#N/A,FALSE,"pers prop";#N/A,#N/A,FALSE,"ind prop";#N/A,#N/A,FALSE,"equip";#N/A,#N/A,FALSE,"library";#N/A,#N/A,FALSE,"arcade";#N/A,#N/A,FALSE,"pitney-bowes";#N/A,#N/A,FALSE,"video";#N/A,#N/A,FALSE,"wind";#N/A,#N/A,FALSE,"CATV"}</definedName>
     <definedName name="wrn.1996_Depreciation_Packet." localSheetId="11" hidden="1">{#N/A,#N/A,FALSE,"into memo";#N/A,#N/A,FALSE,"index";#N/A,#N/A,FALSE,"trends";#N/A,#N/A,FALSE,"pers prop";#N/A,#N/A,FALSE,"ind prop";#N/A,#N/A,FALSE,"equip";#N/A,#N/A,FALSE,"library";#N/A,#N/A,FALSE,"arcade";#N/A,#N/A,FALSE,"pitney-bowes";#N/A,#N/A,FALSE,"video";#N/A,#N/A,FALSE,"wind";#N/A,#N/A,FALSE,"CATV"}</definedName>
     <definedName name="wrn.1996_Depreciation_Packet." localSheetId="5" hidden="1">{#N/A,#N/A,FALSE,"into memo";#N/A,#N/A,FALSE,"index";#N/A,#N/A,FALSE,"trends";#N/A,#N/A,FALSE,"pers prop";#N/A,#N/A,FALSE,"ind prop";#N/A,#N/A,FALSE,"equip";#N/A,#N/A,FALSE,"library";#N/A,#N/A,FALSE,"arcade";#N/A,#N/A,FALSE,"pitney-bowes";#N/A,#N/A,FALSE,"video";#N/A,#N/A,FALSE,"wind";#N/A,#N/A,FALSE,"CATV"}</definedName>
     <definedName name="wrn.1996_Depreciation_Packet." localSheetId="13" hidden="1">{#N/A,#N/A,FALSE,"into memo";#N/A,#N/A,FALSE,"index";#N/A,#N/A,FALSE,"trends";#N/A,#N/A,FALSE,"pers prop";#N/A,#N/A,FALSE,"ind prop";#N/A,#N/A,FALSE,"equip";#N/A,#N/A,FALSE,"library";#N/A,#N/A,FALSE,"arcade";#N/A,#N/A,FALSE,"pitney-bowes";#N/A,#N/A,FALSE,"video";#N/A,#N/A,FALSE,"wind";#N/A,#N/A,FALSE,"CATV"}</definedName>
     <definedName name="wrn.1996_Depreciation_Packet." hidden="1">{#N/A,#N/A,FALSE,"into memo";#N/A,#N/A,FALSE,"index";#N/A,#N/A,FALSE,"trends";#N/A,#N/A,FALSE,"pers prop";#N/A,#N/A,FALSE,"ind prop";#N/A,#N/A,FALSE,"equip";#N/A,#N/A,FALSE,"library";#N/A,#N/A,FALSE,"arcade";#N/A,#N/A,FALSE,"pitney-bowes";#N/A,#N/A,FALSE,"video";#N/A,#N/A,FALSE,"wind";#N/A,#N/A,FALSE,"CATV"}</definedName>
   </definedNames>
-  <calcPr calcId="191029" iterateDelta="0"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B12" i="57" l="1"/>
+  <c r="C42" i="54" l="1"/>
+  <c r="C43" i="54" s="1"/>
+  <c r="C40" i="54"/>
+  <c r="C41" i="54" s="1"/>
+  <c r="C38" i="54"/>
+  <c r="C39" i="54" s="1"/>
+  <c r="C36" i="54"/>
+  <c r="C37" i="54" s="1"/>
+  <c r="C34" i="54"/>
+  <c r="C35" i="54" s="1"/>
+  <c r="C32" i="54"/>
+  <c r="C33" i="54" s="1"/>
+  <c r="C30" i="54"/>
+  <c r="C31" i="54" s="1"/>
+  <c r="C28" i="54"/>
+  <c r="C29" i="54" s="1"/>
+  <c r="C26" i="54"/>
+  <c r="C27" i="54" s="1"/>
+  <c r="C24" i="54"/>
+  <c r="C25" i="54" s="1"/>
+  <c r="C22" i="54"/>
+  <c r="C23" i="54" s="1"/>
+  <c r="C20" i="54"/>
+  <c r="C21" i="54" s="1"/>
+  <c r="C18" i="54"/>
+  <c r="C19" i="54" s="1"/>
+  <c r="C17" i="54"/>
+  <c r="C16" i="54"/>
+  <c r="C37" i="48"/>
+  <c r="C38" i="48" s="1"/>
+  <c r="C36" i="48"/>
+  <c r="C35" i="48"/>
+  <c r="C33" i="48"/>
+  <c r="C34" i="48" s="1"/>
+  <c r="C31" i="48"/>
+  <c r="C32" i="48" s="1"/>
+  <c r="C30" i="48"/>
+  <c r="C29" i="48"/>
+  <c r="C27" i="48"/>
+  <c r="C28" i="48" s="1"/>
+  <c r="C25" i="48"/>
+  <c r="C26" i="48" s="1"/>
+  <c r="C23" i="48"/>
+  <c r="C24" i="48" s="1"/>
+  <c r="C22" i="48"/>
+  <c r="C21" i="48"/>
+  <c r="C19" i="48"/>
+  <c r="C20" i="48" s="1"/>
+  <c r="C17" i="48"/>
+  <c r="C18" i="48" s="1"/>
+  <c r="C15" i="48"/>
+  <c r="C16" i="48" s="1"/>
+  <c r="C13" i="48"/>
+  <c r="C14" i="48" s="1"/>
+  <c r="C11" i="48"/>
+  <c r="C12" i="48" s="1"/>
+  <c r="C10" i="48"/>
+  <c r="C9" i="48"/>
+  <c r="C9" i="47"/>
+  <c r="C10" i="47" l="1"/>
+  <c r="B37" i="45"/>
+  <c r="B35" i="45"/>
+  <c r="B33" i="45"/>
+  <c r="B31" i="45"/>
+  <c r="B29" i="45"/>
+  <c r="B27" i="45"/>
+  <c r="B25" i="45"/>
+  <c r="B23" i="45"/>
+  <c r="B21" i="45"/>
+  <c r="B19" i="45"/>
+  <c r="B17" i="45"/>
+  <c r="B15" i="45"/>
+  <c r="B13" i="45"/>
+  <c r="B11" i="45"/>
+  <c r="B9" i="45"/>
+  <c r="B10" i="45" s="1"/>
+  <c r="B12" i="45" s="1"/>
+  <c r="B8" i="45"/>
+  <c r="G61" i="61"/>
+  <c r="Y60" i="61"/>
+  <c r="Y59" i="61"/>
+  <c r="Y58" i="61"/>
+  <c r="Y57" i="61"/>
+  <c r="A56" i="61"/>
+  <c r="Y56" i="61" s="1"/>
+  <c r="Y7" i="61"/>
+  <c r="T6" i="61"/>
+  <c r="S6" i="61"/>
+  <c r="R6" i="61"/>
+  <c r="Q6" i="61"/>
+  <c r="P6" i="61"/>
+  <c r="O6" i="61"/>
+  <c r="N6" i="61"/>
+  <c r="M6" i="61"/>
+  <c r="L6" i="61"/>
+  <c r="K6" i="61"/>
+  <c r="J6" i="61"/>
+  <c r="I6" i="61"/>
+  <c r="H6" i="61"/>
+  <c r="G6" i="61"/>
+  <c r="F6" i="61"/>
+  <c r="E6" i="61"/>
+  <c r="D6" i="61"/>
+  <c r="C6" i="61"/>
+  <c r="B6" i="61"/>
+  <c r="X5" i="61"/>
+  <c r="W5" i="61"/>
+  <c r="V5" i="61"/>
+  <c r="U5" i="61"/>
+  <c r="T5" i="61"/>
+  <c r="R5" i="61"/>
+  <c r="R56" i="61" s="1"/>
+  <c r="Q5" i="61"/>
+  <c r="Q56" i="61" s="1"/>
+  <c r="P5" i="61"/>
+  <c r="P56" i="61" s="1"/>
+  <c r="O5" i="61"/>
+  <c r="O56" i="61" s="1"/>
+  <c r="L5" i="61"/>
+  <c r="L56" i="61" s="1"/>
+  <c r="J5" i="61"/>
+  <c r="J56" i="61" s="1"/>
+  <c r="I5" i="61"/>
+  <c r="I56" i="61" s="1"/>
+  <c r="H5" i="61"/>
+  <c r="H56" i="61" s="1"/>
+  <c r="G5" i="61"/>
+  <c r="G56" i="61" s="1"/>
+  <c r="G62" i="61" s="1"/>
+  <c r="D5" i="61"/>
+  <c r="D56" i="61" s="1"/>
+  <c r="B5" i="61"/>
+  <c r="B56" i="61" s="1"/>
+  <c r="X4" i="61"/>
+  <c r="W4" i="61"/>
+  <c r="V4" i="61"/>
+  <c r="U4" i="61"/>
+  <c r="T4" i="61"/>
+  <c r="S4" i="61"/>
+  <c r="S5" i="61" s="1"/>
+  <c r="S56" i="61" s="1"/>
+  <c r="R4" i="61"/>
+  <c r="Q4" i="61"/>
+  <c r="P4" i="61"/>
+  <c r="O4" i="61"/>
+  <c r="N4" i="61"/>
+  <c r="N5" i="61" s="1"/>
+  <c r="N56" i="61" s="1"/>
+  <c r="M4" i="61"/>
+  <c r="M5" i="61" s="1"/>
+  <c r="M56" i="61" s="1"/>
+  <c r="L4" i="61"/>
+  <c r="K4" i="61"/>
+  <c r="K5" i="61" s="1"/>
+  <c r="K56" i="61" s="1"/>
+  <c r="J4" i="61"/>
+  <c r="I4" i="61"/>
+  <c r="H4" i="61"/>
+  <c r="G4" i="61"/>
+  <c r="F4" i="61"/>
+  <c r="F5" i="61" s="1"/>
+  <c r="F56" i="61" s="1"/>
+  <c r="E4" i="61"/>
+  <c r="E5" i="61" s="1"/>
+  <c r="E56" i="61" s="1"/>
+  <c r="D4" i="61"/>
+  <c r="C4" i="61"/>
+  <c r="C5" i="61" s="1"/>
+  <c r="C56" i="61" s="1"/>
+  <c r="B4" i="61"/>
+  <c r="X3" i="61"/>
+  <c r="W3" i="61"/>
+  <c r="X2" i="61"/>
+  <c r="W2" i="61"/>
+  <c r="X1" i="61"/>
+  <c r="W1" i="61"/>
+  <c r="U1" i="61"/>
+  <c r="B12" i="57"/>
   <c r="B13" i="57" s="1"/>
   <c r="B14" i="57" s="1"/>
   <c r="B15" i="57" s="1"/>
   <c r="B16" i="57" s="1"/>
   <c r="B17" i="57" s="1"/>
   <c r="B18" i="57" s="1"/>
   <c r="B19" i="57" s="1"/>
   <c r="B20" i="57" s="1"/>
   <c r="B21" i="57" s="1"/>
   <c r="B22" i="57" s="1"/>
   <c r="B23" i="57" s="1"/>
   <c r="B24" i="57" s="1"/>
   <c r="B25" i="57" s="1"/>
   <c r="B26" i="57" s="1"/>
   <c r="B27" i="57" s="1"/>
   <c r="B28" i="57" s="1"/>
   <c r="B29" i="57" s="1"/>
   <c r="B30" i="57" s="1"/>
   <c r="B31" i="57" s="1"/>
   <c r="B32" i="57" s="1"/>
   <c r="B33" i="57" s="1"/>
   <c r="B34" i="57" s="1"/>
   <c r="B35" i="57" s="1"/>
   <c r="B36" i="57" s="1"/>
   <c r="B37" i="57" s="1"/>
   <c r="B38" i="57" s="1"/>
   <c r="B39" i="57" s="1"/>
   <c r="B40" i="57" s="1"/>
   <c r="B41" i="57" s="1"/>
-  <c r="C15" i="54" l="1"/>
-[...28 lines deleted...]
-  <c r="C44" i="54" s="1"/>
+  <c r="C11" i="47" l="1"/>
+  <c r="B14" i="45"/>
+  <c r="B16" i="45" s="1"/>
+  <c r="B18" i="45" s="1"/>
+  <c r="B20" i="45" s="1"/>
+  <c r="B22" i="45" s="1"/>
+  <c r="B24" i="45" s="1"/>
+  <c r="B26" i="45" s="1"/>
+  <c r="B28" i="45" s="1"/>
+  <c r="B30" i="45" s="1"/>
+  <c r="B32" i="45" s="1"/>
+  <c r="B34" i="45" s="1"/>
+  <c r="B36" i="45" s="1"/>
+  <c r="T55" i="61"/>
+  <c r="T56" i="61"/>
+  <c r="T7" i="61"/>
+  <c r="A55" i="61"/>
   <c r="C15" i="53"/>
   <c r="C16" i="53" s="1"/>
   <c r="C17" i="53" s="1"/>
   <c r="C18" i="53" s="1"/>
   <c r="C19" i="53" s="1"/>
   <c r="C20" i="53" s="1"/>
   <c r="C21" i="53" s="1"/>
   <c r="C22" i="53" s="1"/>
   <c r="C23" i="53" s="1"/>
   <c r="C24" i="53" s="1"/>
   <c r="C25" i="53" s="1"/>
   <c r="C26" i="53" s="1"/>
   <c r="C27" i="53" s="1"/>
   <c r="C28" i="53" s="1"/>
   <c r="C29" i="53" s="1"/>
   <c r="C30" i="53" s="1"/>
   <c r="C31" i="53" s="1"/>
   <c r="C32" i="53" s="1"/>
   <c r="C33" i="53" s="1"/>
   <c r="C34" i="53" s="1"/>
   <c r="C35" i="53" s="1"/>
   <c r="C36" i="53" s="1"/>
   <c r="C37" i="53" s="1"/>
   <c r="C38" i="53" s="1"/>
   <c r="C39" i="53" s="1"/>
@@ -240,90 +406,1148 @@
   <c r="C41" i="53" s="1"/>
   <c r="C42" i="53" s="1"/>
   <c r="C43" i="53" s="1"/>
   <c r="C44" i="53" s="1"/>
   <c r="C14" i="52"/>
   <c r="C15" i="52" s="1"/>
   <c r="C16" i="52" s="1"/>
   <c r="C17" i="52" s="1"/>
   <c r="C18" i="52" s="1"/>
   <c r="C19" i="52" s="1"/>
   <c r="C20" i="52" s="1"/>
   <c r="C21" i="52" s="1"/>
   <c r="C22" i="52" s="1"/>
   <c r="C23" i="52" s="1"/>
   <c r="C24" i="52" s="1"/>
   <c r="C25" i="52" s="1"/>
   <c r="C26" i="52" s="1"/>
   <c r="C27" i="52" s="1"/>
   <c r="C28" i="52" s="1"/>
   <c r="C29" i="52" s="1"/>
   <c r="C30" i="52" s="1"/>
   <c r="C31" i="52" s="1"/>
   <c r="C32" i="52" s="1"/>
   <c r="C33" i="52" s="1"/>
   <c r="C34" i="52" s="1"/>
-  <c r="B11" i="51" l="1"/>
+  <c r="C12" i="47" l="1"/>
+  <c r="O55" i="61"/>
+  <c r="G55" i="61"/>
+  <c r="G63" i="61" s="1"/>
+  <c r="N55" i="61"/>
+  <c r="F55" i="61"/>
+  <c r="L55" i="61"/>
+  <c r="D55" i="61"/>
+  <c r="A54" i="61"/>
+  <c r="S55" i="61"/>
+  <c r="K55" i="61"/>
+  <c r="C55" i="61"/>
+  <c r="R55" i="61"/>
+  <c r="J55" i="61"/>
+  <c r="B55" i="61"/>
+  <c r="Q55" i="61"/>
+  <c r="I55" i="61"/>
+  <c r="E55" i="61"/>
+  <c r="Y55" i="61"/>
+  <c r="P55" i="61"/>
+  <c r="M55" i="61"/>
+  <c r="H55" i="61"/>
+  <c r="B11" i="51"/>
   <c r="B12" i="51" s="1"/>
   <c r="B13" i="51" s="1"/>
   <c r="B14" i="51" s="1"/>
   <c r="B15" i="51" s="1"/>
-  <c r="C15" i="49" l="1"/>
+  <c r="C13" i="47" l="1"/>
+  <c r="L54" i="61"/>
+  <c r="D54" i="61"/>
+  <c r="A53" i="61"/>
+  <c r="S54" i="61"/>
+  <c r="K54" i="61"/>
+  <c r="C54" i="61"/>
+  <c r="Q54" i="61"/>
+  <c r="I54" i="61"/>
+  <c r="P54" i="61"/>
+  <c r="H54" i="61"/>
+  <c r="O54" i="61"/>
+  <c r="G54" i="61"/>
+  <c r="G64" i="61" s="1"/>
+  <c r="N54" i="61"/>
+  <c r="F54" i="61"/>
+  <c r="Y54" i="61"/>
+  <c r="R54" i="61"/>
+  <c r="M54" i="61"/>
+  <c r="J54" i="61"/>
+  <c r="E54" i="61"/>
+  <c r="B54" i="61"/>
+  <c r="T54" i="61"/>
+  <c r="C15" i="49"/>
   <c r="C16" i="49" s="1"/>
   <c r="C17" i="49" s="1"/>
   <c r="C18" i="49" s="1"/>
   <c r="C19" i="49" s="1"/>
   <c r="C20" i="49" s="1"/>
   <c r="C21" i="49" s="1"/>
   <c r="C22" i="49" s="1"/>
   <c r="C23" i="49" s="1"/>
   <c r="C24" i="49" s="1"/>
   <c r="C25" i="49" s="1"/>
   <c r="C26" i="49" s="1"/>
   <c r="C27" i="49" s="1"/>
   <c r="C28" i="49" s="1"/>
   <c r="C29" i="49" s="1"/>
   <c r="C30" i="49" s="1"/>
   <c r="C31" i="49" s="1"/>
   <c r="C32" i="49" s="1"/>
   <c r="C33" i="49" s="1"/>
   <c r="C34" i="49" s="1"/>
   <c r="C35" i="49" s="1"/>
   <c r="C36" i="49" s="1"/>
   <c r="C37" i="49" s="1"/>
   <c r="C38" i="49" s="1"/>
   <c r="C39" i="49" s="1"/>
   <c r="C40" i="49" s="1"/>
   <c r="C41" i="49" s="1"/>
   <c r="C42" i="49" s="1"/>
   <c r="C43" i="49" s="1"/>
   <c r="C44" i="49" s="1"/>
+  <c r="C14" i="47" l="1"/>
+  <c r="Q53" i="61"/>
+  <c r="I53" i="61"/>
+  <c r="P53" i="61"/>
+  <c r="H53" i="61"/>
+  <c r="N53" i="61"/>
+  <c r="Y53" i="61"/>
+  <c r="M53" i="61"/>
+  <c r="E53" i="61"/>
+  <c r="L53" i="61"/>
+  <c r="D53" i="61"/>
+  <c r="A52" i="61"/>
+  <c r="S53" i="61"/>
+  <c r="K53" i="61"/>
+  <c r="C53" i="61"/>
+  <c r="O53" i="61"/>
+  <c r="J53" i="61"/>
+  <c r="G53" i="61"/>
+  <c r="G65" i="61" s="1"/>
+  <c r="F53" i="61"/>
+  <c r="B53" i="61"/>
+  <c r="R53" i="61"/>
+  <c r="T53" i="61"/>
+  <c r="C15" i="47" l="1"/>
+  <c r="N52" i="61"/>
+  <c r="F52" i="61"/>
+  <c r="Y52" i="61"/>
+  <c r="M52" i="61"/>
+  <c r="E52" i="61"/>
+  <c r="R52" i="61"/>
+  <c r="J52" i="61"/>
+  <c r="B52" i="61"/>
+  <c r="Q52" i="61"/>
+  <c r="I52" i="61"/>
+  <c r="P52" i="61"/>
+  <c r="H52" i="61"/>
+  <c r="L52" i="61"/>
+  <c r="K52" i="61"/>
+  <c r="G52" i="61"/>
+  <c r="G66" i="61" s="1"/>
+  <c r="D52" i="61"/>
+  <c r="C52" i="61"/>
+  <c r="A51" i="61"/>
+  <c r="O52" i="61"/>
+  <c r="S52" i="61"/>
+  <c r="T52" i="61"/>
+  <c r="C16" i="47" l="1"/>
+  <c r="S51" i="61"/>
+  <c r="K51" i="61"/>
+  <c r="C51" i="61"/>
+  <c r="R51" i="61"/>
+  <c r="J51" i="61"/>
+  <c r="B51" i="61"/>
+  <c r="O51" i="61"/>
+  <c r="G51" i="61"/>
+  <c r="G67" i="61" s="1"/>
+  <c r="N51" i="61"/>
+  <c r="F51" i="61"/>
+  <c r="Y51" i="61"/>
+  <c r="M51" i="61"/>
+  <c r="E51" i="61"/>
+  <c r="L51" i="61"/>
+  <c r="I51" i="61"/>
+  <c r="H51" i="61"/>
+  <c r="D51" i="61"/>
+  <c r="A50" i="61"/>
+  <c r="Q51" i="61"/>
+  <c r="P51" i="61"/>
+  <c r="T51" i="61"/>
+  <c r="C17" i="47" l="1"/>
+  <c r="O50" i="61"/>
+  <c r="G50" i="61"/>
+  <c r="G68" i="61" s="1"/>
+  <c r="L50" i="61"/>
+  <c r="D50" i="61"/>
+  <c r="A49" i="61"/>
+  <c r="S50" i="61"/>
+  <c r="K50" i="61"/>
+  <c r="C50" i="61"/>
+  <c r="R50" i="61"/>
+  <c r="J50" i="61"/>
+  <c r="B50" i="61"/>
+  <c r="N50" i="61"/>
+  <c r="M50" i="61"/>
+  <c r="I50" i="61"/>
+  <c r="H50" i="61"/>
+  <c r="F50" i="61"/>
+  <c r="Y50" i="61"/>
+  <c r="Q50" i="61"/>
+  <c r="P50" i="61"/>
+  <c r="E50" i="61"/>
+  <c r="T50" i="61"/>
+  <c r="C18" i="47" l="1"/>
+  <c r="L49" i="61"/>
+  <c r="D49" i="61"/>
+  <c r="A48" i="61"/>
+  <c r="Q49" i="61"/>
+  <c r="I49" i="61"/>
+  <c r="P49" i="61"/>
+  <c r="H49" i="61"/>
+  <c r="O49" i="61"/>
+  <c r="G49" i="61"/>
+  <c r="G69" i="61" s="1"/>
+  <c r="S49" i="61"/>
+  <c r="C49" i="61"/>
+  <c r="R49" i="61"/>
+  <c r="B49" i="61"/>
+  <c r="N49" i="61"/>
+  <c r="M49" i="61"/>
+  <c r="K49" i="61"/>
+  <c r="Y49" i="61"/>
+  <c r="J49" i="61"/>
+  <c r="F49" i="61"/>
+  <c r="E49" i="61"/>
+  <c r="T49" i="61"/>
+  <c r="C19" i="47" l="1"/>
+  <c r="Q48" i="61"/>
+  <c r="I48" i="61"/>
+  <c r="N48" i="61"/>
+  <c r="F48" i="61"/>
+  <c r="Y48" i="61"/>
+  <c r="M48" i="61"/>
+  <c r="E48" i="61"/>
+  <c r="L48" i="61"/>
+  <c r="D48" i="61"/>
+  <c r="A47" i="61"/>
+  <c r="H48" i="61"/>
+  <c r="G48" i="61"/>
+  <c r="S48" i="61"/>
+  <c r="C48" i="61"/>
+  <c r="R48" i="61"/>
+  <c r="B48" i="61"/>
+  <c r="P48" i="61"/>
+  <c r="O48" i="61"/>
+  <c r="K48" i="61"/>
+  <c r="J48" i="61"/>
+  <c r="T48" i="61"/>
+  <c r="C20" i="47" l="1"/>
+  <c r="N47" i="61"/>
+  <c r="F47" i="61"/>
+  <c r="S47" i="61"/>
+  <c r="K47" i="61"/>
+  <c r="C47" i="61"/>
+  <c r="R47" i="61"/>
+  <c r="J47" i="61"/>
+  <c r="B47" i="61"/>
+  <c r="Q47" i="61"/>
+  <c r="I47" i="61"/>
+  <c r="M47" i="61"/>
+  <c r="L47" i="61"/>
+  <c r="A46" i="61"/>
+  <c r="H47" i="61"/>
+  <c r="G47" i="61"/>
+  <c r="Y47" i="61"/>
+  <c r="E47" i="61"/>
+  <c r="P47" i="61"/>
+  <c r="O47" i="61"/>
+  <c r="D47" i="61"/>
+  <c r="T47" i="61"/>
+  <c r="C21" i="47" l="1"/>
+  <c r="S46" i="61"/>
+  <c r="K46" i="61"/>
+  <c r="C46" i="61"/>
+  <c r="P46" i="61"/>
+  <c r="H46" i="61"/>
+  <c r="O46" i="61"/>
+  <c r="G46" i="61"/>
+  <c r="N46" i="61"/>
+  <c r="F46" i="61"/>
+  <c r="R46" i="61"/>
+  <c r="B46" i="61"/>
+  <c r="Q46" i="61"/>
+  <c r="M46" i="61"/>
+  <c r="L46" i="61"/>
+  <c r="J46" i="61"/>
+  <c r="D46" i="61"/>
+  <c r="Y46" i="61"/>
+  <c r="A45" i="61"/>
+  <c r="I46" i="61"/>
+  <c r="E46" i="61"/>
+  <c r="T46" i="61"/>
+  <c r="C22" i="47" l="1"/>
+  <c r="Y45" i="61"/>
+  <c r="M45" i="61"/>
+  <c r="E45" i="61"/>
+  <c r="L45" i="61"/>
+  <c r="D45" i="61"/>
+  <c r="A44" i="61"/>
+  <c r="S45" i="61"/>
+  <c r="K45" i="61"/>
+  <c r="C45" i="61"/>
+  <c r="I45" i="61"/>
+  <c r="H45" i="61"/>
+  <c r="R45" i="61"/>
+  <c r="G45" i="61"/>
+  <c r="Q45" i="61"/>
+  <c r="F45" i="61"/>
+  <c r="P45" i="61"/>
+  <c r="B45" i="61"/>
+  <c r="O45" i="61"/>
+  <c r="N45" i="61"/>
+  <c r="J45" i="61"/>
+  <c r="T45" i="61"/>
+  <c r="C23" i="47" l="1"/>
+  <c r="R44" i="61"/>
+  <c r="J44" i="61"/>
+  <c r="B44" i="61"/>
+  <c r="Q44" i="61"/>
+  <c r="I44" i="61"/>
+  <c r="P44" i="61"/>
+  <c r="H44" i="61"/>
+  <c r="S44" i="61"/>
+  <c r="E44" i="61"/>
+  <c r="A43" i="61"/>
+  <c r="O44" i="61"/>
+  <c r="D44" i="61"/>
+  <c r="N44" i="61"/>
+  <c r="C44" i="61"/>
+  <c r="M44" i="61"/>
+  <c r="L44" i="61"/>
+  <c r="G44" i="61"/>
+  <c r="F44" i="61"/>
+  <c r="Y44" i="61"/>
+  <c r="K44" i="61"/>
+  <c r="T44" i="61"/>
+  <c r="C24" i="47" l="1"/>
+  <c r="O43" i="61"/>
+  <c r="G43" i="61"/>
+  <c r="N43" i="61"/>
+  <c r="F43" i="61"/>
+  <c r="Y43" i="61"/>
+  <c r="M43" i="61"/>
+  <c r="E43" i="61"/>
+  <c r="L43" i="61"/>
+  <c r="K43" i="61"/>
+  <c r="J43" i="61"/>
+  <c r="I43" i="61"/>
+  <c r="S43" i="61"/>
+  <c r="H43" i="61"/>
+  <c r="A42" i="61"/>
+  <c r="R43" i="61"/>
+  <c r="Q43" i="61"/>
+  <c r="P43" i="61"/>
+  <c r="D43" i="61"/>
+  <c r="C43" i="61"/>
+  <c r="B43" i="61"/>
+  <c r="T43" i="61"/>
+  <c r="C25" i="47" l="1"/>
+  <c r="L42" i="61"/>
+  <c r="D42" i="61"/>
+  <c r="A41" i="61"/>
+  <c r="S42" i="61"/>
+  <c r="K42" i="61"/>
+  <c r="C42" i="61"/>
+  <c r="R42" i="61"/>
+  <c r="J42" i="61"/>
+  <c r="B42" i="61"/>
+  <c r="H42" i="61"/>
+  <c r="Y42" i="61"/>
+  <c r="G42" i="61"/>
+  <c r="Q42" i="61"/>
+  <c r="F42" i="61"/>
+  <c r="P42" i="61"/>
+  <c r="E42" i="61"/>
+  <c r="O42" i="61"/>
+  <c r="N42" i="61"/>
+  <c r="M42" i="61"/>
+  <c r="I42" i="61"/>
+  <c r="T42" i="61"/>
+  <c r="C26" i="47" l="1"/>
+  <c r="Q41" i="61"/>
+  <c r="I41" i="61"/>
+  <c r="P41" i="61"/>
+  <c r="H41" i="61"/>
+  <c r="O41" i="61"/>
+  <c r="G41" i="61"/>
+  <c r="R41" i="61"/>
+  <c r="D41" i="61"/>
+  <c r="N41" i="61"/>
+  <c r="C41" i="61"/>
+  <c r="M41" i="61"/>
+  <c r="B41" i="61"/>
+  <c r="L41" i="61"/>
+  <c r="K41" i="61"/>
+  <c r="E41" i="61"/>
+  <c r="Y41" i="61"/>
+  <c r="S41" i="61"/>
+  <c r="J41" i="61"/>
+  <c r="A40" i="61"/>
+  <c r="F41" i="61"/>
+  <c r="T41" i="61"/>
+  <c r="C27" i="47" l="1"/>
+  <c r="N40" i="61"/>
+  <c r="F40" i="61"/>
+  <c r="Y40" i="61"/>
+  <c r="M40" i="61"/>
+  <c r="E40" i="61"/>
+  <c r="L40" i="61"/>
+  <c r="D40" i="61"/>
+  <c r="A39" i="61"/>
+  <c r="K40" i="61"/>
+  <c r="J40" i="61"/>
+  <c r="I40" i="61"/>
+  <c r="S40" i="61"/>
+  <c r="H40" i="61"/>
+  <c r="R40" i="61"/>
+  <c r="G40" i="61"/>
+  <c r="Q40" i="61"/>
+  <c r="P40" i="61"/>
+  <c r="O40" i="61"/>
+  <c r="C40" i="61"/>
+  <c r="B40" i="61"/>
+  <c r="T40" i="61"/>
+  <c r="C28" i="47" l="1"/>
+  <c r="S39" i="61"/>
+  <c r="K39" i="61"/>
+  <c r="C39" i="61"/>
+  <c r="R39" i="61"/>
+  <c r="J39" i="61"/>
+  <c r="B39" i="61"/>
+  <c r="Q39" i="61"/>
+  <c r="I39" i="61"/>
+  <c r="Y39" i="61"/>
+  <c r="G39" i="61"/>
+  <c r="F39" i="61"/>
+  <c r="P39" i="61"/>
+  <c r="E39" i="61"/>
+  <c r="A38" i="61"/>
+  <c r="O39" i="61"/>
+  <c r="D39" i="61"/>
+  <c r="N39" i="61"/>
+  <c r="L39" i="61"/>
+  <c r="H39" i="61"/>
+  <c r="M39" i="61"/>
+  <c r="T39" i="61"/>
+  <c r="C29" i="47" l="1"/>
+  <c r="P38" i="61"/>
+  <c r="H38" i="61"/>
+  <c r="O38" i="61"/>
+  <c r="G38" i="61"/>
+  <c r="N38" i="61"/>
+  <c r="F38" i="61"/>
+  <c r="Q38" i="61"/>
+  <c r="C38" i="61"/>
+  <c r="M38" i="61"/>
+  <c r="B38" i="61"/>
+  <c r="L38" i="61"/>
+  <c r="K38" i="61"/>
+  <c r="Y38" i="61"/>
+  <c r="J38" i="61"/>
+  <c r="S38" i="61"/>
+  <c r="R38" i="61"/>
+  <c r="A37" i="61"/>
+  <c r="I38" i="61"/>
+  <c r="E38" i="61"/>
+  <c r="D38" i="61"/>
+  <c r="T38" i="61"/>
+  <c r="C30" i="47" l="1"/>
+  <c r="Y37" i="61"/>
+  <c r="M37" i="61"/>
+  <c r="E37" i="61"/>
+  <c r="L37" i="61"/>
+  <c r="D37" i="61"/>
+  <c r="A36" i="61"/>
+  <c r="S37" i="61"/>
+  <c r="K37" i="61"/>
+  <c r="C37" i="61"/>
+  <c r="J37" i="61"/>
+  <c r="I37" i="61"/>
+  <c r="H37" i="61"/>
+  <c r="R37" i="61"/>
+  <c r="G37" i="61"/>
+  <c r="Q37" i="61"/>
+  <c r="F37" i="61"/>
+  <c r="P37" i="61"/>
+  <c r="O37" i="61"/>
+  <c r="N37" i="61"/>
+  <c r="B37" i="61"/>
+  <c r="T37" i="61"/>
+  <c r="C31" i="47" l="1"/>
+  <c r="R36" i="61"/>
+  <c r="J36" i="61"/>
+  <c r="B36" i="61"/>
+  <c r="Q36" i="61"/>
+  <c r="I36" i="61"/>
+  <c r="P36" i="61"/>
+  <c r="H36" i="61"/>
+  <c r="F36" i="61"/>
+  <c r="S36" i="61"/>
+  <c r="E36" i="61"/>
+  <c r="A35" i="61"/>
+  <c r="O36" i="61"/>
+  <c r="D36" i="61"/>
+  <c r="N36" i="61"/>
+  <c r="C36" i="61"/>
+  <c r="M36" i="61"/>
+  <c r="G36" i="61"/>
+  <c r="Y36" i="61"/>
+  <c r="L36" i="61"/>
+  <c r="K36" i="61"/>
+  <c r="T36" i="61"/>
+  <c r="C32" i="47" l="1"/>
+  <c r="O35" i="61"/>
+  <c r="G35" i="61"/>
+  <c r="N35" i="61"/>
+  <c r="F35" i="61"/>
+  <c r="Y35" i="61"/>
+  <c r="M35" i="61"/>
+  <c r="E35" i="61"/>
+  <c r="P35" i="61"/>
+  <c r="B35" i="61"/>
+  <c r="L35" i="61"/>
+  <c r="K35" i="61"/>
+  <c r="J35" i="61"/>
+  <c r="I35" i="61"/>
+  <c r="S35" i="61"/>
+  <c r="R35" i="61"/>
+  <c r="A34" i="61"/>
+  <c r="Q35" i="61"/>
+  <c r="H35" i="61"/>
+  <c r="D35" i="61"/>
+  <c r="C35" i="61"/>
+  <c r="T35" i="61"/>
+  <c r="C33" i="47" l="1"/>
+  <c r="L34" i="61"/>
+  <c r="D34" i="61"/>
+  <c r="A33" i="61"/>
+  <c r="S34" i="61"/>
+  <c r="K34" i="61"/>
+  <c r="C34" i="61"/>
+  <c r="R34" i="61"/>
+  <c r="J34" i="61"/>
+  <c r="B34" i="61"/>
+  <c r="I34" i="61"/>
+  <c r="H34" i="61"/>
+  <c r="Y34" i="61"/>
+  <c r="G34" i="61"/>
+  <c r="Q34" i="61"/>
+  <c r="F34" i="61"/>
+  <c r="P34" i="61"/>
+  <c r="E34" i="61"/>
+  <c r="N34" i="61"/>
+  <c r="M34" i="61"/>
+  <c r="O34" i="61"/>
+  <c r="T34" i="61"/>
+  <c r="C34" i="47" l="1"/>
+  <c r="Q33" i="61"/>
+  <c r="I33" i="61"/>
+  <c r="P33" i="61"/>
+  <c r="H33" i="61"/>
+  <c r="O33" i="61"/>
+  <c r="G33" i="61"/>
+  <c r="S33" i="61"/>
+  <c r="E33" i="61"/>
+  <c r="A32" i="61"/>
+  <c r="R33" i="61"/>
+  <c r="D33" i="61"/>
+  <c r="N33" i="61"/>
+  <c r="C33" i="61"/>
+  <c r="M33" i="61"/>
+  <c r="B33" i="61"/>
+  <c r="L33" i="61"/>
+  <c r="Y33" i="61"/>
+  <c r="K33" i="61"/>
+  <c r="J33" i="61"/>
+  <c r="F33" i="61"/>
+  <c r="T33" i="61"/>
+  <c r="C35" i="47" l="1"/>
+  <c r="N32" i="61"/>
+  <c r="F32" i="61"/>
+  <c r="Y32" i="61"/>
+  <c r="M32" i="61"/>
+  <c r="E32" i="61"/>
+  <c r="L32" i="61"/>
+  <c r="D32" i="61"/>
+  <c r="A31" i="61"/>
+  <c r="O32" i="61"/>
+  <c r="K32" i="61"/>
+  <c r="J32" i="61"/>
+  <c r="I32" i="61"/>
+  <c r="S32" i="61"/>
+  <c r="H32" i="61"/>
+  <c r="R32" i="61"/>
+  <c r="Q32" i="61"/>
+  <c r="P32" i="61"/>
+  <c r="G32" i="61"/>
+  <c r="C32" i="61"/>
+  <c r="B32" i="61"/>
+  <c r="T32" i="61"/>
+  <c r="C36" i="47" l="1"/>
+  <c r="S31" i="61"/>
+  <c r="K31" i="61"/>
+  <c r="C31" i="61"/>
+  <c r="R31" i="61"/>
+  <c r="J31" i="61"/>
+  <c r="B31" i="61"/>
+  <c r="Q31" i="61"/>
+  <c r="I31" i="61"/>
+  <c r="H31" i="61"/>
+  <c r="Y31" i="61"/>
+  <c r="G31" i="61"/>
+  <c r="F31" i="61"/>
+  <c r="P31" i="61"/>
+  <c r="E31" i="61"/>
+  <c r="A30" i="61"/>
+  <c r="O31" i="61"/>
+  <c r="D31" i="61"/>
+  <c r="L31" i="61"/>
+  <c r="N31" i="61"/>
+  <c r="M31" i="61"/>
+  <c r="T31" i="61"/>
+  <c r="C37" i="47" l="1"/>
+  <c r="P30" i="61"/>
+  <c r="H30" i="61"/>
+  <c r="O30" i="61"/>
+  <c r="G30" i="61"/>
+  <c r="N30" i="61"/>
+  <c r="F30" i="61"/>
+  <c r="R30" i="61"/>
+  <c r="D30" i="61"/>
+  <c r="Q30" i="61"/>
+  <c r="C30" i="61"/>
+  <c r="M30" i="61"/>
+  <c r="B30" i="61"/>
+  <c r="L30" i="61"/>
+  <c r="K30" i="61"/>
+  <c r="Y30" i="61"/>
+  <c r="S30" i="61"/>
+  <c r="J30" i="61"/>
+  <c r="A29" i="61"/>
+  <c r="I30" i="61"/>
+  <c r="E30" i="61"/>
+  <c r="T30" i="61"/>
+  <c r="C38" i="47" l="1"/>
+  <c r="Y29" i="61"/>
+  <c r="M29" i="61"/>
+  <c r="E29" i="61"/>
+  <c r="L29" i="61"/>
+  <c r="D29" i="61"/>
+  <c r="A28" i="61"/>
+  <c r="S29" i="61"/>
+  <c r="K29" i="61"/>
+  <c r="C29" i="61"/>
+  <c r="N29" i="61"/>
+  <c r="J29" i="61"/>
+  <c r="I29" i="61"/>
+  <c r="H29" i="61"/>
+  <c r="R29" i="61"/>
+  <c r="G29" i="61"/>
+  <c r="P29" i="61"/>
+  <c r="O29" i="61"/>
+  <c r="F29" i="61"/>
+  <c r="B29" i="61"/>
+  <c r="Q29" i="61"/>
+  <c r="T29" i="61"/>
+  <c r="R28" i="61" l="1"/>
+  <c r="J28" i="61"/>
+  <c r="B28" i="61"/>
+  <c r="Q28" i="61"/>
+  <c r="I28" i="61"/>
+  <c r="P28" i="61"/>
+  <c r="H28" i="61"/>
+  <c r="Y28" i="61"/>
+  <c r="G28" i="61"/>
+  <c r="F28" i="61"/>
+  <c r="S28" i="61"/>
+  <c r="E28" i="61"/>
+  <c r="A27" i="61"/>
+  <c r="O28" i="61"/>
+  <c r="D28" i="61"/>
+  <c r="N28" i="61"/>
+  <c r="C28" i="61"/>
+  <c r="M28" i="61"/>
+  <c r="L28" i="61"/>
+  <c r="K28" i="61"/>
+  <c r="T28" i="61"/>
+  <c r="O27" i="61" l="1"/>
+  <c r="G27" i="61"/>
+  <c r="N27" i="61"/>
+  <c r="F27" i="61"/>
+  <c r="Y27" i="61"/>
+  <c r="M27" i="61"/>
+  <c r="E27" i="61"/>
+  <c r="Q27" i="61"/>
+  <c r="C27" i="61"/>
+  <c r="P27" i="61"/>
+  <c r="B27" i="61"/>
+  <c r="L27" i="61"/>
+  <c r="K27" i="61"/>
+  <c r="J27" i="61"/>
+  <c r="S27" i="61"/>
+  <c r="R27" i="61"/>
+  <c r="A26" i="61"/>
+  <c r="I27" i="61"/>
+  <c r="H27" i="61"/>
+  <c r="D27" i="61"/>
+  <c r="T27" i="61"/>
+  <c r="L26" i="61" l="1"/>
+  <c r="D26" i="61"/>
+  <c r="A25" i="61"/>
+  <c r="S26" i="61"/>
+  <c r="K26" i="61"/>
+  <c r="C26" i="61"/>
+  <c r="R26" i="61"/>
+  <c r="J26" i="61"/>
+  <c r="B26" i="61"/>
+  <c r="M26" i="61"/>
+  <c r="I26" i="61"/>
+  <c r="H26" i="61"/>
+  <c r="Y26" i="61"/>
+  <c r="G26" i="61"/>
+  <c r="Q26" i="61"/>
+  <c r="F26" i="61"/>
+  <c r="N26" i="61"/>
+  <c r="E26" i="61"/>
+  <c r="P26" i="61"/>
+  <c r="O26" i="61"/>
+  <c r="T26" i="61"/>
+  <c r="Q25" i="61" l="1"/>
+  <c r="I25" i="61"/>
+  <c r="P25" i="61"/>
+  <c r="H25" i="61"/>
+  <c r="O25" i="61"/>
+  <c r="G25" i="61"/>
+  <c r="F25" i="61"/>
+  <c r="S25" i="61"/>
+  <c r="E25" i="61"/>
+  <c r="A24" i="61"/>
+  <c r="R25" i="61"/>
+  <c r="D25" i="61"/>
+  <c r="N25" i="61"/>
+  <c r="C25" i="61"/>
+  <c r="M25" i="61"/>
+  <c r="B25" i="61"/>
+  <c r="Y25" i="61"/>
+  <c r="L25" i="61"/>
+  <c r="K25" i="61"/>
+  <c r="J25" i="61"/>
+  <c r="T25" i="61"/>
+  <c r="R24" i="61" l="1"/>
+  <c r="J24" i="61"/>
+  <c r="B24" i="61"/>
+  <c r="Q24" i="61"/>
+  <c r="I24" i="61"/>
+  <c r="P24" i="61"/>
+  <c r="H24" i="61"/>
+  <c r="O24" i="61"/>
+  <c r="G24" i="61"/>
+  <c r="N24" i="61"/>
+  <c r="F24" i="61"/>
+  <c r="S24" i="61"/>
+  <c r="M24" i="61"/>
+  <c r="L24" i="61"/>
+  <c r="K24" i="61"/>
+  <c r="E24" i="61"/>
+  <c r="D24" i="61"/>
+  <c r="Y24" i="61"/>
+  <c r="C24" i="61"/>
+  <c r="A23" i="61"/>
+  <c r="T24" i="61"/>
+  <c r="O23" i="61" l="1"/>
+  <c r="G23" i="61"/>
+  <c r="N23" i="61"/>
+  <c r="F23" i="61"/>
+  <c r="Y23" i="61"/>
+  <c r="M23" i="61"/>
+  <c r="E23" i="61"/>
+  <c r="L23" i="61"/>
+  <c r="D23" i="61"/>
+  <c r="A22" i="61"/>
+  <c r="S23" i="61"/>
+  <c r="K23" i="61"/>
+  <c r="C23" i="61"/>
+  <c r="R23" i="61"/>
+  <c r="Q23" i="61"/>
+  <c r="P23" i="61"/>
+  <c r="J23" i="61"/>
+  <c r="I23" i="61"/>
+  <c r="H23" i="61"/>
+  <c r="B23" i="61"/>
+  <c r="T23" i="61"/>
+  <c r="L22" i="61" l="1"/>
+  <c r="D22" i="61"/>
+  <c r="A21" i="61"/>
+  <c r="S22" i="61"/>
+  <c r="K22" i="61"/>
+  <c r="C22" i="61"/>
+  <c r="R22" i="61"/>
+  <c r="J22" i="61"/>
+  <c r="B22" i="61"/>
+  <c r="Q22" i="61"/>
+  <c r="I22" i="61"/>
+  <c r="P22" i="61"/>
+  <c r="H22" i="61"/>
+  <c r="Y22" i="61"/>
+  <c r="O22" i="61"/>
+  <c r="N22" i="61"/>
+  <c r="M22" i="61"/>
+  <c r="G22" i="61"/>
+  <c r="F22" i="61"/>
+  <c r="E22" i="61"/>
+  <c r="T22" i="61"/>
+  <c r="Q21" i="61" l="1"/>
+  <c r="I21" i="61"/>
+  <c r="P21" i="61"/>
+  <c r="H21" i="61"/>
+  <c r="O21" i="61"/>
+  <c r="G21" i="61"/>
+  <c r="N21" i="61"/>
+  <c r="F21" i="61"/>
+  <c r="Y21" i="61"/>
+  <c r="M21" i="61"/>
+  <c r="E21" i="61"/>
+  <c r="S21" i="61"/>
+  <c r="R21" i="61"/>
+  <c r="L21" i="61"/>
+  <c r="K21" i="61"/>
+  <c r="J21" i="61"/>
+  <c r="D21" i="61"/>
+  <c r="C21" i="61"/>
+  <c r="A20" i="61"/>
+  <c r="B21" i="61"/>
+  <c r="T21" i="61"/>
+  <c r="N20" i="61" l="1"/>
+  <c r="F20" i="61"/>
+  <c r="Y20" i="61"/>
+  <c r="M20" i="61"/>
+  <c r="E20" i="61"/>
+  <c r="L20" i="61"/>
+  <c r="D20" i="61"/>
+  <c r="A19" i="61"/>
+  <c r="S20" i="61"/>
+  <c r="K20" i="61"/>
+  <c r="C20" i="61"/>
+  <c r="R20" i="61"/>
+  <c r="J20" i="61"/>
+  <c r="B20" i="61"/>
+  <c r="Q20" i="61"/>
+  <c r="P20" i="61"/>
+  <c r="O20" i="61"/>
+  <c r="I20" i="61"/>
+  <c r="H20" i="61"/>
+  <c r="G20" i="61"/>
+  <c r="T20" i="61"/>
+  <c r="S19" i="61" l="1"/>
+  <c r="K19" i="61"/>
+  <c r="C19" i="61"/>
+  <c r="R19" i="61"/>
+  <c r="J19" i="61"/>
+  <c r="B19" i="61"/>
+  <c r="Q19" i="61"/>
+  <c r="I19" i="61"/>
+  <c r="P19" i="61"/>
+  <c r="H19" i="61"/>
+  <c r="O19" i="61"/>
+  <c r="G19" i="61"/>
+  <c r="N19" i="61"/>
+  <c r="M19" i="61"/>
+  <c r="L19" i="61"/>
+  <c r="F19" i="61"/>
+  <c r="E19" i="61"/>
+  <c r="D19" i="61"/>
+  <c r="Y19" i="61"/>
+  <c r="A18" i="61"/>
+  <c r="T19" i="61"/>
+  <c r="P18" i="61" l="1"/>
+  <c r="H18" i="61"/>
+  <c r="O18" i="61"/>
+  <c r="G18" i="61"/>
+  <c r="N18" i="61"/>
+  <c r="F18" i="61"/>
+  <c r="Y18" i="61"/>
+  <c r="M18" i="61"/>
+  <c r="E18" i="61"/>
+  <c r="L18" i="61"/>
+  <c r="D18" i="61"/>
+  <c r="A17" i="61"/>
+  <c r="R18" i="61"/>
+  <c r="Q18" i="61"/>
+  <c r="K18" i="61"/>
+  <c r="J18" i="61"/>
+  <c r="I18" i="61"/>
+  <c r="C18" i="61"/>
+  <c r="B18" i="61"/>
+  <c r="S18" i="61"/>
+  <c r="T18" i="61"/>
+  <c r="Y17" i="61" l="1"/>
+  <c r="M17" i="61"/>
+  <c r="E17" i="61"/>
+  <c r="L17" i="61"/>
+  <c r="D17" i="61"/>
+  <c r="A16" i="61"/>
+  <c r="S17" i="61"/>
+  <c r="K17" i="61"/>
+  <c r="C17" i="61"/>
+  <c r="R17" i="61"/>
+  <c r="J17" i="61"/>
+  <c r="B17" i="61"/>
+  <c r="Q17" i="61"/>
+  <c r="I17" i="61"/>
+  <c r="P17" i="61"/>
+  <c r="O17" i="61"/>
+  <c r="N17" i="61"/>
+  <c r="H17" i="61"/>
+  <c r="G17" i="61"/>
+  <c r="F17" i="61"/>
+  <c r="T17" i="61"/>
+  <c r="R16" i="61" l="1"/>
+  <c r="J16" i="61"/>
+  <c r="B16" i="61"/>
+  <c r="Q16" i="61"/>
+  <c r="I16" i="61"/>
+  <c r="P16" i="61"/>
+  <c r="H16" i="61"/>
+  <c r="O16" i="61"/>
+  <c r="G16" i="61"/>
+  <c r="N16" i="61"/>
+  <c r="F16" i="61"/>
+  <c r="S16" i="61"/>
+  <c r="M16" i="61"/>
+  <c r="L16" i="61"/>
+  <c r="K16" i="61"/>
+  <c r="E16" i="61"/>
+  <c r="D16" i="61"/>
+  <c r="Y16" i="61"/>
+  <c r="C16" i="61"/>
+  <c r="A15" i="61"/>
+  <c r="T16" i="61"/>
+  <c r="O15" i="61" l="1"/>
+  <c r="G15" i="61"/>
+  <c r="N15" i="61"/>
+  <c r="F15" i="61"/>
+  <c r="Y15" i="61"/>
+  <c r="M15" i="61"/>
+  <c r="E15" i="61"/>
+  <c r="L15" i="61"/>
+  <c r="S15" i="61"/>
+  <c r="K15" i="61"/>
+  <c r="C15" i="61"/>
+  <c r="Q15" i="61"/>
+  <c r="P15" i="61"/>
+  <c r="A14" i="61"/>
+  <c r="J15" i="61"/>
+  <c r="I15" i="61"/>
+  <c r="H15" i="61"/>
+  <c r="D15" i="61"/>
+  <c r="B15" i="61"/>
+  <c r="R15" i="61"/>
+  <c r="T15" i="61"/>
+  <c r="L14" i="61" l="1"/>
+  <c r="D14" i="61"/>
+  <c r="A13" i="61"/>
+  <c r="S14" i="61"/>
+  <c r="K14" i="61"/>
+  <c r="C14" i="61"/>
+  <c r="R14" i="61"/>
+  <c r="J14" i="61"/>
+  <c r="B14" i="61"/>
+  <c r="P14" i="61"/>
+  <c r="H14" i="61"/>
+  <c r="Y14" i="61"/>
+  <c r="E14" i="61"/>
+  <c r="Q14" i="61"/>
+  <c r="O14" i="61"/>
+  <c r="N14" i="61"/>
+  <c r="M14" i="61"/>
+  <c r="I14" i="61"/>
+  <c r="G14" i="61"/>
+  <c r="F14" i="61"/>
+  <c r="T14" i="61"/>
+  <c r="Q13" i="61" l="1"/>
+  <c r="I13" i="61"/>
+  <c r="P13" i="61"/>
+  <c r="H13" i="61"/>
+  <c r="O13" i="61"/>
+  <c r="G13" i="61"/>
+  <c r="Y13" i="61"/>
+  <c r="M13" i="61"/>
+  <c r="E13" i="61"/>
+  <c r="J13" i="61"/>
+  <c r="F13" i="61"/>
+  <c r="D13" i="61"/>
+  <c r="S13" i="61"/>
+  <c r="C13" i="61"/>
+  <c r="R13" i="61"/>
+  <c r="B13" i="61"/>
+  <c r="N13" i="61"/>
+  <c r="L13" i="61"/>
+  <c r="A12" i="61"/>
+  <c r="K13" i="61"/>
+  <c r="T13" i="61"/>
+  <c r="N12" i="61" l="1"/>
+  <c r="F12" i="61"/>
+  <c r="Y12" i="61"/>
+  <c r="M12" i="61"/>
+  <c r="E12" i="61"/>
+  <c r="L12" i="61"/>
+  <c r="D12" i="61"/>
+  <c r="R12" i="61"/>
+  <c r="J12" i="61"/>
+  <c r="B12" i="61"/>
+  <c r="O12" i="61"/>
+  <c r="K12" i="61"/>
+  <c r="A11" i="61"/>
+  <c r="I12" i="61"/>
+  <c r="H12" i="61"/>
+  <c r="G12" i="61"/>
+  <c r="S12" i="61"/>
+  <c r="C12" i="61"/>
+  <c r="Q12" i="61"/>
+  <c r="P12" i="61"/>
+  <c r="T12" i="61"/>
+  <c r="S11" i="61" l="1"/>
+  <c r="K11" i="61"/>
+  <c r="C11" i="61"/>
+  <c r="R11" i="61"/>
+  <c r="J11" i="61"/>
+  <c r="B11" i="61"/>
+  <c r="Q11" i="61"/>
+  <c r="I11" i="61"/>
+  <c r="O11" i="61"/>
+  <c r="G11" i="61"/>
+  <c r="D11" i="61"/>
+  <c r="P11" i="61"/>
+  <c r="A10" i="61"/>
+  <c r="N11" i="61"/>
+  <c r="M11" i="61"/>
+  <c r="L11" i="61"/>
+  <c r="H11" i="61"/>
+  <c r="F11" i="61"/>
+  <c r="Y11" i="61"/>
+  <c r="E11" i="61"/>
+  <c r="T11" i="61"/>
+  <c r="P10" i="61" l="1"/>
+  <c r="O10" i="61"/>
+  <c r="G10" i="61"/>
+  <c r="L10" i="61"/>
+  <c r="K10" i="61"/>
+  <c r="B10" i="61"/>
+  <c r="J10" i="61"/>
+  <c r="Y10" i="61"/>
+  <c r="I10" i="61"/>
+  <c r="S10" i="61"/>
+  <c r="H10" i="61"/>
+  <c r="R10" i="61"/>
+  <c r="F10" i="61"/>
+  <c r="Q10" i="61"/>
+  <c r="E10" i="61"/>
+  <c r="N10" i="61"/>
+  <c r="D10" i="61"/>
+  <c r="A9" i="61"/>
+  <c r="M10" i="61"/>
+  <c r="C10" i="61"/>
+  <c r="T10" i="61"/>
+  <c r="O9" i="61" l="1"/>
+  <c r="G9" i="61"/>
+  <c r="N9" i="61"/>
+  <c r="F9" i="61"/>
+  <c r="Y9" i="61"/>
+  <c r="M9" i="61"/>
+  <c r="E9" i="61"/>
+  <c r="L9" i="61"/>
+  <c r="D9" i="61"/>
+  <c r="A8" i="61"/>
+  <c r="S9" i="61"/>
+  <c r="K9" i="61"/>
+  <c r="C9" i="61"/>
+  <c r="R9" i="61"/>
+  <c r="J9" i="61"/>
+  <c r="B9" i="61"/>
+  <c r="Q9" i="61"/>
+  <c r="I9" i="61"/>
+  <c r="P9" i="61"/>
+  <c r="H9" i="61"/>
+  <c r="T9" i="61"/>
+  <c r="L8" i="61" l="1"/>
+  <c r="D8" i="61"/>
+  <c r="Q7" i="61"/>
+  <c r="I7" i="61"/>
+  <c r="S8" i="61"/>
+  <c r="K8" i="61"/>
+  <c r="C8" i="61"/>
+  <c r="P7" i="61"/>
+  <c r="H7" i="61"/>
+  <c r="R8" i="61"/>
+  <c r="J8" i="61"/>
+  <c r="B8" i="61"/>
+  <c r="O7" i="61"/>
+  <c r="G7" i="61"/>
+  <c r="Q8" i="61"/>
+  <c r="I8" i="61"/>
+  <c r="N7" i="61"/>
+  <c r="F7" i="61"/>
+  <c r="P8" i="61"/>
+  <c r="H8" i="61"/>
+  <c r="M7" i="61"/>
+  <c r="E7" i="61"/>
+  <c r="O8" i="61"/>
+  <c r="G8" i="61"/>
+  <c r="L7" i="61"/>
+  <c r="D7" i="61"/>
+  <c r="N8" i="61"/>
+  <c r="F8" i="61"/>
+  <c r="S7" i="61"/>
+  <c r="K7" i="61"/>
+  <c r="C7" i="61"/>
+  <c r="Y8" i="61"/>
+  <c r="M8" i="61"/>
+  <c r="E8" i="61"/>
+  <c r="R7" i="61"/>
+  <c r="J7" i="61"/>
+  <c r="B7" i="61"/>
+  <c r="T8" i="61"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1022" uniqueCount="793">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1123" uniqueCount="834">
   <si>
     <r>
       <t>Non-Desktop Peripherals:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> are large more expensive items that can be used with a computer such as copiers that are designed to sit on the floor or in or upon a console rather than on top of a desk.</t>
     </r>
   </si>
   <si>
     <t>Notes start on the next page.</t>
   </si>
   <si>
     <t>High tech manufacturing (e.g. semiconductor; See note #8.)</t>
   </si>
   <si>
     <t>Semiconductor manufacturing equipment (See note #8.)</t>
   </si>
   <si>
     <t>MEMORANDUM</t>
   </si>
@@ -2260,53 +3484,50 @@
   <si>
     <t>is reached.</t>
   </si>
   <si>
     <t>None</t>
   </si>
   <si>
     <t>"B"</t>
   </si>
   <si>
     <t>"A"</t>
   </si>
   <si>
     <t>M/S S</t>
   </si>
   <si>
     <t>"D"</t>
   </si>
   <si>
     <t>M/S D</t>
   </si>
   <si>
     <t>"C"</t>
   </si>
   <si>
-    <t>4%D</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Use these schedules in the manner shown in the Personal Property instructions on page 14.  These factors include components for both </t>
   </si>
   <si>
     <t xml:space="preserve">depreciation and inflation (trending).  The economic life used in each schedule represents a common life based on all property, not any one </t>
   </si>
   <si>
     <t>individual item, which is most typically assessed by that schedule.  These factors are not intended to apply to inoperable or scrapped equipment.</t>
   </si>
   <si>
     <t>For valuation of agricultural equipment in non-exclusive agricultural use.</t>
   </si>
   <si>
     <t>Factors are shown in Whole Number Percent.</t>
   </si>
   <si>
     <t>Tractors</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>(Not Ford</t>
   </si>
   <si>
     <t>(Ford &amp;</t>
@@ -2327,53 +3548,50 @@
     <t>Schedule #</t>
   </si>
   <si>
     <t>Function  Code</t>
   </si>
   <si>
     <t>Acquisition</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>Used</t>
   </si>
   <si>
     <t>Use these schedules in the manner shown in the Personal Property instructions on</t>
   </si>
   <si>
     <t>page 14.  The above factors consider both accrued depreciation and some time</t>
   </si>
   <si>
     <t>adjustments.  The source data for the tractors was the "NW Region, Fall Official Guide"</t>
   </si>
   <si>
     <t>by IRON Guides.  "Hang-On Equipment" was previously developed by our Commission and</t>
-  </si>
-[...1 lines deleted...]
-    <t>carried forward each year.  These schedules will remain unchanged.</t>
   </si>
   <si>
     <t xml:space="preserve">     </t>
   </si>
   <si>
     <t>Tractor</t>
   </si>
   <si>
     <t>Excavators</t>
   </si>
   <si>
     <t>Turnapulls</t>
   </si>
   <si>
     <t>Screens</t>
   </si>
   <si>
     <t>Skid-steer</t>
   </si>
   <si>
     <t xml:space="preserve">Mounted </t>
   </si>
   <si>
     <t>Wheel</t>
   </si>
@@ -2462,53 +3680,50 @@
         <family val="2"/>
       </rPr>
       <t>4</t>
     </r>
   </si>
   <si>
     <r>
       <t>Cranes</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>5</t>
     </r>
   </si>
   <si>
     <t>Use these schedules in the manner shown on page 14. The above factors consider both depreciation and some time adjustments. By 2013 the Original Prices</t>
   </si>
   <si>
     <t xml:space="preserve">in "Green Guides" became no longer sufficient for updating this page.  Also Forklift information from the "Official Industrial Equipment Guide" is no longer </t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">published.  Therefore this page was adjusted from PPI indications and now remains unchanged.  Schedule categories (Headings) are hopefully </t>
   </si>
   <si>
     <t xml:space="preserve">self-explanatory.  For example,  Tractor - mounted Backhoes may also have Front - End Loader Buckets attached, and may be used as such.  </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">For "Attachments," ask the specific equipment dealer -or- Use Schedules 23 and 24 in the Agricultural Equipment Valuation Supplement.  </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
@@ -3375,198 +4590,420 @@
   <si>
     <t xml:space="preserve"> the indicated market value for assessment purposes.</t>
   </si>
   <si>
     <t xml:space="preserve">$10,000 x .96 = $9,600             </t>
   </si>
   <si>
     <t>robert.rios@tax.idaho.gov</t>
   </si>
   <si>
     <t>ALL COUNTY ASSESSORS</t>
   </si>
   <si>
     <t xml:space="preserve"> Aircraft test equipment was purchased in 2022 for a $10,000 retail price.  At the intersection of Schedule # 2</t>
   </si>
   <si>
     <t xml:space="preserve"> and 2022 is the factor 96(%).  The equipment's cost multiplied by the factor equals $9,600.</t>
   </si>
   <si>
     <t xml:space="preserve">Fast food machinery and equipment was purchased in 2019 for a $100,000 retail price.  At the intersection of </t>
   </si>
   <si>
     <t>Schedule # 6 and 2019 is the factor 87(%).  The equipment's cost multiplied by the factor equals</t>
   </si>
   <si>
-    <t>Jim Powell</t>
-[...7 lines deleted...]
-  <si>
     <t>Anyone having questions or wanting to discuss the rational for these changes and non-changes may</t>
   </si>
   <si>
     <t xml:space="preserve">208-731-2304                           </t>
   </si>
   <si>
     <t xml:space="preserve">Robert Rios                                        </t>
   </si>
   <si>
     <t>Sam Stone</t>
   </si>
   <si>
     <t>Sam.Stone@tax.idaho.gov</t>
   </si>
   <si>
     <t xml:space="preserve">208-249-6548                          </t>
   </si>
   <si>
     <t xml:space="preserve">contact: </t>
   </si>
   <si>
-    <t>CATV SCHEDULES  2025</t>
-[...69 lines deleted...]
-    <t>The changes above are now in effect for this final 2025 publication.</t>
+    <t>Adusted Trends to reflect changes in the market from 2025 to 2026</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> In addition to calendar year updates, last year’s final version of the Idaho Property Valuation Schedules </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(IPVS)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> were revised for the 2025 final version as follows:</t>
+      <t xml:space="preserve"> were revised for the 2026 draft version as follows:</t>
     </r>
   </si>
   <si>
-    <t>Enclosed are copies of valuation schedules to be used for the 2025 Assessment Year.</t>
-[...5 lines deleted...]
-    <t>Adusted Trends to reflect changes in the market from 2023 to 2025</t>
+    <t>Comments concerning the 2026 Assessment Year and recommendations which are</t>
+  </si>
+  <si>
+    <t xml:space="preserve">in the updates to the 2027 Valuation Schedules. </t>
+  </si>
+  <si>
+    <t>NOTES TO VALUATION SCHEDULES  2026</t>
+  </si>
+  <si>
+    <t>(Same As 2025 Notes)</t>
+  </si>
+  <si>
+    <t>M/S "C"</t>
+  </si>
+  <si>
+    <t>HOW TO USE PERSONAL PROPERTY VALUATION SCHEDULES    2026</t>
+  </si>
+  <si>
+    <t>M/S C</t>
+  </si>
+  <si>
+    <t>AGRICULTURAL EQUIPMENT VALUATION SUPPLEMENT    2026</t>
+  </si>
+  <si>
+    <t>CATV SCHEDULES  2026</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION (HEAVY) EQUIPMENT VALUATION SUPPLEMENT    2026</t>
+  </si>
+  <si>
+    <r>
+      <t>ISP (</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="20"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>Internet Service Provider</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="20"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>) SCHEDULES  2026</t>
+    </r>
+  </si>
+  <si>
+    <t>TREND COMPONENT SCHEDULE 2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LIFE : </t>
+  </si>
+  <si>
+    <t>5C</t>
+  </si>
+  <si>
+    <t>Not on IPVS Schedules</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RESIDUAL : </t>
+  </si>
+  <si>
+    <t>No Formulas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EXT. TREND? : </t>
+  </si>
+  <si>
+    <t>Y</t>
+  </si>
+  <si>
+    <t>Schedule no longer published</t>
+  </si>
+  <si>
+    <t xml:space="preserve">% per Year : </t>
+  </si>
+  <si>
+    <t xml:space="preserve">% per 1/2 YR : </t>
+  </si>
+  <si>
+    <t>Sched # 0</t>
+  </si>
+  <si>
+    <t>Sched # 19</t>
+  </si>
+  <si>
+    <t>Sched # 44</t>
+  </si>
+  <si>
+    <t>Sched # 42</t>
+  </si>
+  <si>
+    <t>Life Code Designator</t>
+  </si>
+  <si>
+    <t>Lookup Column offset</t>
+  </si>
+  <si>
+    <t>Deprec. Type</t>
+  </si>
+  <si>
+    <t>Declining Balance</t>
+  </si>
+  <si>
+    <t>4% Decl. Bal.</t>
+  </si>
+  <si>
+    <t>Straight Line</t>
+  </si>
+  <si>
+    <t>2 Year Life</t>
+  </si>
+  <si>
+    <t>3 Year Life</t>
+  </si>
+  <si>
+    <t>4 Year Life</t>
+  </si>
+  <si>
+    <t>5 Year Life</t>
+  </si>
+  <si>
+    <t>6 Year Life</t>
+  </si>
+  <si>
+    <t>7 Year Life</t>
+  </si>
+  <si>
+    <t>8 Year Life</t>
+  </si>
+  <si>
+    <t>9 Year Life</t>
+  </si>
+  <si>
+    <t>10 Year Life</t>
+  </si>
+  <si>
+    <t>11 Year Life</t>
+  </si>
+  <si>
+    <t>12 Year Life</t>
+  </si>
+  <si>
+    <t>13 Year Life</t>
+  </si>
+  <si>
+    <t>14 Year Life</t>
+  </si>
+  <si>
+    <t>15 Year Life</t>
+  </si>
+  <si>
+    <t>16 Year Life</t>
+  </si>
+  <si>
+    <t>19 Year Life</t>
+  </si>
+  <si>
+    <t>20 Year Life</t>
+  </si>
+  <si>
+    <t>25 Year Life</t>
+  </si>
+  <si>
+    <t>STC Mkt. Sched. #0</t>
+  </si>
+  <si>
+    <t>STC Mkt. Sched. #19</t>
+  </si>
+  <si>
+    <t>STC Mkt. Sched. #44</t>
+  </si>
+  <si>
+    <t>STC Mkt. Sched. #42</t>
+  </si>
+  <si>
+    <t>INDEX TO VALUATION SCHEDULES  2026</t>
+  </si>
+  <si>
+    <t>(Replaces 2025 Index and Schedules)</t>
+  </si>
+  <si>
+    <t>PERSONAL PROPERTY VALUATION SCHEDULES    2026</t>
+  </si>
+  <si>
+    <t>INDUSTRIAL PROPERTY VALUATION SCHEDULES    2026</t>
+  </si>
+  <si>
+    <t>WIRELESS COMMUNICATION SCHEDULES  2026</t>
+  </si>
+  <si>
+    <r>
+      <t>published.  Therefore this page was adjusted from PPI indications and</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>now remains unchanged</t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">  Schedule categories (Headings) are hopefully </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">carried forward each year. </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>These schedules will remain unchanged</t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>.</t>
+    </r>
+  </si>
+  <si>
+    <t>Added Schedule 81 to page 16</t>
+  </si>
+  <si>
+    <t>Enclosed are copies of valuation schedules to be used for the 2026 Assessment Year.</t>
+  </si>
+  <si>
+    <t>Category 81 added for Concrete Tilt-Up Construction for 2026 IPVS</t>
+  </si>
+  <si>
+    <t>October 28th, 2025</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">received by the Commission </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>AFTER</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> November 5th, 2025 will be reviewed for consideration</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 IDAHO PROPERTY VALUATION SCHEDULES (IPVS) </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="6">
+  <numFmts count="9">
+    <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="General_)"/>
     <numFmt numFmtId="165" formatCode="dd\-mmm\-yy_)"/>
     <numFmt numFmtId="166" formatCode="#,##0.000"/>
     <numFmt numFmtId="167" formatCode="0_)"/>
-    <numFmt numFmtId="168" formatCode="0.000"/>
+    <numFmt numFmtId="168" formatCode="0.0%"/>
+    <numFmt numFmtId="169" formatCode="_(* #,##0.000000000_);_(* \(#,##0.000000000\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="170" formatCode="0.0000%"/>
   </numFmts>
-  <fonts count="61">
+  <fonts count="62">
     <font>
       <sz val="10"/>
       <name val="Helv"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
@@ -3851,105 +5288,136 @@
       <name val="Helv"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="10"/>
       <name val="Helv"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="20"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
-      <b/>
-[...2 lines deleted...]
-      <sz val="11"/>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <i/>
+      <b/>
       <u/>
       <sz val="10"/>
-      <name val="Copperplate Gothic Bold"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <u/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
+      <b/>
       <sz val="10"/>
-      <name val="Copperplate Gothic Bold"/>
+      <color rgb="FF7030A0"/>
+      <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="5">
+  <fills count="9">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF99"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.39997558519241921"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.14999847407452621"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="53">
+  <borders count="51">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
@@ -3987,63 +5455,50 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
-      <top style="thin">
-[...11 lines deleted...]
-      </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
@@ -4305,65 +5760,50 @@
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...13 lines deleted...]
-    <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
@@ -4472,153 +5912,153 @@
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
-      <right/>
-[...24 lines deleted...]
-      </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="28">
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="19" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="19" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="19" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="19" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="19" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="19" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="19" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="19" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="390">
+  <cellXfs count="449">
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="164" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -4747,825 +6187,971 @@
     </xf>
     <xf numFmtId="164" fontId="2" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="2" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="29" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="25" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="19" fillId="3" borderId="0" xfId="2" applyFill="1"/>
     <xf numFmtId="164" fontId="30" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="21"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="21" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="8" xfId="21" applyBorder="1"/>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="2" xfId="21" applyBorder="1"/>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="9" xfId="21" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="21" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="21" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="21" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="14" xfId="21" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="21" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="34" fillId="0" borderId="0" xfId="21" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="34" fillId="3" borderId="14" xfId="21" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="21" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="166" fontId="34" fillId="0" borderId="0" xfId="21" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="34" fillId="0" borderId="1" xfId="21" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="166" fontId="34" fillId="0" borderId="14" xfId="21" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="34" fillId="0" borderId="13" xfId="21" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="8" xfId="21" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="21" applyFont="1"/>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="22" applyFont="1"/>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="3" xfId="21" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="21" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="7" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="7"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="7" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="7" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="7" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="24" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="24"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="24" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="24" quotePrefix="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="24" applyFont="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="7" quotePrefix="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="7" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="7" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...46 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="34" xfId="7" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="7" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="7" applyAlignment="1">
       <alignment horizontal="right"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="25" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="25"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="25" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="25" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="20" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="33" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="35" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="37" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="36" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="33" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="25" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="19" xfId="25" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="38" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="20" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
-    </xf>
-[...23 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="25" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="25" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="37" xfId="25" applyBorder="1" applyAlignment="1">
-[...16 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="35" xfId="25" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="25" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="36" xfId="25" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="19" xfId="25" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="35" xfId="25" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="33" xfId="25" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="39" xfId="25" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="21" xfId="25" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="25" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="25" xfId="25" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="41" xfId="25" applyBorder="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="36" xfId="25" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="34" xfId="25" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="35" fillId="0" borderId="36" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="34" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="25" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="25" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="36" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="34" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="25" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="21" xfId="25" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="47" xfId="25" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="42" xfId="25" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="25" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="40" fillId="0" borderId="0" xfId="26" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="164" fontId="19" fillId="0" borderId="0" xfId="26"/>
     <xf numFmtId="164" fontId="29" fillId="0" borderId="0" xfId="26" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="41" fillId="0" borderId="0" xfId="26" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="20" fillId="0" borderId="0" xfId="26" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="26" applyFont="1"/>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="26" applyFont="1"/>
-    <xf numFmtId="164" fontId="5" fillId="0" borderId="12" xfId="26" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="43" fillId="0" borderId="0" xfId="26" applyFont="1"/>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="8" xfId="26" applyFont="1" applyBorder="1" applyAlignment="1">
-[...22 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="26" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="26" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="44" fillId="0" borderId="0" xfId="26" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="4" fillId="3" borderId="8" xfId="26" applyFont="1" applyFill="1" applyBorder="1"/>
-[...9 lines deleted...]
-    <xf numFmtId="164" fontId="19" fillId="3" borderId="7" xfId="26" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="26" applyFont="1"/>
     <xf numFmtId="164" fontId="19" fillId="0" borderId="0" xfId="23"/>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="23" applyFont="1"/>
     <xf numFmtId="164" fontId="40" fillId="0" borderId="0" xfId="23" applyFont="1"/>
     <xf numFmtId="164" fontId="49" fillId="0" borderId="0" xfId="23" applyFont="1"/>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="6" xfId="23" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="40" fillId="0" borderId="6" xfId="23" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="19" fillId="0" borderId="8" xfId="23" applyBorder="1"/>
     <xf numFmtId="164" fontId="25" fillId="0" borderId="1" xfId="23" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="25" fillId="0" borderId="0" xfId="23" applyFont="1"/>
     <xf numFmtId="164" fontId="25" fillId="0" borderId="0" xfId="23" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="25" fillId="0" borderId="1" xfId="23" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="25" fillId="0" borderId="2" xfId="23" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="19" fillId="0" borderId="3" xfId="23" applyBorder="1"/>
     <xf numFmtId="164" fontId="25" fillId="0" borderId="4" xfId="23" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="164" fontId="25" fillId="0" borderId="0" xfId="23" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="25" fillId="0" borderId="4" xfId="23" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="50" fillId="0" borderId="0" xfId="23" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="19" fillId="0" borderId="0" xfId="23" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="19" fillId="0" borderId="4" xfId="23" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="19" fillId="3" borderId="3" xfId="23" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="19" fillId="3" borderId="0" xfId="23" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="167" fontId="19" fillId="3" borderId="0" xfId="23" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="167" fontId="19" fillId="3" borderId="4" xfId="23" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="167" fontId="19" fillId="0" borderId="0" xfId="23" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="167" fontId="19" fillId="0" borderId="4" xfId="23" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="19" fillId="3" borderId="4" xfId="23" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="19" fillId="0" borderId="5" xfId="23" applyBorder="1"/>
     <xf numFmtId="164" fontId="19" fillId="0" borderId="6" xfId="23" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="167" fontId="19" fillId="0" borderId="6" xfId="23" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="45" fillId="0" borderId="0" xfId="23" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="27" applyFont="1"/>
     <xf numFmtId="39" fontId="4" fillId="0" borderId="0" xfId="23" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="28" fillId="0" borderId="0" xfId="23" applyFont="1"/>
     <xf numFmtId="39" fontId="19" fillId="0" borderId="0" xfId="23" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="19" fillId="0" borderId="2" xfId="23" applyBorder="1"/>
     <xf numFmtId="164" fontId="19" fillId="0" borderId="4" xfId="23" applyBorder="1"/>
     <xf numFmtId="164" fontId="19" fillId="0" borderId="3" xfId="23" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="50" fillId="0" borderId="0" xfId="23" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="25" fillId="0" borderId="0" xfId="23" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="19" fillId="3" borderId="5" xfId="23" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="19" fillId="3" borderId="6" xfId="23" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="167" fontId="19" fillId="3" borderId="6" xfId="23" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="167" fontId="19" fillId="3" borderId="7" xfId="23" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="53" fillId="0" borderId="0" xfId="23" applyFont="1"/>
     <xf numFmtId="164" fontId="20" fillId="0" borderId="0" xfId="27" applyFont="1"/>
     <xf numFmtId="164" fontId="20" fillId="0" borderId="0" xfId="23" applyFont="1"/>
     <xf numFmtId="164" fontId="51" fillId="0" borderId="0" xfId="23" applyFont="1"/>
     <xf numFmtId="164" fontId="54" fillId="0" borderId="0" xfId="23" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="15" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="23" fillId="0" borderId="0" xfId="15" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="15" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="15" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="27" fillId="0" borderId="0" xfId="15" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="15" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="24" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="15" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="168" fontId="34" fillId="0" borderId="12" xfId="21" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="11" xfId="7" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="168" fontId="34" fillId="3" borderId="12" xfId="21" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="46" xfId="7" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="27" xfId="21" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="46" xfId="7" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="11" xfId="7" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="21" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="168" fontId="25" fillId="3" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="21" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="21" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="14" xfId="21" applyBorder="1"/>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="15" xfId="21" applyBorder="1"/>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="16" xfId="21" applyBorder="1"/>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="17" xfId="21" applyBorder="1"/>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="48" xfId="21" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="21" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="20" xfId="21" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="21" xfId="21" applyBorder="1"/>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="22" xfId="21" applyBorder="1"/>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="23" xfId="21" applyBorder="1"/>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="24" xfId="21" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="21" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="45" xfId="21" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="7" xfId="21" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="19" fillId="3" borderId="10" xfId="15" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="19" fillId="3" borderId="5" xfId="15" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="49" xfId="21" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="11" xfId="15" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="12" xfId="15" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="49" xfId="21" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="19" fillId="3" borderId="11" xfId="15" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="19" fillId="3" borderId="12" xfId="15" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="47" xfId="7" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="168" fontId="25" fillId="3" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="32" xfId="7" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="31" xfId="21" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="11" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="0" xfId="11" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="168" fontId="34" fillId="0" borderId="32" xfId="21" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="34" fillId="3" borderId="31" xfId="21" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="0" xfId="11" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="168" fontId="34" fillId="3" borderId="32" xfId="21" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="34" fillId="3" borderId="48" xfId="21" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="11" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="3" borderId="49" xfId="21" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="0" xfId="11" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="168" fontId="34" fillId="3" borderId="33" xfId="21" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="28" xfId="21" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="6" fillId="0" borderId="0" xfId="11" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="10" fontId="6" fillId="6" borderId="0" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="12" xfId="7" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="10" fontId="6" fillId="7" borderId="0" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="8" borderId="11" xfId="11" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="11" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="11"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0" xfId="11" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="9" fontId="6" fillId="6" borderId="0" xfId="16" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="11" xfId="11" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="11" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="0" xfId="11" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="11" xfId="11" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="168" fontId="4" fillId="0" borderId="0" xfId="11" applyNumberFormat="1"/>
+    <xf numFmtId="168" fontId="6" fillId="0" borderId="0" xfId="11" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="11" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="168" fontId="4" fillId="6" borderId="0" xfId="11" applyNumberFormat="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="11" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="59" fillId="6" borderId="0" xfId="11" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="59" fillId="0" borderId="0" xfId="11" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="0" xfId="11" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="0" xfId="11" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="11" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="6" borderId="0" xfId="11" applyNumberFormat="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="0" borderId="0" xfId="11" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="6" borderId="0" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="7" borderId="0" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="11" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="7" borderId="0" xfId="11" applyNumberFormat="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="11" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="8" fontId="6" fillId="0" borderId="0" xfId="8" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="0" xfId="11" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="2" fontId="4" fillId="0" borderId="0" xfId="11" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="8" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="8" fontId="6" fillId="0" borderId="0" xfId="11" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="169" fontId="6" fillId="0" borderId="0" xfId="8" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="170" fontId="6" fillId="0" borderId="0" xfId="11" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" xfId="8" applyFont="1"/>
+    <xf numFmtId="164" fontId="19" fillId="3" borderId="8" xfId="23" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="19" fillId="3" borderId="1" xfId="23" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="19" fillId="3" borderId="2" xfId="23" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="11" xfId="7" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="50" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="50" xfId="7" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="28" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="52" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="47" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="50" xfId="7" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="50" xfId="7" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="26" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="51" xfId="7" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="27" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="57" fillId="0" borderId="12" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="30" xfId="10" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="57" fillId="3" borderId="12" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="10" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="57" fillId="0" borderId="32" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="30" xfId="10" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="12" xfId="24" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="13" xfId="10" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="58" fillId="3" borderId="12" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="21" xfId="10" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="59" fillId="3" borderId="12" xfId="24" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="33" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="50" xfId="7" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="3" fontId="4" fillId="4" borderId="12" xfId="24" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="4" fillId="4" borderId="12" xfId="7" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="4" fillId="4" borderId="32" xfId="7" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="33" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="12" xfId="24" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="28" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="12" xfId="7" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="29" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="32" xfId="7" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="7" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="58" fillId="4" borderId="12" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="31" xfId="7" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="59" fillId="4" borderId="32" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="11" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="59" fillId="4" borderId="12" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="31" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="51" xfId="7" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="33" xfId="7" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="60" fillId="0" borderId="11" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="34" xfId="7" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="32" xfId="7" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="7" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="20" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="4" fillId="3" borderId="0" xfId="7" applyNumberFormat="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="61" fillId="3" borderId="11" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="60" fillId="0" borderId="0" xfId="7" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="31" xfId="7" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="11" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="60" fillId="3" borderId="11" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="23" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="28" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="11" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="10" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="60" fillId="0" borderId="11" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="3" borderId="11" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="11" xfId="10" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="11" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="58" fillId="3" borderId="11" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="37" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="39" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="25" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="36" xfId="25" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="40" xfId="25" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="25" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="37" xfId="25" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="25" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="39" xfId="25" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="22" xfId="25" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="41" xfId="25" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="35" xfId="25" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="36" xfId="25" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="7" xfId="25" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="40" xfId="25" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="19" xfId="25" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="33" xfId="25" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="4" xfId="25" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="39" xfId="25" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="20" xfId="25" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="43" xfId="25" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="45" xfId="25" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="6" xfId="25" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="44" xfId="25" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="25" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="20" xfId="25" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="11" xfId="26" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="11" xfId="26" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="8" xfId="26" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="2" xfId="26" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="3" xfId="26" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="4" xfId="26" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="5" xfId="26" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="7" xfId="26" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="3" borderId="3" xfId="26" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="3" borderId="4" xfId="26" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="8" xfId="26" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="19" fillId="3" borderId="1" xfId="26" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="19" fillId="3" borderId="2" xfId="26" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="3" xfId="26" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="19" fillId="3" borderId="0" xfId="26" applyFill="1"/>
+    <xf numFmtId="164" fontId="19" fillId="3" borderId="4" xfId="26" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="5" xfId="26" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="19" fillId="3" borderId="6" xfId="26" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="19" fillId="3" borderId="7" xfId="26" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="25" fillId="0" borderId="1" xfId="23" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="25" fillId="0" borderId="0" xfId="23" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="50" fillId="0" borderId="0" xfId="23" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="167" fontId="19" fillId="0" borderId="6" xfId="23" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="19" fillId="3" borderId="0" xfId="23" applyNumberFormat="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="19" fillId="0" borderId="7" xfId="23" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="25" fillId="0" borderId="0" xfId="23" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="25" fillId="0" borderId="0" xfId="27" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="6" xfId="7" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="19" fillId="0" borderId="0" xfId="7" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="25" fillId="0" borderId="0" xfId="23" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="19" fillId="3" borderId="0" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="25" fillId="3" borderId="0" xfId="23" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="19" fillId="3" borderId="6" xfId="23" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="25" fillId="3" borderId="6" xfId="23" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="19" fillId="3" borderId="6" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="19" fillId="3" borderId="1" xfId="23" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="15" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="15" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="15" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="15" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="23" fillId="0" borderId="0" xfId="15" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="27" fillId="0" borderId="0" xfId="15" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="15" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="164" fontId="16" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="21" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="21" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="7" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="20" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="37" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="22" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="23" xfId="7" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="22" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="25" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="25" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="25" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="36" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="34" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="33" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="36" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="35" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="20" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="42" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="25" applyFont="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="164" fontId="29" fillId="0" borderId="0" xfId="26" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="25" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="41" fillId="0" borderId="0" xfId="26" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...10 lines deleted...]
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="1" xfId="26" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="44" fillId="0" borderId="0" xfId="26" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="26" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="164" fontId="6" fillId="3" borderId="0" xfId="26" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="6" xfId="26" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="29" fillId="0" borderId="0" xfId="26" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="6" xfId="26" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="12" xfId="26" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="13" xfId="26" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="1" xfId="26" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="48" fillId="0" borderId="0" xfId="23" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="25" fillId="0" borderId="3" xfId="27" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="21" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="28">
     <cellStyle name="Comma 2" xfId="8" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Comma 3" xfId="13" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Hyperlink 2" xfId="9" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="7" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Normal 2 2" xfId="10" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Normal 2 2 2" xfId="14" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="Normal 3" xfId="11" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Normal 3 2" xfId="12" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="Normal 4" xfId="15" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="Normal 5" xfId="17" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
@@ -5646,51 +7232,51 @@
       <rgbColor rgb="00996666"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="003333CC"/>
       <rgbColor rgb="00336666"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00663300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00424242"/>
     </indexedColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>257175</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>66675</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
@@ -5717,50 +7303,99 @@
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="257175" y="1419225"/>
           <a:ext cx="142875" cy="123825"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>257175</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="142875" cy="123825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1" descr="bd21300_">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B47BAB8-CAE9-4808-B901-44D3E4A78BDA}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:grayscl/>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="257175" y="1376027"/>
+          <a:ext cx="142875" cy="123825"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525">
+          <a:noFill/>
+          <a:miter lim="800000"/>
+          <a:headEnd/>
+          <a:tailEnd/>
+        </a:ln>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>53</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>53</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002000000}"/>
             </a:ext>
@@ -6494,51 +8129,51 @@
           <a:pathLst/>
         </a:custGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sam.Stone@tax.idaho.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jamestpowell@tax.idaho.gov" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:robert.rios@tax.idaho.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sam.Stone@tax.idaho.gov" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:robert.rios@tax.idaho.gov" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings13.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings14.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings15.bin"/></Relationships>
 </file>
@@ -6557,8265 +8192,14460 @@
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:L17"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="M24" sqref="M24"/>
+    <sheetView showGridLines="0" tabSelected="1" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A2" sqref="A2:D2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="9.28515625" style="71" customWidth="1"/>
     <col min="2" max="2" width="30.7109375" style="71" customWidth="1"/>
     <col min="3" max="3" width="32.140625" style="71" customWidth="1"/>
     <col min="4" max="4" width="31.28515625" style="71" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="71"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="41.25">
-      <c r="A1" s="344" t="s">
+      <c r="A1" s="400" t="s">
         <v>434</v>
       </c>
-      <c r="B1" s="344"/>
-[...17 lines deleted...]
-      <c r="D2" s="340"/>
+      <c r="B1" s="400"/>
+      <c r="C1" s="400"/>
+      <c r="D1" s="400"/>
+      <c r="E1" s="204"/>
+      <c r="F1" s="204"/>
+      <c r="G1" s="204"/>
+      <c r="H1" s="204"/>
+      <c r="I1" s="204"/>
+      <c r="J1" s="204"/>
+      <c r="K1" s="204"/>
+      <c r="L1" s="204"/>
+    </row>
+    <row r="2" spans="1:12" ht="41.25" customHeight="1">
+      <c r="A2" s="397" t="s">
+        <v>766</v>
+      </c>
+      <c r="B2" s="401"/>
+      <c r="C2" s="401"/>
+      <c r="D2" s="396"/>
       <c r="E2" s="72"/>
       <c r="F2" s="72"/>
       <c r="G2" s="72"/>
       <c r="H2" s="72"/>
       <c r="I2" s="72"/>
       <c r="J2" s="72"/>
       <c r="K2" s="72"/>
     </row>
     <row r="3" spans="1:12" ht="10.5" customHeight="1">
-      <c r="A3" s="281"/>
-[...1 lines deleted...]
-      <c r="C3" s="282"/>
+      <c r="A3" s="206"/>
+      <c r="B3" s="207"/>
+      <c r="C3" s="207"/>
       <c r="D3" s="72"/>
       <c r="E3" s="72"/>
       <c r="F3" s="72"/>
       <c r="G3" s="72"/>
       <c r="H3" s="72"/>
       <c r="I3" s="72"/>
       <c r="J3" s="72"/>
       <c r="K3" s="72"/>
     </row>
     <row r="4" spans="1:12" ht="10.5" customHeight="1">
-      <c r="A4" s="281"/>
-[...1 lines deleted...]
-      <c r="C4" s="282"/>
+      <c r="A4" s="206"/>
+      <c r="B4" s="207"/>
+      <c r="C4" s="207"/>
       <c r="D4" s="72"/>
       <c r="E4" s="72"/>
       <c r="F4" s="72"/>
       <c r="G4" s="72"/>
       <c r="H4" s="72"/>
       <c r="I4" s="72"/>
       <c r="J4" s="72"/>
       <c r="K4" s="72"/>
     </row>
     <row r="5" spans="1:12" ht="10.5" customHeight="1">
       <c r="A5" s="73"/>
       <c r="B5" s="73"/>
       <c r="C5" s="73"/>
       <c r="D5" s="74"/>
       <c r="E5" s="74"/>
       <c r="F5" s="74"/>
       <c r="G5" s="74"/>
       <c r="H5" s="74"/>
       <c r="I5" s="74"/>
       <c r="J5" s="74"/>
       <c r="K5" s="74"/>
     </row>
     <row r="6" spans="1:12" ht="64.5" customHeight="1">
       <c r="A6" s="73"/>
-      <c r="B6" s="343" t="s">
-[...3 lines deleted...]
-      <c r="D6" s="340"/>
+      <c r="B6" s="399" t="s">
+        <v>765</v>
+      </c>
+      <c r="C6" s="399"/>
+      <c r="D6" s="396"/>
       <c r="E6" s="74"/>
       <c r="F6" s="74"/>
       <c r="G6" s="74"/>
       <c r="H6" s="74"/>
       <c r="I6" s="74"/>
       <c r="J6" s="74"/>
       <c r="K6" s="74"/>
     </row>
     <row r="7" spans="1:12" ht="10.5" customHeight="1">
       <c r="A7" s="73"/>
       <c r="B7" s="73"/>
       <c r="C7" s="73"/>
       <c r="D7" s="74"/>
       <c r="E7" s="74"/>
       <c r="F7" s="74"/>
       <c r="G7" s="74"/>
       <c r="H7" s="74"/>
       <c r="I7" s="74"/>
       <c r="J7" s="74"/>
       <c r="K7" s="74"/>
     </row>
-    <row r="8" spans="1:12" ht="15">
+    <row r="8" spans="1:12" ht="15" customHeight="1">
       <c r="A8" s="73"/>
-      <c r="B8" s="343"/>
-[...1 lines deleted...]
-      <c r="D8" s="340"/>
+      <c r="B8" s="402" t="s">
+        <v>828</v>
+      </c>
+      <c r="C8" s="402"/>
+      <c r="D8" s="402"/>
       <c r="E8" s="74"/>
       <c r="F8" s="74"/>
       <c r="G8" s="74"/>
       <c r="H8" s="74"/>
       <c r="I8" s="74"/>
       <c r="J8" s="74"/>
       <c r="K8" s="74"/>
     </row>
     <row r="9" spans="1:12" ht="10.5" customHeight="1">
       <c r="A9" s="73"/>
-      <c r="B9" s="73"/>
-[...1 lines deleted...]
-      <c r="D9" s="74"/>
+      <c r="B9" s="402"/>
+      <c r="C9" s="402"/>
+      <c r="D9" s="402"/>
       <c r="E9" s="74"/>
       <c r="F9" s="74"/>
       <c r="G9" s="74"/>
       <c r="H9" s="74"/>
       <c r="I9" s="74"/>
       <c r="J9" s="74"/>
       <c r="K9" s="74"/>
     </row>
     <row r="10" spans="1:12" ht="37.5" customHeight="1">
       <c r="A10" s="73"/>
-      <c r="B10" s="343"/>
-[...1 lines deleted...]
-      <c r="D10" s="340"/>
+      <c r="B10" s="402"/>
+      <c r="C10" s="402"/>
+      <c r="D10" s="402"/>
       <c r="E10" s="74"/>
       <c r="F10" s="74"/>
       <c r="G10" s="74"/>
       <c r="H10" s="74"/>
       <c r="I10" s="74"/>
       <c r="J10" s="74"/>
       <c r="K10" s="74"/>
     </row>
     <row r="11" spans="1:12" ht="10.5" customHeight="1">
       <c r="A11" s="73"/>
-      <c r="B11" s="278"/>
-      <c r="C11" s="278"/>
+      <c r="B11" s="203"/>
+      <c r="C11" s="203"/>
       <c r="D11" s="74"/>
       <c r="E11" s="74"/>
       <c r="F11" s="74"/>
       <c r="G11" s="74"/>
       <c r="H11" s="74"/>
       <c r="I11" s="74"/>
       <c r="J11" s="74"/>
       <c r="K11" s="74"/>
     </row>
     <row r="12" spans="1:12" ht="21" customHeight="1">
-      <c r="A12" s="339" t="s">
+      <c r="A12" s="395" t="s">
+        <v>758</v>
+      </c>
+      <c r="B12" s="396"/>
+      <c r="C12" s="396"/>
+      <c r="D12" s="396"/>
+    </row>
+    <row r="13" spans="1:12" ht="21" customHeight="1">
+      <c r="A13" s="214" t="s">
         <v>764</v>
       </c>
-      <c r="B12" s="340"/>
-[...13 lines deleted...]
-      <c r="D13" s="71" t="s">
+      <c r="B13" s="211" t="s">
+        <v>760</v>
+      </c>
+      <c r="C13" s="211" t="s">
         <v>761</v>
       </c>
     </row>
     <row r="14" spans="1:12" ht="16.5" customHeight="1">
-      <c r="A14" s="284" t="s">
-[...8 lines deleted...]
-      <c r="D14" s="71" t="s">
+      <c r="A14" s="209" t="s">
+        <v>733</v>
+      </c>
+      <c r="B14" s="208" t="s">
+        <v>759</v>
+      </c>
+      <c r="C14" s="208" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="16.5" customHeight="1">
+      <c r="A15" s="209" t="s">
+        <v>732</v>
+      </c>
+      <c r="B15" s="213" t="s">
+        <v>752</v>
+      </c>
+      <c r="C15" s="213" t="s">
         <v>762</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      </c>
+      <c r="D15" s="210"/>
     </row>
     <row r="16" spans="1:12" ht="10.5" customHeight="1">
-      <c r="B16" s="280"/>
-      <c r="C16" s="280"/>
+      <c r="B16" s="205"/>
+      <c r="C16" s="205"/>
     </row>
     <row r="17" spans="1:4" ht="35.25" customHeight="1">
-      <c r="A17" s="341" t="s">
-[...4 lines deleted...]
-      <c r="D17" s="340"/>
+      <c r="A17" s="397"/>
+      <c r="B17" s="398"/>
+      <c r="C17" s="398"/>
+      <c r="D17" s="396"/>
     </row>
   </sheetData>
-  <mergeCells count="7">
+  <mergeCells count="6">
     <mergeCell ref="A12:D12"/>
     <mergeCell ref="A17:D17"/>
     <mergeCell ref="B6:D6"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
-    <mergeCell ref="B8:D8"/>
-    <mergeCell ref="B10:D10"/>
+    <mergeCell ref="B8:D10"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B15" r:id="rId1" xr:uid="{E1734FF5-1A61-431F-B13B-751AD8B7B273}"/>
-    <hyperlink ref="D15" r:id="rId2" xr:uid="{559F950C-02E8-41DB-9B2C-89036947340E}"/>
-    <hyperlink ref="C15" r:id="rId3" xr:uid="{5565AC81-C01A-48B6-9491-C6C5366F5F41}"/>
+    <hyperlink ref="C15" r:id="rId2" xr:uid="{5565AC81-C01A-48B6-9491-C6C5366F5F41}"/>
   </hyperlinks>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0" footer="0"/>
-  <pageSetup orientation="portrait" r:id="rId4"/>
+  <pageSetup orientation="portrait" r:id="rId3"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId5"/>
+  <drawing r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:L59"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="H14" sqref="H14:H44"/>
+    <sheetView view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="L44" sqref="L44"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="9.140625" style="142"/>
-[...5 lines deleted...]
-    <col min="12" max="16384" width="9.140625" style="142"/>
+    <col min="1" max="1" width="9.140625" style="118"/>
+    <col min="2" max="2" width="6.85546875" style="118" customWidth="1"/>
+    <col min="3" max="3" width="13.28515625" style="118" customWidth="1"/>
+    <col min="4" max="9" width="9.85546875" style="118" customWidth="1"/>
+    <col min="10" max="10" width="9.140625" style="118"/>
+    <col min="11" max="11" width="5.28515625" style="118" customWidth="1"/>
+    <col min="12" max="16384" width="9.140625" style="118"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:12" ht="15">
-      <c r="A2" s="365" t="s">
-[...12 lines deleted...]
-      <c r="L2" s="141"/>
+      <c r="A2" s="424" t="s">
+        <v>774</v>
+      </c>
+      <c r="B2" s="424"/>
+      <c r="C2" s="424"/>
+      <c r="D2" s="424"/>
+      <c r="E2" s="424"/>
+      <c r="F2" s="424"/>
+      <c r="G2" s="424"/>
+      <c r="H2" s="424"/>
+      <c r="I2" s="424"/>
+      <c r="J2" s="424"/>
+      <c r="K2" s="117"/>
+      <c r="L2" s="117"/>
     </row>
     <row r="3" spans="1:12" ht="15">
-      <c r="A3" s="365" t="s">
+      <c r="A3" s="424" t="s">
+        <v>600</v>
+      </c>
+      <c r="B3" s="424"/>
+      <c r="C3" s="424"/>
+      <c r="D3" s="424"/>
+      <c r="E3" s="424"/>
+      <c r="F3" s="424"/>
+      <c r="G3" s="424"/>
+      <c r="H3" s="424"/>
+      <c r="I3" s="424"/>
+      <c r="J3" s="424"/>
+      <c r="K3" s="117"/>
+      <c r="L3" s="117"/>
+    </row>
+    <row r="4" spans="1:12">
+      <c r="A4" s="425" t="s">
         <v>601</v>
       </c>
-      <c r="B3" s="365"/>
-[...12 lines deleted...]
-      <c r="A4" s="366" t="s">
+      <c r="B4" s="425"/>
+      <c r="C4" s="425"/>
+      <c r="D4" s="425"/>
+      <c r="E4" s="425"/>
+      <c r="F4" s="425"/>
+      <c r="G4" s="425"/>
+      <c r="H4" s="425"/>
+      <c r="I4" s="425"/>
+      <c r="J4" s="425"/>
+      <c r="K4" s="119"/>
+      <c r="L4" s="119"/>
+    </row>
+    <row r="5" spans="1:12">
+      <c r="B5" s="120"/>
+      <c r="C5" s="119"/>
+      <c r="D5" s="119"/>
+      <c r="E5" s="119"/>
+      <c r="F5" s="119"/>
+      <c r="G5" s="119"/>
+      <c r="H5" s="119"/>
+      <c r="I5" s="119"/>
+      <c r="J5" s="119"/>
+      <c r="K5" s="119"/>
+      <c r="L5" s="119"/>
+    </row>
+    <row r="6" spans="1:12" ht="13.5" thickBot="1">
+      <c r="B6" s="120"/>
+      <c r="C6" s="119"/>
+      <c r="D6" s="119"/>
+      <c r="E6" s="119"/>
+      <c r="F6" s="119"/>
+      <c r="G6" s="119"/>
+      <c r="H6" s="119"/>
+      <c r="I6" s="119"/>
+      <c r="J6" s="119"/>
+      <c r="K6" s="119"/>
+      <c r="L6" s="119"/>
+    </row>
+    <row r="7" spans="1:12">
+      <c r="B7" s="121"/>
+      <c r="C7" s="122"/>
+      <c r="D7" s="426" t="s">
         <v>602</v>
       </c>
-      <c r="B4" s="366"/>
-[...40 lines deleted...]
-      <c r="D7" s="367" t="s">
+      <c r="E7" s="427"/>
+      <c r="F7" s="428" t="s">
+        <v>602</v>
+      </c>
+      <c r="G7" s="427"/>
+      <c r="H7" s="121"/>
+      <c r="I7" s="122"/>
+      <c r="J7" s="120"/>
+      <c r="K7" s="120"/>
+      <c r="L7" s="120"/>
+    </row>
+    <row r="8" spans="1:12">
+      <c r="B8" s="123" t="s">
         <v>603</v>
       </c>
-      <c r="E7" s="368"/>
-[...11 lines deleted...]
-      <c r="B8" s="147" t="s">
+      <c r="C8" s="124"/>
+      <c r="D8" s="425" t="s">
         <v>604</v>
       </c>
-      <c r="C8" s="148"/>
-      <c r="D8" s="366" t="s">
+      <c r="E8" s="429"/>
+      <c r="F8" s="430" t="s">
         <v>605</v>
       </c>
-      <c r="E8" s="370"/>
-      <c r="F8" s="371" t="s">
+      <c r="G8" s="429"/>
+      <c r="H8" s="430" t="s">
         <v>606</v>
       </c>
-      <c r="G8" s="370"/>
-      <c r="H8" s="371" t="s">
+      <c r="I8" s="429"/>
+      <c r="J8" s="119"/>
+      <c r="K8" s="425"/>
+      <c r="L8" s="425"/>
+    </row>
+    <row r="9" spans="1:12">
+      <c r="B9" s="125"/>
+      <c r="C9" s="126"/>
+      <c r="D9" s="431" t="s">
         <v>607</v>
       </c>
-      <c r="I8" s="370"/>
-[...7 lines deleted...]
-      <c r="D9" s="372" t="s">
+      <c r="E9" s="432"/>
+      <c r="F9" s="433" t="s">
         <v>608</v>
       </c>
-      <c r="E9" s="373"/>
-      <c r="F9" s="374" t="s">
+      <c r="G9" s="432"/>
+      <c r="H9" s="433" t="s">
         <v>609</v>
       </c>
-      <c r="G9" s="373"/>
-      <c r="H9" s="374" t="s">
+      <c r="I9" s="432"/>
+      <c r="J9" s="119"/>
+      <c r="K9" s="425"/>
+      <c r="L9" s="425"/>
+    </row>
+    <row r="10" spans="1:12">
+      <c r="B10" s="127"/>
+      <c r="C10" s="128" t="s">
         <v>610</v>
       </c>
-      <c r="I9" s="373"/>
-[...6 lines deleted...]
-      <c r="C10" s="152" t="s">
+      <c r="D10" s="332">
+        <v>26</v>
+      </c>
+      <c r="E10" s="304">
+        <v>47</v>
+      </c>
+      <c r="F10" s="333">
+        <v>94</v>
+      </c>
+      <c r="G10" s="304">
+        <v>95</v>
+      </c>
+      <c r="H10" s="333">
+        <v>23</v>
+      </c>
+      <c r="I10" s="304">
+        <v>24</v>
+      </c>
+      <c r="J10" s="119"/>
+      <c r="K10" s="119"/>
+      <c r="L10" s="119"/>
+    </row>
+    <row r="11" spans="1:12" s="129" customFormat="1">
+      <c r="B11" s="130"/>
+      <c r="C11" s="131" t="s">
         <v>611</v>
       </c>
-      <c r="D10" s="153">
-[...5 lines deleted...]
-      <c r="F10" s="155">
+      <c r="D11" s="334">
+        <v>472</v>
+      </c>
+      <c r="E11" s="304">
+        <v>675</v>
+      </c>
+      <c r="F11" s="335">
+        <v>696</v>
+      </c>
+      <c r="G11" s="304">
+        <v>697</v>
+      </c>
+      <c r="H11" s="335">
+        <v>655</v>
+      </c>
+      <c r="I11" s="304">
+        <v>656</v>
+      </c>
+      <c r="J11" s="132"/>
+      <c r="K11" s="423"/>
+      <c r="L11" s="423"/>
+    </row>
+    <row r="12" spans="1:12" s="133" customFormat="1">
+      <c r="B12" s="134"/>
+      <c r="C12" s="135" t="s">
+        <v>612</v>
+      </c>
+      <c r="D12" s="336" t="s">
+        <v>613</v>
+      </c>
+      <c r="E12" s="337" t="s">
+        <v>614</v>
+      </c>
+      <c r="F12" s="338" t="s">
+        <v>613</v>
+      </c>
+      <c r="G12" s="337" t="s">
+        <v>614</v>
+      </c>
+      <c r="H12" s="338" t="s">
+        <v>613</v>
+      </c>
+      <c r="I12" s="337" t="s">
+        <v>614</v>
+      </c>
+      <c r="J12" s="132"/>
+      <c r="K12" s="132"/>
+      <c r="L12" s="132"/>
+    </row>
+    <row r="13" spans="1:12">
+      <c r="B13" s="136" t="s">
+        <v>583</v>
+      </c>
+      <c r="C13" s="137" t="s">
+        <v>526</v>
+      </c>
+      <c r="D13" s="339"/>
+      <c r="E13" s="137"/>
+      <c r="F13" s="340"/>
+      <c r="G13" s="137"/>
+      <c r="H13" s="340"/>
+      <c r="I13" s="137"/>
+      <c r="J13" s="132"/>
+      <c r="K13" s="132"/>
+      <c r="L13" s="132"/>
+    </row>
+    <row r="14" spans="1:12">
+      <c r="B14" s="136">
+        <v>0</v>
+      </c>
+      <c r="C14" s="137">
+        <v>2026</v>
+      </c>
+      <c r="D14" s="341">
+        <v>100</v>
+      </c>
+      <c r="E14" s="137">
+        <v>100</v>
+      </c>
+      <c r="F14" s="342">
+        <v>100</v>
+      </c>
+      <c r="G14" s="137">
+        <v>100</v>
+      </c>
+      <c r="H14" s="342">
+        <v>100</v>
+      </c>
+      <c r="I14" s="137">
+        <v>100</v>
+      </c>
+      <c r="J14" s="132"/>
+      <c r="K14" s="132"/>
+      <c r="L14" s="132"/>
+    </row>
+    <row r="15" spans="1:12">
+      <c r="B15" s="345">
+        <v>1</v>
+      </c>
+      <c r="C15" s="346">
+        <f t="shared" ref="C15:C44" si="0">C14-1</f>
+        <v>2025</v>
+      </c>
+      <c r="D15" s="347">
+        <v>91</v>
+      </c>
+      <c r="E15" s="346">
+        <v>96</v>
+      </c>
+      <c r="F15" s="348">
+        <v>92</v>
+      </c>
+      <c r="G15" s="346">
+        <v>98</v>
+      </c>
+      <c r="H15" s="348">
+        <v>85</v>
+      </c>
+      <c r="I15" s="346">
+        <v>79</v>
+      </c>
+      <c r="J15" s="132"/>
+      <c r="K15" s="132"/>
+      <c r="L15" s="132"/>
+    </row>
+    <row r="16" spans="1:12">
+      <c r="B16" s="136">
+        <v>2</v>
+      </c>
+      <c r="C16" s="137">
+        <f t="shared" si="0"/>
+        <v>2024</v>
+      </c>
+      <c r="D16" s="341">
+        <v>82</v>
+      </c>
+      <c r="E16" s="137">
+        <v>93</v>
+      </c>
+      <c r="F16" s="342">
+        <v>83</v>
+      </c>
+      <c r="G16" s="137">
         <v>94</v>
       </c>
-      <c r="G10" s="154">
-[...146 lines deleted...]
-      <c r="C16" s="169">
+      <c r="H16" s="342">
+        <v>70</v>
+      </c>
+      <c r="I16" s="137">
+        <v>57</v>
+      </c>
+      <c r="J16" s="132"/>
+      <c r="K16" s="132"/>
+      <c r="L16" s="132"/>
+    </row>
+    <row r="17" spans="2:12">
+      <c r="B17" s="345">
+        <v>3</v>
+      </c>
+      <c r="C17" s="346">
         <f t="shared" si="0"/>
         <v>2023</v>
       </c>
-      <c r="D16" s="173">
-[...8 lines deleted...]
-      <c r="G16" s="171">
+      <c r="D17" s="347">
+        <v>79</v>
+      </c>
+      <c r="E17" s="346">
+        <v>90</v>
+      </c>
+      <c r="F17" s="348">
+        <v>81</v>
+      </c>
+      <c r="G17" s="346">
         <v>94</v>
       </c>
-      <c r="H16" s="174">
-[...13 lines deleted...]
-      <c r="C17" s="175">
+      <c r="H17" s="348">
+        <v>55</v>
+      </c>
+      <c r="I17" s="346">
+        <v>50</v>
+      </c>
+      <c r="J17" s="132"/>
+      <c r="K17" s="132"/>
+      <c r="L17" s="132"/>
+    </row>
+    <row r="18" spans="2:12">
+      <c r="B18" s="136">
+        <v>4</v>
+      </c>
+      <c r="C18" s="137">
         <f t="shared" si="0"/>
         <v>2022</v>
       </c>
-      <c r="D17" s="165">
-[...25 lines deleted...]
-      <c r="C18" s="169">
+      <c r="D18" s="341">
+        <v>76</v>
+      </c>
+      <c r="E18" s="137">
+        <v>85</v>
+      </c>
+      <c r="F18" s="342">
+        <v>78</v>
+      </c>
+      <c r="G18" s="137">
+        <v>89</v>
+      </c>
+      <c r="H18" s="342">
+        <v>40</v>
+      </c>
+      <c r="I18" s="137">
+        <v>43</v>
+      </c>
+      <c r="J18" s="132"/>
+      <c r="K18" s="132"/>
+      <c r="L18" s="132"/>
+    </row>
+    <row r="19" spans="2:12">
+      <c r="B19" s="345">
+        <v>5</v>
+      </c>
+      <c r="C19" s="346">
         <f t="shared" si="0"/>
         <v>2021</v>
       </c>
-      <c r="D18" s="173">
-[...5 lines deleted...]
-      <c r="F18" s="174">
+      <c r="D19" s="347">
+        <v>74</v>
+      </c>
+      <c r="E19" s="346">
+        <v>84</v>
+      </c>
+      <c r="F19" s="348">
         <v>78</v>
       </c>
-      <c r="G18" s="171">
-[...16 lines deleted...]
-      <c r="C19" s="175">
+      <c r="G19" s="346">
+        <v>87</v>
+      </c>
+      <c r="H19" s="348">
+        <v>35</v>
+      </c>
+      <c r="I19" s="346">
+        <v>36</v>
+      </c>
+      <c r="J19" s="132"/>
+      <c r="K19" s="132"/>
+      <c r="L19" s="132"/>
+    </row>
+    <row r="20" spans="2:12">
+      <c r="B20" s="136">
+        <v>6</v>
+      </c>
+      <c r="C20" s="137">
         <f t="shared" si="0"/>
         <v>2020</v>
       </c>
-      <c r="D19" s="165">
+      <c r="D20" s="341">
+        <v>70</v>
+      </c>
+      <c r="E20" s="137">
+        <v>82</v>
+      </c>
+      <c r="F20" s="342">
         <v>74</v>
       </c>
-      <c r="E19" s="166">
+      <c r="G20" s="137">
         <v>84</v>
       </c>
-      <c r="F19" s="167">
-[...8 lines deleted...]
-      <c r="I19" s="166">
+      <c r="H20" s="342">
+        <v>30</v>
+      </c>
+      <c r="I20" s="137">
         <v>36</v>
       </c>
-      <c r="J19" s="161"/>
-[...7 lines deleted...]
-      <c r="C20" s="169">
+      <c r="J20" s="132"/>
+      <c r="K20" s="132"/>
+      <c r="L20" s="132"/>
+    </row>
+    <row r="21" spans="2:12">
+      <c r="B21" s="345">
+        <v>7</v>
+      </c>
+      <c r="C21" s="346">
         <f t="shared" si="0"/>
         <v>2019</v>
       </c>
-      <c r="D20" s="173">
-[...14 lines deleted...]
-      <c r="I20" s="171">
+      <c r="D21" s="347">
+        <v>69</v>
+      </c>
+      <c r="E21" s="346">
+        <v>77</v>
+      </c>
+      <c r="F21" s="348">
+        <v>72</v>
+      </c>
+      <c r="G21" s="346">
+        <v>81</v>
+      </c>
+      <c r="H21" s="348">
+        <v>25</v>
+      </c>
+      <c r="I21" s="346">
         <v>36</v>
       </c>
-      <c r="J20" s="161"/>
-[...7 lines deleted...]
-      <c r="C21" s="175">
+      <c r="J21" s="132"/>
+      <c r="K21" s="132"/>
+      <c r="L21" s="132"/>
+    </row>
+    <row r="22" spans="2:12">
+      <c r="B22" s="136">
+        <v>8</v>
+      </c>
+      <c r="C22" s="137">
         <f t="shared" si="0"/>
         <v>2018</v>
       </c>
-      <c r="D21" s="165">
-[...11 lines deleted...]
-      <c r="H21" s="167">
+      <c r="D22" s="341">
+        <v>67</v>
+      </c>
+      <c r="E22" s="137">
+        <v>74</v>
+      </c>
+      <c r="F22" s="342">
+        <v>70</v>
+      </c>
+      <c r="G22" s="137">
+        <v>78</v>
+      </c>
+      <c r="H22" s="342">
         <v>25</v>
       </c>
-      <c r="I21" s="166">
+      <c r="I22" s="137">
         <v>36</v>
       </c>
-      <c r="J21" s="161"/>
-[...7 lines deleted...]
-      <c r="C22" s="169">
+      <c r="J22" s="132"/>
+      <c r="K22" s="132"/>
+      <c r="L22" s="132"/>
+    </row>
+    <row r="23" spans="2:12">
+      <c r="B23" s="345">
+        <v>9</v>
+      </c>
+      <c r="C23" s="346">
         <f t="shared" si="0"/>
         <v>2017</v>
       </c>
-      <c r="D22" s="173">
+      <c r="D23" s="347">
+        <v>63</v>
+      </c>
+      <c r="E23" s="346">
+        <v>70</v>
+      </c>
+      <c r="F23" s="348">
         <v>67</v>
       </c>
-      <c r="E22" s="171">
-[...8 lines deleted...]
-      <c r="H22" s="174">
+      <c r="G23" s="346">
+        <v>77</v>
+      </c>
+      <c r="H23" s="348">
         <v>25</v>
       </c>
-      <c r="I22" s="171">
+      <c r="I23" s="346">
         <v>36</v>
       </c>
-      <c r="J22" s="161"/>
-[...7 lines deleted...]
-      <c r="C23" s="175">
+      <c r="J23" s="132"/>
+      <c r="K23" s="132"/>
+      <c r="L23" s="132"/>
+    </row>
+    <row r="24" spans="2:12">
+      <c r="B24" s="136">
+        <v>10</v>
+      </c>
+      <c r="C24" s="137">
         <f t="shared" si="0"/>
         <v>2016</v>
       </c>
-      <c r="D23" s="165">
-[...11 lines deleted...]
-      <c r="H23" s="167">
+      <c r="D24" s="341">
+        <v>61</v>
+      </c>
+      <c r="E24" s="137">
+        <v>66</v>
+      </c>
+      <c r="F24" s="342">
+        <v>65</v>
+      </c>
+      <c r="G24" s="137">
+        <v>72</v>
+      </c>
+      <c r="H24" s="342">
         <v>25</v>
       </c>
-      <c r="I23" s="166">
+      <c r="I24" s="137">
         <v>36</v>
       </c>
-      <c r="J23" s="161"/>
-[...7 lines deleted...]
-      <c r="C24" s="169">
+      <c r="J24" s="132"/>
+      <c r="K24" s="132"/>
+      <c r="L24" s="132"/>
+    </row>
+    <row r="25" spans="2:12">
+      <c r="B25" s="345">
+        <v>11</v>
+      </c>
+      <c r="C25" s="346">
         <f t="shared" si="0"/>
         <v>2015</v>
       </c>
-      <c r="D24" s="173">
-[...5 lines deleted...]
-      <c r="F24" s="174">
+      <c r="D25" s="347">
+        <v>57</v>
+      </c>
+      <c r="E25" s="346">
         <v>65</v>
       </c>
-      <c r="G24" s="171">
-[...2 lines deleted...]
-      <c r="H24" s="174">
+      <c r="F25" s="348">
+        <v>64</v>
+      </c>
+      <c r="G25" s="346">
+        <v>69</v>
+      </c>
+      <c r="H25" s="348">
         <v>25</v>
       </c>
-      <c r="I24" s="171">
+      <c r="I25" s="346">
         <v>36</v>
       </c>
-      <c r="J24" s="161"/>
-[...7 lines deleted...]
-      <c r="C25" s="175">
+      <c r="J25" s="132"/>
+      <c r="K25" s="132"/>
+      <c r="L25" s="132"/>
+    </row>
+    <row r="26" spans="2:12">
+      <c r="B26" s="136">
+        <v>12</v>
+      </c>
+      <c r="C26" s="137">
         <f t="shared" si="0"/>
         <v>2014</v>
       </c>
-      <c r="D25" s="165">
-[...11 lines deleted...]
-      <c r="H25" s="167">
+      <c r="D26" s="341">
+        <v>54</v>
+      </c>
+      <c r="E26" s="137">
+        <v>59</v>
+      </c>
+      <c r="F26" s="342">
+        <v>60</v>
+      </c>
+      <c r="G26" s="137">
+        <v>66</v>
+      </c>
+      <c r="H26" s="342">
         <v>25</v>
       </c>
-      <c r="I25" s="166">
+      <c r="I26" s="137">
         <v>36</v>
       </c>
-      <c r="J25" s="161"/>
-[...7 lines deleted...]
-      <c r="C26" s="169">
+      <c r="J26" s="132"/>
+      <c r="K26" s="132"/>
+      <c r="L26" s="132"/>
+    </row>
+    <row r="27" spans="2:12">
+      <c r="B27" s="345">
+        <v>13</v>
+      </c>
+      <c r="C27" s="346">
         <f t="shared" si="0"/>
         <v>2013</v>
       </c>
-      <c r="D26" s="173">
+      <c r="D27" s="347">
+        <v>53</v>
+      </c>
+      <c r="E27" s="346">
         <v>54</v>
       </c>
-      <c r="E26" s="171">
-[...8 lines deleted...]
-      <c r="H26" s="174">
+      <c r="F27" s="348">
+        <v>57</v>
+      </c>
+      <c r="G27" s="346">
+        <v>63</v>
+      </c>
+      <c r="H27" s="348">
         <v>25</v>
       </c>
-      <c r="I26" s="171">
+      <c r="I27" s="346">
         <v>36</v>
       </c>
-      <c r="J26" s="161"/>
-[...7 lines deleted...]
-      <c r="C27" s="175">
+      <c r="J27" s="132"/>
+      <c r="K27" s="132"/>
+      <c r="L27" s="132"/>
+    </row>
+    <row r="28" spans="2:12">
+      <c r="B28" s="136">
+        <v>14</v>
+      </c>
+      <c r="C28" s="137">
         <f t="shared" si="0"/>
         <v>2012</v>
       </c>
-      <c r="D27" s="165">
-[...11 lines deleted...]
-      <c r="H27" s="167">
+      <c r="D28" s="341">
+        <v>48</v>
+      </c>
+      <c r="E28" s="137">
+        <v>49</v>
+      </c>
+      <c r="F28" s="342">
+        <v>55</v>
+      </c>
+      <c r="G28" s="137">
+        <v>59</v>
+      </c>
+      <c r="H28" s="342">
         <v>25</v>
       </c>
-      <c r="I27" s="166">
+      <c r="I28" s="137">
         <v>36</v>
       </c>
-      <c r="J27" s="161"/>
-[...7 lines deleted...]
-      <c r="C28" s="169">
+      <c r="J28" s="132"/>
+      <c r="K28" s="132"/>
+      <c r="L28" s="132"/>
+    </row>
+    <row r="29" spans="2:12">
+      <c r="B29" s="345">
+        <v>15</v>
+      </c>
+      <c r="C29" s="346">
         <f t="shared" si="0"/>
         <v>2011</v>
       </c>
-      <c r="D28" s="173">
-[...2 lines deleted...]
-      <c r="E28" s="171">
+      <c r="D29" s="347">
+        <v>44</v>
+      </c>
+      <c r="E29" s="346">
         <v>49</v>
       </c>
-      <c r="F28" s="174">
-[...2 lines deleted...]
-      <c r="G28" s="171">
+      <c r="F29" s="348">
+        <v>52</v>
+      </c>
+      <c r="G29" s="346">
         <v>59</v>
       </c>
-      <c r="H28" s="174">
+      <c r="H29" s="348">
         <v>25</v>
       </c>
-      <c r="I28" s="171">
+      <c r="I29" s="346">
         <v>36</v>
       </c>
-      <c r="J28" s="161"/>
-[...7 lines deleted...]
-      <c r="C29" s="175">
+      <c r="J29" s="132"/>
+      <c r="K29" s="132"/>
+      <c r="L29" s="132"/>
+    </row>
+    <row r="30" spans="2:12">
+      <c r="B30" s="136">
+        <v>16</v>
+      </c>
+      <c r="C30" s="137">
         <f t="shared" si="0"/>
         <v>2010</v>
       </c>
-      <c r="D29" s="165">
-[...2 lines deleted...]
-      <c r="E29" s="166">
+      <c r="D30" s="341">
+        <v>40</v>
+      </c>
+      <c r="E30" s="137">
+        <v>46</v>
+      </c>
+      <c r="F30" s="342">
         <v>49</v>
       </c>
-      <c r="F29" s="167">
-[...5 lines deleted...]
-      <c r="H29" s="167">
+      <c r="G30" s="137">
+        <v>53</v>
+      </c>
+      <c r="H30" s="342">
         <v>25</v>
       </c>
-      <c r="I29" s="166">
+      <c r="I30" s="137">
         <v>36</v>
       </c>
-      <c r="J29" s="161"/>
-[...7 lines deleted...]
-      <c r="C30" s="169">
+      <c r="J30" s="132"/>
+      <c r="K30" s="132"/>
+      <c r="L30" s="132"/>
+    </row>
+    <row r="31" spans="2:12">
+      <c r="B31" s="345">
+        <v>17</v>
+      </c>
+      <c r="C31" s="346">
         <f t="shared" si="0"/>
         <v>2009</v>
       </c>
-      <c r="D30" s="173">
+      <c r="D31" s="347">
         <v>40</v>
       </c>
-      <c r="E30" s="171">
-[...2 lines deleted...]
-      <c r="F30" s="174">
+      <c r="E31" s="346">
+        <v>39</v>
+      </c>
+      <c r="F31" s="348">
         <v>49</v>
       </c>
-      <c r="G30" s="171">
-[...2 lines deleted...]
-      <c r="H30" s="174">
+      <c r="G31" s="346">
+        <v>49</v>
+      </c>
+      <c r="H31" s="348">
         <v>25</v>
       </c>
-      <c r="I30" s="171">
+      <c r="I31" s="346">
         <v>36</v>
       </c>
-      <c r="J30" s="161"/>
-[...7 lines deleted...]
-      <c r="C31" s="175">
+      <c r="J31" s="132"/>
+      <c r="K31" s="132"/>
+      <c r="L31" s="132"/>
+    </row>
+    <row r="32" spans="2:12">
+      <c r="B32" s="136">
+        <v>18</v>
+      </c>
+      <c r="C32" s="137">
         <f t="shared" si="0"/>
         <v>2008</v>
       </c>
-      <c r="D31" s="165">
-[...2 lines deleted...]
-      <c r="E31" s="166">
+      <c r="D32" s="341">
+        <v>38</v>
+      </c>
+      <c r="E32" s="137">
         <v>39</v>
       </c>
-      <c r="F31" s="167">
+      <c r="F32" s="342">
+        <v>44</v>
+      </c>
+      <c r="G32" s="137">
         <v>49</v>
       </c>
-      <c r="G31" s="166">
-[...2 lines deleted...]
-      <c r="H31" s="167">
+      <c r="H32" s="342">
         <v>25</v>
       </c>
-      <c r="I31" s="166">
+      <c r="I32" s="137">
         <v>36</v>
       </c>
-      <c r="J31" s="161"/>
-[...7 lines deleted...]
-      <c r="C32" s="169">
+      <c r="J32" s="132"/>
+      <c r="K32" s="132"/>
+      <c r="L32" s="132"/>
+    </row>
+    <row r="33" spans="2:12">
+      <c r="B33" s="345">
+        <v>19</v>
+      </c>
+      <c r="C33" s="346">
         <f t="shared" si="0"/>
         <v>2007</v>
       </c>
-      <c r="D32" s="173">
-[...2 lines deleted...]
-      <c r="E32" s="171">
+      <c r="D33" s="347">
+        <v>32</v>
+      </c>
+      <c r="E33" s="346">
         <v>39</v>
       </c>
-      <c r="F32" s="174">
-[...5 lines deleted...]
-      <c r="H32" s="174">
+      <c r="F33" s="348">
+        <v>41</v>
+      </c>
+      <c r="G33" s="346">
+        <v>47</v>
+      </c>
+      <c r="H33" s="348">
         <v>25</v>
       </c>
-      <c r="I32" s="171">
+      <c r="I33" s="346">
         <v>36</v>
       </c>
-      <c r="J32" s="161"/>
-[...7 lines deleted...]
-      <c r="C33" s="175">
+      <c r="J33" s="132"/>
+      <c r="K33" s="132"/>
+      <c r="L33" s="132"/>
+    </row>
+    <row r="34" spans="2:12">
+      <c r="B34" s="136">
+        <v>20</v>
+      </c>
+      <c r="C34" s="137">
         <f t="shared" si="0"/>
         <v>2006</v>
       </c>
-      <c r="D33" s="165">
+      <c r="D34" s="341">
         <v>32</v>
       </c>
-      <c r="E33" s="166">
-[...2 lines deleted...]
-      <c r="F33" s="167">
+      <c r="E34" s="137">
+        <v>38</v>
+      </c>
+      <c r="F34" s="342">
         <v>41</v>
       </c>
-      <c r="G33" s="166">
+      <c r="G34" s="137">
         <v>47</v>
       </c>
-      <c r="H33" s="167">
+      <c r="H34" s="342">
         <v>25</v>
       </c>
-      <c r="I33" s="166">
+      <c r="I34" s="137">
         <v>36</v>
       </c>
-      <c r="J33" s="161"/>
-[...7 lines deleted...]
-      <c r="C34" s="169">
+      <c r="J34" s="132"/>
+      <c r="K34" s="132"/>
+      <c r="L34" s="132"/>
+    </row>
+    <row r="35" spans="2:12">
+      <c r="B35" s="345">
+        <v>21</v>
+      </c>
+      <c r="C35" s="346">
         <f t="shared" si="0"/>
         <v>2005</v>
       </c>
-      <c r="D34" s="173">
+      <c r="D35" s="347">
         <v>32</v>
       </c>
-      <c r="E34" s="171">
+      <c r="E35" s="346">
         <v>38</v>
       </c>
-      <c r="F34" s="174">
-[...2 lines deleted...]
-      <c r="G34" s="171">
+      <c r="F35" s="348">
+        <v>40</v>
+      </c>
+      <c r="G35" s="346">
         <v>47</v>
       </c>
-      <c r="H34" s="174">
+      <c r="H35" s="348">
         <v>25</v>
       </c>
-      <c r="I34" s="171">
+      <c r="I35" s="346">
         <v>36</v>
       </c>
-      <c r="J34" s="161"/>
-[...7 lines deleted...]
-      <c r="C35" s="175">
+      <c r="J35" s="132"/>
+      <c r="K35" s="132"/>
+      <c r="L35" s="132"/>
+    </row>
+    <row r="36" spans="2:12">
+      <c r="B36" s="136">
+        <v>22</v>
+      </c>
+      <c r="C36" s="137">
         <f t="shared" si="0"/>
         <v>2004</v>
       </c>
-      <c r="D35" s="165">
-[...2 lines deleted...]
-      <c r="E35" s="166">
+      <c r="D36" s="341">
+        <v>31</v>
+      </c>
+      <c r="E36" s="137">
         <v>38</v>
       </c>
-      <c r="F35" s="167">
+      <c r="F36" s="342">
         <v>40</v>
       </c>
-      <c r="G35" s="166">
-[...2 lines deleted...]
-      <c r="H35" s="167">
+      <c r="G36" s="137">
+        <v>43</v>
+      </c>
+      <c r="H36" s="342">
         <v>25</v>
       </c>
-      <c r="I35" s="166">
+      <c r="I36" s="137">
         <v>36</v>
       </c>
-      <c r="J35" s="161"/>
-[...7 lines deleted...]
-      <c r="C36" s="169">
+      <c r="J36" s="132"/>
+      <c r="K36" s="132"/>
+      <c r="L36" s="132"/>
+    </row>
+    <row r="37" spans="2:12">
+      <c r="B37" s="345">
+        <v>23</v>
+      </c>
+      <c r="C37" s="346">
         <f t="shared" si="0"/>
         <v>2003</v>
       </c>
-      <c r="D36" s="173">
+      <c r="D37" s="347">
         <v>31</v>
       </c>
-      <c r="E36" s="171">
-[...5 lines deleted...]
-      <c r="G36" s="171">
+      <c r="E37" s="346">
+        <v>35</v>
+      </c>
+      <c r="F37" s="348">
+        <v>39</v>
+      </c>
+      <c r="G37" s="346">
         <v>43</v>
       </c>
-      <c r="H36" s="174">
+      <c r="H37" s="348">
         <v>25</v>
       </c>
-      <c r="I36" s="171">
+      <c r="I37" s="346">
         <v>36</v>
       </c>
-      <c r="J36" s="161"/>
-[...7 lines deleted...]
-      <c r="C37" s="175">
+      <c r="J37" s="132"/>
+      <c r="K37" s="132"/>
+      <c r="L37" s="132"/>
+    </row>
+    <row r="38" spans="2:12">
+      <c r="B38" s="136">
+        <v>24</v>
+      </c>
+      <c r="C38" s="137">
         <f t="shared" si="0"/>
         <v>2002</v>
       </c>
-      <c r="D37" s="165">
+      <c r="D38" s="341">
         <v>31</v>
       </c>
-      <c r="E37" s="166">
-[...8 lines deleted...]
-      <c r="H37" s="167">
+      <c r="E38" s="137">
+        <v>32</v>
+      </c>
+      <c r="F38" s="342">
+        <v>36</v>
+      </c>
+      <c r="G38" s="137">
+        <v>41</v>
+      </c>
+      <c r="H38" s="342">
         <v>25</v>
       </c>
-      <c r="I37" s="166">
+      <c r="I38" s="137">
         <v>36</v>
       </c>
-      <c r="J37" s="161"/>
-[...7 lines deleted...]
-      <c r="C38" s="169">
+      <c r="J38" s="132"/>
+      <c r="K38" s="132"/>
+      <c r="L38" s="132"/>
+    </row>
+    <row r="39" spans="2:12">
+      <c r="B39" s="345">
+        <v>25</v>
+      </c>
+      <c r="C39" s="346">
         <f t="shared" si="0"/>
         <v>2001</v>
       </c>
-      <c r="D38" s="173">
-[...5 lines deleted...]
-      <c r="F38" s="174">
+      <c r="D39" s="347">
+        <v>29</v>
+      </c>
+      <c r="E39" s="346">
+        <v>27</v>
+      </c>
+      <c r="F39" s="348">
         <v>36</v>
       </c>
-      <c r="G38" s="171">
+      <c r="G39" s="346">
         <v>41</v>
       </c>
-      <c r="H38" s="174">
+      <c r="H39" s="348">
         <v>25</v>
       </c>
-      <c r="I38" s="171">
+      <c r="I39" s="346">
         <v>36</v>
       </c>
-      <c r="J38" s="161"/>
-[...7 lines deleted...]
-      <c r="C39" s="175">
+      <c r="J39" s="132"/>
+      <c r="K39" s="132"/>
+      <c r="L39" s="132"/>
+    </row>
+    <row r="40" spans="2:12">
+      <c r="B40" s="136">
+        <v>26</v>
+      </c>
+      <c r="C40" s="137">
         <f t="shared" si="0"/>
         <v>2000</v>
       </c>
-      <c r="D39" s="165">
-[...2 lines deleted...]
-      <c r="E39" s="166">
+      <c r="D40" s="341">
+        <v>26</v>
+      </c>
+      <c r="E40" s="137">
         <v>27</v>
       </c>
-      <c r="F39" s="167">
+      <c r="F40" s="342">
+        <v>34</v>
+      </c>
+      <c r="G40" s="137">
+        <v>37</v>
+      </c>
+      <c r="H40" s="342">
+        <v>25</v>
+      </c>
+      <c r="I40" s="137">
         <v>36</v>
       </c>
-      <c r="G39" s="166">
-[...16 lines deleted...]
-      <c r="C40" s="169">
+      <c r="J40" s="132"/>
+      <c r="K40" s="132"/>
+      <c r="L40" s="132"/>
+    </row>
+    <row r="41" spans="2:12">
+      <c r="B41" s="345">
+        <v>27</v>
+      </c>
+      <c r="C41" s="346">
         <f t="shared" si="0"/>
         <v>1999</v>
       </c>
-      <c r="D40" s="173">
+      <c r="D41" s="347">
+        <v>22</v>
+      </c>
+      <c r="E41" s="346">
         <v>26</v>
       </c>
-      <c r="E40" s="171">
-[...2 lines deleted...]
-      <c r="F40" s="174">
+      <c r="F41" s="348">
         <v>34</v>
       </c>
-      <c r="G40" s="171">
-[...2 lines deleted...]
-      <c r="H40" s="174">
+      <c r="G41" s="346">
+        <v>36</v>
+      </c>
+      <c r="H41" s="348">
         <v>25</v>
       </c>
-      <c r="I40" s="171">
+      <c r="I41" s="346">
         <v>36</v>
       </c>
-      <c r="J40" s="161"/>
-[...7 lines deleted...]
-      <c r="C41" s="175">
+      <c r="J41" s="132"/>
+      <c r="K41" s="132"/>
+      <c r="L41" s="132"/>
+    </row>
+    <row r="42" spans="2:12">
+      <c r="B42" s="136">
+        <v>28</v>
+      </c>
+      <c r="C42" s="137">
         <f t="shared" si="0"/>
         <v>1998</v>
       </c>
-      <c r="D41" s="165">
+      <c r="D42" s="341">
         <v>22</v>
       </c>
-      <c r="E41" s="166">
-[...5 lines deleted...]
-      <c r="G41" s="166">
+      <c r="E42" s="137">
+        <v>21</v>
+      </c>
+      <c r="F42" s="342">
+        <v>31</v>
+      </c>
+      <c r="G42" s="137">
+        <v>35</v>
+      </c>
+      <c r="H42" s="342">
+        <v>25</v>
+      </c>
+      <c r="I42" s="137">
         <v>36</v>
       </c>
-      <c r="H41" s="167">
-[...13 lines deleted...]
-      <c r="C42" s="169">
+      <c r="J42" s="132"/>
+      <c r="K42" s="132"/>
+      <c r="L42" s="132"/>
+    </row>
+    <row r="43" spans="2:12">
+      <c r="B43" s="349">
+        <v>29</v>
+      </c>
+      <c r="C43" s="350">
         <f t="shared" si="0"/>
         <v>1997</v>
       </c>
-      <c r="D42" s="173">
-[...2 lines deleted...]
-      <c r="E42" s="171">
+      <c r="D43" s="351">
         <v>21</v>
       </c>
-      <c r="F42" s="174">
-[...2 lines deleted...]
-      <c r="G42" s="171">
+      <c r="E43" s="350">
+        <v>21</v>
+      </c>
+      <c r="F43" s="352">
+        <v>30</v>
+      </c>
+      <c r="G43" s="350">
         <v>35</v>
       </c>
-      <c r="H42" s="174">
+      <c r="H43" s="352">
         <v>25</v>
       </c>
-      <c r="I42" s="171">
+      <c r="I43" s="350">
         <v>36</v>
       </c>
-      <c r="J42" s="161"/>
-[...7 lines deleted...]
-      <c r="C43" s="169">
+      <c r="J43" s="132"/>
+      <c r="K43" s="132"/>
+      <c r="L43" s="132"/>
+    </row>
+    <row r="44" spans="2:12" ht="13.5" thickBot="1">
+      <c r="B44" s="138">
+        <v>30</v>
+      </c>
+      <c r="C44" s="139">
         <f t="shared" si="0"/>
         <v>1996</v>
       </c>
-      <c r="D43" s="173">
+      <c r="D44" s="343">
+        <v>17</v>
+      </c>
+      <c r="E44" s="139">
         <v>21</v>
       </c>
-      <c r="E43" s="171">
-[...5 lines deleted...]
-      <c r="G43" s="171">
+      <c r="F44" s="344">
+        <v>29</v>
+      </c>
+      <c r="G44" s="139">
         <v>35</v>
       </c>
-      <c r="H43" s="174">
+      <c r="H44" s="344">
         <v>25</v>
       </c>
-      <c r="I43" s="171">
+      <c r="I44" s="139">
         <v>36</v>
       </c>
-      <c r="J43" s="161"/>
-[...31 lines deleted...]
-      <c r="L44" s="161"/>
+      <c r="J44" s="132"/>
+      <c r="K44" s="132"/>
+      <c r="L44" s="132"/>
     </row>
     <row r="45" spans="2:12">
-      <c r="C45" s="181"/>
-[...6 lines deleted...]
-      <c r="L45" s="183"/>
+      <c r="C45" s="140"/>
+      <c r="F45" s="141"/>
+      <c r="G45" s="141"/>
+      <c r="H45" s="141"/>
+      <c r="I45" s="141"/>
+      <c r="J45" s="142"/>
+      <c r="K45" s="142"/>
+      <c r="L45" s="142"/>
     </row>
     <row r="46" spans="2:12">
-      <c r="F46" s="184"/>
-[...5 lines deleted...]
-      <c r="L46" s="184"/>
+      <c r="F46" s="143"/>
+      <c r="G46" s="143"/>
+      <c r="H46" s="143"/>
+      <c r="I46" s="143"/>
+      <c r="J46" s="143"/>
+      <c r="K46" s="143"/>
+      <c r="L46" s="143"/>
     </row>
     <row r="47" spans="2:12">
-      <c r="F47" s="184"/>
-[...5 lines deleted...]
-      <c r="L47" s="184"/>
+      <c r="F47" s="143"/>
+      <c r="G47" s="143"/>
+      <c r="H47" s="143"/>
+      <c r="I47" s="143"/>
+      <c r="J47" s="143"/>
+      <c r="K47" s="143"/>
+      <c r="L47" s="143"/>
     </row>
     <row r="48" spans="2:12">
-      <c r="B48" s="142" t="s">
+      <c r="B48" s="118" t="s">
         <v>585</v>
       </c>
-      <c r="C48" s="162" t="s">
+      <c r="C48" s="133" t="s">
+        <v>615</v>
+      </c>
+      <c r="E48" s="143"/>
+      <c r="F48" s="143"/>
+      <c r="G48" s="143"/>
+      <c r="H48" s="143"/>
+      <c r="I48" s="143"/>
+      <c r="J48" s="143"/>
+      <c r="K48" s="143"/>
+      <c r="L48" s="143"/>
+    </row>
+    <row r="49" spans="3:12">
+      <c r="C49" s="118" t="s">
         <v>616</v>
       </c>
-      <c r="E48" s="184"/>
-[...9 lines deleted...]
-      <c r="C49" s="142" t="s">
+      <c r="E49" s="143"/>
+      <c r="F49" s="143"/>
+      <c r="G49" s="143"/>
+      <c r="H49" s="143"/>
+      <c r="I49" s="143"/>
+      <c r="J49" s="143"/>
+      <c r="K49" s="143"/>
+      <c r="L49" s="143"/>
+    </row>
+    <row r="50" spans="3:12">
+      <c r="C50" s="133" t="s">
         <v>617</v>
       </c>
-      <c r="E49" s="184"/>
-[...9 lines deleted...]
-      <c r="C50" s="162" t="s">
+    </row>
+    <row r="51" spans="3:12">
+      <c r="C51" s="118" t="s">
         <v>618</v>
       </c>
     </row>
-    <row r="51" spans="3:12">
-      <c r="C51" s="142" t="s">
+    <row r="52" spans="3:12" ht="15">
+      <c r="C52" s="118" t="s">
+        <v>827</v>
+      </c>
+      <c r="K52" s="143"/>
+      <c r="L52" s="143"/>
+    </row>
+    <row r="53" spans="3:12">
+      <c r="D53" s="143"/>
+      <c r="E53" s="143"/>
+      <c r="F53" s="143"/>
+      <c r="G53" s="143"/>
+      <c r="H53" s="143"/>
+      <c r="I53" s="143"/>
+      <c r="J53" s="143"/>
+      <c r="K53" s="143"/>
+      <c r="L53" s="143"/>
+    </row>
+    <row r="54" spans="3:12">
+      <c r="D54" s="143"/>
+      <c r="E54" s="143"/>
+      <c r="F54" s="143"/>
+      <c r="G54" s="143"/>
+      <c r="H54" s="143"/>
+      <c r="I54" s="143"/>
+      <c r="J54" s="143"/>
+      <c r="K54" s="143"/>
+      <c r="L54" s="143"/>
+    </row>
+    <row r="55" spans="3:12">
+      <c r="D55" s="143"/>
+      <c r="E55" s="143"/>
+      <c r="F55" s="143"/>
+      <c r="G55" s="143"/>
+      <c r="H55" s="143"/>
+      <c r="I55" s="143"/>
+      <c r="J55" s="143"/>
+      <c r="K55" s="143"/>
+      <c r="L55" s="143"/>
+    </row>
+    <row r="56" spans="3:12">
+      <c r="C56" s="118" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="57" spans="3:12">
+      <c r="C57" s="133"/>
+    </row>
+    <row r="59" spans="3:12">
+      <c r="C59" s="133" t="s">
         <v>619</v>
-      </c>
-[...51 lines deleted...]
-        <v>621</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="A3:J3"/>
     <mergeCell ref="A4:J4"/>
     <mergeCell ref="D7:E7"/>
     <mergeCell ref="F7:G7"/>
     <mergeCell ref="D8:E8"/>
     <mergeCell ref="F8:G8"/>
     <mergeCell ref="H8:I8"/>
     <mergeCell ref="K8:L8"/>
     <mergeCell ref="D9:E9"/>
     <mergeCell ref="F9:G9"/>
     <mergeCell ref="H9:I9"/>
     <mergeCell ref="K9:L9"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.05" bottom="0.45" header="0" footer="0"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter xml:space="preserve">&amp;LIdaho Property Valuation Schedules
 &amp;C17
-&amp;REFO00210_01-01-2025
 </oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:Z58"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="A11" sqref="A11"/>
+    <sheetView view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="AA42" sqref="AA42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="6.42578125" style="142" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="27" max="16384" width="9.140625" style="142"/>
+    <col min="1" max="1" width="6.42578125" style="118" customWidth="1"/>
+    <col min="2" max="2" width="8" style="118" customWidth="1"/>
+    <col min="3" max="3" width="5.28515625" style="118" customWidth="1"/>
+    <col min="4" max="4" width="5.140625" style="118" customWidth="1"/>
+    <col min="5" max="26" width="5.28515625" style="118" customWidth="1"/>
+    <col min="27" max="16384" width="9.140625" style="118"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:26" ht="15">
-      <c r="A2" s="365" t="s">
-[...26 lines deleted...]
-      <c r="Z2" s="365"/>
+      <c r="A2" s="424" t="s">
+        <v>776</v>
+      </c>
+      <c r="B2" s="424"/>
+      <c r="C2" s="424"/>
+      <c r="D2" s="424"/>
+      <c r="E2" s="424"/>
+      <c r="F2" s="424"/>
+      <c r="G2" s="424"/>
+      <c r="H2" s="424"/>
+      <c r="I2" s="424"/>
+      <c r="J2" s="424"/>
+      <c r="K2" s="424"/>
+      <c r="L2" s="424"/>
+      <c r="M2" s="424"/>
+      <c r="N2" s="424"/>
+      <c r="O2" s="424"/>
+      <c r="P2" s="424"/>
+      <c r="Q2" s="424"/>
+      <c r="R2" s="424"/>
+      <c r="S2" s="424"/>
+      <c r="T2" s="424"/>
+      <c r="U2" s="424"/>
+      <c r="V2" s="424"/>
+      <c r="W2" s="424"/>
+      <c r="X2" s="424"/>
+      <c r="Y2" s="424"/>
+      <c r="Z2" s="424"/>
     </row>
     <row r="3" spans="1:26" ht="13.5" thickBot="1">
-      <c r="A3" s="375" t="s">
-[...26 lines deleted...]
-      <c r="Z3" s="375"/>
+      <c r="A3" s="434" t="s">
+        <v>601</v>
+      </c>
+      <c r="B3" s="434"/>
+      <c r="C3" s="434"/>
+      <c r="D3" s="434"/>
+      <c r="E3" s="434"/>
+      <c r="F3" s="434"/>
+      <c r="G3" s="434"/>
+      <c r="H3" s="434"/>
+      <c r="I3" s="434"/>
+      <c r="J3" s="434"/>
+      <c r="K3" s="434"/>
+      <c r="L3" s="434"/>
+      <c r="M3" s="434"/>
+      <c r="N3" s="434"/>
+      <c r="O3" s="434"/>
+      <c r="P3" s="434"/>
+      <c r="Q3" s="434"/>
+      <c r="R3" s="434"/>
+      <c r="S3" s="434"/>
+      <c r="T3" s="434"/>
+      <c r="U3" s="434"/>
+      <c r="V3" s="434"/>
+      <c r="W3" s="434"/>
+      <c r="X3" s="434"/>
+      <c r="Y3" s="434"/>
+      <c r="Z3" s="434"/>
     </row>
     <row r="4" spans="1:26">
-      <c r="A4" s="145"/>
-[...3 lines deleted...]
-      <c r="E4" s="369" t="s">
+      <c r="A4" s="121"/>
+      <c r="B4" s="144"/>
+      <c r="C4" s="428"/>
+      <c r="D4" s="427"/>
+      <c r="E4" s="428" t="s">
+        <v>620</v>
+      </c>
+      <c r="F4" s="427"/>
+      <c r="G4" s="121"/>
+      <c r="H4" s="122"/>
+      <c r="I4" s="121"/>
+      <c r="J4" s="122"/>
+      <c r="K4" s="121"/>
+      <c r="L4" s="122"/>
+      <c r="M4" s="428" t="s">
+        <v>621</v>
+      </c>
+      <c r="N4" s="427"/>
+      <c r="O4" s="121"/>
+      <c r="P4" s="122"/>
+      <c r="Q4" s="428" t="s">
         <v>622</v>
       </c>
-      <c r="F4" s="368"/>
-[...6 lines deleted...]
-      <c r="M4" s="369" t="s">
+      <c r="R4" s="435"/>
+      <c r="S4" s="428" t="s">
         <v>623</v>
       </c>
-      <c r="N4" s="368"/>
-[...2 lines deleted...]
-      <c r="Q4" s="369" t="s">
+      <c r="T4" s="427"/>
+      <c r="U4" s="428"/>
+      <c r="V4" s="427"/>
+      <c r="W4" s="121"/>
+      <c r="X4" s="122"/>
+      <c r="Y4" s="428"/>
+      <c r="Z4" s="427"/>
+    </row>
+    <row r="5" spans="1:26">
+      <c r="A5" s="123" t="s">
+        <v>603</v>
+      </c>
+      <c r="B5" s="120"/>
+      <c r="C5" s="430" t="s">
         <v>624</v>
       </c>
-      <c r="R4" s="376"/>
-      <c r="S4" s="369" t="s">
+      <c r="D5" s="429"/>
+      <c r="E5" s="430" t="s">
         <v>625</v>
       </c>
-      <c r="T4" s="368"/>
-[...12 lines deleted...]
-      <c r="C5" s="371" t="s">
+      <c r="F5" s="429"/>
+      <c r="G5" s="430" t="s">
         <v>626</v>
       </c>
-      <c r="D5" s="370"/>
-      <c r="E5" s="371" t="s">
+      <c r="H5" s="429"/>
+      <c r="I5" s="430" t="s">
         <v>627</v>
       </c>
-      <c r="F5" s="370"/>
-      <c r="G5" s="371" t="s">
+      <c r="J5" s="429"/>
+      <c r="K5" s="430" t="s">
+        <v>627</v>
+      </c>
+      <c r="L5" s="429"/>
+      <c r="M5" s="430" t="s">
         <v>628</v>
       </c>
-      <c r="H5" s="370"/>
-      <c r="I5" s="371" t="s">
+      <c r="N5" s="429"/>
+      <c r="O5" s="430" t="s">
         <v>629</v>
       </c>
-      <c r="J5" s="370"/>
-[...4 lines deleted...]
-      <c r="M5" s="371" t="s">
+      <c r="P5" s="429"/>
+      <c r="Q5" s="430" t="s">
+        <v>628</v>
+      </c>
+      <c r="R5" s="429"/>
+      <c r="S5" s="430" t="s">
         <v>630</v>
       </c>
-      <c r="N5" s="370"/>
-      <c r="O5" s="371" t="s">
+      <c r="T5" s="429"/>
+      <c r="U5" s="430" t="s">
         <v>631</v>
       </c>
-      <c r="P5" s="370"/>
-[...4 lines deleted...]
-      <c r="S5" s="371" t="s">
+      <c r="V5" s="429"/>
+      <c r="W5" s="430" t="s">
         <v>632</v>
       </c>
-      <c r="T5" s="370"/>
-      <c r="U5" s="371" t="s">
+      <c r="X5" s="429"/>
+      <c r="Y5" s="430"/>
+      <c r="Z5" s="429"/>
+    </row>
+    <row r="6" spans="1:26" ht="14.25">
+      <c r="A6" s="125"/>
+      <c r="B6" s="145"/>
+      <c r="C6" s="433" t="s">
         <v>633</v>
       </c>
-      <c r="V5" s="370"/>
-      <c r="W5" s="371" t="s">
+      <c r="D6" s="432"/>
+      <c r="E6" s="433" t="s">
         <v>634</v>
       </c>
-      <c r="X5" s="370"/>
-[...6 lines deleted...]
-      <c r="C6" s="374" t="s">
+      <c r="F6" s="432"/>
+      <c r="G6" s="433" t="s">
+        <v>633</v>
+      </c>
+      <c r="H6" s="432"/>
+      <c r="I6" s="433" t="s">
+        <v>633</v>
+      </c>
+      <c r="J6" s="432"/>
+      <c r="K6" s="433" t="s">
         <v>635</v>
       </c>
-      <c r="D6" s="373"/>
-      <c r="E6" s="374" t="s">
+      <c r="L6" s="432"/>
+      <c r="M6" s="433" t="s">
         <v>636</v>
       </c>
-      <c r="F6" s="373"/>
-[...8 lines deleted...]
-      <c r="K6" s="374" t="s">
+      <c r="N6" s="432"/>
+      <c r="O6" s="433" t="s">
         <v>637</v>
       </c>
-      <c r="L6" s="373"/>
-      <c r="M6" s="374" t="s">
+      <c r="P6" s="432"/>
+      <c r="Q6" s="433" t="s">
         <v>638</v>
       </c>
-      <c r="N6" s="373"/>
-      <c r="O6" s="374" t="s">
+      <c r="R6" s="432"/>
+      <c r="S6" s="433" t="s">
         <v>639</v>
       </c>
-      <c r="P6" s="373"/>
-      <c r="Q6" s="374" t="s">
+      <c r="T6" s="432"/>
+      <c r="U6" s="433" t="s">
+        <v>609</v>
+      </c>
+      <c r="V6" s="432"/>
+      <c r="W6" s="433" t="s">
         <v>640</v>
       </c>
-      <c r="R6" s="373"/>
-[...4 lines deleted...]
-      <c r="U6" s="374" t="s">
+      <c r="X6" s="432"/>
+      <c r="Y6" s="433" t="s">
+        <v>730</v>
+      </c>
+      <c r="Z6" s="432"/>
+    </row>
+    <row r="7" spans="1:26">
+      <c r="A7" s="123" t="s">
         <v>610</v>
       </c>
-      <c r="V6" s="373"/>
-[...10 lines deleted...]
-      <c r="A7" s="147" t="s">
+      <c r="B7" s="119"/>
+      <c r="C7" s="333">
+        <v>30</v>
+      </c>
+      <c r="D7" s="304">
+        <v>67</v>
+      </c>
+      <c r="E7" s="333">
+        <v>96</v>
+      </c>
+      <c r="F7" s="304">
+        <v>97</v>
+      </c>
+      <c r="G7" s="333">
+        <v>28</v>
+      </c>
+      <c r="H7" s="304">
+        <v>49</v>
+      </c>
+      <c r="I7" s="333">
+        <v>29</v>
+      </c>
+      <c r="J7" s="304">
+        <v>66</v>
+      </c>
+      <c r="K7" s="333">
+        <v>32</v>
+      </c>
+      <c r="L7" s="304">
+        <v>69</v>
+      </c>
+      <c r="M7" s="333">
+        <v>33</v>
+      </c>
+      <c r="N7" s="304">
+        <v>80</v>
+      </c>
+      <c r="O7" s="333">
+        <v>98</v>
+      </c>
+      <c r="P7" s="304">
+        <v>99</v>
+      </c>
+      <c r="Q7" s="333">
+        <v>45</v>
+      </c>
+      <c r="R7" s="304">
+        <v>92</v>
+      </c>
+      <c r="S7" s="333">
+        <v>89</v>
+      </c>
+      <c r="T7" s="304">
+        <v>91</v>
+      </c>
+      <c r="U7" s="333">
+        <v>43</v>
+      </c>
+      <c r="V7" s="304">
+        <v>90</v>
+      </c>
+      <c r="W7" s="333">
+        <v>64</v>
+      </c>
+      <c r="X7" s="304">
+        <v>65</v>
+      </c>
+      <c r="Y7" s="333">
+        <v>31</v>
+      </c>
+      <c r="Z7" s="304">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:26" s="129" customFormat="1">
+      <c r="A8" s="123" t="s">
         <v>611</v>
       </c>
-      <c r="B7" s="143"/>
-[...3 lines deleted...]
-      <c r="D7" s="154">
+      <c r="B8" s="133"/>
+      <c r="C8" s="335">
+        <v>557</v>
+      </c>
+      <c r="D8" s="304">
+        <v>679</v>
+      </c>
+      <c r="E8" s="335">
+        <v>698</v>
+      </c>
+      <c r="F8" s="304">
+        <v>699</v>
+      </c>
+      <c r="G8" s="335">
+        <v>510</v>
+      </c>
+      <c r="H8" s="304">
+        <v>677</v>
+      </c>
+      <c r="I8" s="335">
+        <v>537</v>
+      </c>
+      <c r="J8" s="304">
+        <v>678</v>
+      </c>
+      <c r="K8" s="335">
+        <v>580</v>
+      </c>
+      <c r="L8" s="304">
+        <v>681</v>
+      </c>
+      <c r="M8" s="335">
+        <v>581</v>
+      </c>
+      <c r="N8" s="304">
+        <v>682</v>
+      </c>
+      <c r="O8" s="335">
+        <v>670</v>
+      </c>
+      <c r="P8" s="304">
+        <v>691</v>
+      </c>
+      <c r="Q8" s="335">
+        <v>673</v>
+      </c>
+      <c r="R8" s="304">
+        <v>694</v>
+      </c>
+      <c r="S8" s="335" t="s">
+        <v>564</v>
+      </c>
+      <c r="T8" s="304">
+        <v>649</v>
+      </c>
+      <c r="U8" s="335">
+        <v>671</v>
+      </c>
+      <c r="V8" s="304">
+        <v>692</v>
+      </c>
+      <c r="W8" s="335">
+        <v>518</v>
+      </c>
+      <c r="X8" s="304">
+        <v>519</v>
+      </c>
+      <c r="Y8" s="335">
+        <v>573</v>
+      </c>
+      <c r="Z8" s="304">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="9" spans="1:26" s="133" customFormat="1">
+      <c r="A9" s="134"/>
+      <c r="B9" s="146" t="s">
+        <v>612</v>
+      </c>
+      <c r="C9" s="342" t="s">
+        <v>613</v>
+      </c>
+      <c r="D9" s="137" t="s">
+        <v>614</v>
+      </c>
+      <c r="E9" s="342" t="s">
+        <v>613</v>
+      </c>
+      <c r="F9" s="353" t="s">
+        <v>614</v>
+      </c>
+      <c r="G9" s="342" t="s">
+        <v>613</v>
+      </c>
+      <c r="H9" s="137" t="s">
+        <v>614</v>
+      </c>
+      <c r="I9" s="342" t="s">
+        <v>613</v>
+      </c>
+      <c r="J9" s="137" t="s">
+        <v>614</v>
+      </c>
+      <c r="K9" s="342" t="s">
+        <v>613</v>
+      </c>
+      <c r="L9" s="137" t="s">
+        <v>614</v>
+      </c>
+      <c r="M9" s="342" t="s">
+        <v>613</v>
+      </c>
+      <c r="N9" s="137" t="s">
+        <v>614</v>
+      </c>
+      <c r="O9" s="342" t="s">
+        <v>613</v>
+      </c>
+      <c r="P9" s="137" t="s">
+        <v>614</v>
+      </c>
+      <c r="Q9" s="342" t="s">
+        <v>613</v>
+      </c>
+      <c r="R9" s="137" t="s">
+        <v>614</v>
+      </c>
+      <c r="S9" s="342" t="s">
+        <v>613</v>
+      </c>
+      <c r="T9" s="137" t="s">
+        <v>614</v>
+      </c>
+      <c r="U9" s="342" t="s">
+        <v>613</v>
+      </c>
+      <c r="V9" s="137" t="s">
+        <v>614</v>
+      </c>
+      <c r="W9" s="342" t="s">
+        <v>613</v>
+      </c>
+      <c r="X9" s="137" t="s">
+        <v>614</v>
+      </c>
+      <c r="Y9" s="342" t="s">
+        <v>613</v>
+      </c>
+      <c r="Z9" s="137" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="10" spans="1:26">
+      <c r="A10" s="136" t="s">
+        <v>583</v>
+      </c>
+      <c r="B10" s="132" t="s">
+        <v>526</v>
+      </c>
+      <c r="C10" s="340"/>
+      <c r="D10" s="354"/>
+      <c r="E10" s="340"/>
+      <c r="F10" s="354"/>
+      <c r="G10" s="340"/>
+      <c r="H10" s="354"/>
+      <c r="I10" s="340"/>
+      <c r="J10" s="354"/>
+      <c r="K10" s="340"/>
+      <c r="L10" s="354"/>
+      <c r="M10" s="340"/>
+      <c r="N10" s="354"/>
+      <c r="O10" s="340"/>
+      <c r="P10" s="354"/>
+      <c r="Q10" s="340"/>
+      <c r="R10" s="354"/>
+      <c r="S10" s="340"/>
+      <c r="T10" s="354"/>
+      <c r="U10" s="340"/>
+      <c r="V10" s="354"/>
+      <c r="W10" s="340"/>
+      <c r="X10" s="354"/>
+      <c r="Y10" s="340"/>
+      <c r="Z10" s="354"/>
+    </row>
+    <row r="11" spans="1:26">
+      <c r="A11" s="136">
+        <v>0</v>
+      </c>
+      <c r="B11" s="132">
+        <v>2026</v>
+      </c>
+      <c r="C11" s="342">
+        <v>100</v>
+      </c>
+      <c r="D11" s="353">
+        <v>100</v>
+      </c>
+      <c r="E11" s="342">
+        <v>100</v>
+      </c>
+      <c r="F11" s="353">
+        <v>100</v>
+      </c>
+      <c r="G11" s="342">
+        <v>100</v>
+      </c>
+      <c r="H11" s="353">
+        <v>100</v>
+      </c>
+      <c r="I11" s="342">
+        <v>100</v>
+      </c>
+      <c r="J11" s="353">
+        <v>100</v>
+      </c>
+      <c r="K11" s="342">
+        <v>100</v>
+      </c>
+      <c r="L11" s="353">
+        <v>100</v>
+      </c>
+      <c r="M11" s="342">
+        <v>100</v>
+      </c>
+      <c r="N11" s="353">
+        <v>100</v>
+      </c>
+      <c r="O11" s="342">
+        <v>100</v>
+      </c>
+      <c r="P11" s="353">
+        <v>100</v>
+      </c>
+      <c r="Q11" s="342">
+        <v>100</v>
+      </c>
+      <c r="R11" s="353">
+        <v>100</v>
+      </c>
+      <c r="S11" s="342">
+        <v>100</v>
+      </c>
+      <c r="T11" s="353">
+        <v>100</v>
+      </c>
+      <c r="U11" s="342">
+        <v>100</v>
+      </c>
+      <c r="V11" s="353">
+        <v>100</v>
+      </c>
+      <c r="W11" s="342">
+        <v>100</v>
+      </c>
+      <c r="X11" s="353">
+        <v>100</v>
+      </c>
+      <c r="Y11" s="342">
+        <v>100</v>
+      </c>
+      <c r="Z11" s="353">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="12" spans="1:26">
+      <c r="A12" s="345">
+        <v>1</v>
+      </c>
+      <c r="B12" s="356">
+        <f>B11-1</f>
+        <v>2025</v>
+      </c>
+      <c r="C12" s="348">
+        <v>90</v>
+      </c>
+      <c r="D12" s="357">
+        <v>90</v>
+      </c>
+      <c r="E12" s="348">
+        <v>91</v>
+      </c>
+      <c r="F12" s="357">
+        <v>89</v>
+      </c>
+      <c r="G12" s="348">
+        <v>87</v>
+      </c>
+      <c r="H12" s="357">
+        <v>88</v>
+      </c>
+      <c r="I12" s="348">
+        <v>86</v>
+      </c>
+      <c r="J12" s="357">
+        <v>85</v>
+      </c>
+      <c r="K12" s="348">
+        <v>86</v>
+      </c>
+      <c r="L12" s="357">
+        <v>85</v>
+      </c>
+      <c r="M12" s="348">
+        <v>88</v>
+      </c>
+      <c r="N12" s="357">
+        <v>87</v>
+      </c>
+      <c r="O12" s="348">
+        <v>87</v>
+      </c>
+      <c r="P12" s="357">
+        <v>83</v>
+      </c>
+      <c r="Q12" s="348">
+        <v>85</v>
+      </c>
+      <c r="R12" s="357">
+        <v>88</v>
+      </c>
+      <c r="S12" s="348">
+        <v>85</v>
+      </c>
+      <c r="T12" s="357">
+        <v>92</v>
+      </c>
+      <c r="U12" s="348">
+        <v>87</v>
+      </c>
+      <c r="V12" s="357">
+        <v>82</v>
+      </c>
+      <c r="W12" s="348">
+        <v>88</v>
+      </c>
+      <c r="X12" s="357">
+        <v>91</v>
+      </c>
+      <c r="Y12" s="348">
+        <v>82</v>
+      </c>
+      <c r="Z12" s="357">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="13" spans="1:26">
+      <c r="A13" s="136">
+        <v>2</v>
+      </c>
+      <c r="B13" s="132">
+        <f t="shared" ref="B13:B41" si="0">B12-1</f>
+        <v>2024</v>
+      </c>
+      <c r="C13" s="340">
+        <v>83</v>
+      </c>
+      <c r="D13" s="354">
+        <v>83</v>
+      </c>
+      <c r="E13" s="340">
+        <v>85</v>
+      </c>
+      <c r="F13" s="354">
+        <v>83</v>
+      </c>
+      <c r="G13" s="340">
+        <v>78</v>
+      </c>
+      <c r="H13" s="354">
+        <v>77</v>
+      </c>
+      <c r="I13" s="340">
+        <v>76</v>
+      </c>
+      <c r="J13" s="354">
+        <v>77</v>
+      </c>
+      <c r="K13" s="340">
+        <v>75</v>
+      </c>
+      <c r="L13" s="354">
+        <v>76</v>
+      </c>
+      <c r="M13" s="340">
+        <v>80</v>
+      </c>
+      <c r="N13" s="354">
+        <v>77</v>
+      </c>
+      <c r="O13" s="340">
+        <v>77</v>
+      </c>
+      <c r="P13" s="354">
+        <v>74</v>
+      </c>
+      <c r="Q13" s="340">
+        <v>74</v>
+      </c>
+      <c r="R13" s="354">
+        <v>86</v>
+      </c>
+      <c r="S13" s="340">
+        <v>73</v>
+      </c>
+      <c r="T13" s="354">
+        <v>85</v>
+      </c>
+      <c r="U13" s="340">
+        <v>77</v>
+      </c>
+      <c r="V13" s="354">
+        <v>64</v>
+      </c>
+      <c r="W13" s="340">
+        <v>80</v>
+      </c>
+      <c r="X13" s="354">
+        <v>84</v>
+      </c>
+      <c r="Y13" s="340">
+        <v>66</v>
+      </c>
+      <c r="Z13" s="354">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="14" spans="1:26">
+      <c r="A14" s="345">
+        <v>3</v>
+      </c>
+      <c r="B14" s="356">
+        <f t="shared" si="0"/>
+        <v>2023</v>
+      </c>
+      <c r="C14" s="348">
+        <v>78</v>
+      </c>
+      <c r="D14" s="357">
+        <v>78</v>
+      </c>
+      <c r="E14" s="348">
+        <v>77</v>
+      </c>
+      <c r="F14" s="357">
+        <v>83</v>
+      </c>
+      <c r="G14" s="348">
+        <v>71</v>
+      </c>
+      <c r="H14" s="357">
+        <v>71</v>
+      </c>
+      <c r="I14" s="348">
         <v>67</v>
       </c>
-      <c r="E7" s="155">
-[...14 lines deleted...]
-      <c r="J7" s="154">
+      <c r="J14" s="357">
+        <v>72</v>
+      </c>
+      <c r="K14" s="348">
         <v>66</v>
       </c>
-      <c r="K7" s="155">
-[...2 lines deleted...]
-      <c r="L7" s="154">
+      <c r="L14" s="357">
         <v>69</v>
       </c>
-      <c r="M7" s="155">
-[...29 lines deleted...]
-      <c r="W7" s="155">
+      <c r="M14" s="348">
+        <v>72</v>
+      </c>
+      <c r="N14" s="357">
+        <v>69</v>
+      </c>
+      <c r="O14" s="348">
+        <v>66</v>
+      </c>
+      <c r="P14" s="357">
+        <v>68</v>
+      </c>
+      <c r="Q14" s="348">
+        <v>67</v>
+      </c>
+      <c r="R14" s="357">
+        <v>77</v>
+      </c>
+      <c r="S14" s="348">
+        <v>69</v>
+      </c>
+      <c r="T14" s="357">
+        <v>79</v>
+      </c>
+      <c r="U14" s="348">
         <v>64</v>
       </c>
-      <c r="X7" s="154">
-[...342 lines deleted...]
-      <c r="V12" s="191">
+      <c r="V14" s="357">
+        <v>55</v>
+      </c>
+      <c r="W14" s="348">
+        <v>76</v>
+      </c>
+      <c r="X14" s="357">
         <v>82</v>
       </c>
-      <c r="W12" s="167">
-[...5 lines deleted...]
-      <c r="Y12" s="167">
+      <c r="Y14" s="348">
+        <v>62</v>
+      </c>
+      <c r="Z14" s="357">
         <v>82</v>
       </c>
-      <c r="Z12" s="191">
-[...88 lines deleted...]
-      <c r="B14" s="190">
+    </row>
+    <row r="15" spans="1:26">
+      <c r="A15" s="136">
+        <v>4</v>
+      </c>
+      <c r="B15" s="132">
         <f t="shared" si="0"/>
         <v>2022</v>
       </c>
-      <c r="C14" s="167">
-[...5 lines deleted...]
-      <c r="E14" s="167">
+      <c r="C15" s="340">
+        <v>72</v>
+      </c>
+      <c r="D15" s="354">
+        <v>74</v>
+      </c>
+      <c r="E15" s="340">
+        <v>74</v>
+      </c>
+      <c r="F15" s="354">
+        <v>67</v>
+      </c>
+      <c r="G15" s="340">
+        <v>61</v>
+      </c>
+      <c r="H15" s="354">
+        <v>68</v>
+      </c>
+      <c r="I15" s="340">
+        <v>60</v>
+      </c>
+      <c r="J15" s="354">
+        <v>65</v>
+      </c>
+      <c r="K15" s="340">
+        <v>58</v>
+      </c>
+      <c r="L15" s="354">
+        <v>62</v>
+      </c>
+      <c r="M15" s="340">
+        <v>63</v>
+      </c>
+      <c r="N15" s="354">
+        <v>55</v>
+      </c>
+      <c r="O15" s="340">
+        <v>58</v>
+      </c>
+      <c r="P15" s="354">
+        <v>63</v>
+      </c>
+      <c r="Q15" s="340">
+        <v>66</v>
+      </c>
+      <c r="R15" s="354">
+        <v>68</v>
+      </c>
+      <c r="S15" s="340">
+        <v>64</v>
+      </c>
+      <c r="T15" s="354">
+        <v>73</v>
+      </c>
+      <c r="U15" s="340">
+        <v>50</v>
+      </c>
+      <c r="V15" s="354">
+        <v>50</v>
+      </c>
+      <c r="W15" s="340">
+        <v>69</v>
+      </c>
+      <c r="X15" s="354">
+        <v>80</v>
+      </c>
+      <c r="Y15" s="340">
+        <v>59</v>
+      </c>
+      <c r="Z15" s="354">
         <v>77</v>
       </c>
-      <c r="F14" s="191">
-[...67 lines deleted...]
-      <c r="B15" s="161">
+    </row>
+    <row r="16" spans="1:26">
+      <c r="A16" s="345">
+        <v>5</v>
+      </c>
+      <c r="B16" s="356">
         <f t="shared" si="0"/>
         <v>2021</v>
       </c>
-      <c r="C15" s="172">
-[...8 lines deleted...]
-      <c r="F15" s="189">
+      <c r="C16" s="348">
         <v>67</v>
       </c>
-      <c r="G15" s="172">
-[...11 lines deleted...]
-      <c r="K15" s="172">
+      <c r="D16" s="357">
+        <v>69</v>
+      </c>
+      <c r="E16" s="348">
+        <v>66</v>
+      </c>
+      <c r="F16" s="357">
         <v>58</v>
       </c>
-      <c r="L15" s="189">
+      <c r="G16" s="348">
+        <v>56</v>
+      </c>
+      <c r="H16" s="357">
         <v>62</v>
       </c>
-      <c r="M15" s="172">
-[...2 lines deleted...]
-      <c r="N15" s="189">
+      <c r="I16" s="348">
+        <v>56</v>
+      </c>
+      <c r="J16" s="357">
+        <v>57</v>
+      </c>
+      <c r="K16" s="348">
+        <v>53</v>
+      </c>
+      <c r="L16" s="357">
+        <v>54</v>
+      </c>
+      <c r="M16" s="348">
+        <v>56</v>
+      </c>
+      <c r="N16" s="357">
+        <v>50</v>
+      </c>
+      <c r="O16" s="348">
+        <v>53</v>
+      </c>
+      <c r="P16" s="357">
+        <v>57</v>
+      </c>
+      <c r="Q16" s="348">
+        <v>58</v>
+      </c>
+      <c r="R16" s="357">
+        <v>53</v>
+      </c>
+      <c r="S16" s="348">
+        <v>59</v>
+      </c>
+      <c r="T16" s="357">
+        <v>69</v>
+      </c>
+      <c r="U16" s="348">
+        <v>44</v>
+      </c>
+      <c r="V16" s="357">
+        <v>41</v>
+      </c>
+      <c r="W16" s="348">
+        <v>67</v>
+      </c>
+      <c r="X16" s="357">
+        <v>75</v>
+      </c>
+      <c r="Y16" s="348">
         <v>55</v>
       </c>
-      <c r="O15" s="172">
-[...14 lines deleted...]
-      <c r="T15" s="189">
+      <c r="Z16" s="357">
         <v>73</v>
       </c>
-      <c r="U15" s="172">
-[...22 lines deleted...]
-      <c r="B16" s="190">
+    </row>
+    <row r="17" spans="1:26">
+      <c r="A17" s="136">
+        <v>6</v>
+      </c>
+      <c r="B17" s="132">
         <f t="shared" si="0"/>
         <v>2020</v>
       </c>
-      <c r="C16" s="167">
+      <c r="C17" s="340">
+        <v>63</v>
+      </c>
+      <c r="D17" s="354">
         <v>67</v>
       </c>
-      <c r="D16" s="191">
+      <c r="E17" s="340">
+        <v>57</v>
+      </c>
+      <c r="F17" s="354">
+        <v>56</v>
+      </c>
+      <c r="G17" s="340">
+        <v>54</v>
+      </c>
+      <c r="H17" s="354">
+        <v>59</v>
+      </c>
+      <c r="I17" s="340">
+        <v>50</v>
+      </c>
+      <c r="J17" s="354">
+        <v>54</v>
+      </c>
+      <c r="K17" s="340">
+        <v>48</v>
+      </c>
+      <c r="L17" s="354">
+        <v>50</v>
+      </c>
+      <c r="M17" s="340">
+        <v>46</v>
+      </c>
+      <c r="N17" s="354">
+        <v>47</v>
+      </c>
+      <c r="O17" s="340">
+        <v>50</v>
+      </c>
+      <c r="P17" s="354">
+        <v>54</v>
+      </c>
+      <c r="Q17" s="340">
+        <v>51</v>
+      </c>
+      <c r="R17" s="354">
+        <v>52</v>
+      </c>
+      <c r="S17" s="340">
+        <v>54</v>
+      </c>
+      <c r="T17" s="354">
+        <v>66</v>
+      </c>
+      <c r="U17" s="340">
+        <v>39</v>
+      </c>
+      <c r="V17" s="354">
+        <v>37</v>
+      </c>
+      <c r="W17" s="340">
+        <v>65</v>
+      </c>
+      <c r="X17" s="354">
+        <v>71</v>
+      </c>
+      <c r="Y17" s="340">
+        <v>52</v>
+      </c>
+      <c r="Z17" s="354">
         <v>69</v>
       </c>
-      <c r="E16" s="167">
-[...70 lines deleted...]
-      <c r="B17" s="161">
+    </row>
+    <row r="18" spans="1:26">
+      <c r="A18" s="345">
+        <v>7</v>
+      </c>
+      <c r="B18" s="356">
         <f t="shared" si="0"/>
         <v>2019</v>
       </c>
-      <c r="C17" s="172">
-[...11 lines deleted...]
-      <c r="G17" s="172">
+      <c r="C18" s="348">
+        <v>59</v>
+      </c>
+      <c r="D18" s="357">
+        <v>65</v>
+      </c>
+      <c r="E18" s="348">
+        <v>51</v>
+      </c>
+      <c r="F18" s="357">
+        <v>55</v>
+      </c>
+      <c r="G18" s="348">
+        <v>50</v>
+      </c>
+      <c r="H18" s="357">
         <v>54</v>
       </c>
-      <c r="H17" s="189">
-[...2 lines deleted...]
-      <c r="I17" s="172">
+      <c r="I18" s="348">
+        <v>45</v>
+      </c>
+      <c r="J18" s="357">
+        <v>45</v>
+      </c>
+      <c r="K18" s="348">
+        <v>42</v>
+      </c>
+      <c r="L18" s="357">
         <v>50</v>
       </c>
-      <c r="J17" s="189">
+      <c r="M18" s="348">
+        <v>42</v>
+      </c>
+      <c r="N18" s="357">
+        <v>43</v>
+      </c>
+      <c r="O18" s="348">
+        <v>46</v>
+      </c>
+      <c r="P18" s="357">
         <v>54</v>
       </c>
-      <c r="K17" s="172">
-[...2 lines deleted...]
-      <c r="L17" s="189">
+      <c r="Q18" s="348">
+        <v>41</v>
+      </c>
+      <c r="R18" s="357">
+        <v>49</v>
+      </c>
+      <c r="S18" s="348">
+        <v>51</v>
+      </c>
+      <c r="T18" s="357">
+        <v>61</v>
+      </c>
+      <c r="U18" s="348">
+        <v>32</v>
+      </c>
+      <c r="V18" s="357">
+        <v>34</v>
+      </c>
+      <c r="W18" s="348">
+        <v>62</v>
+      </c>
+      <c r="X18" s="357">
+        <v>66</v>
+      </c>
+      <c r="Y18" s="348">
         <v>50</v>
       </c>
-      <c r="M17" s="172">
-[...46 lines deleted...]
-      <c r="B18" s="190">
+      <c r="Z18" s="357">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="19" spans="1:26">
+      <c r="A19" s="136">
+        <v>8</v>
+      </c>
+      <c r="B19" s="132">
         <f t="shared" si="0"/>
         <v>2018</v>
       </c>
-      <c r="C18" s="167">
-[...5 lines deleted...]
-      <c r="E18" s="167">
+      <c r="C19" s="340">
+        <v>57</v>
+      </c>
+      <c r="D19" s="354">
+        <v>60</v>
+      </c>
+      <c r="E19" s="340">
+        <v>50</v>
+      </c>
+      <c r="F19" s="354">
+        <v>55</v>
+      </c>
+      <c r="G19" s="340">
+        <v>48</v>
+      </c>
+      <c r="H19" s="354">
+        <v>50</v>
+      </c>
+      <c r="I19" s="340">
+        <v>43</v>
+      </c>
+      <c r="J19" s="354">
+        <v>39</v>
+      </c>
+      <c r="K19" s="340">
+        <v>39</v>
+      </c>
+      <c r="L19" s="354">
+        <v>47</v>
+      </c>
+      <c r="M19" s="340">
+        <v>38</v>
+      </c>
+      <c r="N19" s="354">
+        <v>39</v>
+      </c>
+      <c r="O19" s="340">
+        <v>43</v>
+      </c>
+      <c r="P19" s="354">
+        <v>54</v>
+      </c>
+      <c r="Q19" s="340">
+        <v>40</v>
+      </c>
+      <c r="R19" s="354">
+        <v>44</v>
+      </c>
+      <c r="S19" s="340">
+        <v>50</v>
+      </c>
+      <c r="T19" s="354">
+        <v>54</v>
+      </c>
+      <c r="U19" s="340">
+        <v>29</v>
+      </c>
+      <c r="V19" s="354">
+        <v>31</v>
+      </c>
+      <c r="W19" s="340">
+        <v>58</v>
+      </c>
+      <c r="X19" s="354">
+        <v>61</v>
+      </c>
+      <c r="Y19" s="340">
+        <v>47</v>
+      </c>
+      <c r="Z19" s="354">
         <v>51</v>
       </c>
-      <c r="F18" s="191">
-[...67 lines deleted...]
-      <c r="B19" s="161">
+    </row>
+    <row r="20" spans="1:26">
+      <c r="A20" s="345">
+        <v>9</v>
+      </c>
+      <c r="B20" s="356">
         <f t="shared" si="0"/>
         <v>2017</v>
       </c>
-      <c r="C19" s="172">
-[...5 lines deleted...]
-      <c r="E19" s="172">
+      <c r="C20" s="348">
+        <v>56</v>
+      </c>
+      <c r="D20" s="357">
+        <v>55</v>
+      </c>
+      <c r="E20" s="348">
+        <v>49</v>
+      </c>
+      <c r="F20" s="357">
         <v>50</v>
       </c>
-      <c r="F19" s="189">
-[...5 lines deleted...]
-      <c r="H19" s="189">
+      <c r="G20" s="348">
+        <v>44</v>
+      </c>
+      <c r="H20" s="357">
+        <v>45</v>
+      </c>
+      <c r="I20" s="348">
+        <v>35</v>
+      </c>
+      <c r="J20" s="357">
+        <v>36</v>
+      </c>
+      <c r="K20" s="348">
+        <v>38</v>
+      </c>
+      <c r="L20" s="357">
+        <v>42</v>
+      </c>
+      <c r="M20" s="348">
+        <v>35</v>
+      </c>
+      <c r="N20" s="357">
+        <v>37</v>
+      </c>
+      <c r="O20" s="348">
+        <v>43</v>
+      </c>
+      <c r="P20" s="357">
+        <v>52</v>
+      </c>
+      <c r="Q20" s="348">
+        <v>37</v>
+      </c>
+      <c r="R20" s="357">
+        <v>41</v>
+      </c>
+      <c r="S20" s="348">
+        <v>46</v>
+      </c>
+      <c r="T20" s="357">
         <v>50</v>
       </c>
-      <c r="I19" s="172">
-[...20 lines deleted...]
-      <c r="P19" s="189">
+      <c r="U20" s="348">
+        <v>27</v>
+      </c>
+      <c r="V20" s="357">
+        <v>26</v>
+      </c>
+      <c r="W20" s="348">
         <v>54</v>
       </c>
-      <c r="Q19" s="172">
-[...17 lines deleted...]
-      <c r="W19" s="172">
+      <c r="X20" s="357">
         <v>58</v>
       </c>
-      <c r="X19" s="189">
-[...5 lines deleted...]
-      <c r="Z19" s="189">
+      <c r="Y20" s="348">
+        <v>41</v>
+      </c>
+      <c r="Z20" s="357">
         <v>51</v>
       </c>
     </row>
-    <row r="20" spans="1:26">
-[...3 lines deleted...]
-      <c r="B20" s="190">
+    <row r="21" spans="1:26">
+      <c r="A21" s="136">
+        <v>10</v>
+      </c>
+      <c r="B21" s="132">
         <f t="shared" si="0"/>
         <v>2016</v>
       </c>
-      <c r="C20" s="167">
-[...8 lines deleted...]
-      <c r="F20" s="191">
+      <c r="C21" s="340">
+        <v>51</v>
+      </c>
+      <c r="D21" s="354">
+        <v>53</v>
+      </c>
+      <c r="E21" s="340">
+        <v>47</v>
+      </c>
+      <c r="F21" s="354">
         <v>50</v>
       </c>
-      <c r="G20" s="167">
-[...5 lines deleted...]
-      <c r="I20" s="167">
+      <c r="G21" s="340">
+        <v>40</v>
+      </c>
+      <c r="H21" s="354">
+        <v>42</v>
+      </c>
+      <c r="I21" s="340">
+        <v>30</v>
+      </c>
+      <c r="J21" s="354">
+        <v>28</v>
+      </c>
+      <c r="K21" s="340">
+        <v>36</v>
+      </c>
+      <c r="L21" s="354">
+        <v>38</v>
+      </c>
+      <c r="M21" s="340">
+        <v>32</v>
+      </c>
+      <c r="N21" s="354">
+        <v>32</v>
+      </c>
+      <c r="O21" s="340">
+        <v>43</v>
+      </c>
+      <c r="P21" s="354">
+        <v>47</v>
+      </c>
+      <c r="Q21" s="340">
+        <v>33</v>
+      </c>
+      <c r="R21" s="354">
+        <v>31</v>
+      </c>
+      <c r="S21" s="340">
+        <v>41</v>
+      </c>
+      <c r="T21" s="354">
+        <v>50</v>
+      </c>
+      <c r="U21" s="340">
+        <v>24</v>
+      </c>
+      <c r="V21" s="354">
+        <v>26</v>
+      </c>
+      <c r="W21" s="340">
+        <v>50</v>
+      </c>
+      <c r="X21" s="354">
+        <v>51</v>
+      </c>
+      <c r="Y21" s="340">
         <v>35</v>
       </c>
-      <c r="J20" s="191">
-[...47 lines deleted...]
-      <c r="Z20" s="191">
+      <c r="Z21" s="354">
         <v>51</v>
       </c>
     </row>
-    <row r="21" spans="1:26">
-[...3 lines deleted...]
-      <c r="B21" s="161">
+    <row r="22" spans="1:26">
+      <c r="A22" s="345">
+        <v>11</v>
+      </c>
+      <c r="B22" s="356">
         <f t="shared" si="0"/>
         <v>2015</v>
       </c>
-      <c r="C21" s="172">
+      <c r="C22" s="348">
+        <v>48</v>
+      </c>
+      <c r="D22" s="357">
         <v>51</v>
       </c>
-      <c r="D21" s="189">
-[...5 lines deleted...]
-      <c r="F21" s="189">
+      <c r="E22" s="348">
+        <v>45</v>
+      </c>
+      <c r="F22" s="357">
+        <v>46</v>
+      </c>
+      <c r="G22" s="348">
+        <v>36</v>
+      </c>
+      <c r="H22" s="357">
+        <v>38</v>
+      </c>
+      <c r="I22" s="348">
+        <v>28</v>
+      </c>
+      <c r="J22" s="357">
+        <v>25</v>
+      </c>
+      <c r="K22" s="348">
+        <v>32</v>
+      </c>
+      <c r="L22" s="357">
+        <v>35</v>
+      </c>
+      <c r="M22" s="348">
+        <v>30</v>
+      </c>
+      <c r="N22" s="357">
+        <v>28</v>
+      </c>
+      <c r="O22" s="348">
+        <v>42</v>
+      </c>
+      <c r="P22" s="357">
+        <v>43</v>
+      </c>
+      <c r="Q22" s="348">
+        <v>31</v>
+      </c>
+      <c r="R22" s="357">
+        <v>20</v>
+      </c>
+      <c r="S22" s="348">
+        <v>38</v>
+      </c>
+      <c r="T22" s="357">
         <v>50</v>
       </c>
-      <c r="G21" s="172">
-[...44 lines deleted...]
-      <c r="V21" s="189">
+      <c r="U22" s="348">
+        <v>20</v>
+      </c>
+      <c r="V22" s="357">
         <v>26</v>
       </c>
-      <c r="W21" s="172">
-[...2 lines deleted...]
-      <c r="X21" s="189">
+      <c r="W22" s="348">
+        <v>48</v>
+      </c>
+      <c r="X22" s="357">
+        <v>46</v>
+      </c>
+      <c r="Y22" s="348">
+        <v>35</v>
+      </c>
+      <c r="Z22" s="357">
         <v>51</v>
       </c>
-      <c r="Y21" s="172">
-[...10 lines deleted...]
-      <c r="B22" s="190">
+    </row>
+    <row r="23" spans="1:26">
+      <c r="A23" s="136">
+        <v>12</v>
+      </c>
+      <c r="B23" s="132">
         <f t="shared" si="0"/>
         <v>2014</v>
       </c>
-      <c r="C22" s="167">
-[...2 lines deleted...]
-      <c r="D22" s="191">
+      <c r="C23" s="340">
+        <v>46</v>
+      </c>
+      <c r="D23" s="354">
+        <v>50</v>
+      </c>
+      <c r="E23" s="340">
+        <v>42</v>
+      </c>
+      <c r="F23" s="354">
+        <v>44</v>
+      </c>
+      <c r="G23" s="340">
+        <v>33</v>
+      </c>
+      <c r="H23" s="354">
+        <v>35</v>
+      </c>
+      <c r="I23" s="340">
+        <v>22</v>
+      </c>
+      <c r="J23" s="354">
+        <v>22</v>
+      </c>
+      <c r="K23" s="340">
+        <v>29</v>
+      </c>
+      <c r="L23" s="354">
+        <v>29</v>
+      </c>
+      <c r="M23" s="340">
+        <v>26</v>
+      </c>
+      <c r="N23" s="354">
+        <v>26</v>
+      </c>
+      <c r="O23" s="340">
+        <v>37</v>
+      </c>
+      <c r="P23" s="354">
+        <v>38</v>
+      </c>
+      <c r="Q23" s="340">
+        <v>23</v>
+      </c>
+      <c r="R23" s="354">
+        <v>20</v>
+      </c>
+      <c r="S23" s="340">
+        <v>38</v>
+      </c>
+      <c r="T23" s="354">
+        <v>50</v>
+      </c>
+      <c r="U23" s="340">
+        <v>20</v>
+      </c>
+      <c r="V23" s="354">
+        <v>26</v>
+      </c>
+      <c r="W23" s="340">
+        <v>42</v>
+      </c>
+      <c r="X23" s="354">
+        <v>41</v>
+      </c>
+      <c r="Y23" s="340">
+        <v>35</v>
+      </c>
+      <c r="Z23" s="354">
         <v>51</v>
       </c>
-      <c r="E22" s="167">
-[...70 lines deleted...]
-      <c r="B23" s="161">
+    </row>
+    <row r="24" spans="1:26">
+      <c r="A24" s="345">
+        <v>13</v>
+      </c>
+      <c r="B24" s="356">
         <f t="shared" si="0"/>
         <v>2013</v>
       </c>
-      <c r="C23" s="172">
-[...2 lines deleted...]
-      <c r="D23" s="189">
+      <c r="C24" s="348">
+        <v>45</v>
+      </c>
+      <c r="D24" s="357">
+        <v>48</v>
+      </c>
+      <c r="E24" s="348">
+        <v>40</v>
+      </c>
+      <c r="F24" s="357">
+        <v>43</v>
+      </c>
+      <c r="G24" s="348">
+        <v>30</v>
+      </c>
+      <c r="H24" s="357">
+        <v>34</v>
+      </c>
+      <c r="I24" s="348">
+        <v>19</v>
+      </c>
+      <c r="J24" s="357">
+        <v>22</v>
+      </c>
+      <c r="K24" s="348">
+        <v>27</v>
+      </c>
+      <c r="L24" s="357">
+        <v>28</v>
+      </c>
+      <c r="M24" s="348">
+        <v>23</v>
+      </c>
+      <c r="N24" s="357">
+        <v>25</v>
+      </c>
+      <c r="O24" s="348">
+        <v>34</v>
+      </c>
+      <c r="P24" s="357">
+        <v>37</v>
+      </c>
+      <c r="Q24" s="348">
+        <v>16</v>
+      </c>
+      <c r="R24" s="357">
+        <v>17</v>
+      </c>
+      <c r="S24" s="348">
+        <v>38</v>
+      </c>
+      <c r="T24" s="357">
         <v>50</v>
       </c>
-      <c r="E23" s="172">
-[...8 lines deleted...]
-      <c r="H23" s="189">
+      <c r="U24" s="348">
+        <v>20</v>
+      </c>
+      <c r="V24" s="357">
+        <v>26</v>
+      </c>
+      <c r="W24" s="348">
+        <v>38</v>
+      </c>
+      <c r="X24" s="357">
+        <v>38</v>
+      </c>
+      <c r="Y24" s="348">
         <v>35</v>
       </c>
-      <c r="I23" s="172">
-[...50 lines deleted...]
-      <c r="Z23" s="189">
+      <c r="Z24" s="357">
         <v>51</v>
       </c>
     </row>
-    <row r="24" spans="1:26">
-[...3 lines deleted...]
-      <c r="B24" s="190">
+    <row r="25" spans="1:26">
+      <c r="A25" s="136">
+        <v>14</v>
+      </c>
+      <c r="B25" s="132">
         <f t="shared" si="0"/>
         <v>2012</v>
       </c>
-      <c r="C24" s="167">
-[...8 lines deleted...]
-      <c r="F24" s="191">
+      <c r="C25" s="340">
         <v>43</v>
       </c>
-      <c r="G24" s="167">
+      <c r="D25" s="354">
+        <v>47</v>
+      </c>
+      <c r="E25" s="340">
+        <v>39</v>
+      </c>
+      <c r="F25" s="354">
+        <v>41</v>
+      </c>
+      <c r="G25" s="340">
+        <v>28</v>
+      </c>
+      <c r="H25" s="354">
+        <v>33</v>
+      </c>
+      <c r="I25" s="340">
+        <v>17</v>
+      </c>
+      <c r="J25" s="354">
+        <v>21</v>
+      </c>
+      <c r="K25" s="340">
+        <v>22</v>
+      </c>
+      <c r="L25" s="354">
+        <v>28</v>
+      </c>
+      <c r="M25" s="340">
+        <v>21</v>
+      </c>
+      <c r="N25" s="354">
+        <v>23</v>
+      </c>
+      <c r="O25" s="340">
         <v>30</v>
       </c>
-      <c r="H24" s="191">
-[...26 lines deleted...]
-      <c r="Q24" s="167">
+      <c r="P25" s="354">
+        <v>36</v>
+      </c>
+      <c r="Q25" s="340">
         <v>16</v>
       </c>
-      <c r="R24" s="191">
+      <c r="R25" s="354">
         <v>17</v>
       </c>
-      <c r="S24" s="167">
+      <c r="S25" s="340">
         <v>38</v>
       </c>
-      <c r="T24" s="191">
+      <c r="T25" s="354">
         <v>50</v>
       </c>
-      <c r="U24" s="167">
+      <c r="U25" s="340">
         <v>20</v>
       </c>
-      <c r="V24" s="191">
+      <c r="V25" s="354">
         <v>26</v>
       </c>
-      <c r="W24" s="167">
-[...5 lines deleted...]
-      <c r="Y24" s="167">
+      <c r="W25" s="340">
+        <v>33</v>
+      </c>
+      <c r="X25" s="354">
+        <v>36</v>
+      </c>
+      <c r="Y25" s="340">
         <v>35</v>
       </c>
-      <c r="Z24" s="191">
+      <c r="Z25" s="354">
         <v>51</v>
       </c>
     </row>
-    <row r="25" spans="1:26">
-[...3 lines deleted...]
-      <c r="B25" s="161">
+    <row r="26" spans="1:26">
+      <c r="A26" s="345">
+        <v>15</v>
+      </c>
+      <c r="B26" s="356">
         <f t="shared" si="0"/>
         <v>2011</v>
       </c>
-      <c r="C25" s="172">
-[...8 lines deleted...]
-      <c r="F25" s="189">
+      <c r="C26" s="348">
         <v>41</v>
       </c>
-      <c r="G25" s="172">
+      <c r="D26" s="357">
+        <v>44</v>
+      </c>
+      <c r="E26" s="348">
+        <v>38</v>
+      </c>
+      <c r="F26" s="357">
+        <v>37</v>
+      </c>
+      <c r="G26" s="348">
+        <v>27</v>
+      </c>
+      <c r="H26" s="357">
+        <v>33</v>
+      </c>
+      <c r="I26" s="348">
+        <v>17</v>
+      </c>
+      <c r="J26" s="357">
+        <v>19</v>
+      </c>
+      <c r="K26" s="348">
+        <v>22</v>
+      </c>
+      <c r="L26" s="357">
         <v>28</v>
       </c>
-      <c r="H25" s="189">
+      <c r="M26" s="348">
+        <v>20</v>
+      </c>
+      <c r="N26" s="357">
+        <v>22</v>
+      </c>
+      <c r="O26" s="348">
+        <v>29</v>
+      </c>
+      <c r="P26" s="357">
         <v>33</v>
       </c>
-      <c r="I25" s="172">
-[...23 lines deleted...]
-      <c r="Q25" s="172">
+      <c r="Q26" s="348">
+        <v>14</v>
+      </c>
+      <c r="R26" s="357">
         <v>16</v>
       </c>
-      <c r="R25" s="189">
-[...2 lines deleted...]
-      <c r="S25" s="172">
+      <c r="S26" s="348">
         <v>38</v>
       </c>
-      <c r="T25" s="189">
+      <c r="T26" s="357">
         <v>50</v>
       </c>
-      <c r="U25" s="172">
+      <c r="U26" s="348">
         <v>20</v>
       </c>
-      <c r="V25" s="189">
+      <c r="V26" s="357">
         <v>26</v>
       </c>
-      <c r="W25" s="172">
-[...5 lines deleted...]
-      <c r="Y25" s="172">
+      <c r="W26" s="348">
+        <v>31</v>
+      </c>
+      <c r="X26" s="357">
+        <v>32</v>
+      </c>
+      <c r="Y26" s="348">
         <v>35</v>
       </c>
-      <c r="Z25" s="189">
+      <c r="Z26" s="357">
         <v>51</v>
       </c>
     </row>
-    <row r="26" spans="1:26">
-[...3 lines deleted...]
-      <c r="B26" s="190">
+    <row r="27" spans="1:26">
+      <c r="A27" s="136">
+        <v>16</v>
+      </c>
+      <c r="B27" s="132">
         <f t="shared" si="0"/>
         <v>2010</v>
       </c>
-      <c r="C26" s="167">
-[...5 lines deleted...]
-      <c r="E26" s="167">
+      <c r="C27" s="340">
+        <v>40</v>
+      </c>
+      <c r="D27" s="354">
+        <v>43</v>
+      </c>
+      <c r="E27" s="340">
+        <v>34</v>
+      </c>
+      <c r="F27" s="354">
+        <v>37</v>
+      </c>
+      <c r="G27" s="340">
+        <v>26</v>
+      </c>
+      <c r="H27" s="354">
+        <v>33</v>
+      </c>
+      <c r="I27" s="340">
+        <v>17</v>
+      </c>
+      <c r="J27" s="354">
+        <v>19</v>
+      </c>
+      <c r="K27" s="340">
+        <v>22</v>
+      </c>
+      <c r="L27" s="354">
+        <v>28</v>
+      </c>
+      <c r="M27" s="340">
+        <v>19</v>
+      </c>
+      <c r="N27" s="354">
+        <v>22</v>
+      </c>
+      <c r="O27" s="340">
+        <v>28</v>
+      </c>
+      <c r="P27" s="137">
+        <v>33</v>
+      </c>
+      <c r="Q27" s="340">
+        <v>13</v>
+      </c>
+      <c r="R27" s="354">
+        <v>16</v>
+      </c>
+      <c r="S27" s="340">
         <v>38</v>
       </c>
-      <c r="F26" s="191">
-[...8 lines deleted...]
-      <c r="I26" s="167">
+      <c r="T27" s="354">
+        <v>50</v>
+      </c>
+      <c r="U27" s="340">
+        <v>20</v>
+      </c>
+      <c r="V27" s="354">
+        <v>26</v>
+      </c>
+      <c r="W27" s="340">
+        <v>29</v>
+      </c>
+      <c r="X27" s="354">
+        <v>30</v>
+      </c>
+      <c r="Y27" s="340">
+        <v>35</v>
+      </c>
+      <c r="Z27" s="354">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="28" spans="1:26">
+      <c r="A28" s="345">
         <v>17</v>
       </c>
-      <c r="J26" s="191">
-[...55 lines deleted...]
-      <c r="B27" s="161">
+      <c r="B28" s="356">
         <f t="shared" si="0"/>
         <v>2009</v>
       </c>
-      <c r="C27" s="172">
-[...8 lines deleted...]
-      <c r="F27" s="189">
+      <c r="C28" s="348">
+        <v>38</v>
+      </c>
+      <c r="D28" s="357">
+        <v>41</v>
+      </c>
+      <c r="E28" s="348">
+        <v>32</v>
+      </c>
+      <c r="F28" s="357">
         <v>37</v>
       </c>
-      <c r="G27" s="172">
+      <c r="G28" s="348">
         <v>26</v>
       </c>
-      <c r="H27" s="189">
+      <c r="H28" s="357">
         <v>33</v>
       </c>
-      <c r="I27" s="172">
-[...2 lines deleted...]
-      <c r="J27" s="189">
+      <c r="I28" s="348">
+        <v>16</v>
+      </c>
+      <c r="J28" s="357">
+        <v>18</v>
+      </c>
+      <c r="K28" s="348">
+        <v>22</v>
+      </c>
+      <c r="L28" s="357">
+        <v>27</v>
+      </c>
+      <c r="M28" s="348">
+        <v>18</v>
+      </c>
+      <c r="N28" s="357">
         <v>19</v>
       </c>
-      <c r="K27" s="172">
-[...14 lines deleted...]
-      <c r="P27" s="171">
+      <c r="O28" s="348">
+        <v>26</v>
+      </c>
+      <c r="P28" s="350">
         <v>33</v>
       </c>
-      <c r="Q27" s="172">
-[...2 lines deleted...]
-      <c r="R27" s="189">
+      <c r="Q28" s="348">
+        <v>12</v>
+      </c>
+      <c r="R28" s="357">
         <v>16</v>
       </c>
-      <c r="S27" s="172">
+      <c r="S28" s="348">
         <v>38</v>
       </c>
-      <c r="T27" s="189">
+      <c r="T28" s="357">
         <v>50</v>
       </c>
-      <c r="U27" s="172">
+      <c r="U28" s="348">
         <v>20</v>
       </c>
-      <c r="V27" s="189">
+      <c r="V28" s="357">
         <v>26</v>
       </c>
-      <c r="W27" s="172">
+      <c r="W28" s="348">
+        <v>26</v>
+      </c>
+      <c r="X28" s="357">
         <v>29</v>
       </c>
-      <c r="X27" s="189">
-[...2 lines deleted...]
-      <c r="Y27" s="172">
+      <c r="Y28" s="348">
         <v>35</v>
       </c>
-      <c r="Z27" s="189">
+      <c r="Z28" s="357">
         <v>51</v>
       </c>
     </row>
-    <row r="28" spans="1:26">
-[...3 lines deleted...]
-      <c r="B28" s="190">
+    <row r="29" spans="1:26">
+      <c r="A29" s="136">
+        <v>18</v>
+      </c>
+      <c r="B29" s="132">
         <f t="shared" si="0"/>
         <v>2008</v>
       </c>
-      <c r="C28" s="167">
+      <c r="C29" s="340">
+        <v>37</v>
+      </c>
+      <c r="D29" s="354">
+        <v>39</v>
+      </c>
+      <c r="E29" s="340">
+        <v>32</v>
+      </c>
+      <c r="F29" s="354">
+        <v>37</v>
+      </c>
+      <c r="G29" s="340">
+        <v>26</v>
+      </c>
+      <c r="H29" s="354">
+        <v>33</v>
+      </c>
+      <c r="I29" s="340">
+        <v>16</v>
+      </c>
+      <c r="J29" s="354">
+        <v>18</v>
+      </c>
+      <c r="K29" s="340">
+        <v>21</v>
+      </c>
+      <c r="L29" s="354">
+        <v>27</v>
+      </c>
+      <c r="M29" s="340">
+        <v>18</v>
+      </c>
+      <c r="N29" s="354">
+        <v>19</v>
+      </c>
+      <c r="O29" s="340">
+        <v>26</v>
+      </c>
+      <c r="P29" s="354">
+        <v>33</v>
+      </c>
+      <c r="Q29" s="340">
+        <v>12</v>
+      </c>
+      <c r="R29" s="354">
+        <v>13</v>
+      </c>
+      <c r="S29" s="340">
         <v>38</v>
       </c>
-      <c r="D28" s="191">
-[...8 lines deleted...]
-      <c r="G28" s="167">
+      <c r="T29" s="354">
+        <v>50</v>
+      </c>
+      <c r="U29" s="340">
+        <v>20</v>
+      </c>
+      <c r="V29" s="354">
         <v>26</v>
       </c>
-      <c r="H28" s="191">
-[...17 lines deleted...]
-      <c r="N28" s="191">
+      <c r="W29" s="340">
+        <v>24</v>
+      </c>
+      <c r="X29" s="354">
+        <v>28</v>
+      </c>
+      <c r="Y29" s="340">
+        <v>35</v>
+      </c>
+      <c r="Z29" s="354">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="30" spans="1:26">
+      <c r="A30" s="345">
         <v>19</v>
       </c>
-      <c r="O28" s="167">
-[...40 lines deleted...]
-      <c r="B29" s="161">
+      <c r="B30" s="356">
         <f t="shared" si="0"/>
         <v>2007</v>
       </c>
-      <c r="C29" s="172">
+      <c r="C30" s="348">
+        <v>35</v>
+      </c>
+      <c r="D30" s="357">
         <v>37</v>
       </c>
-      <c r="D29" s="189">
-[...2 lines deleted...]
-      <c r="E29" s="172">
+      <c r="E30" s="348">
         <v>32</v>
       </c>
-      <c r="F29" s="189">
-[...2 lines deleted...]
-      <c r="G29" s="172">
+      <c r="F30" s="357">
+        <v>32</v>
+      </c>
+      <c r="G30" s="348">
         <v>26</v>
       </c>
-      <c r="H29" s="189">
+      <c r="H30" s="357">
+        <v>32</v>
+      </c>
+      <c r="I30" s="348">
+        <v>14</v>
+      </c>
+      <c r="J30" s="357">
+        <v>18</v>
+      </c>
+      <c r="K30" s="348">
+        <v>21</v>
+      </c>
+      <c r="L30" s="357">
+        <v>27</v>
+      </c>
+      <c r="M30" s="348">
+        <v>16</v>
+      </c>
+      <c r="N30" s="357">
+        <v>16</v>
+      </c>
+      <c r="O30" s="348">
+        <v>26</v>
+      </c>
+      <c r="P30" s="357">
         <v>33</v>
       </c>
-      <c r="I29" s="172">
-[...17 lines deleted...]
-      <c r="O29" s="172">
+      <c r="Q30" s="348">
+        <v>12</v>
+      </c>
+      <c r="R30" s="357">
+        <v>12</v>
+      </c>
+      <c r="S30" s="348">
+        <v>38</v>
+      </c>
+      <c r="T30" s="357">
+        <v>50</v>
+      </c>
+      <c r="U30" s="348">
+        <v>20</v>
+      </c>
+      <c r="V30" s="357">
         <v>26</v>
       </c>
-      <c r="P29" s="189">
-[...14 lines deleted...]
-      <c r="U29" s="172">
+      <c r="W30" s="348">
+        <v>24</v>
+      </c>
+      <c r="X30" s="357">
+        <v>26</v>
+      </c>
+      <c r="Y30" s="348">
+        <v>35</v>
+      </c>
+      <c r="Z30" s="357">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="31" spans="1:26">
+      <c r="A31" s="136">
         <v>20</v>
       </c>
-      <c r="V29" s="189">
-[...19 lines deleted...]
-      <c r="B30" s="190">
+      <c r="B31" s="132">
         <f t="shared" si="0"/>
         <v>2006</v>
       </c>
-      <c r="C30" s="167">
+      <c r="C31" s="340">
+        <v>33</v>
+      </c>
+      <c r="D31" s="354">
         <v>35</v>
       </c>
-      <c r="D30" s="191">
-[...2 lines deleted...]
-      <c r="E30" s="167">
+      <c r="E31" s="340">
         <v>32</v>
       </c>
-      <c r="F30" s="191">
+      <c r="F31" s="354">
         <v>32</v>
       </c>
-      <c r="G30" s="167">
+      <c r="G31" s="340">
         <v>26</v>
       </c>
-      <c r="H30" s="191">
+      <c r="H31" s="354">
         <v>32</v>
       </c>
-      <c r="I30" s="167">
+      <c r="I31" s="340">
         <v>14</v>
       </c>
-      <c r="J30" s="191">
+      <c r="J31" s="354">
         <v>18</v>
       </c>
-      <c r="K30" s="167">
+      <c r="K31" s="340">
         <v>21</v>
       </c>
-      <c r="L30" s="191">
+      <c r="L31" s="354">
         <v>27</v>
       </c>
-      <c r="M30" s="167">
+      <c r="M31" s="340">
         <v>16</v>
       </c>
-      <c r="N30" s="191">
+      <c r="N31" s="354">
         <v>16</v>
       </c>
-      <c r="O30" s="167">
+      <c r="O31" s="340">
         <v>26</v>
       </c>
-      <c r="P30" s="191">
+      <c r="P31" s="354">
         <v>33</v>
       </c>
-      <c r="Q30" s="167">
+      <c r="Q31" s="340">
+        <v>10</v>
+      </c>
+      <c r="R31" s="354">
         <v>12</v>
       </c>
-      <c r="R30" s="191">
-[...2 lines deleted...]
-      <c r="S30" s="167">
+      <c r="S31" s="340">
         <v>38</v>
       </c>
-      <c r="T30" s="191">
+      <c r="T31" s="354">
         <v>50</v>
       </c>
-      <c r="U30" s="167">
+      <c r="U31" s="340">
         <v>20</v>
       </c>
-      <c r="V30" s="191">
+      <c r="V31" s="354">
         <v>26</v>
       </c>
-      <c r="W30" s="167">
-[...2 lines deleted...]
-      <c r="X30" s="191">
+      <c r="W31" s="340">
+        <v>23</v>
+      </c>
+      <c r="X31" s="354">
         <v>26</v>
       </c>
-      <c r="Y30" s="167">
+      <c r="Y31" s="340">
         <v>35</v>
       </c>
-      <c r="Z30" s="191">
+      <c r="Z31" s="354">
         <v>51</v>
       </c>
     </row>
-    <row r="31" spans="1:26">
-[...3 lines deleted...]
-      <c r="B31" s="161">
+    <row r="32" spans="1:26">
+      <c r="A32" s="345">
+        <v>21</v>
+      </c>
+      <c r="B32" s="356">
         <f t="shared" si="0"/>
         <v>2005</v>
       </c>
-      <c r="C31" s="172">
+      <c r="C32" s="348">
+        <v>32</v>
+      </c>
+      <c r="D32" s="357">
         <v>33</v>
       </c>
-      <c r="D31" s="189">
+      <c r="E32" s="348">
+        <v>28</v>
+      </c>
+      <c r="F32" s="357">
+        <v>32</v>
+      </c>
+      <c r="G32" s="348">
+        <v>25</v>
+      </c>
+      <c r="H32" s="357">
+        <v>32</v>
+      </c>
+      <c r="I32" s="348">
+        <v>14</v>
+      </c>
+      <c r="J32" s="357">
+        <v>18</v>
+      </c>
+      <c r="K32" s="348">
+        <v>21</v>
+      </c>
+      <c r="L32" s="357">
+        <v>27</v>
+      </c>
+      <c r="M32" s="348">
+        <v>13</v>
+      </c>
+      <c r="N32" s="357">
+        <v>16</v>
+      </c>
+      <c r="O32" s="348">
+        <v>26</v>
+      </c>
+      <c r="P32" s="357">
+        <v>33</v>
+      </c>
+      <c r="Q32" s="348">
+        <v>9</v>
+      </c>
+      <c r="R32" s="357">
+        <v>12</v>
+      </c>
+      <c r="S32" s="348">
+        <v>38</v>
+      </c>
+      <c r="T32" s="357">
+        <v>50</v>
+      </c>
+      <c r="U32" s="348">
+        <v>20</v>
+      </c>
+      <c r="V32" s="357">
+        <v>26</v>
+      </c>
+      <c r="W32" s="348">
+        <v>21</v>
+      </c>
+      <c r="X32" s="357">
+        <v>26</v>
+      </c>
+      <c r="Y32" s="348">
         <v>35</v>
       </c>
-      <c r="E31" s="172">
-[...62 lines deleted...]
-      <c r="Z31" s="189">
+      <c r="Z32" s="357">
         <v>51</v>
       </c>
     </row>
-    <row r="32" spans="1:26">
-[...3 lines deleted...]
-      <c r="B32" s="190">
+    <row r="33" spans="1:26">
+      <c r="A33" s="136">
+        <v>22</v>
+      </c>
+      <c r="B33" s="132">
         <f t="shared" si="0"/>
         <v>2004</v>
       </c>
-      <c r="C32" s="167">
+      <c r="C33" s="340">
+        <v>30</v>
+      </c>
+      <c r="D33" s="354">
         <v>32</v>
       </c>
-      <c r="D32" s="191">
+      <c r="E33" s="340">
+        <v>28</v>
+      </c>
+      <c r="F33" s="354">
+        <v>32</v>
+      </c>
+      <c r="G33" s="340">
+        <v>25</v>
+      </c>
+      <c r="H33" s="354">
+        <v>32</v>
+      </c>
+      <c r="I33" s="340">
+        <v>14</v>
+      </c>
+      <c r="J33" s="354">
+        <v>18</v>
+      </c>
+      <c r="K33" s="340">
+        <v>21</v>
+      </c>
+      <c r="L33" s="354">
+        <v>27</v>
+      </c>
+      <c r="M33" s="340">
+        <v>13</v>
+      </c>
+      <c r="N33" s="354">
+        <v>16</v>
+      </c>
+      <c r="O33" s="340">
+        <v>26</v>
+      </c>
+      <c r="P33" s="354">
         <v>33</v>
       </c>
-      <c r="E32" s="167">
-[...17 lines deleted...]
-      <c r="K32" s="167">
+      <c r="Q33" s="340">
+        <v>9</v>
+      </c>
+      <c r="R33" s="354">
+        <v>12</v>
+      </c>
+      <c r="S33" s="340">
+        <v>38</v>
+      </c>
+      <c r="T33" s="354">
+        <v>50</v>
+      </c>
+      <c r="U33" s="340">
+        <v>20</v>
+      </c>
+      <c r="V33" s="354">
+        <v>26</v>
+      </c>
+      <c r="W33" s="340">
         <v>21</v>
       </c>
-      <c r="L32" s="191">
-[...8 lines deleted...]
-      <c r="O32" s="167">
+      <c r="X33" s="354">
         <v>26</v>
       </c>
-      <c r="P32" s="191">
-[...26 lines deleted...]
-      <c r="Y32" s="167">
+      <c r="Y33" s="340">
         <v>35</v>
       </c>
-      <c r="Z32" s="191">
+      <c r="Z33" s="354">
         <v>51</v>
       </c>
     </row>
-    <row r="33" spans="1:26">
-[...3 lines deleted...]
-      <c r="B33" s="161">
+    <row r="34" spans="1:26">
+      <c r="A34" s="345">
+        <v>23</v>
+      </c>
+      <c r="B34" s="356">
         <f t="shared" si="0"/>
         <v>2003</v>
       </c>
-      <c r="C33" s="172">
-[...2 lines deleted...]
-      <c r="D33" s="189">
+      <c r="C34" s="348">
+        <v>28</v>
+      </c>
+      <c r="D34" s="357">
         <v>32</v>
       </c>
-      <c r="E33" s="172">
+      <c r="E34" s="348">
         <v>28</v>
       </c>
-      <c r="F33" s="189">
+      <c r="F34" s="357">
         <v>32</v>
       </c>
-      <c r="G33" s="172">
+      <c r="G34" s="348">
         <v>25</v>
       </c>
-      <c r="H33" s="189">
+      <c r="H34" s="357">
         <v>32</v>
       </c>
-      <c r="I33" s="172">
+      <c r="I34" s="348">
         <v>14</v>
       </c>
-      <c r="J33" s="189">
+      <c r="J34" s="357">
         <v>18</v>
       </c>
-      <c r="K33" s="172">
+      <c r="K34" s="348">
         <v>21</v>
       </c>
-      <c r="L33" s="189">
+      <c r="L34" s="357">
         <v>27</v>
       </c>
-      <c r="M33" s="172">
+      <c r="M34" s="348">
         <v>13</v>
       </c>
-      <c r="N33" s="189">
+      <c r="N34" s="357">
         <v>16</v>
       </c>
-      <c r="O33" s="172">
+      <c r="O34" s="348">
         <v>26</v>
       </c>
-      <c r="P33" s="189">
+      <c r="P34" s="357">
         <v>33</v>
       </c>
-      <c r="Q33" s="172">
+      <c r="Q34" s="348">
         <v>9</v>
       </c>
-      <c r="R33" s="189">
+      <c r="R34" s="357">
         <v>12</v>
       </c>
-      <c r="S33" s="172">
+      <c r="S34" s="348">
         <v>38</v>
       </c>
-      <c r="T33" s="189">
+      <c r="T34" s="357">
         <v>50</v>
       </c>
-      <c r="U33" s="172">
+      <c r="U34" s="348">
         <v>20</v>
       </c>
-      <c r="V33" s="189">
+      <c r="V34" s="357">
         <v>26</v>
       </c>
-      <c r="W33" s="172">
+      <c r="W34" s="348">
         <v>21</v>
       </c>
-      <c r="X33" s="189">
+      <c r="X34" s="357">
         <v>26</v>
       </c>
-      <c r="Y33" s="172">
+      <c r="Y34" s="348">
         <v>35</v>
       </c>
-      <c r="Z33" s="189">
+      <c r="Z34" s="357">
         <v>51</v>
       </c>
     </row>
-    <row r="34" spans="1:26">
-[...3 lines deleted...]
-      <c r="B34" s="190">
+    <row r="35" spans="1:26">
+      <c r="A35" s="136">
+        <v>24</v>
+      </c>
+      <c r="B35" s="132">
         <f t="shared" si="0"/>
         <v>2002</v>
       </c>
-      <c r="C34" s="167">
+      <c r="C35" s="340">
+        <v>27</v>
+      </c>
+      <c r="D35" s="354">
+        <v>32</v>
+      </c>
+      <c r="E35" s="340">
         <v>28</v>
       </c>
-      <c r="D34" s="191">
+      <c r="F35" s="354">
         <v>32</v>
       </c>
-      <c r="E34" s="167">
-[...2 lines deleted...]
-      <c r="F34" s="191">
+      <c r="G35" s="340">
+        <v>25</v>
+      </c>
+      <c r="H35" s="354">
         <v>32</v>
       </c>
-      <c r="G34" s="167">
+      <c r="I35" s="340">
+        <v>14</v>
+      </c>
+      <c r="J35" s="354">
+        <v>18</v>
+      </c>
+      <c r="K35" s="340">
+        <v>21</v>
+      </c>
+      <c r="L35" s="354">
+        <v>27</v>
+      </c>
+      <c r="M35" s="340">
+        <v>13</v>
+      </c>
+      <c r="N35" s="354">
+        <v>16</v>
+      </c>
+      <c r="O35" s="340">
+        <v>26</v>
+      </c>
+      <c r="P35" s="354">
+        <v>33</v>
+      </c>
+      <c r="Q35" s="340">
+        <v>9</v>
+      </c>
+      <c r="R35" s="354">
+        <v>12</v>
+      </c>
+      <c r="S35" s="340">
+        <v>38</v>
+      </c>
+      <c r="T35" s="354">
+        <v>50</v>
+      </c>
+      <c r="U35" s="340">
+        <v>20</v>
+      </c>
+      <c r="V35" s="354">
+        <v>26</v>
+      </c>
+      <c r="W35" s="340">
+        <v>21</v>
+      </c>
+      <c r="X35" s="354">
+        <v>26</v>
+      </c>
+      <c r="Y35" s="340">
+        <v>35</v>
+      </c>
+      <c r="Z35" s="354">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="36" spans="1:26">
+      <c r="A36" s="345">
         <v>25</v>
       </c>
-      <c r="H34" s="191">
-[...61 lines deleted...]
-      <c r="B35" s="161">
+      <c r="B36" s="356">
         <f t="shared" si="0"/>
         <v>2001</v>
       </c>
-      <c r="C35" s="172">
+      <c r="C36" s="348">
         <v>27</v>
       </c>
-      <c r="D35" s="189">
+      <c r="D36" s="357">
         <v>32</v>
       </c>
-      <c r="E35" s="172">
+      <c r="E36" s="348">
         <v>28</v>
       </c>
-      <c r="F35" s="189">
+      <c r="F36" s="357">
         <v>32</v>
       </c>
-      <c r="G35" s="172">
+      <c r="G36" s="348">
         <v>25</v>
       </c>
-      <c r="H35" s="189">
+      <c r="H36" s="357">
         <v>32</v>
       </c>
-      <c r="I35" s="172">
+      <c r="I36" s="348">
         <v>14</v>
       </c>
-      <c r="J35" s="189">
+      <c r="J36" s="357">
         <v>18</v>
       </c>
-      <c r="K35" s="172">
+      <c r="K36" s="348">
         <v>21</v>
       </c>
-      <c r="L35" s="189">
+      <c r="L36" s="357">
         <v>27</v>
       </c>
-      <c r="M35" s="172">
+      <c r="M36" s="348">
         <v>13</v>
       </c>
-      <c r="N35" s="189">
+      <c r="N36" s="357">
         <v>16</v>
       </c>
-      <c r="O35" s="172">
+      <c r="O36" s="348">
         <v>26</v>
       </c>
-      <c r="P35" s="189">
+      <c r="P36" s="357">
         <v>33</v>
       </c>
-      <c r="Q35" s="172">
+      <c r="Q36" s="348">
         <v>9</v>
       </c>
-      <c r="R35" s="189">
+      <c r="R36" s="357">
         <v>12</v>
       </c>
-      <c r="S35" s="172">
+      <c r="S36" s="348">
         <v>38</v>
       </c>
-      <c r="T35" s="189">
+      <c r="T36" s="357">
         <v>50</v>
       </c>
-      <c r="U35" s="172">
+      <c r="U36" s="348">
         <v>20</v>
       </c>
-      <c r="V35" s="189">
+      <c r="V36" s="357">
         <v>26</v>
       </c>
-      <c r="W35" s="172">
+      <c r="W36" s="348">
         <v>21</v>
       </c>
-      <c r="X35" s="189">
+      <c r="X36" s="357">
         <v>26</v>
       </c>
-      <c r="Y35" s="172">
+      <c r="Y36" s="348">
         <v>35</v>
       </c>
-      <c r="Z35" s="189">
+      <c r="Z36" s="357">
         <v>51</v>
       </c>
     </row>
-    <row r="36" spans="1:26">
-[...3 lines deleted...]
-      <c r="B36" s="190">
+    <row r="37" spans="1:26">
+      <c r="A37" s="136">
+        <v>26</v>
+      </c>
+      <c r="B37" s="132">
         <f t="shared" si="0"/>
         <v>2000</v>
       </c>
-      <c r="C36" s="167">
+      <c r="C37" s="340">
         <v>27</v>
       </c>
-      <c r="D36" s="191">
+      <c r="D37" s="354">
         <v>32</v>
       </c>
-      <c r="E36" s="167">
+      <c r="E37" s="340">
         <v>28</v>
       </c>
-      <c r="F36" s="191">
+      <c r="F37" s="354">
         <v>32</v>
       </c>
-      <c r="G36" s="167">
+      <c r="G37" s="340">
         <v>25</v>
       </c>
-      <c r="H36" s="191">
+      <c r="H37" s="354">
         <v>32</v>
       </c>
-      <c r="I36" s="167">
+      <c r="I37" s="340">
         <v>14</v>
       </c>
-      <c r="J36" s="191">
+      <c r="J37" s="354">
         <v>18</v>
       </c>
-      <c r="K36" s="167">
+      <c r="K37" s="340">
         <v>21</v>
       </c>
-      <c r="L36" s="191">
+      <c r="L37" s="354">
         <v>27</v>
       </c>
-      <c r="M36" s="167">
+      <c r="M37" s="340">
         <v>13</v>
       </c>
-      <c r="N36" s="191">
+      <c r="N37" s="354">
         <v>16</v>
       </c>
-      <c r="O36" s="167">
+      <c r="O37" s="340">
         <v>26</v>
       </c>
-      <c r="P36" s="191">
+      <c r="P37" s="354">
         <v>33</v>
       </c>
-      <c r="Q36" s="167">
+      <c r="Q37" s="340">
         <v>9</v>
       </c>
-      <c r="R36" s="191">
+      <c r="R37" s="354">
         <v>12</v>
       </c>
-      <c r="S36" s="167">
+      <c r="S37" s="340">
         <v>38</v>
       </c>
-      <c r="T36" s="191">
+      <c r="T37" s="354">
         <v>50</v>
       </c>
-      <c r="U36" s="167">
+      <c r="U37" s="340">
         <v>20</v>
       </c>
-      <c r="V36" s="191">
+      <c r="V37" s="354">
         <v>26</v>
       </c>
-      <c r="W36" s="167">
+      <c r="W37" s="340">
         <v>21</v>
       </c>
-      <c r="X36" s="191">
+      <c r="X37" s="354">
         <v>26</v>
       </c>
-      <c r="Y36" s="167">
+      <c r="Y37" s="340">
         <v>35</v>
       </c>
-      <c r="Z36" s="191">
+      <c r="Z37" s="354">
         <v>51</v>
       </c>
     </row>
-    <row r="37" spans="1:26">
-[...3 lines deleted...]
-      <c r="B37" s="161">
+    <row r="38" spans="1:26">
+      <c r="A38" s="345">
+        <v>27</v>
+      </c>
+      <c r="B38" s="356">
         <f t="shared" si="0"/>
         <v>1999</v>
       </c>
-      <c r="C37" s="172">
+      <c r="C38" s="348">
         <v>27</v>
       </c>
-      <c r="D37" s="189">
+      <c r="D38" s="357">
         <v>32</v>
       </c>
-      <c r="E37" s="172">
+      <c r="E38" s="348">
         <v>28</v>
       </c>
-      <c r="F37" s="189">
+      <c r="F38" s="357">
         <v>32</v>
       </c>
-      <c r="G37" s="172">
+      <c r="G38" s="348">
         <v>25</v>
       </c>
-      <c r="H37" s="189">
+      <c r="H38" s="357">
         <v>32</v>
       </c>
-      <c r="I37" s="172">
+      <c r="I38" s="348">
         <v>14</v>
       </c>
-      <c r="J37" s="189">
+      <c r="J38" s="357">
         <v>18</v>
       </c>
-      <c r="K37" s="172">
+      <c r="K38" s="348">
         <v>21</v>
       </c>
-      <c r="L37" s="189">
+      <c r="L38" s="357">
         <v>27</v>
       </c>
-      <c r="M37" s="172">
+      <c r="M38" s="348">
         <v>13</v>
       </c>
-      <c r="N37" s="189">
+      <c r="N38" s="357">
         <v>16</v>
       </c>
-      <c r="O37" s="172">
+      <c r="O38" s="348">
         <v>26</v>
       </c>
-      <c r="P37" s="189">
+      <c r="P38" s="357">
         <v>33</v>
       </c>
-      <c r="Q37" s="172">
+      <c r="Q38" s="348">
         <v>9</v>
       </c>
-      <c r="R37" s="189">
+      <c r="R38" s="357">
         <v>12</v>
       </c>
-      <c r="S37" s="172">
+      <c r="S38" s="348">
         <v>38</v>
       </c>
-      <c r="T37" s="189">
+      <c r="T38" s="357">
         <v>50</v>
       </c>
-      <c r="U37" s="172">
+      <c r="U38" s="348">
         <v>20</v>
       </c>
-      <c r="V37" s="189">
+      <c r="V38" s="357">
         <v>26</v>
       </c>
-      <c r="W37" s="172">
+      <c r="W38" s="348">
         <v>21</v>
       </c>
-      <c r="X37" s="189">
+      <c r="X38" s="357">
         <v>26</v>
       </c>
-      <c r="Y37" s="172">
+      <c r="Y38" s="348">
         <v>35</v>
       </c>
-      <c r="Z37" s="189">
+      <c r="Z38" s="357">
         <v>51</v>
       </c>
     </row>
-    <row r="38" spans="1:26">
-[...3 lines deleted...]
-      <c r="B38" s="190">
+    <row r="39" spans="1:26">
+      <c r="A39" s="136">
+        <v>28</v>
+      </c>
+      <c r="B39" s="132">
         <f t="shared" si="0"/>
         <v>1998</v>
       </c>
-      <c r="C38" s="167">
+      <c r="C39" s="340">
         <v>27</v>
       </c>
-      <c r="D38" s="191">
+      <c r="D39" s="354">
         <v>32</v>
       </c>
-      <c r="E38" s="167">
+      <c r="E39" s="340">
         <v>28</v>
       </c>
-      <c r="F38" s="191">
+      <c r="F39" s="354">
         <v>32</v>
       </c>
-      <c r="G38" s="167">
+      <c r="G39" s="340">
         <v>25</v>
       </c>
-      <c r="H38" s="191">
+      <c r="H39" s="354">
         <v>32</v>
       </c>
-      <c r="I38" s="167">
+      <c r="I39" s="340">
         <v>14</v>
       </c>
-      <c r="J38" s="191">
+      <c r="J39" s="354">
         <v>18</v>
       </c>
-      <c r="K38" s="167">
+      <c r="K39" s="340">
         <v>21</v>
       </c>
-      <c r="L38" s="191">
+      <c r="L39" s="354">
         <v>27</v>
       </c>
-      <c r="M38" s="167">
+      <c r="M39" s="340">
         <v>13</v>
       </c>
-      <c r="N38" s="191">
+      <c r="N39" s="354">
         <v>16</v>
       </c>
-      <c r="O38" s="167">
+      <c r="O39" s="340">
         <v>26</v>
       </c>
-      <c r="P38" s="191">
+      <c r="P39" s="354">
         <v>33</v>
       </c>
-      <c r="Q38" s="167">
+      <c r="Q39" s="340">
         <v>9</v>
       </c>
-      <c r="R38" s="191">
+      <c r="R39" s="354">
         <v>12</v>
       </c>
-      <c r="S38" s="167">
+      <c r="S39" s="340">
         <v>38</v>
       </c>
-      <c r="T38" s="191">
+      <c r="T39" s="354">
         <v>50</v>
       </c>
-      <c r="U38" s="167">
+      <c r="U39" s="340">
         <v>20</v>
       </c>
-      <c r="V38" s="191">
+      <c r="V39" s="354">
         <v>26</v>
       </c>
-      <c r="W38" s="167">
+      <c r="W39" s="340">
         <v>21</v>
       </c>
-      <c r="X38" s="191">
+      <c r="X39" s="354">
         <v>26</v>
       </c>
-      <c r="Y38" s="167">
+      <c r="Y39" s="340">
         <v>35</v>
       </c>
-      <c r="Z38" s="191">
+      <c r="Z39" s="354">
         <v>51</v>
       </c>
     </row>
-    <row r="39" spans="1:26">
-[...3 lines deleted...]
-      <c r="B39" s="161">
+    <row r="40" spans="1:26">
+      <c r="A40" s="349">
+        <v>29</v>
+      </c>
+      <c r="B40" s="358">
         <f t="shared" si="0"/>
         <v>1997</v>
       </c>
-      <c r="C39" s="172">
+      <c r="C40" s="352">
         <v>27</v>
       </c>
-      <c r="D39" s="189">
+      <c r="D40" s="359">
         <v>32</v>
       </c>
-      <c r="E39" s="172">
+      <c r="E40" s="352">
         <v>28</v>
       </c>
-      <c r="F39" s="189">
+      <c r="F40" s="359">
         <v>32</v>
       </c>
-      <c r="G39" s="172">
+      <c r="G40" s="352">
         <v>25</v>
       </c>
-      <c r="H39" s="189">
+      <c r="H40" s="359">
         <v>32</v>
       </c>
-      <c r="I39" s="172">
+      <c r="I40" s="352">
         <v>14</v>
       </c>
-      <c r="J39" s="189">
+      <c r="J40" s="359">
         <v>18</v>
       </c>
-      <c r="K39" s="172">
+      <c r="K40" s="352">
         <v>21</v>
       </c>
-      <c r="L39" s="189">
+      <c r="L40" s="359">
         <v>27</v>
       </c>
-      <c r="M39" s="172">
+      <c r="M40" s="352">
         <v>13</v>
       </c>
-      <c r="N39" s="189">
+      <c r="N40" s="359">
         <v>16</v>
       </c>
-      <c r="O39" s="172">
+      <c r="O40" s="352">
         <v>26</v>
       </c>
-      <c r="P39" s="189">
+      <c r="P40" s="359">
         <v>33</v>
       </c>
-      <c r="Q39" s="172">
+      <c r="Q40" s="352">
         <v>9</v>
       </c>
-      <c r="R39" s="189">
+      <c r="R40" s="359">
         <v>12</v>
       </c>
-      <c r="S39" s="172">
+      <c r="S40" s="352">
         <v>38</v>
       </c>
-      <c r="T39" s="189">
+      <c r="T40" s="359">
         <v>50</v>
       </c>
-      <c r="U39" s="172">
+      <c r="U40" s="352">
         <v>20</v>
       </c>
-      <c r="V39" s="189">
+      <c r="V40" s="359">
         <v>26</v>
       </c>
-      <c r="W39" s="172">
+      <c r="W40" s="352">
         <v>21</v>
       </c>
-      <c r="X39" s="189">
+      <c r="X40" s="359">
         <v>26</v>
       </c>
-      <c r="Y39" s="172">
+      <c r="Y40" s="352">
         <v>35</v>
       </c>
-      <c r="Z39" s="189">
+      <c r="Z40" s="359">
         <v>51</v>
       </c>
     </row>
-    <row r="40" spans="1:26">
-[...3 lines deleted...]
-      <c r="B40" s="161">
+    <row r="41" spans="1:26" ht="13.5" thickBot="1">
+      <c r="A41" s="138">
+        <v>30</v>
+      </c>
+      <c r="B41" s="147">
         <f t="shared" si="0"/>
         <v>1996</v>
       </c>
-      <c r="C40" s="174">
+      <c r="C41" s="344">
         <v>27</v>
       </c>
-      <c r="D40" s="188">
+      <c r="D41" s="355">
         <v>32</v>
       </c>
-      <c r="E40" s="174">
+      <c r="E41" s="344">
         <v>28</v>
       </c>
-      <c r="F40" s="188">
+      <c r="F41" s="355">
         <v>32</v>
       </c>
-      <c r="G40" s="174">
+      <c r="G41" s="344">
         <v>25</v>
       </c>
-      <c r="H40" s="188">
+      <c r="H41" s="355">
         <v>32</v>
       </c>
-      <c r="I40" s="174">
+      <c r="I41" s="344">
         <v>14</v>
       </c>
-      <c r="J40" s="188">
+      <c r="J41" s="355">
         <v>18</v>
       </c>
-      <c r="K40" s="174">
+      <c r="K41" s="344">
         <v>21</v>
       </c>
-      <c r="L40" s="188">
+      <c r="L41" s="355">
         <v>27</v>
       </c>
-      <c r="M40" s="174">
+      <c r="M41" s="344">
         <v>13</v>
       </c>
-      <c r="N40" s="188">
+      <c r="N41" s="355">
         <v>16</v>
       </c>
-      <c r="O40" s="174">
+      <c r="O41" s="344">
         <v>26</v>
       </c>
-      <c r="P40" s="188">
+      <c r="P41" s="355">
         <v>33</v>
       </c>
-      <c r="Q40" s="174">
+      <c r="Q41" s="344">
         <v>9</v>
       </c>
-      <c r="R40" s="188">
+      <c r="R41" s="355">
         <v>12</v>
       </c>
-      <c r="S40" s="174">
+      <c r="S41" s="344">
         <v>38</v>
       </c>
-      <c r="T40" s="188">
+      <c r="T41" s="355">
         <v>50</v>
       </c>
-      <c r="U40" s="174">
+      <c r="U41" s="344">
         <v>20</v>
       </c>
-      <c r="V40" s="188">
+      <c r="V41" s="355">
         <v>26</v>
       </c>
-      <c r="W40" s="174">
+      <c r="W41" s="344">
         <v>21</v>
       </c>
-      <c r="X40" s="188">
+      <c r="X41" s="355">
         <v>26</v>
       </c>
-      <c r="Y40" s="174">
+      <c r="Y41" s="344">
         <v>35</v>
       </c>
-      <c r="Z40" s="188">
+      <c r="Z41" s="355">
         <v>51</v>
       </c>
     </row>
-    <row r="41" spans="1:26" ht="13.5" thickBot="1">
-[...79 lines deleted...]
-    </row>
     <row r="42" spans="1:26">
-      <c r="A42" s="142" t="s">
+      <c r="A42" s="118" t="s">
         <v>585</v>
       </c>
-      <c r="B42" s="162" t="s">
+      <c r="B42" s="133" t="s">
+        <v>641</v>
+      </c>
+      <c r="C42" s="133"/>
+    </row>
+    <row r="43" spans="1:26">
+      <c r="B43" s="133" t="s">
+        <v>642</v>
+      </c>
+      <c r="C43" s="133"/>
+    </row>
+    <row r="44" spans="1:26" ht="15">
+      <c r="B44" s="133" t="s">
+        <v>826</v>
+      </c>
+      <c r="C44" s="133"/>
+    </row>
+    <row r="45" spans="1:26">
+      <c r="B45" s="133" t="s">
         <v>643</v>
       </c>
-      <c r="C42" s="162"/>
-[...2 lines deleted...]
-      <c r="B43" s="162" t="s">
+      <c r="C45" s="133"/>
+    </row>
+    <row r="46" spans="1:26">
+      <c r="B46" s="133" t="s">
         <v>644</v>
       </c>
-      <c r="C43" s="162"/>
-[...2 lines deleted...]
-      <c r="B44" s="162" t="s">
+      <c r="C46" s="133"/>
+    </row>
+    <row r="47" spans="1:26" ht="14.25">
+      <c r="B47" s="133" t="s">
         <v>645</v>
       </c>
-      <c r="C44" s="162"/>
-[...18 lines deleted...]
-      <c r="K47" s="142" t="s">
+      <c r="C47" s="133"/>
+      <c r="K47" s="118" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="48" spans="1:26" ht="15" customHeight="1">
+      <c r="B48" s="118" t="s">
         <v>729</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C48" s="162"/>
+      <c r="C48" s="133"/>
     </row>
     <row r="49" spans="1:25" ht="15.75">
-      <c r="A49" s="194" t="s">
+      <c r="A49" s="148" t="s">
         <v>564</v>
       </c>
-      <c r="B49" s="162" t="s">
-        <v>730</v>
+      <c r="B49" s="133" t="s">
+        <v>727</v>
       </c>
     </row>
     <row r="50" spans="1:25" ht="19.5" customHeight="1"/>
     <row r="53" spans="1:25">
-      <c r="C53" s="184"/>
-[...21 lines deleted...]
-      <c r="Y53" s="184"/>
+      <c r="C53" s="143"/>
+      <c r="D53" s="143"/>
+      <c r="E53" s="143"/>
+      <c r="F53" s="143"/>
+      <c r="G53" s="143"/>
+      <c r="H53" s="143"/>
+      <c r="I53" s="143"/>
+      <c r="J53" s="143"/>
+      <c r="K53" s="143"/>
+      <c r="L53" s="143"/>
+      <c r="M53" s="143"/>
+      <c r="N53" s="143"/>
+      <c r="O53" s="143"/>
+      <c r="P53" s="143"/>
+      <c r="Q53" s="143"/>
+      <c r="R53" s="143"/>
+      <c r="S53" s="143"/>
+      <c r="T53" s="143"/>
+      <c r="U53" s="143"/>
+      <c r="V53" s="143"/>
+      <c r="W53" s="143"/>
+      <c r="X53" s="143"/>
+      <c r="Y53" s="143"/>
     </row>
     <row r="54" spans="1:25">
-      <c r="C54" s="184"/>
-[...21 lines deleted...]
-      <c r="Y54" s="184"/>
+      <c r="C54" s="143"/>
+      <c r="D54" s="143"/>
+      <c r="E54" s="143"/>
+      <c r="F54" s="143"/>
+      <c r="G54" s="143"/>
+      <c r="H54" s="143"/>
+      <c r="I54" s="143"/>
+      <c r="J54" s="143"/>
+      <c r="K54" s="143"/>
+      <c r="L54" s="143"/>
+      <c r="M54" s="143"/>
+      <c r="N54" s="143"/>
+      <c r="O54" s="143"/>
+      <c r="P54" s="143"/>
+      <c r="Q54" s="143"/>
+      <c r="R54" s="143"/>
+      <c r="S54" s="143"/>
+      <c r="T54" s="143"/>
+      <c r="U54" s="143"/>
+      <c r="V54" s="143"/>
+      <c r="W54" s="143"/>
+      <c r="X54" s="143"/>
+      <c r="Y54" s="143"/>
     </row>
     <row r="55" spans="1:25">
-      <c r="C55" s="184"/>
-[...21 lines deleted...]
-      <c r="Y55" s="184"/>
+      <c r="C55" s="143"/>
+      <c r="D55" s="143"/>
+      <c r="E55" s="143"/>
+      <c r="F55" s="143"/>
+      <c r="G55" s="143"/>
+      <c r="H55" s="143"/>
+      <c r="I55" s="143"/>
+      <c r="J55" s="143"/>
+      <c r="K55" s="143"/>
+      <c r="L55" s="143"/>
+      <c r="M55" s="143"/>
+      <c r="N55" s="143"/>
+      <c r="O55" s="143"/>
+      <c r="P55" s="143"/>
+      <c r="Q55" s="143"/>
+      <c r="R55" s="143"/>
+      <c r="S55" s="143"/>
+      <c r="T55" s="143"/>
+      <c r="U55" s="143"/>
+      <c r="V55" s="143"/>
+      <c r="W55" s="143"/>
+      <c r="X55" s="143"/>
+      <c r="Y55" s="143"/>
     </row>
     <row r="56" spans="1:25">
-      <c r="C56" s="184"/>
-[...21 lines deleted...]
-      <c r="Y56" s="184"/>
+      <c r="C56" s="143"/>
+      <c r="D56" s="143"/>
+      <c r="E56" s="143"/>
+      <c r="F56" s="143"/>
+      <c r="G56" s="143"/>
+      <c r="H56" s="143"/>
+      <c r="I56" s="143"/>
+      <c r="J56" s="143"/>
+      <c r="K56" s="143"/>
+      <c r="L56" s="143"/>
+      <c r="M56" s="143"/>
+      <c r="N56" s="143"/>
+      <c r="O56" s="143"/>
+      <c r="P56" s="143"/>
+      <c r="Q56" s="143"/>
+      <c r="R56" s="143"/>
+      <c r="S56" s="143"/>
+      <c r="T56" s="143"/>
+      <c r="U56" s="143"/>
+      <c r="V56" s="143"/>
+      <c r="W56" s="143"/>
+      <c r="X56" s="143"/>
+      <c r="Y56" s="143"/>
     </row>
     <row r="57" spans="1:25">
-      <c r="B57" s="184"/>
-[...22 lines deleted...]
-      <c r="Y57" s="184"/>
+      <c r="B57" s="143"/>
+      <c r="C57" s="143"/>
+      <c r="D57" s="143"/>
+      <c r="E57" s="143"/>
+      <c r="F57" s="143"/>
+      <c r="G57" s="143"/>
+      <c r="H57" s="143"/>
+      <c r="I57" s="143"/>
+      <c r="J57" s="143"/>
+      <c r="K57" s="143"/>
+      <c r="L57" s="143"/>
+      <c r="M57" s="143"/>
+      <c r="N57" s="143"/>
+      <c r="O57" s="143"/>
+      <c r="P57" s="143"/>
+      <c r="Q57" s="143"/>
+      <c r="R57" s="143"/>
+      <c r="S57" s="143"/>
+      <c r="T57" s="143"/>
+      <c r="U57" s="143"/>
+      <c r="V57" s="143"/>
+      <c r="W57" s="143"/>
+      <c r="X57" s="143"/>
+      <c r="Y57" s="143"/>
     </row>
     <row r="58" spans="1:25">
-      <c r="C58" s="184"/>
-[...21 lines deleted...]
-      <c r="Y58" s="184"/>
+      <c r="C58" s="143"/>
+      <c r="D58" s="143"/>
+      <c r="E58" s="143"/>
+      <c r="F58" s="143"/>
+      <c r="G58" s="143"/>
+      <c r="H58" s="143"/>
+      <c r="I58" s="143"/>
+      <c r="J58" s="143"/>
+      <c r="K58" s="143"/>
+      <c r="L58" s="143"/>
+      <c r="M58" s="143"/>
+      <c r="N58" s="143"/>
+      <c r="O58" s="143"/>
+      <c r="P58" s="143"/>
+      <c r="Q58" s="143"/>
+      <c r="R58" s="143"/>
+      <c r="S58" s="143"/>
+      <c r="T58" s="143"/>
+      <c r="U58" s="143"/>
+      <c r="V58" s="143"/>
+      <c r="W58" s="143"/>
+      <c r="X58" s="143"/>
+      <c r="Y58" s="143"/>
     </row>
   </sheetData>
   <mergeCells count="33">
+    <mergeCell ref="A2:Z2"/>
+    <mergeCell ref="A3:Z3"/>
+    <mergeCell ref="C4:D4"/>
+    <mergeCell ref="E4:F4"/>
+    <mergeCell ref="M4:N4"/>
+    <mergeCell ref="Q4:R4"/>
+    <mergeCell ref="S4:T4"/>
+    <mergeCell ref="U4:V4"/>
+    <mergeCell ref="Y4:Z4"/>
+    <mergeCell ref="Y5:Z5"/>
+    <mergeCell ref="C5:D5"/>
+    <mergeCell ref="E5:F5"/>
+    <mergeCell ref="G5:H5"/>
+    <mergeCell ref="I5:J5"/>
+    <mergeCell ref="K5:L5"/>
+    <mergeCell ref="M5:N5"/>
+    <mergeCell ref="O5:P5"/>
+    <mergeCell ref="Q5:R5"/>
+    <mergeCell ref="S5:T5"/>
+    <mergeCell ref="U5:V5"/>
+    <mergeCell ref="W5:X5"/>
     <mergeCell ref="Y6:Z6"/>
     <mergeCell ref="C6:D6"/>
     <mergeCell ref="E6:F6"/>
     <mergeCell ref="G6:H6"/>
     <mergeCell ref="I6:J6"/>
     <mergeCell ref="K6:L6"/>
     <mergeCell ref="M6:N6"/>
     <mergeCell ref="O6:P6"/>
     <mergeCell ref="Q6:R6"/>
     <mergeCell ref="S6:T6"/>
     <mergeCell ref="U6:V6"/>
     <mergeCell ref="W6:X6"/>
-    <mergeCell ref="Y5:Z5"/>
-[...19 lines deleted...]
-    <mergeCell ref="Y4:Z4"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.05" bottom="0.45" header="0" footer="0"/>
   <pageSetup scale="86" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter xml:space="preserve">&amp;LIdaho Property Valuation Schedules
 &amp;C18
-&amp;REFO00210_01-01-2025
 </oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
   <dimension ref="A1:G39"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="M24" sqref="M24"/>
+    <sheetView view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="F32" sqref="F32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="4" width="22.7109375" style="196" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="6" max="16384" width="9.140625" style="196"/>
+    <col min="1" max="4" width="22.7109375" style="150" customWidth="1"/>
+    <col min="5" max="5" width="2" style="150" customWidth="1"/>
+    <col min="6" max="16384" width="9.140625" style="150"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="20.25">
-      <c r="A1" s="378" t="s">
+      <c r="A1" s="441" t="s">
+        <v>646</v>
+      </c>
+      <c r="B1" s="441"/>
+      <c r="C1" s="441"/>
+      <c r="D1" s="441"/>
+      <c r="E1" s="149"/>
+      <c r="F1" s="149"/>
+    </row>
+    <row r="2" spans="1:7" ht="20.25">
+      <c r="A2" s="151"/>
+      <c r="B2" s="151"/>
+      <c r="C2" s="151"/>
+      <c r="D2" s="151"/>
+      <c r="E2" s="149"/>
+      <c r="F2" s="149"/>
+    </row>
+    <row r="3" spans="1:7" ht="10.5" customHeight="1">
+      <c r="A3" s="152"/>
+      <c r="B3" s="152"/>
+      <c r="C3" s="152"/>
+      <c r="D3" s="152"/>
+      <c r="E3" s="149"/>
+      <c r="F3" s="149"/>
+    </row>
+    <row r="4" spans="1:7" ht="15.75">
+      <c r="A4" s="153" t="s">
+        <v>647</v>
+      </c>
+      <c r="B4" s="154"/>
+      <c r="C4" s="154"/>
+      <c r="D4" s="155"/>
+      <c r="E4" s="155"/>
+      <c r="F4" s="155"/>
+    </row>
+    <row r="5" spans="1:7" ht="15.75">
+      <c r="A5" s="153" t="s">
+        <v>648</v>
+      </c>
+      <c r="B5" s="154"/>
+      <c r="C5" s="154"/>
+      <c r="D5" s="155"/>
+      <c r="E5" s="155"/>
+      <c r="F5" s="155"/>
+    </row>
+    <row r="6" spans="1:7" ht="15.75">
+      <c r="A6" s="153" t="s">
         <v>649</v>
       </c>
-      <c r="B1" s="378"/>
-[...22 lines deleted...]
-      <c r="A4" s="199" t="s">
+      <c r="B6" s="154"/>
+      <c r="C6" s="154"/>
+      <c r="D6" s="154"/>
+    </row>
+    <row r="7" spans="1:7" ht="25.5" customHeight="1">
+      <c r="A7" s="436" t="s">
         <v>650</v>
       </c>
-      <c r="B4" s="200"/>
-[...6 lines deleted...]
-      <c r="A5" s="199" t="s">
+      <c r="B7" s="436"/>
+      <c r="C7" s="436"/>
+      <c r="D7" s="436"/>
+    </row>
+    <row r="8" spans="1:7" ht="15.75">
+      <c r="A8" s="442" t="s">
         <v>651</v>
       </c>
-      <c r="B5" s="200"/>
-[...6 lines deleted...]
-      <c r="A6" s="199" t="s">
+      <c r="B8" s="442"/>
+      <c r="C8" s="442"/>
+      <c r="D8" s="442"/>
+    </row>
+    <row r="9" spans="1:7" ht="32.25" customHeight="1">
+      <c r="A9" s="360" t="s">
+        <v>583</v>
+      </c>
+      <c r="B9" s="443" t="s">
+        <v>526</v>
+      </c>
+      <c r="C9" s="444"/>
+      <c r="D9" s="361" t="s">
         <v>652</v>
       </c>
-      <c r="B6" s="200"/>
-[...4 lines deleted...]
-      <c r="A7" s="379" t="s">
+      <c r="G9" s="156"/>
+    </row>
+    <row r="10" spans="1:7" ht="15" customHeight="1">
+      <c r="A10" s="362">
+        <v>0</v>
+      </c>
+      <c r="B10" s="445">
+        <v>2026</v>
+      </c>
+      <c r="C10" s="445"/>
+      <c r="D10" s="363">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" ht="15" customHeight="1">
+      <c r="A11" s="368">
+        <v>1</v>
+      </c>
+      <c r="B11" s="439">
+        <f>B10-1</f>
+        <v>2025</v>
+      </c>
+      <c r="C11" s="439"/>
+      <c r="D11" s="369">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" ht="15" customHeight="1">
+      <c r="A12" s="364">
+        <v>2</v>
+      </c>
+      <c r="B12" s="438">
+        <f>B11-1</f>
+        <v>2024</v>
+      </c>
+      <c r="C12" s="438"/>
+      <c r="D12" s="365">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" ht="15" customHeight="1">
+      <c r="A13" s="368">
+        <v>3</v>
+      </c>
+      <c r="B13" s="439">
+        <f>B12-1</f>
+        <v>2023</v>
+      </c>
+      <c r="C13" s="439"/>
+      <c r="D13" s="369">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" ht="15" customHeight="1">
+      <c r="A14" s="364">
+        <v>4</v>
+      </c>
+      <c r="B14" s="438">
+        <f t="shared" ref="B14:B15" si="0">B13-1</f>
+        <v>2022</v>
+      </c>
+      <c r="C14" s="438"/>
+      <c r="D14" s="365">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" ht="15" customHeight="1">
+      <c r="A15" s="368">
+        <v>5</v>
+      </c>
+      <c r="B15" s="439">
+        <f t="shared" si="0"/>
+        <v>2021</v>
+      </c>
+      <c r="C15" s="439"/>
+      <c r="D15" s="369">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" ht="15" customHeight="1">
+      <c r="A16" s="366">
+        <v>6</v>
+      </c>
+      <c r="B16" s="440" t="s">
         <v>653</v>
       </c>
-      <c r="B7" s="379"/>
-[...4 lines deleted...]
-      <c r="A8" s="380" t="s">
+      <c r="C16" s="440"/>
+      <c r="D16" s="367">
+        <v>10</v>
+      </c>
+      <c r="G16" s="156"/>
+    </row>
+    <row r="17" spans="1:4" ht="15.75" customHeight="1">
+      <c r="A17" s="157" t="s">
         <v>654</v>
       </c>
-      <c r="B8" s="380"/>
-[...11 lines deleted...]
-      <c r="D9" s="203" t="s">
+      <c r="B17" s="158"/>
+      <c r="C17" s="158"/>
+      <c r="D17" s="158"/>
+    </row>
+    <row r="18" spans="1:4" ht="15.75" customHeight="1">
+      <c r="A18" s="159"/>
+      <c r="B18" s="158"/>
+      <c r="C18" s="158"/>
+      <c r="D18" s="158"/>
+    </row>
+    <row r="19" spans="1:4" ht="11.25" customHeight="1">
+      <c r="A19" s="159"/>
+      <c r="B19" s="158"/>
+      <c r="C19" s="158"/>
+      <c r="D19" s="158"/>
+    </row>
+    <row r="20" spans="1:4" ht="25.5" customHeight="1">
+      <c r="A20" s="436" t="s">
         <v>655</v>
       </c>
-      <c r="G9" s="204"/>
-[...82 lines deleted...]
-      <c r="B16" s="386" t="s">
+      <c r="B20" s="436"/>
+      <c r="C20" s="436"/>
+      <c r="D20" s="436"/>
+    </row>
+    <row r="21" spans="1:4" ht="25.5" customHeight="1">
+      <c r="A21" s="436" t="s">
         <v>656</v>
       </c>
-      <c r="C16" s="386"/>
-[...6 lines deleted...]
-      <c r="A17" s="213" t="s">
+      <c r="B21" s="436"/>
+      <c r="C21" s="436"/>
+      <c r="D21" s="436"/>
+    </row>
+    <row r="22" spans="1:4" ht="25.5" customHeight="1">
+      <c r="A22" s="436" t="s">
         <v>657</v>
       </c>
-      <c r="B17" s="214"/>
-[...16 lines deleted...]
-      <c r="A20" s="379" t="s">
+      <c r="B22" s="436"/>
+      <c r="C22" s="436"/>
+      <c r="D22" s="436"/>
+    </row>
+    <row r="24" spans="1:4" ht="14.25">
+      <c r="A24" s="370" t="s">
         <v>658</v>
       </c>
-      <c r="B20" s="379"/>
-[...4 lines deleted...]
-      <c r="A21" s="379" t="s">
+      <c r="B24" s="371"/>
+      <c r="C24" s="371"/>
+      <c r="D24" s="372"/>
+    </row>
+    <row r="25" spans="1:4">
+      <c r="A25" s="373"/>
+      <c r="B25" s="374"/>
+      <c r="C25" s="374"/>
+      <c r="D25" s="375"/>
+    </row>
+    <row r="26" spans="1:4">
+      <c r="A26" s="373" t="s">
         <v>659</v>
       </c>
-      <c r="B21" s="379"/>
-[...4 lines deleted...]
-      <c r="A22" s="379" t="s">
+      <c r="B26" s="374"/>
+      <c r="C26" s="374"/>
+      <c r="D26" s="375"/>
+    </row>
+    <row r="27" spans="1:4">
+      <c r="A27" s="373"/>
+      <c r="B27" s="374"/>
+      <c r="C27" s="374"/>
+      <c r="D27" s="375"/>
+    </row>
+    <row r="28" spans="1:4" ht="14.25">
+      <c r="A28" s="376" t="s">
         <v>660</v>
       </c>
-      <c r="B22" s="379"/>
-[...4 lines deleted...]
-      <c r="A24" s="216" t="s">
+      <c r="B28" s="377"/>
+      <c r="C28" s="377"/>
+      <c r="D28" s="378"/>
+    </row>
+    <row r="29" spans="1:4" ht="11.25" customHeight="1">
+      <c r="A29" s="160"/>
+    </row>
+    <row r="30" spans="1:4" ht="15.75" customHeight="1">
+      <c r="A30" s="159" t="s">
         <v>661</v>
       </c>
-      <c r="B24" s="217"/>
-[...8 lines deleted...]
-      <c r="A26" s="221" t="s">
+    </row>
+    <row r="31" spans="1:4" ht="15.75" customHeight="1">
+      <c r="A31" s="159" t="s">
         <v>662</v>
       </c>
-      <c r="B26" s="222"/>
-[...8 lines deleted...]
-      <c r="A28" s="224" t="s">
+    </row>
+    <row r="32" spans="1:4" ht="15.75" customHeight="1">
+      <c r="A32" s="159" t="s">
         <v>663</v>
       </c>
-      <c r="B28" s="225"/>
-[...7 lines deleted...]
-      <c r="A30" s="215" t="s">
+    </row>
+    <row r="33" spans="1:4" ht="15.75" customHeight="1">
+      <c r="A33" s="159" t="s">
         <v>664</v>
       </c>
     </row>
-    <row r="31" spans="1:4" ht="15.75" customHeight="1">
-      <c r="A31" s="215" t="s">
+    <row r="34" spans="1:4" ht="15.75" customHeight="1">
+      <c r="A34" s="159" t="s">
         <v>665</v>
       </c>
     </row>
-    <row r="32" spans="1:4" ht="15.75" customHeight="1">
-      <c r="A32" s="215" t="s">
+    <row r="35" spans="1:4" ht="15.75" customHeight="1">
+      <c r="A35" s="159" t="s">
         <v>666</v>
       </c>
     </row>
-    <row r="33" spans="1:4" ht="15.75" customHeight="1">
-      <c r="A33" s="215" t="s">
+    <row r="36" spans="1:4" ht="15.75" customHeight="1">
+      <c r="A36" s="159" t="s">
         <v>667</v>
       </c>
     </row>
-    <row r="34" spans="1:4" ht="15.75" customHeight="1">
-      <c r="A34" s="215" t="s">
+    <row r="37" spans="1:4" ht="15.75" customHeight="1">
+      <c r="A37" s="159" t="s">
         <v>668</v>
       </c>
     </row>
-    <row r="35" spans="1:4" ht="15.75" customHeight="1">
-      <c r="A35" s="215" t="s">
+    <row r="38" spans="1:4" ht="11.25" customHeight="1">
+      <c r="A38" s="159"/>
+    </row>
+    <row r="39" spans="1:4" ht="42.75" customHeight="1">
+      <c r="A39" s="437" t="s">
         <v>669</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="D39" s="384"/>
+      <c r="B39" s="437"/>
+      <c r="C39" s="437"/>
+      <c r="D39" s="437"/>
     </row>
   </sheetData>
   <mergeCells count="15">
+    <mergeCell ref="B11:C11"/>
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="A7:D7"/>
+    <mergeCell ref="A8:D8"/>
+    <mergeCell ref="B9:C9"/>
+    <mergeCell ref="B10:C10"/>
     <mergeCell ref="A21:D21"/>
     <mergeCell ref="A22:D22"/>
     <mergeCell ref="A39:D39"/>
     <mergeCell ref="B12:C12"/>
     <mergeCell ref="B13:C13"/>
     <mergeCell ref="B14:C14"/>
     <mergeCell ref="B15:C15"/>
     <mergeCell ref="B16:C16"/>
     <mergeCell ref="A20:D20"/>
-    <mergeCell ref="B11:C11"/>
-[...4 lines deleted...]
-    <mergeCell ref="B10:C10"/>
   </mergeCells>
   <pageMargins left="0.42" right="0.44" top="0.94" bottom="1" header="0.5" footer="0.5"/>
-  <pageSetup orientation="portrait" r:id="rId1"/>
+  <pageSetup scale="99" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter xml:space="preserve">&amp;LIdaho Property Valuation Schedules
 &amp;C19
-&amp;REFO00210_01-01-2025
 </oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
   <dimension ref="A1:I51"/>
   <sheetViews>
-    <sheetView topLeftCell="A8" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <selection activeCell="E13" sqref="E13"/>
+    <sheetView showWhiteSpace="0" view="pageLayout" zoomScale="110" zoomScaleNormal="120" zoomScalePageLayoutView="110" workbookViewId="0">
+      <selection activeCell="N23" sqref="N23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="3.7109375" style="228" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="10" max="16384" width="9.140625" style="228"/>
+    <col min="1" max="1" width="3.7109375" style="161" customWidth="1"/>
+    <col min="2" max="2" width="5.7109375" style="161" customWidth="1"/>
+    <col min="3" max="4" width="9.7109375" style="161" customWidth="1"/>
+    <col min="5" max="7" width="13.7109375" style="161" customWidth="1"/>
+    <col min="8" max="8" width="15.7109375" style="161" customWidth="1"/>
+    <col min="9" max="9" width="3.7109375" style="161" customWidth="1"/>
+    <col min="10" max="16384" width="9.140625" style="161"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="25.5">
-      <c r="A1" s="387" t="s">
-[...9 lines deleted...]
-      <c r="I1" s="387"/>
+      <c r="A1" s="446" t="s">
+        <v>646</v>
+      </c>
+      <c r="B1" s="446"/>
+      <c r="C1" s="446"/>
+      <c r="D1" s="446"/>
+      <c r="E1" s="446"/>
+      <c r="F1" s="446"/>
+      <c r="G1" s="446"/>
+      <c r="H1" s="446"/>
+      <c r="I1" s="446"/>
     </row>
     <row r="2" spans="1:9" ht="25.5">
-      <c r="A2" s="387" t="s">
-[...9 lines deleted...]
-      <c r="I2" s="387"/>
+      <c r="A2" s="446" t="s">
+        <v>775</v>
+      </c>
+      <c r="B2" s="446"/>
+      <c r="C2" s="446"/>
+      <c r="D2" s="446"/>
+      <c r="E2" s="446"/>
+      <c r="F2" s="446"/>
+      <c r="G2" s="446"/>
+      <c r="H2" s="446"/>
+      <c r="I2" s="446"/>
     </row>
     <row r="3" spans="1:9" ht="18" customHeight="1">
-      <c r="B3" s="229" t="s">
+      <c r="B3" s="162" t="s">
+        <v>670</v>
+      </c>
+      <c r="C3" s="163"/>
+      <c r="D3" s="163"/>
+      <c r="E3" s="163"/>
+      <c r="F3" s="163"/>
+      <c r="G3" s="163"/>
+      <c r="H3" s="163"/>
+      <c r="I3" s="163"/>
+    </row>
+    <row r="4" spans="1:9" ht="13.5" customHeight="1">
+      <c r="B4" s="162" t="s">
+        <v>671</v>
+      </c>
+      <c r="C4" s="163"/>
+      <c r="D4" s="164"/>
+      <c r="E4" s="163"/>
+      <c r="F4" s="163"/>
+      <c r="G4" s="163"/>
+      <c r="H4" s="163"/>
+      <c r="I4" s="163"/>
+    </row>
+    <row r="5" spans="1:9" ht="6" customHeight="1">
+      <c r="B5" s="165"/>
+      <c r="C5" s="166"/>
+      <c r="D5" s="166"/>
+      <c r="E5" s="163"/>
+      <c r="F5" s="163"/>
+      <c r="G5" s="163"/>
+      <c r="H5" s="163"/>
+      <c r="I5" s="163"/>
+    </row>
+    <row r="6" spans="1:9">
+      <c r="A6" s="167"/>
+      <c r="B6" s="168" t="s">
+        <v>672</v>
+      </c>
+      <c r="C6" s="169"/>
+      <c r="D6" s="170">
+        <v>88</v>
+      </c>
+      <c r="E6" s="379">
+        <v>36</v>
+      </c>
+      <c r="F6" s="379">
+        <v>37</v>
+      </c>
+      <c r="G6" s="379">
+        <v>38</v>
+      </c>
+      <c r="H6" s="379">
+        <v>34</v>
+      </c>
+      <c r="I6" s="171"/>
+    </row>
+    <row r="7" spans="1:9">
+      <c r="A7" s="172"/>
+      <c r="B7" s="169" t="s">
         <v>673</v>
       </c>
-      <c r="C3" s="230"/>
-[...58 lines deleted...]
-      <c r="D7" s="237">
+      <c r="C7" s="170"/>
+      <c r="D7" s="170">
         <v>383</v>
       </c>
-      <c r="E7" s="237">
+      <c r="E7" s="170">
         <v>381</v>
       </c>
-      <c r="F7" s="237">
+      <c r="F7" s="170">
         <v>382</v>
       </c>
-      <c r="G7" s="237">
+      <c r="G7" s="170">
         <v>380</v>
       </c>
-      <c r="H7" s="237">
+      <c r="H7" s="170">
         <v>314</v>
       </c>
-      <c r="I7" s="241"/>
+      <c r="I7" s="173"/>
     </row>
     <row r="8" spans="1:9">
-      <c r="A8" s="240"/>
-      <c r="B8" s="236" t="s">
+      <c r="A8" s="172"/>
+      <c r="B8" s="169" t="s">
         <v>579</v>
       </c>
-      <c r="C8" s="237"/>
+      <c r="C8" s="170"/>
       <c r="D8" s="86" t="s">
         <v>581</v>
       </c>
       <c r="E8" s="86" t="s">
         <v>536</v>
       </c>
       <c r="F8" s="86" t="s">
         <v>536</v>
       </c>
       <c r="G8" s="86" t="s">
         <v>535</v>
       </c>
       <c r="H8" s="86" t="s">
         <v>536</v>
       </c>
-      <c r="I8" s="241"/>
+      <c r="I8" s="173"/>
     </row>
     <row r="9" spans="1:9">
-      <c r="A9" s="240"/>
-      <c r="B9" s="236" t="s">
+      <c r="A9" s="172"/>
+      <c r="B9" s="169" t="s">
+        <v>674</v>
+      </c>
+      <c r="C9" s="170"/>
+      <c r="D9" s="170">
+        <v>20</v>
+      </c>
+      <c r="E9" s="170">
+        <v>13</v>
+      </c>
+      <c r="F9" s="170">
+        <v>10</v>
+      </c>
+      <c r="G9" s="170">
+        <v>4</v>
+      </c>
+      <c r="H9" s="170">
+        <v>6</v>
+      </c>
+      <c r="I9" s="173"/>
+    </row>
+    <row r="10" spans="1:9">
+      <c r="A10" s="172"/>
+      <c r="B10" s="170"/>
+      <c r="C10" s="170"/>
+      <c r="D10" s="170"/>
+      <c r="E10" s="170" t="s">
+        <v>675</v>
+      </c>
+      <c r="F10" s="170" t="s">
+        <v>676</v>
+      </c>
+      <c r="G10" s="170" t="s">
         <v>677</v>
       </c>
-      <c r="C9" s="237"/>
-[...22 lines deleted...]
-      <c r="E10" s="237" t="s">
+      <c r="H10" s="380" t="s">
         <v>678</v>
       </c>
-      <c r="F10" s="237" t="s">
+      <c r="I10" s="174"/>
+    </row>
+    <row r="11" spans="1:9" ht="15.75">
+      <c r="A11" s="172"/>
+      <c r="B11" s="175" t="s">
+        <v>583</v>
+      </c>
+      <c r="C11" s="175" t="s">
         <v>679</v>
       </c>
-      <c r="G10" s="237" t="s">
+      <c r="D11" s="175" t="s">
         <v>680</v>
       </c>
-      <c r="H10" s="242" t="s">
+      <c r="E11" s="175" t="s">
         <v>681</v>
       </c>
-      <c r="I10" s="243"/>
-[...6 lines deleted...]
-      <c r="C11" s="244" t="s">
+      <c r="F11" s="175" t="s">
+        <v>609</v>
+      </c>
+      <c r="G11" s="175" t="s">
         <v>682</v>
       </c>
-      <c r="D11" s="244" t="s">
+      <c r="H11" s="381" t="s">
         <v>683</v>
       </c>
-      <c r="E11" s="244" t="s">
-[...11 lines deleted...]
-      <c r="I11" s="243"/>
+      <c r="I11" s="174"/>
     </row>
     <row r="12" spans="1:9">
-      <c r="A12" s="240"/>
-[...6 lines deleted...]
-      <c r="I12" s="247"/>
+      <c r="A12" s="172"/>
+      <c r="B12" s="176"/>
+      <c r="C12" s="176"/>
+      <c r="D12" s="176"/>
+      <c r="E12" s="176"/>
+      <c r="F12" s="176"/>
+      <c r="G12" s="176"/>
+      <c r="I12" s="177"/>
     </row>
     <row r="13" spans="1:9">
-      <c r="A13" s="248"/>
-      <c r="B13" s="249">
+      <c r="A13" s="178"/>
+      <c r="B13" s="179">
         <v>0</v>
       </c>
-      <c r="C13" s="249">
+      <c r="C13" s="179">
+        <v>2026</v>
+      </c>
+      <c r="D13" s="383">
+        <v>100</v>
+      </c>
+      <c r="E13" s="383">
+        <v>100</v>
+      </c>
+      <c r="F13" s="383">
+        <v>100</v>
+      </c>
+      <c r="G13" s="383">
+        <v>100</v>
+      </c>
+      <c r="H13" s="383">
+        <v>100</v>
+      </c>
+      <c r="I13" s="182"/>
+    </row>
+    <row r="14" spans="1:9">
+      <c r="A14" s="172"/>
+      <c r="B14" s="176">
+        <v>1</v>
+      </c>
+      <c r="C14" s="176">
+        <f t="shared" ref="C14:C34" si="0">C13-1</f>
         <v>2025</v>
       </c>
-      <c r="D13" s="250">
+      <c r="D14" s="181">
         <v>100</v>
       </c>
-      <c r="E13" s="250">
+      <c r="E14" s="181">
+        <v>98.066999999999979</v>
+      </c>
+      <c r="F14" s="181">
+        <v>97.055999999999983</v>
+      </c>
+      <c r="G14" s="181">
+        <v>88.287999999999997</v>
+      </c>
+      <c r="H14" s="181">
+        <v>92.256</v>
+      </c>
+      <c r="I14" s="182"/>
+    </row>
+    <row r="15" spans="1:9">
+      <c r="A15" s="178"/>
+      <c r="B15" s="179">
+        <v>2</v>
+      </c>
+      <c r="C15" s="179">
+        <f t="shared" si="0"/>
+        <v>2024</v>
+      </c>
+      <c r="D15" s="383">
         <v>100</v>
       </c>
-      <c r="F13" s="250">
-[...41 lines deleted...]
-      <c r="C15" s="249">
+      <c r="E15" s="383">
+        <v>97.643000000000001</v>
+      </c>
+      <c r="F15" s="383">
+        <v>94.423999999999992</v>
+      </c>
+      <c r="G15" s="383">
+        <v>62.628000000000007</v>
+      </c>
+      <c r="H15" s="383">
+        <v>73.680000000000007</v>
+      </c>
+      <c r="I15" s="182"/>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16" s="172"/>
+      <c r="B16" s="176">
+        <v>3</v>
+      </c>
+      <c r="C16" s="176">
         <f t="shared" si="0"/>
         <v>2023</v>
       </c>
-      <c r="D15" s="250">
+      <c r="D16" s="181">
         <v>100</v>
       </c>
-      <c r="E15" s="250">
-[...18 lines deleted...]
-      <c r="C16" s="246">
+      <c r="E16" s="181">
+        <v>94.094999999999999</v>
+      </c>
+      <c r="F16" s="181">
+        <v>88.56</v>
+      </c>
+      <c r="G16" s="181">
+        <v>41.124000000000002</v>
+      </c>
+      <c r="H16" s="181">
+        <v>59.89800000000001</v>
+      </c>
+      <c r="I16" s="182"/>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17" s="178"/>
+      <c r="B17" s="179">
+        <v>4</v>
+      </c>
+      <c r="C17" s="179">
         <f t="shared" si="0"/>
         <v>2022</v>
       </c>
-      <c r="D16" s="252">
+      <c r="D17" s="383">
         <v>100</v>
       </c>
-      <c r="E16" s="252">
-[...18 lines deleted...]
-      <c r="C17" s="249">
+      <c r="E17" s="383">
+        <v>90.87</v>
+      </c>
+      <c r="F17" s="383">
+        <v>83.88</v>
+      </c>
+      <c r="G17" s="383">
+        <v>21.725000000000001</v>
+      </c>
+      <c r="H17" s="383">
+        <v>46.057000000000002</v>
+      </c>
+      <c r="I17" s="182"/>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18" s="172"/>
+      <c r="B18" s="176">
+        <v>5</v>
+      </c>
+      <c r="C18" s="176">
         <f t="shared" si="0"/>
         <v>2021</v>
       </c>
-      <c r="D17" s="250">
+      <c r="D18" s="181">
         <v>100</v>
       </c>
-      <c r="E17" s="250">
-[...18 lines deleted...]
-      <c r="C18" s="246">
+      <c r="E18" s="181">
+        <v>84.887999999999991</v>
+      </c>
+      <c r="F18" s="181">
+        <v>75.456000000000003</v>
+      </c>
+      <c r="G18" s="181">
+        <v>12.404000000000002</v>
+      </c>
+      <c r="H18" s="181">
+        <v>35.440000000000005</v>
+      </c>
+      <c r="I18" s="182"/>
+    </row>
+    <row r="19" spans="1:9">
+      <c r="A19" s="178"/>
+      <c r="B19" s="179">
+        <v>6</v>
+      </c>
+      <c r="C19" s="179">
         <f t="shared" si="0"/>
         <v>2020</v>
       </c>
-      <c r="D18" s="252">
+      <c r="D19" s="383">
         <v>100</v>
       </c>
-      <c r="E18" s="252">
-[...18 lines deleted...]
-      <c r="C19" s="249">
+      <c r="E19" s="383">
+        <v>71.88</v>
+      </c>
+      <c r="F19" s="383">
+        <v>67.088000000000008</v>
+      </c>
+      <c r="G19" s="383"/>
+      <c r="H19" s="383">
+        <v>23.409000000000002</v>
+      </c>
+      <c r="I19" s="182"/>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="A20" s="172"/>
+      <c r="B20" s="176">
+        <v>7</v>
+      </c>
+      <c r="C20" s="176">
         <f t="shared" si="0"/>
         <v>2019</v>
       </c>
-      <c r="D19" s="250">
+      <c r="D20" s="181">
         <v>100</v>
       </c>
-      <c r="E19" s="250">
-[...16 lines deleted...]
-      <c r="C20" s="246">
+      <c r="E20" s="181">
+        <v>66.042000000000016</v>
+      </c>
+      <c r="F20" s="181">
+        <v>58.704000000000001</v>
+      </c>
+      <c r="G20" s="181"/>
+      <c r="H20" s="181">
+        <v>17.12</v>
+      </c>
+      <c r="I20" s="182"/>
+    </row>
+    <row r="21" spans="1:9">
+      <c r="A21" s="178"/>
+      <c r="B21" s="179">
+        <v>8</v>
+      </c>
+      <c r="C21" s="179">
         <f t="shared" si="0"/>
         <v>2018</v>
       </c>
-      <c r="D20" s="252">
+      <c r="D21" s="383">
         <v>100</v>
       </c>
-      <c r="E20" s="252">
-[...16 lines deleted...]
-      <c r="C21" s="249">
+      <c r="E21" s="383">
+        <v>59.136000000000003</v>
+      </c>
+      <c r="F21" s="383">
+        <v>49.28</v>
+      </c>
+      <c r="G21" s="383"/>
+      <c r="H21" s="179"/>
+      <c r="I21" s="182"/>
+    </row>
+    <row r="22" spans="1:9">
+      <c r="A22" s="172"/>
+      <c r="B22" s="176">
+        <v>9</v>
+      </c>
+      <c r="C22" s="176">
         <f t="shared" si="0"/>
         <v>2017</v>
       </c>
-      <c r="D21" s="250">
-[...17 lines deleted...]
-      <c r="C22" s="246">
+      <c r="D22" s="181">
+        <v>98</v>
+      </c>
+      <c r="E22" s="181">
+        <v>51.870000000000005</v>
+      </c>
+      <c r="F22" s="181">
+        <v>39.520000000000003</v>
+      </c>
+      <c r="G22" s="181"/>
+      <c r="H22" s="176"/>
+      <c r="I22" s="182"/>
+    </row>
+    <row r="23" spans="1:9">
+      <c r="A23" s="178"/>
+      <c r="B23" s="179">
+        <v>10</v>
+      </c>
+      <c r="C23" s="179">
         <f t="shared" si="0"/>
         <v>2016</v>
       </c>
-      <c r="D22" s="252">
-[...17 lines deleted...]
-      <c r="C23" s="249">
+      <c r="D23" s="383">
+        <v>91</v>
+      </c>
+      <c r="E23" s="383">
+        <v>43.155000000000001</v>
+      </c>
+      <c r="F23" s="383">
+        <v>29.592000000000002</v>
+      </c>
+      <c r="G23" s="383"/>
+      <c r="H23" s="179"/>
+      <c r="I23" s="182"/>
+    </row>
+    <row r="24" spans="1:9">
+      <c r="A24" s="172"/>
+      <c r="B24" s="176">
+        <v>11</v>
+      </c>
+      <c r="C24" s="176">
         <f t="shared" si="0"/>
         <v>2015</v>
       </c>
-      <c r="D23" s="250">
-[...17 lines deleted...]
-      <c r="C24" s="246">
+      <c r="D24" s="181">
+        <v>86</v>
+      </c>
+      <c r="E24" s="181">
+        <v>35.844000000000001</v>
+      </c>
+      <c r="F24" s="181">
+        <v>24.72</v>
+      </c>
+      <c r="G24" s="181"/>
+      <c r="H24" s="176"/>
+      <c r="I24" s="182"/>
+    </row>
+    <row r="25" spans="1:9">
+      <c r="A25" s="178"/>
+      <c r="B25" s="179">
+        <v>12</v>
+      </c>
+      <c r="C25" s="179">
         <f t="shared" si="0"/>
         <v>2014</v>
       </c>
-      <c r="D24" s="252">
-[...17 lines deleted...]
-      <c r="C25" s="249">
+      <c r="D25" s="383">
+        <v>81</v>
+      </c>
+      <c r="E25" s="383">
+        <v>28.52</v>
+      </c>
+      <c r="F25" s="383"/>
+      <c r="G25" s="383"/>
+      <c r="H25" s="179"/>
+      <c r="I25" s="182"/>
+    </row>
+    <row r="26" spans="1:9">
+      <c r="A26" s="172"/>
+      <c r="B26" s="176">
+        <v>13</v>
+      </c>
+      <c r="C26" s="176">
         <f t="shared" si="0"/>
         <v>2013</v>
       </c>
-      <c r="D25" s="250">
-[...15 lines deleted...]
-      <c r="C26" s="246">
+      <c r="D26" s="181">
+        <v>76</v>
+      </c>
+      <c r="E26" s="181">
+        <v>27</v>
+      </c>
+      <c r="F26" s="181"/>
+      <c r="G26" s="181"/>
+      <c r="H26" s="176"/>
+      <c r="I26" s="182"/>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27" s="178"/>
+      <c r="B27" s="179">
+        <v>14</v>
+      </c>
+      <c r="C27" s="179">
         <f t="shared" si="0"/>
         <v>2012</v>
       </c>
-      <c r="D26" s="252">
-[...15 lines deleted...]
-      <c r="C27" s="249">
+      <c r="D27" s="383">
+        <v>72</v>
+      </c>
+      <c r="E27" s="383">
+        <v>24.76</v>
+      </c>
+      <c r="F27" s="383"/>
+      <c r="G27" s="383"/>
+      <c r="H27" s="179"/>
+      <c r="I27" s="182"/>
+    </row>
+    <row r="28" spans="1:9">
+      <c r="A28" s="172"/>
+      <c r="B28" s="176">
+        <v>15</v>
+      </c>
+      <c r="C28" s="176">
         <f t="shared" si="0"/>
         <v>2011</v>
       </c>
-      <c r="D27" s="250">
-[...15 lines deleted...]
-      <c r="C28" s="246">
+      <c r="D28" s="181">
+        <v>68</v>
+      </c>
+      <c r="E28" s="181"/>
+      <c r="F28" s="181"/>
+      <c r="G28" s="181"/>
+      <c r="H28" s="176"/>
+      <c r="I28" s="182"/>
+    </row>
+    <row r="29" spans="1:9">
+      <c r="A29" s="178"/>
+      <c r="B29" s="179">
+        <v>16</v>
+      </c>
+      <c r="C29" s="179">
         <f t="shared" si="0"/>
         <v>2010</v>
       </c>
-      <c r="D28" s="252">
-[...13 lines deleted...]
-      <c r="C29" s="249">
+      <c r="D29" s="383">
+        <v>61</v>
+      </c>
+      <c r="E29" s="383"/>
+      <c r="F29" s="383"/>
+      <c r="G29" s="383"/>
+      <c r="H29" s="179"/>
+      <c r="I29" s="182"/>
+    </row>
+    <row r="30" spans="1:9">
+      <c r="A30" s="172"/>
+      <c r="B30" s="176">
+        <v>17</v>
+      </c>
+      <c r="C30" s="176">
         <f t="shared" si="0"/>
         <v>2009</v>
       </c>
-      <c r="D29" s="250">
-[...13 lines deleted...]
-      <c r="C30" s="246">
+      <c r="D30" s="181">
+        <v>56</v>
+      </c>
+      <c r="E30" s="181"/>
+      <c r="F30" s="181"/>
+      <c r="G30" s="181"/>
+      <c r="H30" s="176"/>
+      <c r="I30" s="182"/>
+    </row>
+    <row r="31" spans="1:9">
+      <c r="A31" s="178"/>
+      <c r="B31" s="179">
+        <v>18</v>
+      </c>
+      <c r="C31" s="179">
         <f t="shared" si="0"/>
         <v>2008</v>
       </c>
-      <c r="D30" s="252">
-[...13 lines deleted...]
-      <c r="C31" s="249">
+      <c r="D31" s="383">
+        <v>51</v>
+      </c>
+      <c r="E31" s="383"/>
+      <c r="F31" s="383"/>
+      <c r="G31" s="383"/>
+      <c r="H31" s="179"/>
+      <c r="I31" s="182"/>
+    </row>
+    <row r="32" spans="1:9">
+      <c r="A32" s="172"/>
+      <c r="B32" s="176">
+        <v>19</v>
+      </c>
+      <c r="C32" s="176">
         <f t="shared" si="0"/>
         <v>2007</v>
       </c>
-      <c r="D31" s="250">
-[...13 lines deleted...]
-      <c r="C32" s="246">
+      <c r="D32" s="181">
+        <v>47</v>
+      </c>
+      <c r="E32" s="181"/>
+      <c r="F32" s="181"/>
+      <c r="G32" s="181"/>
+      <c r="H32" s="176"/>
+      <c r="I32" s="182"/>
+    </row>
+    <row r="33" spans="1:9">
+      <c r="A33" s="178"/>
+      <c r="B33" s="179">
+        <v>20</v>
+      </c>
+      <c r="C33" s="179">
         <f t="shared" si="0"/>
         <v>2006</v>
       </c>
-      <c r="D32" s="252">
-[...13 lines deleted...]
-      <c r="C33" s="249">
+      <c r="D33" s="383">
+        <v>43</v>
+      </c>
+      <c r="E33" s="179"/>
+      <c r="F33" s="179"/>
+      <c r="G33" s="179"/>
+      <c r="H33" s="179"/>
+      <c r="I33" s="177"/>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="A34" s="184"/>
+      <c r="B34" s="185">
+        <v>21</v>
+      </c>
+      <c r="C34" s="185">
         <f t="shared" si="0"/>
         <v>2005</v>
       </c>
-      <c r="D33" s="250">
+      <c r="D34" s="382">
         <v>41</v>
       </c>
-      <c r="E33" s="249"/>
-[...21 lines deleted...]
-      <c r="I34" s="258"/>
+      <c r="E34" s="382"/>
+      <c r="F34" s="382"/>
+      <c r="G34" s="382"/>
+      <c r="H34" s="185"/>
+      <c r="I34" s="384"/>
     </row>
     <row r="35" spans="1:9" ht="6.75" customHeight="1">
-      <c r="B35" s="246"/>
-[...6 lines deleted...]
-      <c r="I35" s="252"/>
+      <c r="B35" s="176"/>
+      <c r="C35" s="176"/>
+      <c r="D35" s="181"/>
+      <c r="E35" s="181"/>
+      <c r="F35" s="181"/>
+      <c r="G35" s="181"/>
+      <c r="H35" s="176"/>
+      <c r="I35" s="181"/>
     </row>
     <row r="36" spans="1:9" ht="14.25">
-      <c r="A36" s="259">
+      <c r="A36" s="186">
         <v>1</v>
       </c>
-      <c r="B36" s="260" t="s">
+      <c r="B36" s="187" t="s">
+        <v>684</v>
+      </c>
+      <c r="C36" s="162"/>
+      <c r="D36" s="162"/>
+      <c r="E36" s="162"/>
+      <c r="F36" s="162"/>
+      <c r="G36" s="162"/>
+      <c r="H36" s="162"/>
+      <c r="I36" s="162"/>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37" s="162"/>
+      <c r="B37" s="187" t="s">
+        <v>685</v>
+      </c>
+      <c r="C37" s="187"/>
+      <c r="D37" s="187"/>
+      <c r="E37" s="162"/>
+      <c r="F37" s="162"/>
+      <c r="G37" s="162"/>
+      <c r="H37" s="162"/>
+      <c r="I37" s="162"/>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38" s="162"/>
+      <c r="B38" s="162" t="s">
+        <v>686</v>
+      </c>
+      <c r="C38" s="187"/>
+      <c r="D38" s="187"/>
+      <c r="E38" s="162"/>
+      <c r="F38" s="188"/>
+      <c r="G38" s="188"/>
+      <c r="H38" s="162"/>
+      <c r="I38" s="188"/>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39" s="162"/>
+      <c r="B39" s="162" t="s">
         <v>687</v>
       </c>
-      <c r="C36" s="229"/>
-[...9 lines deleted...]
-      <c r="B37" s="260" t="s">
+      <c r="C39" s="187"/>
+      <c r="D39" s="187"/>
+      <c r="E39" s="162"/>
+      <c r="F39" s="188"/>
+      <c r="G39" s="188"/>
+      <c r="H39" s="162"/>
+      <c r="I39" s="188"/>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40" s="162"/>
+      <c r="B40" s="162" t="s">
         <v>688</v>
       </c>
-      <c r="C37" s="260"/>
-[...9 lines deleted...]
-      <c r="B38" s="229" t="s">
+      <c r="C40" s="187"/>
+      <c r="D40" s="187"/>
+      <c r="E40" s="162"/>
+      <c r="F40" s="188"/>
+      <c r="G40" s="188"/>
+      <c r="H40" s="162"/>
+      <c r="I40" s="188"/>
+    </row>
+    <row r="41" spans="1:9">
+      <c r="A41" s="162"/>
+      <c r="B41" s="162" t="s">
         <v>689</v>
       </c>
-      <c r="C38" s="260"/>
-[...9 lines deleted...]
-      <c r="B39" s="229" t="s">
+      <c r="C41" s="187"/>
+      <c r="D41" s="187"/>
+      <c r="E41" s="162"/>
+      <c r="F41" s="188"/>
+      <c r="G41" s="188"/>
+      <c r="H41" s="162"/>
+      <c r="I41" s="188"/>
+    </row>
+    <row r="42" spans="1:9">
+      <c r="A42" s="162"/>
+      <c r="B42" s="162" t="s">
         <v>690</v>
       </c>
-      <c r="C39" s="260"/>
-[...9 lines deleted...]
-      <c r="B40" s="229" t="s">
+      <c r="C42" s="187"/>
+      <c r="D42" s="187"/>
+      <c r="E42" s="162"/>
+      <c r="F42" s="188"/>
+      <c r="G42" s="188"/>
+      <c r="H42" s="162"/>
+      <c r="I42" s="188"/>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43" s="162"/>
+      <c r="B43" s="162" t="s">
         <v>691</v>
       </c>
-      <c r="C40" s="260"/>
-[...9 lines deleted...]
-      <c r="B41" s="229" t="s">
+      <c r="C43" s="162"/>
+      <c r="D43" s="162"/>
+      <c r="E43" s="162"/>
+      <c r="F43" s="188"/>
+      <c r="G43" s="188"/>
+      <c r="H43" s="162"/>
+      <c r="I43" s="188"/>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44" s="162"/>
+      <c r="B44" s="162" t="s">
+        <v>743</v>
+      </c>
+      <c r="C44" s="162"/>
+      <c r="D44" s="162"/>
+      <c r="E44" s="162"/>
+      <c r="F44" s="188"/>
+      <c r="G44" s="188"/>
+      <c r="H44" s="162"/>
+      <c r="I44" s="188"/>
+    </row>
+    <row r="45" spans="1:9" ht="13.5" customHeight="1">
+      <c r="A45" s="186"/>
+      <c r="B45" s="162"/>
+      <c r="C45" s="162"/>
+      <c r="D45" s="188"/>
+      <c r="E45" s="188"/>
+      <c r="F45" s="188"/>
+      <c r="G45" s="188"/>
+      <c r="H45" s="162"/>
+      <c r="I45" s="188"/>
+    </row>
+    <row r="46" spans="1:9" ht="6" customHeight="1">
+      <c r="D46" s="162"/>
+      <c r="E46" s="162"/>
+      <c r="F46" s="162"/>
+      <c r="G46" s="162"/>
+      <c r="H46" s="162"/>
+      <c r="I46" s="162"/>
+    </row>
+    <row r="47" spans="1:9" ht="14.25">
+      <c r="A47" s="186">
+        <v>2</v>
+      </c>
+      <c r="B47" s="187" t="s">
         <v>692</v>
       </c>
-      <c r="C41" s="260"/>
-[...9 lines deleted...]
-      <c r="B42" s="229" t="s">
+      <c r="C47" s="162"/>
+      <c r="D47" s="188"/>
+      <c r="E47" s="188"/>
+      <c r="F47" s="188"/>
+      <c r="G47" s="188"/>
+      <c r="H47" s="162"/>
+      <c r="I47" s="188"/>
+    </row>
+    <row r="48" spans="1:9" ht="12.75" customHeight="1">
+      <c r="A48" s="162"/>
+      <c r="B48" s="187" t="s">
         <v>693</v>
       </c>
-      <c r="C42" s="260"/>
-[...9 lines deleted...]
-      <c r="B43" s="229" t="s">
+      <c r="C48" s="162"/>
+      <c r="D48" s="188"/>
+      <c r="E48" s="188"/>
+      <c r="F48" s="188"/>
+      <c r="G48" s="188"/>
+      <c r="H48" s="162"/>
+      <c r="I48" s="188"/>
+    </row>
+    <row r="49" spans="1:9" ht="12.75" customHeight="1">
+      <c r="A49" s="162"/>
+      <c r="B49" s="189" t="s">
         <v>694</v>
       </c>
-      <c r="C43" s="229"/>
-[...78 lines deleted...]
-      <c r="I49" s="261"/>
+      <c r="C49" s="162"/>
+      <c r="D49" s="188"/>
+      <c r="E49" s="188"/>
+      <c r="F49" s="188"/>
+      <c r="G49" s="188"/>
+      <c r="H49" s="162"/>
+      <c r="I49" s="188"/>
     </row>
     <row r="50" spans="1:9" ht="14.25">
-      <c r="A50" s="259"/>
-[...8 lines deleted...]
-      <c r="I50" s="263"/>
+      <c r="A50" s="186"/>
+      <c r="B50" s="162" t="s">
+        <v>744</v>
+      </c>
+      <c r="C50" s="162"/>
+      <c r="D50" s="190"/>
+      <c r="E50" s="190"/>
+      <c r="F50" s="190"/>
+      <c r="G50" s="190"/>
+      <c r="I50" s="190"/>
     </row>
     <row r="51" spans="1:9" ht="14.25">
-      <c r="A51" s="259"/>
-      <c r="B51" s="229"/>
+      <c r="A51" s="186"/>
+      <c r="B51" s="162"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;LIdaho Property Valuation Schedules&amp;C20&amp;REFO00210_01-01-2025</oddFooter>
+    <oddFooter>&amp;LIdaho Property Valuation Schedules
+&amp;C20</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I50"/>
   <sheetViews>
-    <sheetView topLeftCell="A2" workbookViewId="0">
-      <selection activeCell="J41" sqref="J41"/>
+    <sheetView view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="G20" sqref="G20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="2.7109375" style="228" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="10" max="16384" width="9.140625" style="228"/>
+    <col min="1" max="1" width="2.7109375" style="161" customWidth="1"/>
+    <col min="2" max="2" width="8.7109375" style="161" customWidth="1"/>
+    <col min="3" max="3" width="8.140625" style="161" customWidth="1"/>
+    <col min="4" max="4" width="12.5703125" style="161" customWidth="1"/>
+    <col min="5" max="7" width="13.7109375" style="161" customWidth="1"/>
+    <col min="8" max="8" width="17.42578125" style="161" customWidth="1"/>
+    <col min="9" max="9" width="2.7109375" style="161" customWidth="1"/>
+    <col min="10" max="16384" width="9.140625" style="161"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
-      <c r="C1" s="236"/>
-[...5 lines deleted...]
-      <c r="I1" s="236"/>
+      <c r="C1" s="169"/>
+      <c r="D1" s="169"/>
+      <c r="E1" s="169"/>
+      <c r="F1" s="169"/>
+      <c r="G1" s="169"/>
+      <c r="H1" s="169"/>
+      <c r="I1" s="169"/>
     </row>
     <row r="2" spans="1:9">
-      <c r="C2" s="236"/>
-[...5 lines deleted...]
-      <c r="I2" s="236"/>
+      <c r="C2" s="169"/>
+      <c r="D2" s="169"/>
+      <c r="E2" s="169"/>
+      <c r="F2" s="169"/>
+      <c r="G2" s="169"/>
+      <c r="H2" s="169"/>
+      <c r="I2" s="169"/>
     </row>
     <row r="3" spans="1:9" ht="25.5">
-      <c r="A3" s="387" t="s">
-[...9 lines deleted...]
-      <c r="I3" s="387"/>
+      <c r="A3" s="446" t="s">
+        <v>646</v>
+      </c>
+      <c r="B3" s="446"/>
+      <c r="C3" s="446"/>
+      <c r="D3" s="446"/>
+      <c r="E3" s="446"/>
+      <c r="F3" s="446"/>
+      <c r="G3" s="446"/>
+      <c r="H3" s="446"/>
+      <c r="I3" s="446"/>
     </row>
     <row r="4" spans="1:9" ht="25.5">
-      <c r="A4" s="387" t="s">
-[...9 lines deleted...]
-      <c r="I4" s="387"/>
+      <c r="A4" s="446" t="s">
+        <v>825</v>
+      </c>
+      <c r="B4" s="446"/>
+      <c r="C4" s="446"/>
+      <c r="D4" s="446"/>
+      <c r="E4" s="446"/>
+      <c r="F4" s="446"/>
+      <c r="G4" s="446"/>
+      <c r="H4" s="446"/>
+      <c r="I4" s="446"/>
     </row>
     <row r="5" spans="1:9" ht="18" customHeight="1">
-      <c r="B5" s="229" t="s">
+      <c r="B5" s="162" t="s">
+        <v>670</v>
+      </c>
+      <c r="C5" s="163"/>
+      <c r="D5" s="163"/>
+      <c r="E5" s="163"/>
+      <c r="F5" s="163"/>
+      <c r="G5" s="163"/>
+      <c r="H5" s="163"/>
+      <c r="I5" s="163"/>
+    </row>
+    <row r="6" spans="1:9" ht="13.5" customHeight="1">
+      <c r="B6" s="162" t="s">
+        <v>671</v>
+      </c>
+      <c r="C6" s="163"/>
+      <c r="D6" s="163"/>
+      <c r="E6" s="163"/>
+      <c r="F6" s="163"/>
+      <c r="G6" s="163"/>
+      <c r="H6" s="163"/>
+      <c r="I6" s="163"/>
+    </row>
+    <row r="7" spans="1:9" ht="12.75" customHeight="1">
+      <c r="B7" s="162"/>
+      <c r="C7" s="163"/>
+      <c r="D7" s="163"/>
+      <c r="E7" s="163"/>
+      <c r="F7" s="164"/>
+      <c r="G7" s="163"/>
+      <c r="H7" s="163"/>
+      <c r="I7" s="163"/>
+    </row>
+    <row r="8" spans="1:9">
+      <c r="A8" s="167"/>
+      <c r="B8" s="168" t="s">
+        <v>672</v>
+      </c>
+      <c r="C8" s="168"/>
+      <c r="D8" s="379">
+        <v>88</v>
+      </c>
+      <c r="E8" s="379">
+        <v>41</v>
+      </c>
+      <c r="F8" s="379">
+        <v>13</v>
+      </c>
+      <c r="G8" s="379">
+        <v>4</v>
+      </c>
+      <c r="H8" s="379">
+        <v>35</v>
+      </c>
+      <c r="I8" s="191"/>
+    </row>
+    <row r="9" spans="1:9">
+      <c r="A9" s="172"/>
+      <c r="B9" s="169" t="s">
         <v>673</v>
       </c>
-      <c r="C5" s="230"/>
-[...58 lines deleted...]
-      <c r="D9" s="237">
+      <c r="C9" s="170"/>
+      <c r="D9" s="170">
         <v>383</v>
       </c>
-      <c r="E9" s="237">
+      <c r="E9" s="170">
         <v>311</v>
       </c>
-      <c r="F9" s="237">
+      <c r="F9" s="170">
         <v>312</v>
       </c>
-      <c r="G9" s="237">
+      <c r="G9" s="170">
         <v>313</v>
       </c>
-      <c r="H9" s="237">
+      <c r="H9" s="170">
         <v>296</v>
       </c>
-      <c r="I9" s="265"/>
+      <c r="I9" s="192"/>
     </row>
     <row r="10" spans="1:9">
-      <c r="A10" s="240"/>
-      <c r="B10" s="236" t="s">
+      <c r="A10" s="172"/>
+      <c r="B10" s="169" t="s">
         <v>579</v>
       </c>
-      <c r="C10" s="236"/>
+      <c r="C10" s="169"/>
       <c r="D10" s="86" t="s">
         <v>581</v>
       </c>
       <c r="E10" s="86" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="F10" s="86" t="s">
         <v>581</v>
       </c>
       <c r="G10" s="86" t="s">
         <v>581</v>
       </c>
-      <c r="H10" s="237" t="s">
+      <c r="H10" s="170" t="s">
         <v>590</v>
       </c>
-      <c r="I10" s="241"/>
+      <c r="I10" s="173"/>
     </row>
     <row r="11" spans="1:9">
-      <c r="A11" s="240"/>
-[...4 lines deleted...]
-      <c r="D11" s="237">
+      <c r="A11" s="172"/>
+      <c r="B11" s="169" t="s">
+        <v>674</v>
+      </c>
+      <c r="C11" s="169"/>
+      <c r="D11" s="170">
         <v>20</v>
       </c>
-      <c r="E11" s="237">
+      <c r="E11" s="170">
         <v>15</v>
       </c>
-      <c r="F11" s="237">
+      <c r="F11" s="170">
         <v>10</v>
       </c>
-      <c r="G11" s="237">
+      <c r="G11" s="170">
         <v>8</v>
       </c>
-      <c r="H11" s="237">
+      <c r="H11" s="170">
         <v>7</v>
       </c>
-      <c r="I11" s="241"/>
+      <c r="I11" s="173"/>
     </row>
     <row r="12" spans="1:9" ht="41.25" customHeight="1">
-      <c r="A12" s="266"/>
-      <c r="B12" s="267" t="s">
+      <c r="A12" s="193"/>
+      <c r="B12" s="194" t="s">
         <v>583</v>
       </c>
-      <c r="C12" s="267" t="s">
-[...5 lines deleted...]
-      <c r="E12" s="267" t="s">
+      <c r="C12" s="194" t="s">
+        <v>679</v>
+      </c>
+      <c r="D12" s="194" t="s">
+        <v>680</v>
+      </c>
+      <c r="E12" s="194" t="s">
+        <v>696</v>
+      </c>
+      <c r="F12" s="385" t="s">
+        <v>697</v>
+      </c>
+      <c r="G12" s="194" t="s">
+        <v>698</v>
+      </c>
+      <c r="H12" s="386" t="s">
         <v>699</v>
       </c>
-      <c r="F12" s="268" t="s">
-[...8 lines deleted...]
-      <c r="I12" s="243" t="s">
+      <c r="I12" s="174" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="13" spans="1:9">
-      <c r="A13" s="240"/>
-[...7 lines deleted...]
-      <c r="I13" s="247"/>
+      <c r="A13" s="172"/>
+      <c r="B13" s="176"/>
+      <c r="C13" s="176"/>
+      <c r="D13" s="176"/>
+      <c r="E13" s="176"/>
+      <c r="F13" s="176"/>
+      <c r="G13" s="176"/>
+      <c r="H13" s="176"/>
+      <c r="I13" s="177"/>
     </row>
     <row r="14" spans="1:9">
-      <c r="A14" s="248"/>
-      <c r="B14" s="249">
+      <c r="A14" s="178"/>
+      <c r="B14" s="179">
         <v>0</v>
       </c>
-      <c r="C14" s="249">
+      <c r="C14" s="179">
+        <v>2026</v>
+      </c>
+      <c r="D14" s="383">
+        <v>100</v>
+      </c>
+      <c r="E14" s="383">
+        <v>100</v>
+      </c>
+      <c r="F14" s="389">
+        <v>100</v>
+      </c>
+      <c r="G14" s="389">
+        <v>100</v>
+      </c>
+      <c r="H14" s="383">
+        <v>100</v>
+      </c>
+      <c r="I14" s="180"/>
+    </row>
+    <row r="15" spans="1:9">
+      <c r="A15" s="172"/>
+      <c r="B15" s="176">
+        <v>1</v>
+      </c>
+      <c r="C15" s="176">
+        <f t="shared" ref="C15:C44" si="0">C14-1</f>
         <v>2025</v>
       </c>
-      <c r="D14" s="250">
+      <c r="D15" s="181">
         <v>100</v>
       </c>
-      <c r="E14" s="250">
+      <c r="E15" s="181">
         <v>100</v>
       </c>
-      <c r="F14" s="335">
+      <c r="F15" s="387">
+        <v>98</v>
+      </c>
+      <c r="G15" s="387">
+        <v>97</v>
+      </c>
+      <c r="H15" s="181">
+        <v>96</v>
+      </c>
+      <c r="I15" s="182"/>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16" s="178"/>
+      <c r="B16" s="179">
+        <v>2</v>
+      </c>
+      <c r="C16" s="179">
+        <f t="shared" si="0"/>
+        <v>2024</v>
+      </c>
+      <c r="D16" s="383">
         <v>100</v>
       </c>
-      <c r="G14" s="335">
+      <c r="E16" s="383">
         <v>100</v>
       </c>
-      <c r="H14" s="250">
-[...25 lines deleted...]
-      <c r="H15" s="252">
+      <c r="F16" s="389">
+        <v>91</v>
+      </c>
+      <c r="G16" s="389">
         <v>88</v>
       </c>
-      <c r="I15" s="253"/>
-[...6 lines deleted...]
-      <c r="C16" s="249">
+      <c r="H16" s="383">
+        <v>89</v>
+      </c>
+      <c r="I16" s="180"/>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17" s="172"/>
+      <c r="B17" s="176">
+        <v>3</v>
+      </c>
+      <c r="C17" s="176">
         <f t="shared" si="0"/>
         <v>2023</v>
       </c>
-      <c r="D16" s="250">
+      <c r="D17" s="181">
         <v>100</v>
       </c>
-      <c r="E16" s="250">
+      <c r="E17" s="181">
         <v>100</v>
       </c>
-      <c r="F16" s="334">
-[...15 lines deleted...]
-      <c r="C17" s="246">
+      <c r="F17" s="387">
+        <v>90</v>
+      </c>
+      <c r="G17" s="387">
+        <v>79</v>
+      </c>
+      <c r="H17" s="181">
+        <v>82</v>
+      </c>
+      <c r="I17" s="182"/>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18" s="178"/>
+      <c r="B18" s="179">
+        <v>4</v>
+      </c>
+      <c r="C18" s="179">
         <f t="shared" si="0"/>
         <v>2022</v>
       </c>
-      <c r="D17" s="252">
+      <c r="D18" s="383">
         <v>100</v>
       </c>
-      <c r="E17" s="252">
+      <c r="E18" s="383">
         <v>100</v>
       </c>
-      <c r="F17" s="138">
-[...15 lines deleted...]
-      <c r="C18" s="249">
+      <c r="F18" s="389">
+        <v>89</v>
+      </c>
+      <c r="G18" s="389">
+        <v>77</v>
+      </c>
+      <c r="H18" s="383">
+        <v>75</v>
+      </c>
+      <c r="I18" s="180"/>
+    </row>
+    <row r="19" spans="1:9">
+      <c r="A19" s="172"/>
+      <c r="B19" s="176">
+        <v>5</v>
+      </c>
+      <c r="C19" s="176">
         <f t="shared" si="0"/>
         <v>2021</v>
       </c>
-      <c r="D18" s="250">
+      <c r="D19" s="181">
         <v>100</v>
       </c>
-      <c r="E18" s="250">
+      <c r="E19" s="181">
         <v>100</v>
       </c>
-      <c r="F18" s="334">
-[...15 lines deleted...]
-      <c r="C19" s="246">
+      <c r="F19" s="387">
+        <v>86</v>
+      </c>
+      <c r="G19" s="387">
+        <v>74</v>
+      </c>
+      <c r="H19" s="181">
+        <v>68</v>
+      </c>
+      <c r="I19" s="182"/>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="A20" s="178"/>
+      <c r="B20" s="179">
+        <v>6</v>
+      </c>
+      <c r="C20" s="179">
         <f t="shared" si="0"/>
         <v>2020</v>
       </c>
-      <c r="D19" s="252">
+      <c r="D20" s="383">
         <v>100</v>
       </c>
-      <c r="E19" s="252">
-[...18 lines deleted...]
-      <c r="C20" s="249">
+      <c r="E20" s="383">
+        <v>99.683999999999983</v>
+      </c>
+      <c r="F20" s="389">
+        <v>76</v>
+      </c>
+      <c r="G20" s="389">
+        <v>61</v>
+      </c>
+      <c r="H20" s="383">
+        <v>61</v>
+      </c>
+      <c r="I20" s="180"/>
+    </row>
+    <row r="21" spans="1:9">
+      <c r="A21" s="172"/>
+      <c r="B21" s="176">
+        <v>7</v>
+      </c>
+      <c r="C21" s="176">
         <f t="shared" si="0"/>
         <v>2019</v>
       </c>
-      <c r="D20" s="250">
+      <c r="D21" s="181">
         <v>100</v>
       </c>
-      <c r="E20" s="250">
-[...18 lines deleted...]
-      <c r="C21" s="246">
+      <c r="E21" s="181">
+        <v>93.86</v>
+      </c>
+      <c r="F21" s="387">
+        <v>67</v>
+      </c>
+      <c r="G21" s="387">
+        <v>49</v>
+      </c>
+      <c r="H21" s="181">
+        <v>54</v>
+      </c>
+      <c r="I21" s="182"/>
+    </row>
+    <row r="22" spans="1:9">
+      <c r="A22" s="178"/>
+      <c r="B22" s="179">
+        <v>8</v>
+      </c>
+      <c r="C22" s="179">
         <f t="shared" si="0"/>
         <v>2018</v>
       </c>
-      <c r="D21" s="252">
+      <c r="D22" s="383">
         <v>100</v>
       </c>
-      <c r="E21" s="252">
-[...18 lines deleted...]
-      <c r="C22" s="249">
+      <c r="E22" s="383">
+        <v>90.179999999999993</v>
+      </c>
+      <c r="F22" s="389">
+        <v>58</v>
+      </c>
+      <c r="G22" s="389">
+        <v>36</v>
+      </c>
+      <c r="H22" s="383">
+        <v>50</v>
+      </c>
+      <c r="I22" s="180"/>
+    </row>
+    <row r="23" spans="1:9">
+      <c r="A23" s="172"/>
+      <c r="B23" s="176">
+        <v>9</v>
+      </c>
+      <c r="C23" s="176">
         <f t="shared" si="0"/>
         <v>2017</v>
       </c>
-      <c r="D22" s="250">
-[...11 lines deleted...]
-      <c r="H22" s="249">
+      <c r="D23" s="181">
+        <v>98</v>
+      </c>
+      <c r="E23" s="181">
+        <v>84.37</v>
+      </c>
+      <c r="F23" s="387">
+        <v>47</v>
+      </c>
+      <c r="G23" s="387">
+        <v>30</v>
+      </c>
+      <c r="H23" s="176"/>
+      <c r="I23" s="182"/>
+    </row>
+    <row r="24" spans="1:9">
+      <c r="A24" s="178"/>
+      <c r="B24" s="179">
         <v>10</v>
       </c>
-      <c r="I22" s="251"/>
-[...6 lines deleted...]
-      <c r="C23" s="246">
+      <c r="C24" s="179">
         <f t="shared" si="0"/>
         <v>2016</v>
       </c>
-      <c r="D23" s="252">
-[...19 lines deleted...]
-      <c r="C24" s="249">
+      <c r="D24" s="383">
+        <v>91</v>
+      </c>
+      <c r="E24" s="383">
+        <v>75.11699999999999</v>
+      </c>
+      <c r="F24" s="389">
+        <v>35</v>
+      </c>
+      <c r="G24" s="389">
+        <v>30</v>
+      </c>
+      <c r="H24" s="179"/>
+      <c r="I24" s="180"/>
+    </row>
+    <row r="25" spans="1:9">
+      <c r="A25" s="172"/>
+      <c r="B25" s="176">
+        <v>11</v>
+      </c>
+      <c r="C25" s="176">
         <f t="shared" si="0"/>
         <v>2015</v>
       </c>
-      <c r="D24" s="250">
-[...19 lines deleted...]
-      <c r="C25" s="246">
+      <c r="D25" s="181">
+        <v>86</v>
+      </c>
+      <c r="E25" s="181">
+        <v>68.42</v>
+      </c>
+      <c r="F25" s="387">
+        <v>30</v>
+      </c>
+      <c r="G25" s="387">
+        <v>30</v>
+      </c>
+      <c r="H25" s="176"/>
+      <c r="I25" s="182"/>
+    </row>
+    <row r="26" spans="1:9">
+      <c r="A26" s="178"/>
+      <c r="B26" s="179">
+        <v>12</v>
+      </c>
+      <c r="C26" s="179">
         <f t="shared" si="0"/>
         <v>2014</v>
       </c>
-      <c r="D25" s="252">
-[...19 lines deleted...]
-      <c r="C26" s="249">
+      <c r="D26" s="383">
+        <v>81</v>
+      </c>
+      <c r="E26" s="383">
+        <v>62.088000000000008</v>
+      </c>
+      <c r="F26" s="389">
+        <v>30</v>
+      </c>
+      <c r="G26" s="389">
+        <v>30</v>
+      </c>
+      <c r="H26" s="179"/>
+      <c r="I26" s="180"/>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27" s="172"/>
+      <c r="B27" s="176">
+        <v>13</v>
+      </c>
+      <c r="C27" s="176">
         <f t="shared" si="0"/>
         <v>2013</v>
       </c>
-      <c r="D26" s="250">
-[...19 lines deleted...]
-      <c r="C27" s="246">
+      <c r="D27" s="181">
+        <v>76</v>
+      </c>
+      <c r="E27" s="181">
+        <v>54.219000000000008</v>
+      </c>
+      <c r="F27" s="387">
+        <v>30</v>
+      </c>
+      <c r="G27" s="387">
+        <v>30</v>
+      </c>
+      <c r="H27" s="176"/>
+      <c r="I27" s="182"/>
+    </row>
+    <row r="28" spans="1:9">
+      <c r="A28" s="178"/>
+      <c r="B28" s="179">
+        <v>14</v>
+      </c>
+      <c r="C28" s="179">
         <f t="shared" si="0"/>
         <v>2012</v>
       </c>
-      <c r="D27" s="252">
-[...19 lines deleted...]
-      <c r="C28" s="249">
+      <c r="D28" s="383">
+        <v>72</v>
+      </c>
+      <c r="E28" s="383">
+        <v>47.656000000000006</v>
+      </c>
+      <c r="F28" s="389">
+        <v>31</v>
+      </c>
+      <c r="G28" s="389">
+        <v>31</v>
+      </c>
+      <c r="H28" s="179"/>
+      <c r="I28" s="180"/>
+    </row>
+    <row r="29" spans="1:9">
+      <c r="A29" s="172"/>
+      <c r="B29" s="176">
+        <v>15</v>
+      </c>
+      <c r="C29" s="176">
         <f t="shared" si="0"/>
         <v>2011</v>
       </c>
-      <c r="D28" s="250">
-[...19 lines deleted...]
-      <c r="C29" s="246">
+      <c r="D29" s="181">
+        <v>68</v>
+      </c>
+      <c r="E29" s="181">
+        <v>40.135000000000005</v>
+      </c>
+      <c r="F29" s="387">
+        <v>32</v>
+      </c>
+      <c r="G29" s="387">
+        <v>32</v>
+      </c>
+      <c r="H29" s="176"/>
+      <c r="I29" s="182"/>
+    </row>
+    <row r="30" spans="1:9">
+      <c r="A30" s="178"/>
+      <c r="B30" s="179">
+        <v>16</v>
+      </c>
+      <c r="C30" s="179">
         <f t="shared" si="0"/>
         <v>2010</v>
       </c>
-      <c r="D29" s="252">
-[...5 lines deleted...]
-      <c r="F29" s="138">
+      <c r="D30" s="383">
+        <v>61</v>
+      </c>
+      <c r="E30" s="383">
+        <v>34.620000000000005</v>
+      </c>
+      <c r="F30" s="389">
         <v>32</v>
       </c>
-      <c r="G29" s="138">
+      <c r="G30" s="389">
         <v>32</v>
       </c>
-      <c r="H29" s="246"/>
-[...7 lines deleted...]
-      <c r="C30" s="249">
+      <c r="H30" s="179"/>
+      <c r="I30" s="180"/>
+    </row>
+    <row r="31" spans="1:9">
+      <c r="A31" s="172"/>
+      <c r="B31" s="176">
+        <v>17</v>
+      </c>
+      <c r="C31" s="176">
         <f t="shared" si="0"/>
         <v>2009</v>
       </c>
-      <c r="D30" s="250">
-[...19 lines deleted...]
-      <c r="C31" s="246">
+      <c r="D31" s="181">
+        <v>56</v>
+      </c>
+      <c r="E31" s="181" t="s">
+        <v>310</v>
+      </c>
+      <c r="F31" s="387">
+        <v>33</v>
+      </c>
+      <c r="G31" s="387">
+        <v>33</v>
+      </c>
+      <c r="H31" s="176"/>
+      <c r="I31" s="182"/>
+    </row>
+    <row r="32" spans="1:9">
+      <c r="A32" s="178"/>
+      <c r="B32" s="179">
+        <v>18</v>
+      </c>
+      <c r="C32" s="179">
         <f t="shared" si="0"/>
         <v>2008</v>
       </c>
-      <c r="D31" s="252">
-[...19 lines deleted...]
-      <c r="C32" s="249">
+      <c r="D32" s="383">
+        <v>51</v>
+      </c>
+      <c r="E32" s="383"/>
+      <c r="F32" s="389">
+        <v>34</v>
+      </c>
+      <c r="G32" s="389">
+        <v>34</v>
+      </c>
+      <c r="H32" s="179"/>
+      <c r="I32" s="180"/>
+    </row>
+    <row r="33" spans="1:9">
+      <c r="A33" s="172"/>
+      <c r="B33" s="176">
+        <v>19</v>
+      </c>
+      <c r="C33" s="176">
         <f t="shared" si="0"/>
         <v>2007</v>
       </c>
-      <c r="D32" s="250">
-[...19 lines deleted...]
-      <c r="C33" s="246">
+      <c r="D33" s="181">
+        <v>47</v>
+      </c>
+      <c r="E33" s="181" t="s">
+        <v>310</v>
+      </c>
+      <c r="F33" s="387">
+        <v>36</v>
+      </c>
+      <c r="G33" s="387">
+        <v>36</v>
+      </c>
+      <c r="H33" s="176"/>
+      <c r="I33" s="182"/>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="A34" s="178"/>
+      <c r="B34" s="179">
+        <v>20</v>
+      </c>
+      <c r="C34" s="179">
         <f t="shared" si="0"/>
         <v>2006</v>
       </c>
-      <c r="D33" s="252">
-[...2 lines deleted...]
-      <c r="E33" s="252">
+      <c r="D34" s="383">
         <v>43</v>
       </c>
-      <c r="F33" s="138">
-[...13 lines deleted...]
-      <c r="C34" s="249">
+      <c r="E34" s="383"/>
+      <c r="F34" s="389">
+        <v>38</v>
+      </c>
+      <c r="G34" s="389">
+        <v>38</v>
+      </c>
+      <c r="H34" s="179"/>
+      <c r="I34" s="183"/>
+    </row>
+    <row r="35" spans="1:9">
+      <c r="A35" s="172"/>
+      <c r="B35" s="176">
+        <v>21</v>
+      </c>
+      <c r="C35" s="176">
         <f t="shared" si="0"/>
         <v>2005</v>
       </c>
-      <c r="D34" s="250">
+      <c r="D35" s="181">
         <v>41</v>
       </c>
-      <c r="E34" s="249">
-[...16 lines deleted...]
-      <c r="C35" s="246">
+      <c r="E35" s="181" t="s">
+        <v>310</v>
+      </c>
+      <c r="F35" s="387">
+        <v>41</v>
+      </c>
+      <c r="G35" s="387">
+        <v>41</v>
+      </c>
+      <c r="H35" s="176"/>
+      <c r="I35" s="177"/>
+    </row>
+    <row r="36" spans="1:9">
+      <c r="A36" s="178"/>
+      <c r="B36" s="179">
+        <v>22</v>
+      </c>
+      <c r="C36" s="179">
         <f t="shared" si="0"/>
         <v>2004</v>
       </c>
-      <c r="D35" s="246">
-[...19 lines deleted...]
-      <c r="C36" s="249">
+      <c r="D36" s="383"/>
+      <c r="E36" s="390"/>
+      <c r="F36" s="389">
+        <v>42</v>
+      </c>
+      <c r="G36" s="389">
+        <v>42</v>
+      </c>
+      <c r="H36" s="179"/>
+      <c r="I36" s="180"/>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37" s="172"/>
+      <c r="B37" s="176">
+        <v>23</v>
+      </c>
+      <c r="C37" s="176">
         <f t="shared" si="0"/>
         <v>2003</v>
       </c>
-      <c r="D36" s="250"/>
-[...17 lines deleted...]
-      <c r="C37" s="246">
+      <c r="D37" s="181"/>
+      <c r="E37" s="388" t="s">
+        <v>310</v>
+      </c>
+      <c r="F37" s="387">
+        <v>43</v>
+      </c>
+      <c r="G37" s="387">
+        <v>43</v>
+      </c>
+      <c r="H37" s="176"/>
+      <c r="I37" s="182"/>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38" s="178"/>
+      <c r="B38" s="179">
+        <v>24</v>
+      </c>
+      <c r="C38" s="179">
         <f t="shared" si="0"/>
         <v>2002</v>
       </c>
-      <c r="D37" s="252"/>
-[...17 lines deleted...]
-      <c r="C38" s="249">
+      <c r="D38" s="383"/>
+      <c r="E38" s="390"/>
+      <c r="F38" s="389">
+        <v>43</v>
+      </c>
+      <c r="G38" s="389">
+        <v>43</v>
+      </c>
+      <c r="H38" s="179"/>
+      <c r="I38" s="180"/>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39" s="172"/>
+      <c r="B39" s="176">
+        <v>25</v>
+      </c>
+      <c r="C39" s="176">
         <f t="shared" si="0"/>
         <v>2001</v>
       </c>
-      <c r="D38" s="250"/>
-[...17 lines deleted...]
-      <c r="C39" s="246">
+      <c r="D39" s="181"/>
+      <c r="E39" s="388" t="s">
+        <v>310</v>
+      </c>
+      <c r="F39" s="387">
+        <v>43</v>
+      </c>
+      <c r="G39" s="387">
+        <v>43</v>
+      </c>
+      <c r="H39" s="176"/>
+      <c r="I39" s="182"/>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40" s="178"/>
+      <c r="B40" s="179">
+        <v>26</v>
+      </c>
+      <c r="C40" s="179">
         <f t="shared" si="0"/>
         <v>2000</v>
       </c>
-      <c r="D39" s="252"/>
-[...17 lines deleted...]
-      <c r="C40" s="249">
+      <c r="D40" s="383"/>
+      <c r="E40" s="390"/>
+      <c r="F40" s="389">
+        <v>44</v>
+      </c>
+      <c r="G40" s="389">
+        <v>44</v>
+      </c>
+      <c r="H40" s="179"/>
+      <c r="I40" s="180"/>
+    </row>
+    <row r="41" spans="1:9">
+      <c r="A41" s="172"/>
+      <c r="B41" s="176">
+        <v>27</v>
+      </c>
+      <c r="C41" s="176">
         <f t="shared" si="0"/>
         <v>1999</v>
       </c>
-      <c r="D40" s="250"/>
-[...17 lines deleted...]
-      <c r="C41" s="246">
+      <c r="D41" s="181"/>
+      <c r="E41" s="388" t="s">
+        <v>310</v>
+      </c>
+      <c r="F41" s="387">
+        <v>44</v>
+      </c>
+      <c r="G41" s="387">
+        <v>44</v>
+      </c>
+      <c r="H41" s="176"/>
+      <c r="I41" s="182"/>
+    </row>
+    <row r="42" spans="1:9">
+      <c r="A42" s="178"/>
+      <c r="B42" s="179">
+        <v>28</v>
+      </c>
+      <c r="C42" s="179">
         <f t="shared" si="0"/>
         <v>1998</v>
       </c>
-      <c r="D41" s="252"/>
-[...17 lines deleted...]
-      <c r="C42" s="249">
+      <c r="D42" s="383"/>
+      <c r="E42" s="390"/>
+      <c r="F42" s="389">
+        <v>45</v>
+      </c>
+      <c r="G42" s="389">
+        <v>45</v>
+      </c>
+      <c r="H42" s="179"/>
+      <c r="I42" s="180"/>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43" s="172"/>
+      <c r="B43" s="176">
+        <v>29</v>
+      </c>
+      <c r="C43" s="176">
         <f t="shared" si="0"/>
         <v>1997</v>
       </c>
-      <c r="D42" s="250"/>
-[...17 lines deleted...]
-      <c r="C43" s="246">
+      <c r="D43" s="181"/>
+      <c r="E43" s="388" t="s">
+        <v>310</v>
+      </c>
+      <c r="F43" s="387">
+        <v>45</v>
+      </c>
+      <c r="G43" s="387">
+        <v>45</v>
+      </c>
+      <c r="H43" s="176"/>
+      <c r="I43" s="182"/>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44" s="195"/>
+      <c r="B44" s="196">
+        <v>30</v>
+      </c>
+      <c r="C44" s="196">
         <f t="shared" si="0"/>
         <v>1996</v>
       </c>
-      <c r="D43" s="252"/>
-[...32 lines deleted...]
-      <c r="I44" s="272"/>
+      <c r="D44" s="391"/>
+      <c r="E44" s="392"/>
+      <c r="F44" s="393">
+        <v>46</v>
+      </c>
+      <c r="G44" s="393">
+        <v>46</v>
+      </c>
+      <c r="H44" s="196"/>
+      <c r="I44" s="197"/>
     </row>
     <row r="45" spans="1:9">
-      <c r="D45" s="263"/>
-[...3 lines deleted...]
-      <c r="I45" s="263"/>
+      <c r="D45" s="190"/>
+      <c r="E45" s="190"/>
+      <c r="F45" s="190"/>
+      <c r="G45" s="190"/>
+      <c r="I45" s="190"/>
     </row>
     <row r="46" spans="1:9" ht="16.5">
-      <c r="A46" s="273">
+      <c r="A46" s="198">
         <v>1</v>
       </c>
-      <c r="B46" s="274" t="s">
-        <v>703</v>
+      <c r="B46" s="199" t="s">
+        <v>700</v>
       </c>
     </row>
     <row r="47" spans="1:9" ht="16.5">
-      <c r="A47" s="273">
+      <c r="A47" s="198">
         <v>2</v>
       </c>
-      <c r="B47" s="274" t="s">
-[...6 lines deleted...]
-      <c r="I47" s="263"/>
+      <c r="B47" s="199" t="s">
+        <v>701</v>
+      </c>
+      <c r="D47" s="190"/>
+      <c r="E47" s="190"/>
+      <c r="F47" s="190"/>
+      <c r="G47" s="190"/>
+      <c r="I47" s="190"/>
     </row>
     <row r="48" spans="1:9" ht="16.5">
-      <c r="A48" s="273">
+      <c r="A48" s="198">
         <v>3</v>
       </c>
-      <c r="B48" s="275" t="s">
-[...6 lines deleted...]
-      <c r="I48" s="263"/>
+      <c r="B48" s="200" t="s">
+        <v>702</v>
+      </c>
+      <c r="D48" s="190"/>
+      <c r="E48" s="190"/>
+      <c r="F48" s="190"/>
+      <c r="G48" s="190"/>
+      <c r="I48" s="190"/>
     </row>
     <row r="49" spans="1:9" ht="16.5">
-      <c r="A49" s="276"/>
-[...5 lines deleted...]
-      <c r="I49" s="263"/>
+      <c r="A49" s="201"/>
+      <c r="B49" s="202"/>
+      <c r="D49" s="190"/>
+      <c r="E49" s="190"/>
+      <c r="F49" s="190"/>
+      <c r="G49" s="190"/>
+      <c r="I49" s="190"/>
     </row>
     <row r="50" spans="1:9" ht="15.75">
-      <c r="B50" s="275"/>
+      <c r="B50" s="200"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="96" orientation="portrait" r:id="rId1"/>
+  <pageSetup scale="98" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;LIdaho Property Valuation Schedules&amp;C21&amp;REFO00210_01-01-2025</oddFooter>
+    <oddFooter>&amp;LIdaho Property Valuation Schedules&amp;C21</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I59"/>
   <sheetViews>
-    <sheetView topLeftCell="A4" workbookViewId="0">
-      <selection activeCell="M24" sqref="M24"/>
+    <sheetView view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C45" sqref="C45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="2.7109375" style="228" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="10" max="16384" width="9.140625" style="228"/>
+    <col min="1" max="1" width="2.7109375" style="161" customWidth="1"/>
+    <col min="2" max="2" width="8.7109375" style="161" customWidth="1"/>
+    <col min="3" max="3" width="8.140625" style="161" customWidth="1"/>
+    <col min="4" max="4" width="12.5703125" style="161" customWidth="1"/>
+    <col min="5" max="5" width="13.7109375" style="161" customWidth="1"/>
+    <col min="6" max="6" width="14.28515625" style="161" customWidth="1"/>
+    <col min="7" max="7" width="8.140625" style="161" customWidth="1"/>
+    <col min="8" max="8" width="15.7109375" style="161" customWidth="1"/>
+    <col min="9" max="9" width="2.7109375" style="161" customWidth="1"/>
+    <col min="10" max="16384" width="9.140625" style="161"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
-      <c r="C1" s="236"/>
-[...5 lines deleted...]
-      <c r="I1" s="236"/>
+      <c r="C1" s="169"/>
+      <c r="D1" s="169"/>
+      <c r="E1" s="169"/>
+      <c r="F1" s="169"/>
+      <c r="G1" s="169"/>
+      <c r="H1" s="169"/>
+      <c r="I1" s="169"/>
     </row>
     <row r="2" spans="1:9">
-      <c r="C2" s="236"/>
-[...5 lines deleted...]
-      <c r="I2" s="236"/>
+      <c r="C2" s="169"/>
+      <c r="D2" s="169"/>
+      <c r="E2" s="169"/>
+      <c r="F2" s="169"/>
+      <c r="G2" s="169"/>
+      <c r="H2" s="169"/>
+      <c r="I2" s="169"/>
     </row>
     <row r="3" spans="1:9" ht="25.5">
-      <c r="A3" s="387" t="s">
-[...9 lines deleted...]
-      <c r="I3" s="387"/>
+      <c r="A3" s="446" t="s">
+        <v>646</v>
+      </c>
+      <c r="B3" s="446"/>
+      <c r="C3" s="446"/>
+      <c r="D3" s="446"/>
+      <c r="E3" s="446"/>
+      <c r="F3" s="446"/>
+      <c r="G3" s="446"/>
+      <c r="H3" s="446"/>
+      <c r="I3" s="446"/>
     </row>
     <row r="4" spans="1:9" ht="26.25">
-      <c r="A4" s="387" t="s">
-[...9 lines deleted...]
-      <c r="I4" s="354"/>
+      <c r="A4" s="446" t="s">
+        <v>777</v>
+      </c>
+      <c r="B4" s="446"/>
+      <c r="C4" s="446"/>
+      <c r="D4" s="446"/>
+      <c r="E4" s="446"/>
+      <c r="F4" s="446"/>
+      <c r="G4" s="446"/>
+      <c r="H4" s="446"/>
+      <c r="I4" s="411"/>
     </row>
     <row r="5" spans="1:9" ht="18" customHeight="1">
-      <c r="B5" s="229" t="s">
+      <c r="B5" s="162" t="s">
+        <v>670</v>
+      </c>
+      <c r="C5" s="163"/>
+      <c r="D5" s="163"/>
+      <c r="E5" s="163"/>
+      <c r="F5" s="163"/>
+      <c r="G5" s="163"/>
+      <c r="H5" s="163"/>
+      <c r="I5" s="163"/>
+    </row>
+    <row r="6" spans="1:9" ht="13.5" customHeight="1">
+      <c r="B6" s="162" t="s">
+        <v>671</v>
+      </c>
+      <c r="C6" s="163"/>
+      <c r="D6" s="163"/>
+      <c r="E6" s="164"/>
+      <c r="F6" s="163"/>
+      <c r="G6" s="163"/>
+      <c r="H6" s="163"/>
+      <c r="I6" s="163"/>
+    </row>
+    <row r="7" spans="1:9" ht="12.75" customHeight="1">
+      <c r="B7" s="162"/>
+      <c r="C7" s="163"/>
+      <c r="D7" s="163"/>
+      <c r="E7" s="164"/>
+      <c r="F7" s="164"/>
+      <c r="G7" s="163"/>
+      <c r="H7" s="163"/>
+      <c r="I7" s="163"/>
+    </row>
+    <row r="8" spans="1:9">
+      <c r="A8" s="167"/>
+      <c r="B8" s="168" t="s">
+        <v>672</v>
+      </c>
+      <c r="C8" s="168"/>
+      <c r="D8" s="379">
+        <v>88</v>
+      </c>
+      <c r="E8" s="379">
+        <v>41</v>
+      </c>
+      <c r="F8" s="379">
+        <v>39</v>
+      </c>
+      <c r="G8" s="379"/>
+      <c r="H8" s="379">
+        <v>40</v>
+      </c>
+      <c r="I8" s="191"/>
+    </row>
+    <row r="9" spans="1:9">
+      <c r="A9" s="172"/>
+      <c r="B9" s="169" t="s">
         <v>673</v>
       </c>
-      <c r="C5" s="230"/>
-[...56 lines deleted...]
-      <c r="D9" s="237">
+      <c r="C9" s="170"/>
+      <c r="D9" s="170">
         <v>383</v>
       </c>
-      <c r="E9" s="237">
+      <c r="E9" s="170">
         <v>311</v>
       </c>
-      <c r="F9" s="237">
+      <c r="F9" s="170">
         <v>389</v>
       </c>
-      <c r="G9" s="237"/>
-      <c r="H9" s="237">
+      <c r="G9" s="170"/>
+      <c r="H9" s="170">
         <v>388</v>
       </c>
-      <c r="I9" s="265"/>
+      <c r="I9" s="192"/>
     </row>
     <row r="10" spans="1:9">
-      <c r="A10" s="240"/>
-      <c r="B10" s="236" t="s">
+      <c r="A10" s="172"/>
+      <c r="B10" s="169" t="s">
         <v>579</v>
       </c>
-      <c r="C10" s="236"/>
+      <c r="C10" s="169"/>
       <c r="D10" s="86" t="s">
         <v>581</v>
       </c>
       <c r="E10" s="86" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="F10" s="86" t="s">
         <v>537</v>
       </c>
       <c r="G10" s="86"/>
       <c r="H10" s="86" t="s">
         <v>580</v>
       </c>
-      <c r="I10" s="241"/>
+      <c r="I10" s="173"/>
     </row>
     <row r="11" spans="1:9">
-      <c r="A11" s="240"/>
-[...4 lines deleted...]
-      <c r="D11" s="237">
+      <c r="A11" s="172"/>
+      <c r="B11" s="169" t="s">
+        <v>674</v>
+      </c>
+      <c r="C11" s="169"/>
+      <c r="D11" s="170">
         <v>20</v>
       </c>
-      <c r="E11" s="237">
+      <c r="E11" s="170">
         <v>15</v>
       </c>
-      <c r="F11" s="237">
+      <c r="F11" s="170">
         <v>7</v>
       </c>
-      <c r="G11" s="237"/>
-      <c r="H11" s="237">
+      <c r="G11" s="170"/>
+      <c r="H11" s="170">
         <v>4</v>
       </c>
-      <c r="I11" s="241"/>
+      <c r="I11" s="173"/>
     </row>
     <row r="12" spans="1:9" ht="41.25" customHeight="1">
-      <c r="A12" s="266"/>
-      <c r="B12" s="267" t="s">
+      <c r="A12" s="193"/>
+      <c r="B12" s="194" t="s">
         <v>583</v>
       </c>
-      <c r="C12" s="267" t="s">
-[...2 lines deleted...]
-      <c r="D12" s="267" t="s">
+      <c r="C12" s="194" t="s">
+        <v>679</v>
+      </c>
+      <c r="D12" s="194" t="s">
+        <v>703</v>
+      </c>
+      <c r="E12" s="194" t="s">
+        <v>704</v>
+      </c>
+      <c r="F12" s="385" t="s">
+        <v>705</v>
+      </c>
+      <c r="G12" s="447" t="s">
         <v>706</v>
       </c>
-      <c r="E12" s="267" t="s">
-[...9 lines deleted...]
-      <c r="I12" s="243" t="s">
+      <c r="H12" s="448"/>
+      <c r="I12" s="174" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="13" spans="1:9">
-      <c r="A13" s="240"/>
-[...7 lines deleted...]
-      <c r="I13" s="247"/>
+      <c r="A13" s="172"/>
+      <c r="B13" s="176"/>
+      <c r="C13" s="176"/>
+      <c r="D13" s="176"/>
+      <c r="E13" s="176"/>
+      <c r="F13" s="176"/>
+      <c r="G13" s="176"/>
+      <c r="H13" s="176"/>
+      <c r="I13" s="177"/>
     </row>
     <row r="14" spans="1:9">
-      <c r="A14" s="248"/>
-      <c r="B14" s="249">
+      <c r="A14" s="288"/>
+      <c r="B14" s="289">
         <v>0</v>
       </c>
-      <c r="C14" s="249">
+      <c r="C14" s="289">
+        <v>2026</v>
+      </c>
+      <c r="D14" s="394">
+        <v>100</v>
+      </c>
+      <c r="E14" s="394">
+        <v>100</v>
+      </c>
+      <c r="F14" s="394">
+        <v>100</v>
+      </c>
+      <c r="G14" s="394"/>
+      <c r="H14" s="394">
+        <v>100</v>
+      </c>
+      <c r="I14" s="290"/>
+    </row>
+    <row r="15" spans="1:9">
+      <c r="A15" s="172"/>
+      <c r="B15" s="176">
+        <v>1</v>
+      </c>
+      <c r="C15" s="176">
         <v>2025</v>
       </c>
-      <c r="D14" s="250">
+      <c r="D15" s="181">
         <v>100</v>
       </c>
-      <c r="E14" s="250">
+      <c r="E15" s="181">
         <v>100</v>
       </c>
-      <c r="F14" s="250">
+      <c r="F15" s="181">
+        <v>95.231999999999999</v>
+      </c>
+      <c r="G15" s="181"/>
+      <c r="H15" s="181">
+        <v>88.287999999999997</v>
+      </c>
+      <c r="I15" s="182"/>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16" s="178"/>
+      <c r="B16" s="179">
+        <v>2</v>
+      </c>
+      <c r="C16" s="179">
+        <f t="shared" ref="C16:C43" si="0">C15-1</f>
+        <v>2024</v>
+      </c>
+      <c r="D16" s="383">
         <v>100</v>
       </c>
-      <c r="G14" s="250"/>
-      <c r="H14" s="250">
+      <c r="E16" s="383">
         <v>100</v>
       </c>
-      <c r="I14" s="251"/>
-[...30 lines deleted...]
-      <c r="C16" s="249">
+      <c r="F16" s="383">
+        <v>81.969000000000008</v>
+      </c>
+      <c r="G16" s="383"/>
+      <c r="H16" s="383">
+        <v>62.628000000000007</v>
+      </c>
+      <c r="I16" s="180"/>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17" s="172"/>
+      <c r="B17" s="176">
+        <v>3</v>
+      </c>
+      <c r="C17" s="176">
         <f t="shared" si="0"/>
         <v>2023</v>
       </c>
-      <c r="D16" s="250">
+      <c r="D17" s="181">
         <v>100</v>
       </c>
-      <c r="E16" s="250">
+      <c r="E17" s="181">
         <v>100</v>
       </c>
-      <c r="F16" s="250">
-[...13 lines deleted...]
-      <c r="C17" s="246">
+      <c r="F17" s="181">
+        <v>73.307999999999993</v>
+      </c>
+      <c r="G17" s="181"/>
+      <c r="H17" s="181">
+        <v>41.124000000000002</v>
+      </c>
+      <c r="I17" s="182"/>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18" s="178"/>
+      <c r="B18" s="179">
+        <v>4</v>
+      </c>
+      <c r="C18" s="179">
         <f t="shared" si="0"/>
         <v>2022</v>
       </c>
-      <c r="D17" s="252">
+      <c r="D18" s="383">
         <v>100</v>
       </c>
-      <c r="E17" s="252">
+      <c r="E18" s="383">
         <v>100</v>
       </c>
-      <c r="F17" s="252">
-[...13 lines deleted...]
-      <c r="C18" s="249">
+      <c r="F18" s="383">
+        <v>65.175000000000011</v>
+      </c>
+      <c r="G18" s="383"/>
+      <c r="H18" s="383">
+        <v>21.725000000000001</v>
+      </c>
+      <c r="I18" s="180"/>
+    </row>
+    <row r="19" spans="1:9">
+      <c r="A19" s="172"/>
+      <c r="B19" s="176">
+        <v>5</v>
+      </c>
+      <c r="C19" s="176">
         <f t="shared" si="0"/>
         <v>2021</v>
       </c>
-      <c r="D18" s="250">
+      <c r="D19" s="181">
         <v>100</v>
       </c>
-      <c r="E18" s="250">
+      <c r="E19" s="181">
         <v>100</v>
       </c>
-      <c r="F18" s="250">
-[...13 lines deleted...]
-      <c r="C19" s="246">
+      <c r="F19" s="181">
+        <v>60.248000000000005</v>
+      </c>
+      <c r="G19" s="181"/>
+      <c r="H19" s="181">
+        <v>12.404000000000002</v>
+      </c>
+      <c r="I19" s="182"/>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="A20" s="178"/>
+      <c r="B20" s="179">
+        <v>6</v>
+      </c>
+      <c r="C20" s="179">
         <f t="shared" si="0"/>
         <v>2020</v>
       </c>
-      <c r="D19" s="252">
+      <c r="D20" s="383">
         <v>100</v>
       </c>
-      <c r="E19" s="252">
-[...16 lines deleted...]
-      <c r="C20" s="249">
+      <c r="E20" s="383">
+        <v>99.683999999999983</v>
+      </c>
+      <c r="F20" s="383">
+        <v>52.886999999999993</v>
+      </c>
+      <c r="G20" s="383"/>
+      <c r="H20" s="383"/>
+      <c r="I20" s="180"/>
+    </row>
+    <row r="21" spans="1:9">
+      <c r="A21" s="172"/>
+      <c r="B21" s="176">
+        <v>7</v>
+      </c>
+      <c r="C21" s="176">
         <f t="shared" si="0"/>
         <v>2019</v>
       </c>
-      <c r="D20" s="250">
+      <c r="D21" s="181">
         <v>100</v>
       </c>
-      <c r="E20" s="250">
-[...14 lines deleted...]
-      <c r="C21" s="246">
+      <c r="E21" s="181">
+        <v>93.86</v>
+      </c>
+      <c r="F21" s="181">
+        <v>46.224000000000004</v>
+      </c>
+      <c r="G21" s="181"/>
+      <c r="H21" s="176"/>
+      <c r="I21" s="182"/>
+    </row>
+    <row r="22" spans="1:9">
+      <c r="A22" s="178"/>
+      <c r="B22" s="179">
+        <v>8</v>
+      </c>
+      <c r="C22" s="179">
         <f t="shared" si="0"/>
         <v>2018</v>
       </c>
-      <c r="D21" s="252">
+      <c r="D22" s="383">
         <v>100</v>
       </c>
-      <c r="E21" s="252">
-[...14 lines deleted...]
-      <c r="C22" s="249">
+      <c r="E22" s="383">
+        <v>90.179999999999993</v>
+      </c>
+      <c r="F22" s="383">
+        <v>40.849999999999994</v>
+      </c>
+      <c r="G22" s="383"/>
+      <c r="H22" s="179"/>
+      <c r="I22" s="180"/>
+    </row>
+    <row r="23" spans="1:9">
+      <c r="A23" s="172"/>
+      <c r="B23" s="176">
+        <v>9</v>
+      </c>
+      <c r="C23" s="176">
         <f t="shared" si="0"/>
         <v>2017</v>
       </c>
-      <c r="D22" s="250">
-[...5 lines deleted...]
-      <c r="F22" s="250">
+      <c r="D23" s="181">
+        <v>98</v>
+      </c>
+      <c r="E23" s="181">
+        <v>84.37</v>
+      </c>
+      <c r="F23" s="181"/>
+      <c r="G23" s="181"/>
+      <c r="H23" s="176"/>
+      <c r="I23" s="182"/>
+    </row>
+    <row r="24" spans="1:9">
+      <c r="A24" s="178"/>
+      <c r="B24" s="179">
         <v>10</v>
       </c>
-      <c r="G22" s="250"/>
-[...8 lines deleted...]
-      <c r="C23" s="246">
+      <c r="C24" s="179">
         <f t="shared" si="0"/>
         <v>2016</v>
       </c>
-      <c r="D23" s="252">
-[...15 lines deleted...]
-      <c r="C24" s="249">
+      <c r="D24" s="383">
+        <v>91</v>
+      </c>
+      <c r="E24" s="383">
+        <v>75.11699999999999</v>
+      </c>
+      <c r="F24" s="383"/>
+      <c r="G24" s="383"/>
+      <c r="H24" s="179"/>
+      <c r="I24" s="180"/>
+    </row>
+    <row r="25" spans="1:9">
+      <c r="A25" s="172"/>
+      <c r="B25" s="176">
+        <v>11</v>
+      </c>
+      <c r="C25" s="176">
         <f t="shared" si="0"/>
         <v>2015</v>
       </c>
-      <c r="D24" s="250">
-[...15 lines deleted...]
-      <c r="C25" s="246">
+      <c r="D25" s="181">
+        <v>86</v>
+      </c>
+      <c r="E25" s="181">
+        <v>68.42</v>
+      </c>
+      <c r="F25" s="181"/>
+      <c r="G25" s="181"/>
+      <c r="H25" s="176"/>
+      <c r="I25" s="182"/>
+    </row>
+    <row r="26" spans="1:9">
+      <c r="A26" s="178"/>
+      <c r="B26" s="179">
+        <v>12</v>
+      </c>
+      <c r="C26" s="179">
         <f t="shared" si="0"/>
         <v>2014</v>
       </c>
-      <c r="D25" s="252">
-[...15 lines deleted...]
-      <c r="C26" s="249">
+      <c r="D26" s="383">
+        <v>81</v>
+      </c>
+      <c r="E26" s="383">
+        <v>62.088000000000008</v>
+      </c>
+      <c r="F26" s="383"/>
+      <c r="G26" s="383"/>
+      <c r="H26" s="179"/>
+      <c r="I26" s="180"/>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27" s="172"/>
+      <c r="B27" s="176">
+        <v>13</v>
+      </c>
+      <c r="C27" s="176">
         <f t="shared" si="0"/>
         <v>2013</v>
       </c>
-      <c r="D26" s="250">
-[...15 lines deleted...]
-      <c r="C27" s="246">
+      <c r="D27" s="181">
+        <v>76</v>
+      </c>
+      <c r="E27" s="181">
+        <v>54.219000000000008</v>
+      </c>
+      <c r="F27" s="181"/>
+      <c r="G27" s="181"/>
+      <c r="H27" s="176"/>
+      <c r="I27" s="182"/>
+    </row>
+    <row r="28" spans="1:9">
+      <c r="A28" s="178"/>
+      <c r="B28" s="179">
+        <v>14</v>
+      </c>
+      <c r="C28" s="179">
         <f t="shared" si="0"/>
         <v>2012</v>
       </c>
-      <c r="D27" s="252">
-[...15 lines deleted...]
-      <c r="C28" s="249">
+      <c r="D28" s="383">
+        <v>72</v>
+      </c>
+      <c r="E28" s="383">
+        <v>47.656000000000006</v>
+      </c>
+      <c r="F28" s="383"/>
+      <c r="G28" s="383"/>
+      <c r="H28" s="179"/>
+      <c r="I28" s="180"/>
+    </row>
+    <row r="29" spans="1:9">
+      <c r="A29" s="172"/>
+      <c r="B29" s="176">
+        <v>15</v>
+      </c>
+      <c r="C29" s="176">
         <f t="shared" si="0"/>
         <v>2011</v>
       </c>
-      <c r="D28" s="250">
-[...15 lines deleted...]
-      <c r="C29" s="246">
+      <c r="D29" s="181">
+        <v>68</v>
+      </c>
+      <c r="E29" s="181">
+        <v>40.135000000000005</v>
+      </c>
+      <c r="F29" s="181"/>
+      <c r="G29" s="181"/>
+      <c r="H29" s="176"/>
+      <c r="I29" s="182"/>
+    </row>
+    <row r="30" spans="1:9">
+      <c r="A30" s="178"/>
+      <c r="B30" s="179">
+        <v>16</v>
+      </c>
+      <c r="C30" s="179">
         <f t="shared" si="0"/>
         <v>2010</v>
       </c>
-      <c r="D29" s="252">
-[...15 lines deleted...]
-      <c r="C30" s="249">
+      <c r="D30" s="383">
+        <v>61</v>
+      </c>
+      <c r="E30" s="383">
+        <v>34.620000000000005</v>
+      </c>
+      <c r="F30" s="383"/>
+      <c r="G30" s="383"/>
+      <c r="H30" s="179"/>
+      <c r="I30" s="180"/>
+    </row>
+    <row r="31" spans="1:9">
+      <c r="A31" s="172"/>
+      <c r="B31" s="176">
+        <v>17</v>
+      </c>
+      <c r="C31" s="176">
         <f t="shared" si="0"/>
         <v>2009</v>
       </c>
-      <c r="D30" s="250">
-[...15 lines deleted...]
-      <c r="C31" s="246">
+      <c r="D31" s="181">
+        <v>56</v>
+      </c>
+      <c r="E31" s="181" t="s">
+        <v>310</v>
+      </c>
+      <c r="F31" s="181"/>
+      <c r="G31" s="181"/>
+      <c r="H31" s="176"/>
+      <c r="I31" s="182"/>
+    </row>
+    <row r="32" spans="1:9">
+      <c r="A32" s="178"/>
+      <c r="B32" s="179">
+        <v>18</v>
+      </c>
+      <c r="C32" s="179">
         <f t="shared" si="0"/>
         <v>2008</v>
       </c>
-      <c r="D31" s="252">
-[...15 lines deleted...]
-      <c r="C32" s="249">
+      <c r="D32" s="383">
+        <v>51</v>
+      </c>
+      <c r="E32" s="383"/>
+      <c r="F32" s="383"/>
+      <c r="G32" s="383"/>
+      <c r="H32" s="179"/>
+      <c r="I32" s="180"/>
+    </row>
+    <row r="33" spans="1:9">
+      <c r="A33" s="172"/>
+      <c r="B33" s="176">
+        <v>19</v>
+      </c>
+      <c r="C33" s="176">
         <f t="shared" si="0"/>
         <v>2007</v>
       </c>
-      <c r="D32" s="250">
-[...15 lines deleted...]
-      <c r="C33" s="246">
+      <c r="D33" s="181">
+        <v>47</v>
+      </c>
+      <c r="E33" s="181" t="s">
+        <v>310</v>
+      </c>
+      <c r="F33" s="181"/>
+      <c r="G33" s="181"/>
+      <c r="H33" s="176"/>
+      <c r="I33" s="182"/>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="A34" s="178"/>
+      <c r="B34" s="179">
+        <v>20</v>
+      </c>
+      <c r="C34" s="179">
         <f t="shared" si="0"/>
         <v>2006</v>
       </c>
-      <c r="D33" s="252">
-[...2 lines deleted...]
-      <c r="E33" s="252">
+      <c r="D34" s="383">
         <v>43</v>
       </c>
-      <c r="F33" s="252"/>
-[...9 lines deleted...]
-      <c r="C34" s="249">
+      <c r="E34" s="383"/>
+      <c r="F34" s="179"/>
+      <c r="G34" s="179"/>
+      <c r="H34" s="179"/>
+      <c r="I34" s="183"/>
+    </row>
+    <row r="35" spans="1:9">
+      <c r="A35" s="172"/>
+      <c r="B35" s="176">
+        <v>21</v>
+      </c>
+      <c r="C35" s="176">
         <f t="shared" si="0"/>
         <v>2005</v>
       </c>
-      <c r="D34" s="250">
+      <c r="D35" s="181">
         <v>41</v>
       </c>
-      <c r="E34" s="249">
-[...12 lines deleted...]
-      <c r="C35" s="246">
+      <c r="E35" s="181" t="s">
+        <v>310</v>
+      </c>
+      <c r="F35" s="176"/>
+      <c r="G35" s="176"/>
+      <c r="H35" s="176"/>
+      <c r="I35" s="177"/>
+    </row>
+    <row r="36" spans="1:9">
+      <c r="A36" s="178"/>
+      <c r="B36" s="179">
+        <v>22</v>
+      </c>
+      <c r="C36" s="179">
         <f t="shared" si="0"/>
         <v>2004</v>
       </c>
-      <c r="D35" s="257">
-[...15 lines deleted...]
-      <c r="C36" s="249">
+      <c r="D36" s="383"/>
+      <c r="E36" s="390"/>
+      <c r="F36" s="383"/>
+      <c r="G36" s="383"/>
+      <c r="H36" s="179"/>
+      <c r="I36" s="180"/>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37" s="172"/>
+      <c r="B37" s="176">
+        <v>23</v>
+      </c>
+      <c r="C37" s="176">
         <f t="shared" si="0"/>
         <v>2003</v>
       </c>
-      <c r="D36" s="250"/>
-[...13 lines deleted...]
-      <c r="C37" s="246">
+      <c r="D37" s="181"/>
+      <c r="E37" s="388" t="s">
+        <v>310</v>
+      </c>
+      <c r="F37" s="181"/>
+      <c r="G37" s="181"/>
+      <c r="H37" s="176"/>
+      <c r="I37" s="182"/>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38" s="178"/>
+      <c r="B38" s="179">
+        <v>24</v>
+      </c>
+      <c r="C38" s="179">
         <f t="shared" si="0"/>
         <v>2002</v>
       </c>
-      <c r="D37" s="252"/>
-[...13 lines deleted...]
-      <c r="C38" s="249">
+      <c r="D38" s="383"/>
+      <c r="E38" s="390"/>
+      <c r="F38" s="383"/>
+      <c r="G38" s="383"/>
+      <c r="H38" s="179"/>
+      <c r="I38" s="180"/>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39" s="172"/>
+      <c r="B39" s="176">
+        <v>25</v>
+      </c>
+      <c r="C39" s="176">
         <f t="shared" si="0"/>
         <v>2001</v>
       </c>
-      <c r="D38" s="250"/>
-[...13 lines deleted...]
-      <c r="C39" s="246">
+      <c r="D39" s="181"/>
+      <c r="E39" s="388" t="s">
+        <v>310</v>
+      </c>
+      <c r="F39" s="181"/>
+      <c r="G39" s="181"/>
+      <c r="H39" s="176"/>
+      <c r="I39" s="182"/>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40" s="178"/>
+      <c r="B40" s="179">
+        <v>26</v>
+      </c>
+      <c r="C40" s="179">
         <f t="shared" si="0"/>
         <v>2000</v>
       </c>
-      <c r="D39" s="252"/>
-[...13 lines deleted...]
-      <c r="C40" s="249">
+      <c r="D40" s="383"/>
+      <c r="E40" s="390"/>
+      <c r="F40" s="383"/>
+      <c r="G40" s="383"/>
+      <c r="H40" s="179"/>
+      <c r="I40" s="180"/>
+    </row>
+    <row r="41" spans="1:9">
+      <c r="A41" s="172"/>
+      <c r="B41" s="176">
+        <v>27</v>
+      </c>
+      <c r="C41" s="176">
         <f t="shared" si="0"/>
         <v>1999</v>
       </c>
-      <c r="D40" s="250"/>
-[...13 lines deleted...]
-      <c r="C41" s="246">
+      <c r="D41" s="181"/>
+      <c r="E41" s="388" t="s">
+        <v>310</v>
+      </c>
+      <c r="F41" s="181"/>
+      <c r="G41" s="181"/>
+      <c r="H41" s="176"/>
+      <c r="I41" s="182"/>
+    </row>
+    <row r="42" spans="1:9">
+      <c r="A42" s="178"/>
+      <c r="B42" s="179">
+        <v>28</v>
+      </c>
+      <c r="C42" s="179">
         <f t="shared" si="0"/>
         <v>1998</v>
       </c>
-      <c r="D41" s="252"/>
-[...13 lines deleted...]
-      <c r="C42" s="249">
+      <c r="D42" s="383"/>
+      <c r="E42" s="390"/>
+      <c r="F42" s="383"/>
+      <c r="G42" s="383"/>
+      <c r="H42" s="179"/>
+      <c r="I42" s="180"/>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43" s="172"/>
+      <c r="B43" s="176">
+        <v>29</v>
+      </c>
+      <c r="C43" s="176">
         <f t="shared" si="0"/>
         <v>1997</v>
       </c>
-      <c r="D42" s="250"/>
-[...14 lines deleted...]
-        <f t="shared" si="0"/>
+      <c r="D43" s="181"/>
+      <c r="E43" s="388" t="s">
+        <v>310</v>
+      </c>
+      <c r="F43" s="181"/>
+      <c r="G43" s="181"/>
+      <c r="H43" s="176"/>
+      <c r="I43" s="182"/>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44" s="195"/>
+      <c r="B44" s="196">
+        <v>30</v>
+      </c>
+      <c r="C44" s="196">
         <v>1996</v>
       </c>
-      <c r="D43" s="252"/>
-[...24 lines deleted...]
-      <c r="I44" s="272"/>
+      <c r="D44" s="391"/>
+      <c r="E44" s="392"/>
+      <c r="F44" s="391"/>
+      <c r="G44" s="391"/>
+      <c r="H44" s="196"/>
+      <c r="I44" s="197"/>
     </row>
     <row r="45" spans="1:9">
-      <c r="D45" s="263"/>
-[...3 lines deleted...]
-      <c r="I45" s="263"/>
+      <c r="D45" s="190"/>
+      <c r="E45" s="190"/>
+      <c r="F45" s="190"/>
+      <c r="G45" s="190"/>
+      <c r="I45" s="190"/>
     </row>
     <row r="46" spans="1:9" ht="16.5">
-      <c r="A46" s="273">
+      <c r="A46" s="198">
         <v>1</v>
       </c>
-      <c r="B46" s="274" t="s">
+      <c r="B46" s="199" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" ht="16.5">
+      <c r="A47" s="198"/>
+      <c r="B47" s="199" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" ht="16.5">
+      <c r="A48" s="198">
+        <v>2</v>
+      </c>
+      <c r="B48" s="199" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" ht="16.5">
+      <c r="A49" s="198">
+        <v>3</v>
+      </c>
+      <c r="B49" s="199" t="s">
+        <v>709</v>
+      </c>
+      <c r="D49" s="190"/>
+      <c r="E49" s="190"/>
+      <c r="F49" s="190"/>
+      <c r="G49" s="190"/>
+      <c r="I49" s="190"/>
+    </row>
+    <row r="50" spans="1:9" ht="16.5">
+      <c r="A50" s="198"/>
+      <c r="B50" s="199" t="s">
         <v>710</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B47" s="274" t="s">
+      <c r="D50" s="190"/>
+      <c r="E50" s="190"/>
+      <c r="F50" s="190"/>
+      <c r="G50" s="190"/>
+      <c r="I50" s="190"/>
+    </row>
+    <row r="51" spans="1:9" ht="16.5">
+      <c r="A51" s="198"/>
+      <c r="B51" s="199" t="s">
         <v>711</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="B49" s="274" t="s">
+      <c r="D51" s="190"/>
+      <c r="E51" s="190"/>
+      <c r="F51" s="190"/>
+      <c r="G51" s="190"/>
+      <c r="I51" s="190"/>
+    </row>
+    <row r="52" spans="1:9" ht="16.5">
+      <c r="A52" s="198">
+        <v>4</v>
+      </c>
+      <c r="B52" s="200" t="s">
         <v>712</v>
       </c>
-      <c r="D49" s="263"/>
-[...7 lines deleted...]
-      <c r="B50" s="274" t="s">
+      <c r="D52" s="190"/>
+      <c r="E52" s="190"/>
+      <c r="F52" s="190"/>
+      <c r="G52" s="190"/>
+      <c r="I52" s="190"/>
+    </row>
+    <row r="53" spans="1:9" ht="16.5">
+      <c r="A53" s="201"/>
+      <c r="B53" s="200" t="s">
         <v>713</v>
       </c>
-      <c r="D50" s="263"/>
-[...7 lines deleted...]
-      <c r="B51" s="274" t="s">
+      <c r="D53" s="190"/>
+      <c r="E53" s="190"/>
+      <c r="F53" s="190"/>
+      <c r="G53" s="190"/>
+      <c r="I53" s="190"/>
+    </row>
+    <row r="54" spans="1:9" ht="15.75">
+      <c r="B54" s="200" t="s">
         <v>714</v>
       </c>
-      <c r="D51" s="263"/>
-[...9 lines deleted...]
-      <c r="B52" s="275" t="s">
+    </row>
+    <row r="55" spans="1:9" ht="15.75">
+      <c r="B55" s="200" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" ht="16.5">
+      <c r="A56" s="198"/>
+      <c r="B56" s="200"/>
+    </row>
+    <row r="57" spans="1:9" ht="16.5">
+      <c r="A57" s="198">
+        <v>5</v>
+      </c>
+      <c r="B57" s="200" t="s">
         <v>715</v>
       </c>
-      <c r="D52" s="263"/>
-[...7 lines deleted...]
-      <c r="B53" s="275" t="s">
+    </row>
+    <row r="58" spans="1:9" ht="15.75">
+      <c r="B58" s="200" t="s">
         <v>716</v>
       </c>
-      <c r="D53" s="263"/>
-[...6 lines deleted...]
-      <c r="B54" s="275" t="s">
+    </row>
+    <row r="59" spans="1:9" ht="15.75">
+      <c r="B59" s="200" t="s">
         <v>717</v>
-      </c>
-[...25 lines deleted...]
-        <v>720</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="G12:H12"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="82" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;LIdaho Property Valuation Schedules&amp;C22&amp;REFO00210_01-01-2025</oddFooter>
+    <oddFooter>&amp;LIdaho Property Valuation Schedules&amp;C22</oddFooter>
   </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BAF00CF6-A027-4C22-8EDA-EC555BB13184}">
+  <dimension ref="A1:AE93"/>
+  <sheetViews>
+    <sheetView topLeftCell="A42" workbookViewId="0">
+      <selection activeCell="C6" sqref="C6"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="10.85546875" defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="16.7109375" style="255" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="9.5703125" style="255" customWidth="1"/>
+    <col min="3" max="3" width="9.7109375" style="255" customWidth="1"/>
+    <col min="4" max="5" width="9.140625" style="255" customWidth="1"/>
+    <col min="6" max="6" width="8.7109375" style="255" customWidth="1"/>
+    <col min="7" max="7" width="9.7109375" style="255" customWidth="1"/>
+    <col min="8" max="8" width="9.5703125" style="255" customWidth="1"/>
+    <col min="9" max="9" width="9.28515625" style="255" customWidth="1"/>
+    <col min="10" max="19" width="11" style="255" customWidth="1"/>
+    <col min="20" max="20" width="13.28515625" style="255" customWidth="1"/>
+    <col min="21" max="21" width="9.5703125" style="255" customWidth="1"/>
+    <col min="22" max="22" width="11" style="255" customWidth="1"/>
+    <col min="23" max="26" width="10.85546875" style="255"/>
+    <col min="27" max="27" width="12" style="255" customWidth="1"/>
+    <col min="28" max="16384" width="10.85546875" style="255"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:31" s="256" customFormat="1">
+      <c r="A1" s="246" t="s">
+        <v>779</v>
+      </c>
+      <c r="B1" s="247">
+        <v>2</v>
+      </c>
+      <c r="C1" s="248">
+        <v>3</v>
+      </c>
+      <c r="D1" s="247">
+        <v>4</v>
+      </c>
+      <c r="E1" s="249">
+        <v>5</v>
+      </c>
+      <c r="F1" s="249">
+        <v>6</v>
+      </c>
+      <c r="G1" s="249">
+        <v>7</v>
+      </c>
+      <c r="H1" s="249">
+        <v>8</v>
+      </c>
+      <c r="I1" s="249">
+        <v>9</v>
+      </c>
+      <c r="J1" s="249">
+        <v>10</v>
+      </c>
+      <c r="K1" s="249">
+        <v>11</v>
+      </c>
+      <c r="L1" s="249">
+        <v>12</v>
+      </c>
+      <c r="M1" s="249">
+        <v>13</v>
+      </c>
+      <c r="N1" s="249">
+        <v>14</v>
+      </c>
+      <c r="O1" s="249">
+        <v>15</v>
+      </c>
+      <c r="P1" s="249">
+        <v>16</v>
+      </c>
+      <c r="Q1" s="249">
+        <v>19</v>
+      </c>
+      <c r="R1" s="249">
+        <v>20</v>
+      </c>
+      <c r="S1" s="249">
+        <v>25</v>
+      </c>
+      <c r="T1" s="250">
+        <v>0.04</v>
+      </c>
+      <c r="U1" s="251" t="e">
+        <f>NA()</f>
+        <v>#N/A</v>
+      </c>
+      <c r="V1" s="251" t="s">
+        <v>780</v>
+      </c>
+      <c r="W1" s="252" t="e">
+        <f>NA()</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X1" s="253" t="e">
+        <f>NA()</f>
+        <v>#N/A</v>
+      </c>
+      <c r="Y1" s="254"/>
+      <c r="Z1" s="255" t="s">
+        <v>781</v>
+      </c>
+      <c r="AA1" s="255"/>
+      <c r="AB1" s="255"/>
+      <c r="AC1" s="255"/>
+    </row>
+    <row r="2" spans="1:31" s="256" customFormat="1">
+      <c r="A2" s="246" t="s">
+        <v>782</v>
+      </c>
+      <c r="B2" s="257">
+        <v>0.1</v>
+      </c>
+      <c r="C2" s="258">
+        <v>0.13</v>
+      </c>
+      <c r="D2" s="257">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E2" s="257">
+        <v>0.2</v>
+      </c>
+      <c r="F2" s="257">
+        <v>0.2</v>
+      </c>
+      <c r="G2" s="257">
+        <v>0.5</v>
+      </c>
+      <c r="H2" s="257">
+        <v>0.2</v>
+      </c>
+      <c r="I2" s="257">
+        <v>0.2</v>
+      </c>
+      <c r="J2" s="257">
+        <v>0.2</v>
+      </c>
+      <c r="K2" s="257">
+        <v>0.2</v>
+      </c>
+      <c r="L2" s="257">
+        <v>0.2</v>
+      </c>
+      <c r="M2" s="257">
+        <v>0.2</v>
+      </c>
+      <c r="N2" s="257">
+        <v>0.2</v>
+      </c>
+      <c r="O2" s="257">
+        <v>0.2</v>
+      </c>
+      <c r="P2" s="257">
+        <v>0.2</v>
+      </c>
+      <c r="Q2" s="257">
+        <v>0.2</v>
+      </c>
+      <c r="R2" s="257">
+        <v>0.2</v>
+      </c>
+      <c r="S2" s="257">
+        <v>0.15</v>
+      </c>
+      <c r="T2" s="257">
+        <v>0.31</v>
+      </c>
+      <c r="U2" s="257">
+        <v>0.1</v>
+      </c>
+      <c r="V2" s="257">
+        <v>0.1</v>
+      </c>
+      <c r="W2" s="252" t="e">
+        <f>NA()</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X2" s="253" t="e">
+        <f>NA()</f>
+        <v>#N/A</v>
+      </c>
+      <c r="Y2" s="259"/>
+      <c r="Z2" s="255" t="s">
+        <v>783</v>
+      </c>
+      <c r="AA2" s="255"/>
+      <c r="AB2" s="255"/>
+      <c r="AC2" s="255"/>
+    </row>
+    <row r="3" spans="1:31" s="256" customFormat="1">
+      <c r="A3" s="246" t="s">
+        <v>784</v>
+      </c>
+      <c r="B3" s="260" t="s">
+        <v>785</v>
+      </c>
+      <c r="C3" s="261" t="s">
+        <v>785</v>
+      </c>
+      <c r="D3" s="260" t="s">
+        <v>785</v>
+      </c>
+      <c r="E3" s="260" t="s">
+        <v>785</v>
+      </c>
+      <c r="F3" s="260" t="s">
+        <v>785</v>
+      </c>
+      <c r="G3" s="260" t="s">
+        <v>785</v>
+      </c>
+      <c r="H3" s="260" t="s">
+        <v>785</v>
+      </c>
+      <c r="I3" s="260" t="s">
+        <v>785</v>
+      </c>
+      <c r="J3" s="260" t="s">
+        <v>785</v>
+      </c>
+      <c r="K3" s="260" t="s">
+        <v>785</v>
+      </c>
+      <c r="L3" s="260" t="s">
+        <v>785</v>
+      </c>
+      <c r="M3" s="260" t="s">
+        <v>785</v>
+      </c>
+      <c r="N3" s="260" t="s">
+        <v>785</v>
+      </c>
+      <c r="O3" s="260" t="s">
+        <v>785</v>
+      </c>
+      <c r="P3" s="260" t="s">
+        <v>785</v>
+      </c>
+      <c r="Q3" s="260" t="s">
+        <v>785</v>
+      </c>
+      <c r="R3" s="260" t="s">
+        <v>785</v>
+      </c>
+      <c r="S3" s="260" t="s">
+        <v>785</v>
+      </c>
+      <c r="T3" s="260" t="s">
+        <v>785</v>
+      </c>
+      <c r="U3" s="260" t="s">
+        <v>785</v>
+      </c>
+      <c r="V3" s="260" t="s">
+        <v>785</v>
+      </c>
+      <c r="W3" s="252" t="e">
+        <f>NA()</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X3" s="253" t="e">
+        <f>NA()</f>
+        <v>#N/A</v>
+      </c>
+      <c r="Y3" s="262"/>
+      <c r="Z3" s="255" t="s">
+        <v>786</v>
+      </c>
+      <c r="AA3" s="255"/>
+      <c r="AB3" s="255"/>
+      <c r="AC3" s="255"/>
+    </row>
+    <row r="4" spans="1:31" s="256" customFormat="1">
+      <c r="A4" s="246" t="s">
+        <v>787</v>
+      </c>
+      <c r="B4" s="263">
+        <f t="shared" ref="B4:S4" si="0">(1-B2)/B1</f>
+        <v>0.45</v>
+      </c>
+      <c r="C4" s="263">
+        <f t="shared" si="0"/>
+        <v>0.28999999999999998</v>
+      </c>
+      <c r="D4" s="263">
+        <f t="shared" si="0"/>
+        <v>0.215</v>
+      </c>
+      <c r="E4" s="263">
+        <f t="shared" si="0"/>
+        <v>0.16</v>
+      </c>
+      <c r="F4" s="263">
+        <f t="shared" si="0"/>
+        <v>0.13333333333333333</v>
+      </c>
+      <c r="G4" s="263">
+        <f t="shared" si="0"/>
+        <v>7.1428571428571425E-2</v>
+      </c>
+      <c r="H4" s="263">
+        <f t="shared" si="0"/>
+        <v>0.1</v>
+      </c>
+      <c r="I4" s="263">
+        <f t="shared" si="0"/>
+        <v>8.8888888888888892E-2</v>
+      </c>
+      <c r="J4" s="263">
+        <f t="shared" si="0"/>
+        <v>0.08</v>
+      </c>
+      <c r="K4" s="263">
+        <f t="shared" si="0"/>
+        <v>7.2727272727272738E-2</v>
+      </c>
+      <c r="L4" s="263">
+        <f>(1-L2)/L1</f>
+        <v>6.6666666666666666E-2</v>
+      </c>
+      <c r="M4" s="263">
+        <f t="shared" si="0"/>
+        <v>6.1538461538461542E-2</v>
+      </c>
+      <c r="N4" s="263">
+        <f t="shared" si="0"/>
+        <v>5.7142857142857148E-2</v>
+      </c>
+      <c r="O4" s="263">
+        <f t="shared" si="0"/>
+        <v>5.3333333333333337E-2</v>
+      </c>
+      <c r="P4" s="263">
+        <f t="shared" si="0"/>
+        <v>0.05</v>
+      </c>
+      <c r="Q4" s="263">
+        <f t="shared" si="0"/>
+        <v>4.2105263157894736E-2</v>
+      </c>
+      <c r="R4" s="263">
+        <f t="shared" si="0"/>
+        <v>0.04</v>
+      </c>
+      <c r="S4" s="263">
+        <f t="shared" si="0"/>
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="T4" s="264">
+        <f>1/(1+T1)</f>
+        <v>0.96153846153846145</v>
+      </c>
+      <c r="U4" s="251" t="e">
+        <f>NA()</f>
+        <v>#N/A</v>
+      </c>
+      <c r="V4" s="251" t="e">
+        <f>NA()</f>
+        <v>#N/A</v>
+      </c>
+      <c r="W4" s="252" t="e">
+        <f>NA()</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X4" s="253" t="e">
+        <f>NA()</f>
+        <v>#N/A</v>
+      </c>
+      <c r="Y4" s="265"/>
+      <c r="Z4" s="255"/>
+      <c r="AA4" s="255"/>
+      <c r="AB4" s="255"/>
+      <c r="AC4" s="255"/>
+    </row>
+    <row r="5" spans="1:31" s="256" customFormat="1">
+      <c r="A5" s="246" t="s">
+        <v>788</v>
+      </c>
+      <c r="B5" s="263">
+        <f t="shared" ref="B5:S5" si="1">B4/2</f>
+        <v>0.22500000000000001</v>
+      </c>
+      <c r="C5" s="266">
+        <f t="shared" si="1"/>
+        <v>0.14499999999999999</v>
+      </c>
+      <c r="D5" s="263">
+        <f t="shared" si="1"/>
+        <v>0.1075</v>
+      </c>
+      <c r="E5" s="263">
+        <f t="shared" si="1"/>
+        <v>0.08</v>
+      </c>
+      <c r="F5" s="263">
+        <f t="shared" si="1"/>
+        <v>6.6666666666666666E-2</v>
+      </c>
+      <c r="G5" s="263">
+        <f t="shared" si="1"/>
+        <v>3.5714285714285712E-2</v>
+      </c>
+      <c r="H5" s="263">
+        <f t="shared" si="1"/>
+        <v>0.05</v>
+      </c>
+      <c r="I5" s="263">
+        <f t="shared" si="1"/>
+        <v>4.4444444444444446E-2</v>
+      </c>
+      <c r="J5" s="263">
+        <f t="shared" si="1"/>
+        <v>0.04</v>
+      </c>
+      <c r="K5" s="263">
+        <f t="shared" si="1"/>
+        <v>3.6363636363636369E-2</v>
+      </c>
+      <c r="L5" s="263">
+        <f t="shared" si="1"/>
+        <v>3.3333333333333333E-2</v>
+      </c>
+      <c r="M5" s="263">
+        <f t="shared" si="1"/>
+        <v>3.0769230769230771E-2</v>
+      </c>
+      <c r="N5" s="263">
+        <f t="shared" si="1"/>
+        <v>2.8571428571428574E-2</v>
+      </c>
+      <c r="O5" s="263">
+        <f t="shared" si="1"/>
+        <v>2.6666666666666668E-2</v>
+      </c>
+      <c r="P5" s="263">
+        <f t="shared" si="1"/>
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="Q5" s="263">
+        <f t="shared" si="1"/>
+        <v>2.1052631578947368E-2</v>
+      </c>
+      <c r="R5" s="263">
+        <f t="shared" si="1"/>
+        <v>0.02</v>
+      </c>
+      <c r="S5" s="263">
+        <f t="shared" si="1"/>
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="T5" s="264">
+        <f>1/(1+(0.5*T1))</f>
+        <v>0.98039215686274506</v>
+      </c>
+      <c r="U5" s="251" t="e">
+        <f>NA()</f>
+        <v>#N/A</v>
+      </c>
+      <c r="V5" s="251" t="e">
+        <f>NA()</f>
+        <v>#N/A</v>
+      </c>
+      <c r="W5" s="252" t="e">
+        <f>NA()</f>
+        <v>#N/A</v>
+      </c>
+      <c r="X5" s="253" t="e">
+        <f>NA()</f>
+        <v>#N/A</v>
+      </c>
+      <c r="Y5" s="265"/>
+      <c r="Z5" s="255"/>
+      <c r="AA5" s="255"/>
+      <c r="AB5" s="255"/>
+      <c r="AC5" s="255"/>
+    </row>
+    <row r="6" spans="1:31" s="256" customFormat="1" ht="45">
+      <c r="A6" s="249" t="s">
+        <v>526</v>
+      </c>
+      <c r="B6" s="267" t="str">
+        <f t="shared" ref="B6:S6" si="2">FIXED(B1,0,TRUE)&amp;" Year Life"</f>
+        <v>2 Year Life</v>
+      </c>
+      <c r="C6" s="268" t="str">
+        <f t="shared" si="2"/>
+        <v>3 Year Life</v>
+      </c>
+      <c r="D6" s="269" t="str">
+        <f t="shared" si="2"/>
+        <v>4 Year Life</v>
+      </c>
+      <c r="E6" s="267" t="str">
+        <f t="shared" si="2"/>
+        <v>5 Year Life</v>
+      </c>
+      <c r="F6" s="267" t="str">
+        <f t="shared" si="2"/>
+        <v>6 Year Life</v>
+      </c>
+      <c r="G6" s="267" t="str">
+        <f t="shared" si="2"/>
+        <v>7 Year Life</v>
+      </c>
+      <c r="H6" s="267" t="str">
+        <f t="shared" si="2"/>
+        <v>8 Year Life</v>
+      </c>
+      <c r="I6" s="267" t="str">
+        <f t="shared" si="2"/>
+        <v>9 Year Life</v>
+      </c>
+      <c r="J6" s="267" t="str">
+        <f t="shared" si="2"/>
+        <v>10 Year Life</v>
+      </c>
+      <c r="K6" s="267" t="str">
+        <f t="shared" si="2"/>
+        <v>11 Year Life</v>
+      </c>
+      <c r="L6" s="267" t="str">
+        <f t="shared" si="2"/>
+        <v>12 Year Life</v>
+      </c>
+      <c r="M6" s="267" t="str">
+        <f t="shared" si="2"/>
+        <v>13 Year Life</v>
+      </c>
+      <c r="N6" s="267" t="str">
+        <f t="shared" si="2"/>
+        <v>14 Year Life</v>
+      </c>
+      <c r="O6" s="267" t="str">
+        <f t="shared" si="2"/>
+        <v>15 Year Life</v>
+      </c>
+      <c r="P6" s="267" t="str">
+        <f t="shared" si="2"/>
+        <v>16 Year Life</v>
+      </c>
+      <c r="Q6" s="267" t="str">
+        <f t="shared" si="2"/>
+        <v>19 Year Life</v>
+      </c>
+      <c r="R6" s="267" t="str">
+        <f t="shared" si="2"/>
+        <v>20 Year Life</v>
+      </c>
+      <c r="S6" s="267" t="str">
+        <f t="shared" si="2"/>
+        <v>25 Year Life</v>
+      </c>
+      <c r="T6" s="267" t="str">
+        <f>FIXED(T1*100,0,TRUE)&amp;"% Decl. Bal."</f>
+        <v>4% Decl. Bal.</v>
+      </c>
+      <c r="U6" s="267" t="s">
+        <v>789</v>
+      </c>
+      <c r="V6" s="267" t="s">
+        <v>790</v>
+      </c>
+      <c r="W6" s="270" t="s">
+        <v>791</v>
+      </c>
+      <c r="X6" s="271" t="s">
+        <v>792</v>
+      </c>
+      <c r="Y6" s="249" t="s">
+        <v>526</v>
+      </c>
+      <c r="Z6" s="255"/>
+      <c r="AA6" s="267" t="s">
+        <v>793</v>
+      </c>
+      <c r="AB6" s="267" t="s">
+        <v>794</v>
+      </c>
+      <c r="AC6" s="267" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="7" spans="1:31" s="256" customFormat="1" ht="15.75">
+      <c r="A7" s="272">
+        <v>1900</v>
+      </c>
+      <c r="B7" s="250">
+        <f>IF(COUNT($A7:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A7:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C7" s="273">
+        <f>IF(COUNT($A7:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A7:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D7" s="250">
+        <f>IF(COUNT($A7:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A7:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E7" s="250">
+        <f>IF(COUNT($A7:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A7:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F7" s="250">
+        <f>IF(COUNT($A7:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A7:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G7" s="250">
+        <f>IF(COUNT($A7:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A7:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H7" s="250">
+        <f>IF(COUNT($A7:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A7:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I7" s="250">
+        <f>IF(COUNT($A7:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A7:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J7" s="250">
+        <f>IF(COUNT($A7:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A7:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K7" s="250">
+        <f>IF(COUNT($A7:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A7:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L7" s="250">
+        <f>IF(COUNT($A7:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A7:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M7" s="250">
+        <f>IF(COUNT($A7:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A7:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N7" s="250">
+        <f>IF(COUNT($A7:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A7:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O7" s="250">
+        <f>IF(COUNT($A7:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A7:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P7" s="250">
+        <f>IF(COUNT($A7:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A7:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="Q7" s="250">
+        <f>IF(COUNT($A7:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A7:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="R7" s="250">
+        <f>IF(COUNT($A7:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A7:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="S7" s="250">
+        <f>IF(COUNT($A7:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A7:$A$55)),2))</f>
+        <v>0.15</v>
+      </c>
+      <c r="T7" s="274">
+        <f t="shared" ref="T7:T55" si="3">ROUND(IF($T$5*POWER($T$4,$A$56-$A7)&lt;$T$2,$T$2,$T$5*POWER($T$4,$A$56-$A7)),2)</f>
+        <v>0.31</v>
+      </c>
+      <c r="U7" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V7" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W7" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X7" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y7" s="272">
+        <f>IF(A7="","",A7)</f>
+        <v>1900</v>
+      </c>
+      <c r="Z7" s="255"/>
+      <c r="AA7" s="267">
+        <v>0.04</v>
+      </c>
+      <c r="AB7" s="249">
+        <v>19</v>
+      </c>
+      <c r="AC7" s="255" t="s">
+        <v>796</v>
+      </c>
+      <c r="AE7" s="256" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="8" spans="1:31" s="256" customFormat="1" ht="15.75">
+      <c r="A8" s="272">
+        <f t="shared" ref="A8:A55" si="4">A9-1</f>
+        <v>1976</v>
+      </c>
+      <c r="B8" s="250">
+        <f>IF(COUNT($A8:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A8:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C8" s="273">
+        <f>IF(COUNT($A8:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A8:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D8" s="250">
+        <f>IF(COUNT($A8:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A8:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E8" s="250">
+        <f>IF(COUNT($A8:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A8:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F8" s="250">
+        <f>IF(COUNT($A8:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A8:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G8" s="250">
+        <f>IF(COUNT($A8:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A8:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H8" s="250">
+        <f>IF(COUNT($A8:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A8:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I8" s="250">
+        <f>IF(COUNT($A8:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A8:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J8" s="250">
+        <f>IF(COUNT($A8:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A8:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K8" s="250">
+        <f>IF(COUNT($A8:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A8:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L8" s="250">
+        <f>IF(COUNT($A8:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A8:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M8" s="250">
+        <f>IF(COUNT($A8:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A8:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N8" s="250">
+        <f>IF(COUNT($A8:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A8:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O8" s="250">
+        <f>IF(COUNT($A8:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A8:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P8" s="250">
+        <f>IF(COUNT($A8:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A8:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="Q8" s="250">
+        <f>IF(COUNT($A8:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A8:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="R8" s="250">
+        <f>IF(COUNT($A8:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A8:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="S8" s="250">
+        <f>IF(COUNT($A8:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A8:$A$55)),2))</f>
+        <v>0.15</v>
+      </c>
+      <c r="T8" s="274">
+        <f t="shared" si="3"/>
+        <v>0.31</v>
+      </c>
+      <c r="U8" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V8" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W8" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X8" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y8" s="272">
+        <f t="shared" ref="Y8:Y60" si="5">IF(A8="","",A8)</f>
+        <v>1976</v>
+      </c>
+      <c r="Z8" s="255"/>
+      <c r="AA8" s="277">
+        <v>2</v>
+      </c>
+      <c r="AB8" s="249">
+        <v>1</v>
+      </c>
+      <c r="AC8" s="255" t="s">
+        <v>798</v>
+      </c>
+      <c r="AE8" s="256" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="9" spans="1:31" s="256" customFormat="1" ht="15.75">
+      <c r="A9" s="272">
+        <f t="shared" si="4"/>
+        <v>1977</v>
+      </c>
+      <c r="B9" s="250">
+        <f>IF(COUNT($A9:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A9:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C9" s="273">
+        <f>IF(COUNT($A9:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A9:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D9" s="250">
+        <f>IF(COUNT($A9:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A9:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E9" s="250">
+        <f>IF(COUNT($A9:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A9:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F9" s="250">
+        <f>IF(COUNT($A9:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A9:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G9" s="250">
+        <f>IF(COUNT($A9:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A9:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H9" s="250">
+        <f>IF(COUNT($A9:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A9:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I9" s="250">
+        <f>IF(COUNT($A9:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A9:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J9" s="250">
+        <f>IF(COUNT($A9:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A9:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K9" s="250">
+        <f>IF(COUNT($A9:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A9:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L9" s="250">
+        <f>IF(COUNT($A9:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A9:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M9" s="250">
+        <f>IF(COUNT($A9:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A9:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N9" s="250">
+        <f>IF(COUNT($A9:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A9:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O9" s="250">
+        <f>IF(COUNT($A9:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A9:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P9" s="250">
+        <f>IF(COUNT($A9:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A9:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="Q9" s="250">
+        <f>IF(COUNT($A9:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A9:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="R9" s="250">
+        <f>IF(COUNT($A9:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A9:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="S9" s="250">
+        <f>IF(COUNT($A9:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A9:$A$55)),2))</f>
+        <v>0.15</v>
+      </c>
+      <c r="T9" s="274">
+        <f t="shared" si="3"/>
+        <v>0.31</v>
+      </c>
+      <c r="U9" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V9" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W9" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X9" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y9" s="272">
+        <f t="shared" si="5"/>
+        <v>1977</v>
+      </c>
+      <c r="Z9" s="255"/>
+      <c r="AA9" s="249">
+        <v>3</v>
+      </c>
+      <c r="AB9" s="249">
+        <v>2</v>
+      </c>
+      <c r="AC9" s="255" t="s">
+        <v>798</v>
+      </c>
+      <c r="AE9" s="256" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="10" spans="1:31" s="256" customFormat="1" ht="15.75">
+      <c r="A10" s="272">
+        <f t="shared" si="4"/>
+        <v>1978</v>
+      </c>
+      <c r="B10" s="250">
+        <f>IF(COUNT($A10:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A10:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C10" s="273">
+        <f>IF(COUNT($A10:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A10:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D10" s="250">
+        <f>IF(COUNT($A10:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A10:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E10" s="250">
+        <f>IF(COUNT($A10:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A10:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F10" s="250">
+        <f>IF(COUNT($A10:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A10:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G10" s="250">
+        <f>IF(COUNT($A10:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A10:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H10" s="250">
+        <f>IF(COUNT($A10:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A10:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I10" s="250">
+        <f>IF(COUNT($A10:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A10:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J10" s="250">
+        <f>IF(COUNT($A10:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A10:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K10" s="250">
+        <f>IF(COUNT($A10:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A10:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L10" s="250">
+        <f>IF(COUNT($A10:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A10:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M10" s="250">
+        <f>IF(COUNT($A10:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A10:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N10" s="250">
+        <f>IF(COUNT($A10:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A10:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O10" s="250">
+        <f>IF(COUNT($A10:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A10:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P10" s="250">
+        <f>IF(COUNT($A10:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A10:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="Q10" s="250">
+        <f>IF(COUNT($A10:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A10:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="R10" s="250">
+        <f>IF(COUNT($A10:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A10:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="S10" s="250">
+        <f>IF(COUNT($A10:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A10:$A$55)),2))</f>
+        <v>0.15</v>
+      </c>
+      <c r="T10" s="274">
+        <f t="shared" si="3"/>
+        <v>0.31</v>
+      </c>
+      <c r="U10" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V10" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W10" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X10" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y10" s="272">
+        <f t="shared" si="5"/>
+        <v>1978</v>
+      </c>
+      <c r="Z10" s="255"/>
+      <c r="AA10" s="249">
+        <v>4</v>
+      </c>
+      <c r="AB10" s="249">
+        <v>3</v>
+      </c>
+      <c r="AC10" s="255" t="s">
+        <v>798</v>
+      </c>
+      <c r="AE10" s="256" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="11" spans="1:31" s="256" customFormat="1" ht="15.75">
+      <c r="A11" s="272">
+        <f t="shared" si="4"/>
+        <v>1979</v>
+      </c>
+      <c r="B11" s="250">
+        <f>IF(COUNT($A11:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A11:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C11" s="273">
+        <f>IF(COUNT($A11:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A11:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D11" s="250">
+        <f>IF(COUNT($A11:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A11:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E11" s="250">
+        <f>IF(COUNT($A11:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A11:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F11" s="250">
+        <f>IF(COUNT($A11:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A11:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G11" s="250">
+        <f>IF(COUNT($A11:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A11:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H11" s="250">
+        <f>IF(COUNT($A11:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A11:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I11" s="250">
+        <f>IF(COUNT($A11:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A11:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J11" s="250">
+        <f>IF(COUNT($A11:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A11:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K11" s="250">
+        <f>IF(COUNT($A11:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A11:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L11" s="250">
+        <f>IF(COUNT($A11:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A11:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M11" s="250">
+        <f>IF(COUNT($A11:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A11:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N11" s="250">
+        <f>IF(COUNT($A11:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A11:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O11" s="250">
+        <f>IF(COUNT($A11:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A11:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P11" s="250">
+        <f>IF(COUNT($A11:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A11:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="Q11" s="250">
+        <f>IF(COUNT($A11:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A11:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="R11" s="250">
+        <f>IF(COUNT($A11:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A11:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="S11" s="250">
+        <f>IF(COUNT($A11:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A11:$A$55)),2))</f>
+        <v>0.15</v>
+      </c>
+      <c r="T11" s="274">
+        <f t="shared" si="3"/>
+        <v>0.31</v>
+      </c>
+      <c r="U11" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V11" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W11" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X11" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y11" s="272">
+        <f t="shared" si="5"/>
+        <v>1979</v>
+      </c>
+      <c r="Z11" s="255"/>
+      <c r="AA11" s="249">
+        <v>5</v>
+      </c>
+      <c r="AB11" s="249">
+        <v>4</v>
+      </c>
+      <c r="AC11" s="255" t="s">
+        <v>798</v>
+      </c>
+      <c r="AE11" s="256" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="12" spans="1:31" s="256" customFormat="1" ht="15.75">
+      <c r="A12" s="272">
+        <f t="shared" si="4"/>
+        <v>1980</v>
+      </c>
+      <c r="B12" s="250">
+        <f>IF(COUNT($A12:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A12:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C12" s="273">
+        <f>IF(COUNT($A12:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A12:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D12" s="250">
+        <f>IF(COUNT($A12:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A12:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E12" s="250">
+        <f>IF(COUNT($A12:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A12:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F12" s="250">
+        <f>IF(COUNT($A12:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A12:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G12" s="250">
+        <f>IF(COUNT($A12:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A12:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H12" s="250">
+        <f>IF(COUNT($A12:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A12:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I12" s="250">
+        <f>IF(COUNT($A12:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A12:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J12" s="250">
+        <f>IF(COUNT($A12:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A12:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K12" s="250">
+        <f>IF(COUNT($A12:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A12:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L12" s="250">
+        <f>IF(COUNT($A12:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A12:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M12" s="250">
+        <f>IF(COUNT($A12:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A12:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N12" s="250">
+        <f>IF(COUNT($A12:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A12:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O12" s="250">
+        <f>IF(COUNT($A12:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A12:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P12" s="250">
+        <f>IF(COUNT($A12:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A12:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="Q12" s="250">
+        <f>IF(COUNT($A12:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A12:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="R12" s="250">
+        <f>IF(COUNT($A12:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A12:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="S12" s="250">
+        <f>IF(COUNT($A12:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A12:$A$55)),2))</f>
+        <v>0.15</v>
+      </c>
+      <c r="T12" s="274">
+        <f t="shared" si="3"/>
+        <v>0.31</v>
+      </c>
+      <c r="U12" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V12" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W12" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X12" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y12" s="272">
+        <f t="shared" si="5"/>
+        <v>1980</v>
+      </c>
+      <c r="Z12" s="255"/>
+      <c r="AA12" s="249">
+        <v>6</v>
+      </c>
+      <c r="AB12" s="249">
+        <v>5</v>
+      </c>
+      <c r="AC12" s="255" t="s">
+        <v>798</v>
+      </c>
+      <c r="AE12" s="256" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="13" spans="1:31" s="256" customFormat="1" ht="15.75">
+      <c r="A13" s="272">
+        <f t="shared" si="4"/>
+        <v>1981</v>
+      </c>
+      <c r="B13" s="250">
+        <f>IF(COUNT($A13:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A13:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C13" s="273">
+        <f>IF(COUNT($A13:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A13:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D13" s="250">
+        <f>IF(COUNT($A13:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A13:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E13" s="250">
+        <f>IF(COUNT($A13:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A13:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F13" s="250">
+        <f>IF(COUNT($A13:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A13:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G13" s="250">
+        <f>IF(COUNT($A13:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A13:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H13" s="250">
+        <f>IF(COUNT($A13:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A13:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I13" s="250">
+        <f>IF(COUNT($A13:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A13:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J13" s="250">
+        <f>IF(COUNT($A13:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A13:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K13" s="250">
+        <f>IF(COUNT($A13:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A13:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L13" s="250">
+        <f>IF(COUNT($A13:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A13:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M13" s="250">
+        <f>IF(COUNT($A13:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A13:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N13" s="250">
+        <f>IF(COUNT($A13:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A13:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O13" s="250">
+        <f>IF(COUNT($A13:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A13:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P13" s="250">
+        <f>IF(COUNT($A13:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A13:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="Q13" s="250">
+        <f>IF(COUNT($A13:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A13:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="R13" s="250">
+        <f>IF(COUNT($A13:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A13:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="S13" s="250">
+        <f>IF(COUNT($A13:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A13:$A$55)),2))</f>
+        <v>0.15</v>
+      </c>
+      <c r="T13" s="274">
+        <f t="shared" si="3"/>
+        <v>0.31</v>
+      </c>
+      <c r="U13" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V13" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W13" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X13" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y13" s="272">
+        <f t="shared" si="5"/>
+        <v>1981</v>
+      </c>
+      <c r="Z13" s="255"/>
+      <c r="AA13" s="249">
+        <v>7</v>
+      </c>
+      <c r="AB13" s="249">
+        <v>6</v>
+      </c>
+      <c r="AC13" s="255" t="s">
+        <v>798</v>
+      </c>
+      <c r="AE13" s="256" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="14" spans="1:31" s="256" customFormat="1" ht="15.75">
+      <c r="A14" s="272">
+        <f t="shared" si="4"/>
+        <v>1982</v>
+      </c>
+      <c r="B14" s="250">
+        <f>IF(COUNT($A14:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A14:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C14" s="273">
+        <f>IF(COUNT($A14:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A14:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D14" s="250">
+        <f>IF(COUNT($A14:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A14:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E14" s="250">
+        <f>IF(COUNT($A14:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A14:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F14" s="250">
+        <f>IF(COUNT($A14:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A14:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G14" s="250">
+        <f>IF(COUNT($A14:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A14:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H14" s="250">
+        <f>IF(COUNT($A14:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A14:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I14" s="250">
+        <f>IF(COUNT($A14:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A14:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J14" s="250">
+        <f>IF(COUNT($A14:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A14:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K14" s="250">
+        <f>IF(COUNT($A14:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A14:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L14" s="250">
+        <f>IF(COUNT($A14:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A14:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M14" s="250">
+        <f>IF(COUNT($A14:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A14:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N14" s="250">
+        <f>IF(COUNT($A14:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A14:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O14" s="250">
+        <f>IF(COUNT($A14:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A14:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P14" s="250">
+        <f>IF(COUNT($A14:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A14:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="Q14" s="250">
+        <f>IF(COUNT($A14:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A14:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="R14" s="250">
+        <f>IF(COUNT($A14:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A14:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="S14" s="250">
+        <f>IF(COUNT($A14:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A14:$A$55)),2))</f>
+        <v>0.15</v>
+      </c>
+      <c r="T14" s="274">
+        <f t="shared" si="3"/>
+        <v>0.31</v>
+      </c>
+      <c r="U14" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V14" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W14" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X14" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y14" s="272">
+        <f t="shared" si="5"/>
+        <v>1982</v>
+      </c>
+      <c r="Z14" s="255"/>
+      <c r="AA14" s="249">
+        <v>8</v>
+      </c>
+      <c r="AB14" s="249">
+        <v>7</v>
+      </c>
+      <c r="AC14" s="255" t="s">
+        <v>798</v>
+      </c>
+      <c r="AE14" s="256" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="15" spans="1:31" s="256" customFormat="1" ht="15.75">
+      <c r="A15" s="272">
+        <f t="shared" si="4"/>
+        <v>1983</v>
+      </c>
+      <c r="B15" s="250">
+        <f>IF(COUNT($A15:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A15:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C15" s="273">
+        <f>IF(COUNT($A15:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A15:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D15" s="250">
+        <f>IF(COUNT($A15:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A15:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E15" s="250">
+        <f>IF(COUNT($A15:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A15:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F15" s="250">
+        <f>IF(COUNT($A15:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A15:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G15" s="250">
+        <f>IF(COUNT($A15:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A15:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H15" s="250">
+        <f>IF(COUNT($A15:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A15:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I15" s="250">
+        <f>IF(COUNT($A15:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A15:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J15" s="250">
+        <f>IF(COUNT($A15:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A15:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K15" s="250">
+        <f>IF(COUNT($A15:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A15:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L15" s="250">
+        <f>IF(COUNT($A15:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A15:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M15" s="250">
+        <f>IF(COUNT($A15:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A15:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N15" s="250">
+        <f>IF(COUNT($A15:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A15:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O15" s="250">
+        <f>IF(COUNT($A15:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A15:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P15" s="250">
+        <f>IF(COUNT($A15:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A15:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="Q15" s="250">
+        <f>IF(COUNT($A15:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A15:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="R15" s="250">
+        <f>IF(COUNT($A15:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A15:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="S15" s="250">
+        <f>IF(COUNT($A15:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A15:$A$55)),2))</f>
+        <v>0.15</v>
+      </c>
+      <c r="T15" s="274">
+        <f t="shared" si="3"/>
+        <v>0.31</v>
+      </c>
+      <c r="U15" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V15" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W15" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X15" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y15" s="272">
+        <f t="shared" si="5"/>
+        <v>1983</v>
+      </c>
+      <c r="Z15" s="255"/>
+      <c r="AA15" s="249">
+        <v>9</v>
+      </c>
+      <c r="AB15" s="249">
+        <v>8</v>
+      </c>
+      <c r="AC15" s="255" t="s">
+        <v>798</v>
+      </c>
+      <c r="AE15" s="256" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="16" spans="1:31" s="256" customFormat="1" ht="15.75">
+      <c r="A16" s="272">
+        <f t="shared" si="4"/>
+        <v>1984</v>
+      </c>
+      <c r="B16" s="250">
+        <f>IF(COUNT($A16:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A16:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C16" s="273">
+        <f>IF(COUNT($A16:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A16:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D16" s="250">
+        <f>IF(COUNT($A16:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A16:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E16" s="250">
+        <f>IF(COUNT($A16:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A16:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F16" s="250">
+        <f>IF(COUNT($A16:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A16:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G16" s="250">
+        <f>IF(COUNT($A16:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A16:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H16" s="250">
+        <f>IF(COUNT($A16:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A16:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I16" s="250">
+        <f>IF(COUNT($A16:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A16:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J16" s="250">
+        <f>IF(COUNT($A16:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A16:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K16" s="250">
+        <f>IF(COUNT($A16:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A16:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L16" s="250">
+        <f>IF(COUNT($A16:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A16:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M16" s="250">
+        <f>IF(COUNT($A16:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A16:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N16" s="250">
+        <f>IF(COUNT($A16:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A16:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O16" s="250">
+        <f>IF(COUNT($A16:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A16:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P16" s="250">
+        <f>IF(COUNT($A16:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A16:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="Q16" s="250">
+        <f>IF(COUNT($A16:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A16:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="R16" s="250">
+        <f>IF(COUNT($A16:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A16:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="S16" s="250">
+        <f>IF(COUNT($A16:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A16:$A$55)),2))</f>
+        <v>0.15</v>
+      </c>
+      <c r="T16" s="274">
+        <f t="shared" si="3"/>
+        <v>0.31</v>
+      </c>
+      <c r="U16" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V16" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W16" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X16" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y16" s="272">
+        <f t="shared" si="5"/>
+        <v>1984</v>
+      </c>
+      <c r="Z16" s="255"/>
+      <c r="AA16" s="249">
+        <v>10</v>
+      </c>
+      <c r="AB16" s="249">
+        <v>9</v>
+      </c>
+      <c r="AC16" s="255" t="s">
+        <v>798</v>
+      </c>
+      <c r="AE16" s="256" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="17" spans="1:31" s="256" customFormat="1" ht="15.75">
+      <c r="A17" s="272">
+        <f t="shared" si="4"/>
+        <v>1985</v>
+      </c>
+      <c r="B17" s="250">
+        <f>IF(COUNT($A17:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A17:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C17" s="273">
+        <f>IF(COUNT($A17:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A17:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D17" s="250">
+        <f>IF(COUNT($A17:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A17:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E17" s="250">
+        <f>IF(COUNT($A17:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A17:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F17" s="250">
+        <f>IF(COUNT($A17:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A17:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G17" s="250">
+        <f>IF(COUNT($A17:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A17:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H17" s="250">
+        <f>IF(COUNT($A17:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A17:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I17" s="250">
+        <f>IF(COUNT($A17:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A17:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J17" s="250">
+        <f>IF(COUNT($A17:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A17:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K17" s="250">
+        <f>IF(COUNT($A17:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A17:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L17" s="250">
+        <f>IF(COUNT($A17:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A17:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M17" s="250">
+        <f>IF(COUNT($A17:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A17:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N17" s="250">
+        <f>IF(COUNT($A17:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A17:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O17" s="250">
+        <f>IF(COUNT($A17:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A17:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P17" s="250">
+        <f>IF(COUNT($A17:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A17:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="Q17" s="250">
+        <f>IF(COUNT($A17:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A17:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="R17" s="250">
+        <f>IF(COUNT($A17:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A17:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="S17" s="250">
+        <f>IF(COUNT($A17:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A17:$A$55)),2))</f>
+        <v>0.15</v>
+      </c>
+      <c r="T17" s="274">
+        <f t="shared" si="3"/>
+        <v>0.31</v>
+      </c>
+      <c r="U17" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V17" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W17" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X17" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y17" s="272">
+        <f t="shared" si="5"/>
+        <v>1985</v>
+      </c>
+      <c r="Z17" s="255"/>
+      <c r="AA17" s="249">
+        <v>11</v>
+      </c>
+      <c r="AB17" s="249">
+        <v>10</v>
+      </c>
+      <c r="AC17" s="255" t="s">
+        <v>798</v>
+      </c>
+      <c r="AE17" s="256" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="18" spans="1:31" s="256" customFormat="1" ht="15.75">
+      <c r="A18" s="272">
+        <f t="shared" si="4"/>
+        <v>1986</v>
+      </c>
+      <c r="B18" s="250">
+        <f>IF(COUNT($A18:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A18:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C18" s="273">
+        <f>IF(COUNT($A18:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A18:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D18" s="250">
+        <f>IF(COUNT($A18:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A18:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E18" s="250">
+        <f>IF(COUNT($A18:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A18:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F18" s="250">
+        <f>IF(COUNT($A18:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A18:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G18" s="250">
+        <f>IF(COUNT($A18:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A18:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H18" s="250">
+        <f>IF(COUNT($A18:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A18:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I18" s="250">
+        <f>IF(COUNT($A18:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A18:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J18" s="250">
+        <f>IF(COUNT($A18:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A18:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K18" s="250">
+        <f>IF(COUNT($A18:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A18:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L18" s="250">
+        <f>IF(COUNT($A18:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A18:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M18" s="250">
+        <f>IF(COUNT($A18:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A18:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N18" s="250">
+        <f>IF(COUNT($A18:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A18:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O18" s="250">
+        <f>IF(COUNT($A18:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A18:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P18" s="250">
+        <f>IF(COUNT($A18:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A18:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="Q18" s="250">
+        <f>IF(COUNT($A18:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A18:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="R18" s="250">
+        <f>IF(COUNT($A18:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A18:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="S18" s="250">
+        <f>IF(COUNT($A18:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A18:$A$55)),2))</f>
+        <v>0.15</v>
+      </c>
+      <c r="T18" s="274">
+        <f t="shared" si="3"/>
+        <v>0.31</v>
+      </c>
+      <c r="U18" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V18" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W18" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X18" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y18" s="272">
+        <f t="shared" si="5"/>
+        <v>1986</v>
+      </c>
+      <c r="Z18" s="255"/>
+      <c r="AA18" s="249">
+        <v>12</v>
+      </c>
+      <c r="AB18" s="249">
+        <v>11</v>
+      </c>
+      <c r="AC18" s="255" t="s">
+        <v>798</v>
+      </c>
+      <c r="AE18" s="256" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="19" spans="1:31" s="256" customFormat="1" ht="15.75">
+      <c r="A19" s="272">
+        <f t="shared" si="4"/>
+        <v>1987</v>
+      </c>
+      <c r="B19" s="250">
+        <f>IF(COUNT($A19:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A19:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C19" s="273">
+        <f>IF(COUNT($A19:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A19:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D19" s="250">
+        <f>IF(COUNT($A19:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A19:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E19" s="250">
+        <f>IF(COUNT($A19:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A19:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F19" s="250">
+        <f>IF(COUNT($A19:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A19:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G19" s="250">
+        <f>IF(COUNT($A19:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A19:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H19" s="250">
+        <f>IF(COUNT($A19:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A19:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I19" s="250">
+        <f>IF(COUNT($A19:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A19:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J19" s="250">
+        <f>IF(COUNT($A19:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A19:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K19" s="250">
+        <f>IF(COUNT($A19:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A19:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L19" s="250">
+        <f>IF(COUNT($A19:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A19:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M19" s="250">
+        <f>IF(COUNT($A19:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A19:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N19" s="250">
+        <f>IF(COUNT($A19:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A19:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O19" s="250">
+        <f>IF(COUNT($A19:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A19:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P19" s="250">
+        <f>IF(COUNT($A19:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A19:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="Q19" s="250">
+        <f>IF(COUNT($A19:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A19:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="R19" s="250">
+        <f>IF(COUNT($A19:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A19:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="S19" s="250">
+        <f>IF(COUNT($A19:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A19:$A$55)),2))</f>
+        <v>0.15</v>
+      </c>
+      <c r="T19" s="274">
+        <f t="shared" si="3"/>
+        <v>0.31</v>
+      </c>
+      <c r="U19" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V19" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W19" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X19" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y19" s="272">
+        <f t="shared" si="5"/>
+        <v>1987</v>
+      </c>
+      <c r="Z19" s="255"/>
+      <c r="AA19" s="249">
+        <v>13</v>
+      </c>
+      <c r="AB19" s="249">
+        <v>12</v>
+      </c>
+      <c r="AC19" s="255" t="s">
+        <v>798</v>
+      </c>
+      <c r="AE19" s="256" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="20" spans="1:31" s="256" customFormat="1" ht="15.75">
+      <c r="A20" s="272">
+        <f t="shared" si="4"/>
+        <v>1988</v>
+      </c>
+      <c r="B20" s="250">
+        <f>IF(COUNT($A20:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A20:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C20" s="273">
+        <f>IF(COUNT($A20:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A20:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D20" s="250">
+        <f>IF(COUNT($A20:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A20:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E20" s="250">
+        <f>IF(COUNT($A20:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A20:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F20" s="250">
+        <f>IF(COUNT($A20:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A20:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G20" s="250">
+        <f>IF(COUNT($A20:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A20:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H20" s="250">
+        <f>IF(COUNT($A20:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A20:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I20" s="250">
+        <f>IF(COUNT($A20:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A20:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J20" s="250">
+        <f>IF(COUNT($A20:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A20:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K20" s="250">
+        <f>IF(COUNT($A20:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A20:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L20" s="250">
+        <f>IF(COUNT($A20:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A20:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M20" s="250">
+        <f>IF(COUNT($A20:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A20:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N20" s="250">
+        <f>IF(COUNT($A20:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A20:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O20" s="250">
+        <f>IF(COUNT($A20:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A20:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P20" s="250">
+        <f>IF(COUNT($A20:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A20:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="Q20" s="250">
+        <f>IF(COUNT($A20:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A20:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="R20" s="250">
+        <f>IF(COUNT($A20:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A20:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="S20" s="250">
+        <f>IF(COUNT($A20:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A20:$A$55)),2))</f>
+        <v>0.15</v>
+      </c>
+      <c r="T20" s="274">
+        <f t="shared" si="3"/>
+        <v>0.31</v>
+      </c>
+      <c r="U20" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V20" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W20" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X20" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y20" s="272">
+        <f t="shared" si="5"/>
+        <v>1988</v>
+      </c>
+      <c r="Z20" s="255"/>
+      <c r="AA20" s="249">
+        <v>14</v>
+      </c>
+      <c r="AB20" s="249">
+        <v>13</v>
+      </c>
+      <c r="AC20" s="255" t="s">
+        <v>798</v>
+      </c>
+      <c r="AE20" s="256" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="21" spans="1:31" s="256" customFormat="1" ht="15.75">
+      <c r="A21" s="272">
+        <f t="shared" si="4"/>
+        <v>1989</v>
+      </c>
+      <c r="B21" s="250">
+        <f>IF(COUNT($A21:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A21:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C21" s="273">
+        <f>IF(COUNT($A21:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A21:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D21" s="250">
+        <f>IF(COUNT($A21:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A21:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E21" s="250">
+        <f>IF(COUNT($A21:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A21:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F21" s="250">
+        <f>IF(COUNT($A21:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A21:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G21" s="250">
+        <f>IF(COUNT($A21:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A21:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H21" s="250">
+        <f>IF(COUNT($A21:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A21:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I21" s="250">
+        <f>IF(COUNT($A21:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A21:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J21" s="250">
+        <f>IF(COUNT($A21:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A21:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K21" s="250">
+        <f>IF(COUNT($A21:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A21:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L21" s="250">
+        <f>IF(COUNT($A21:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A21:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M21" s="250">
+        <f>IF(COUNT($A21:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A21:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N21" s="250">
+        <f>IF(COUNT($A21:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A21:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O21" s="250">
+        <f>IF(COUNT($A21:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A21:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P21" s="250">
+        <f>IF(COUNT($A21:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A21:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="Q21" s="250">
+        <f>IF(COUNT($A21:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A21:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="R21" s="250">
+        <f>IF(COUNT($A21:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A21:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="S21" s="250">
+        <f>IF(COUNT($A21:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A21:$A$55)),2))</f>
+        <v>0.15</v>
+      </c>
+      <c r="T21" s="274">
+        <f t="shared" si="3"/>
+        <v>0.31</v>
+      </c>
+      <c r="U21" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V21" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W21" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X21" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y21" s="272">
+        <f t="shared" si="5"/>
+        <v>1989</v>
+      </c>
+      <c r="Z21" s="255"/>
+      <c r="AA21" s="249">
+        <v>15</v>
+      </c>
+      <c r="AB21" s="249">
+        <v>14</v>
+      </c>
+      <c r="AC21" s="255" t="s">
+        <v>798</v>
+      </c>
+      <c r="AE21" s="256" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="22" spans="1:31" s="256" customFormat="1" ht="15.75">
+      <c r="A22" s="272">
+        <f t="shared" si="4"/>
+        <v>1990</v>
+      </c>
+      <c r="B22" s="250">
+        <f>IF(COUNT($A22:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A22:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C22" s="273">
+        <f>IF(COUNT($A22:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A22:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D22" s="250">
+        <f>IF(COUNT($A22:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A22:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E22" s="250">
+        <f>IF(COUNT($A22:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A22:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F22" s="250">
+        <f>IF(COUNT($A22:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A22:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G22" s="250">
+        <f>IF(COUNT($A22:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A22:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H22" s="250">
+        <f>IF(COUNT($A22:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A22:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I22" s="250">
+        <f>IF(COUNT($A22:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A22:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J22" s="250">
+        <f>IF(COUNT($A22:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A22:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K22" s="250">
+        <f>IF(COUNT($A22:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A22:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L22" s="250">
+        <f>IF(COUNT($A22:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A22:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M22" s="250">
+        <f>IF(COUNT($A22:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A22:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N22" s="250">
+        <f>IF(COUNT($A22:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A22:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O22" s="250">
+        <f>IF(COUNT($A22:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A22:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P22" s="250">
+        <f>IF(COUNT($A22:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A22:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="Q22" s="250">
+        <f>IF(COUNT($A22:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A22:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="R22" s="250">
+        <f>IF(COUNT($A22:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A22:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="S22" s="250">
+        <f>IF(COUNT($A22:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A22:$A$55)),2))</f>
+        <v>0.15</v>
+      </c>
+      <c r="T22" s="274">
+        <f t="shared" si="3"/>
+        <v>0.31</v>
+      </c>
+      <c r="U22" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V22" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W22" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X22" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y22" s="272">
+        <f t="shared" si="5"/>
+        <v>1990</v>
+      </c>
+      <c r="Z22" s="255"/>
+      <c r="AA22" s="249">
+        <v>16</v>
+      </c>
+      <c r="AB22" s="249">
+        <v>15</v>
+      </c>
+      <c r="AC22" s="255" t="s">
+        <v>798</v>
+      </c>
+      <c r="AE22" s="256" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="23" spans="1:31" s="256" customFormat="1" ht="15.75">
+      <c r="A23" s="272">
+        <f t="shared" si="4"/>
+        <v>1991</v>
+      </c>
+      <c r="B23" s="250">
+        <f>IF(COUNT($A23:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A23:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C23" s="273">
+        <f>IF(COUNT($A23:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A23:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D23" s="250">
+        <f>IF(COUNT($A23:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A23:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E23" s="250">
+        <f>IF(COUNT($A23:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A23:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F23" s="250">
+        <f>IF(COUNT($A23:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A23:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G23" s="250">
+        <f>IF(COUNT($A23:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A23:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H23" s="250">
+        <f>IF(COUNT($A23:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A23:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I23" s="250">
+        <f>IF(COUNT($A23:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A23:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J23" s="250">
+        <f>IF(COUNT($A23:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A23:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K23" s="250">
+        <f>IF(COUNT($A23:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A23:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L23" s="250">
+        <f>IF(COUNT($A23:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A23:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M23" s="250">
+        <f>IF(COUNT($A23:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A23:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N23" s="250">
+        <f>IF(COUNT($A23:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A23:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O23" s="250">
+        <f>IF(COUNT($A23:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A23:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P23" s="250">
+        <f>IF(COUNT($A23:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A23:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="Q23" s="250">
+        <f>IF(COUNT($A23:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A23:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="R23" s="250">
+        <f>IF(COUNT($A23:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A23:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="S23" s="250">
+        <f>IF(COUNT($A23:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A23:$A$55)),2))</f>
+        <v>0.15</v>
+      </c>
+      <c r="T23" s="274">
+        <f t="shared" si="3"/>
+        <v>0.31</v>
+      </c>
+      <c r="U23" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V23" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W23" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X23" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y23" s="272">
+        <f t="shared" si="5"/>
+        <v>1991</v>
+      </c>
+      <c r="Z23" s="255"/>
+      <c r="AA23" s="249">
+        <v>19</v>
+      </c>
+      <c r="AB23" s="249">
+        <v>16</v>
+      </c>
+      <c r="AC23" s="255" t="s">
+        <v>798</v>
+      </c>
+      <c r="AE23" s="256" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="24" spans="1:31" s="256" customFormat="1" ht="15.75">
+      <c r="A24" s="272">
+        <f t="shared" si="4"/>
+        <v>1992</v>
+      </c>
+      <c r="B24" s="250">
+        <f>IF(COUNT($A24:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A24:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C24" s="273">
+        <f>IF(COUNT($A24:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A24:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D24" s="250">
+        <f>IF(COUNT($A24:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A24:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E24" s="250">
+        <f>IF(COUNT($A24:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A24:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F24" s="250">
+        <f>IF(COUNT($A24:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A24:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G24" s="250">
+        <f>IF(COUNT($A24:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A24:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H24" s="250">
+        <f>IF(COUNT($A24:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A24:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I24" s="250">
+        <f>IF(COUNT($A24:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A24:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J24" s="250">
+        <f>IF(COUNT($A24:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A24:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K24" s="250">
+        <f>IF(COUNT($A24:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A24:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L24" s="250">
+        <f>IF(COUNT($A24:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A24:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M24" s="250">
+        <f>IF(COUNT($A24:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A24:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N24" s="250">
+        <f>IF(COUNT($A24:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A24:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O24" s="250">
+        <f>IF(COUNT($A24:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A24:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P24" s="250">
+        <f>IF(COUNT($A24:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A24:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="Q24" s="250">
+        <f>IF(COUNT($A24:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A24:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="R24" s="250">
+        <f>IF(COUNT($A24:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A24:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="S24" s="250">
+        <f>IF(COUNT($A24:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A24:$A$55)),2))</f>
+        <v>0.15</v>
+      </c>
+      <c r="T24" s="274">
+        <f t="shared" si="3"/>
+        <v>0.31</v>
+      </c>
+      <c r="U24" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V24" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W24" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X24" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y24" s="272">
+        <f t="shared" si="5"/>
+        <v>1992</v>
+      </c>
+      <c r="Z24" s="255"/>
+      <c r="AA24" s="249">
+        <v>20</v>
+      </c>
+      <c r="AB24" s="249">
+        <v>17</v>
+      </c>
+      <c r="AC24" s="255" t="s">
+        <v>798</v>
+      </c>
+      <c r="AE24" s="256" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="25" spans="1:31" s="256" customFormat="1" ht="15.75">
+      <c r="A25" s="272">
+        <f t="shared" si="4"/>
+        <v>1993</v>
+      </c>
+      <c r="B25" s="250">
+        <f>IF(COUNT($A25:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A25:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C25" s="273">
+        <f>IF(COUNT($A25:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A25:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D25" s="250">
+        <f>IF(COUNT($A25:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A25:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E25" s="250">
+        <f>IF(COUNT($A25:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A25:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F25" s="250">
+        <f>IF(COUNT($A25:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A25:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G25" s="250">
+        <f>IF(COUNT($A25:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A25:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H25" s="250">
+        <f>IF(COUNT($A25:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A25:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I25" s="250">
+        <f>IF(COUNT($A25:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A25:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J25" s="250">
+        <f>IF(COUNT($A25:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A25:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K25" s="250">
+        <f>IF(COUNT($A25:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A25:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L25" s="250">
+        <f>IF(COUNT($A25:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A25:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M25" s="250">
+        <f>IF(COUNT($A25:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A25:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N25" s="250">
+        <f>IF(COUNT($A25:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A25:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O25" s="250">
+        <f>IF(COUNT($A25:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A25:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P25" s="250">
+        <f>IF(COUNT($A25:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A25:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="Q25" s="250">
+        <f>IF(COUNT($A25:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A25:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="R25" s="250">
+        <f>IF(COUNT($A25:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A25:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="S25" s="250">
+        <f>IF(COUNT($A25:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A25:$A$55)),2))</f>
+        <v>0.15</v>
+      </c>
+      <c r="T25" s="274">
+        <f t="shared" si="3"/>
+        <v>0.31</v>
+      </c>
+      <c r="U25" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V25" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W25" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X25" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y25" s="272">
+        <f t="shared" si="5"/>
+        <v>1993</v>
+      </c>
+      <c r="Z25" s="255"/>
+      <c r="AA25" s="249">
+        <v>25</v>
+      </c>
+      <c r="AB25" s="249">
+        <v>18</v>
+      </c>
+      <c r="AC25" s="255" t="s">
+        <v>798</v>
+      </c>
+      <c r="AE25" s="256" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="26" spans="1:31" s="256" customFormat="1" ht="15.75">
+      <c r="A26" s="272">
+        <f t="shared" si="4"/>
+        <v>1994</v>
+      </c>
+      <c r="B26" s="250">
+        <f>IF(COUNT($A26:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A26:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C26" s="273">
+        <f>IF(COUNT($A26:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A26:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D26" s="250">
+        <f>IF(COUNT($A26:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A26:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E26" s="250">
+        <f>IF(COUNT($A26:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A26:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F26" s="250">
+        <f>IF(COUNT($A26:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A26:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G26" s="250">
+        <f>IF(COUNT($A26:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A26:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H26" s="250">
+        <f>IF(COUNT($A26:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A26:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I26" s="250">
+        <f>IF(COUNT($A26:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A26:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J26" s="250">
+        <f>IF(COUNT($A26:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A26:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K26" s="250">
+        <f>IF(COUNT($A26:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A26:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L26" s="250">
+        <f>IF(COUNT($A26:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A26:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M26" s="250">
+        <f>IF(COUNT($A26:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A26:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N26" s="250">
+        <f>IF(COUNT($A26:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A26:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O26" s="250">
+        <f>IF(COUNT($A26:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A26:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P26" s="250">
+        <f>IF(COUNT($A26:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A26:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="Q26" s="250">
+        <f>IF(COUNT($A26:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A26:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="R26" s="250">
+        <f>IF(COUNT($A26:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A26:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="S26" s="250">
+        <f>IF(COUNT($A26:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A26:$A$55)),2))</f>
+        <v>0.15</v>
+      </c>
+      <c r="T26" s="274">
+        <f t="shared" si="3"/>
+        <v>0.31</v>
+      </c>
+      <c r="U26" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V26" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W26" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X26" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y26" s="272">
+        <f t="shared" si="5"/>
+        <v>1994</v>
+      </c>
+      <c r="Z26" s="255"/>
+      <c r="AA26" s="267">
+        <v>100</v>
+      </c>
+      <c r="AB26" s="249">
+        <v>20</v>
+      </c>
+      <c r="AC26" s="255" t="s">
+        <v>817</v>
+      </c>
+      <c r="AE26" s="256" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="27" spans="1:31" s="256" customFormat="1" ht="15.75">
+      <c r="A27" s="272">
+        <f t="shared" si="4"/>
+        <v>1995</v>
+      </c>
+      <c r="B27" s="250">
+        <f>IF(COUNT($A27:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A27:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C27" s="273">
+        <f>IF(COUNT($A27:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A27:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D27" s="250">
+        <f>IF(COUNT($A27:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A27:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E27" s="250">
+        <f>IF(COUNT($A27:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A27:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F27" s="250">
+        <f>IF(COUNT($A27:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A27:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G27" s="250">
+        <f>IF(COUNT($A27:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A27:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H27" s="250">
+        <f>IF(COUNT($A27:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A27:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I27" s="250">
+        <f>IF(COUNT($A27:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A27:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J27" s="250">
+        <f>IF(COUNT($A27:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A27:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K27" s="250">
+        <f>IF(COUNT($A27:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A27:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L27" s="250">
+        <f>IF(COUNT($A27:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A27:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M27" s="250">
+        <f>IF(COUNT($A27:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A27:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N27" s="250">
+        <f>IF(COUNT($A27:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A27:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O27" s="250">
+        <f>IF(COUNT($A27:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A27:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P27" s="250">
+        <f>IF(COUNT($A27:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A27:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="Q27" s="250">
+        <f>IF(COUNT($A27:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A27:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="R27" s="250">
+        <f>IF(COUNT($A27:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A27:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="S27" s="250">
+        <f>IF(COUNT($A27:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A27:$A$55)),2))</f>
+        <v>0.15</v>
+      </c>
+      <c r="T27" s="274">
+        <f t="shared" si="3"/>
+        <v>0.31</v>
+      </c>
+      <c r="U27" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V27" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W27" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X27" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y27" s="272">
+        <f t="shared" si="5"/>
+        <v>1995</v>
+      </c>
+      <c r="Z27" s="255"/>
+      <c r="AA27" s="267" t="s">
+        <v>780</v>
+      </c>
+      <c r="AB27" s="249">
+        <v>21</v>
+      </c>
+      <c r="AC27" s="255" t="s">
+        <v>818</v>
+      </c>
+      <c r="AE27" s="256" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="28" spans="1:31" s="256" customFormat="1" ht="15.75">
+      <c r="A28" s="272">
+        <f t="shared" si="4"/>
+        <v>1996</v>
+      </c>
+      <c r="B28" s="250">
+        <f>IF(COUNT($A28:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A28:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C28" s="273">
+        <f>IF(COUNT($A28:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A28:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D28" s="250">
+        <f>IF(COUNT($A28:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A28:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E28" s="250">
+        <f>IF(COUNT($A28:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A28:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F28" s="250">
+        <f>IF(COUNT($A28:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A28:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G28" s="250">
+        <f>IF(COUNT($A28:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A28:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H28" s="250">
+        <f>IF(COUNT($A28:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A28:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I28" s="250">
+        <f>IF(COUNT($A28:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A28:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J28" s="250">
+        <f>IF(COUNT($A28:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A28:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K28" s="250">
+        <f>IF(COUNT($A28:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A28:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L28" s="250">
+        <f>IF(COUNT($A28:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A28:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M28" s="250">
+        <f>IF(COUNT($A28:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A28:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N28" s="250">
+        <f>IF(COUNT($A28:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A28:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O28" s="250">
+        <f>IF(COUNT($A28:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A28:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P28" s="250">
+        <f>IF(COUNT($A28:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A28:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="Q28" s="250">
+        <f>IF(COUNT($A28:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A28:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="R28" s="250">
+        <f>IF(COUNT($A28:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A28:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="S28" s="250">
+        <f>IF(COUNT($A28:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A28:$A$55)),2))</f>
+        <v>0.15</v>
+      </c>
+      <c r="T28" s="274">
+        <f t="shared" si="3"/>
+        <v>0.33</v>
+      </c>
+      <c r="U28" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V28" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W28" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X28" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y28" s="272">
+        <f t="shared" si="5"/>
+        <v>1996</v>
+      </c>
+      <c r="Z28" s="255"/>
+      <c r="AA28" s="267">
+        <v>142</v>
+      </c>
+      <c r="AB28" s="249">
+        <v>22</v>
+      </c>
+      <c r="AC28" s="255" t="s">
+        <v>819</v>
+      </c>
+      <c r="AE28" s="256" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="29" spans="1:31" s="256" customFormat="1" ht="15.75">
+      <c r="A29" s="272">
+        <f t="shared" si="4"/>
+        <v>1997</v>
+      </c>
+      <c r="B29" s="250">
+        <f>IF(COUNT($A29:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A29:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C29" s="273">
+        <f>IF(COUNT($A29:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A29:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D29" s="250">
+        <f>IF(COUNT($A29:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A29:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E29" s="250">
+        <f>IF(COUNT($A29:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A29:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F29" s="250">
+        <f>IF(COUNT($A29:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A29:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G29" s="250">
+        <f>IF(COUNT($A29:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A29:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H29" s="250">
+        <f>IF(COUNT($A29:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A29:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I29" s="250">
+        <f>IF(COUNT($A29:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A29:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J29" s="250">
+        <f>IF(COUNT($A29:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A29:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K29" s="250">
+        <f>IF(COUNT($A29:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A29:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L29" s="250">
+        <f>IF(COUNT($A29:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A29:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M29" s="250">
+        <f>IF(COUNT($A29:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A29:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N29" s="250">
+        <f>IF(COUNT($A29:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A29:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O29" s="250">
+        <f>IF(COUNT($A29:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A29:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P29" s="250">
+        <f>IF(COUNT($A29:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A29:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="Q29" s="250">
+        <f>IF(COUNT($A29:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A29:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="R29" s="250">
+        <f>IF(COUNT($A29:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A29:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="S29" s="250">
+        <f>IF(COUNT($A29:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A29:$A$55)),2))</f>
+        <v>0.15</v>
+      </c>
+      <c r="T29" s="274">
+        <f t="shared" si="3"/>
+        <v>0.34</v>
+      </c>
+      <c r="U29" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V29" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W29" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X29" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y29" s="272">
+        <f t="shared" si="5"/>
+        <v>1997</v>
+      </c>
+      <c r="Z29" s="255"/>
+      <c r="AA29" s="267">
+        <v>144</v>
+      </c>
+      <c r="AB29" s="249">
+        <v>23</v>
+      </c>
+      <c r="AC29" s="255" t="s">
+        <v>820</v>
+      </c>
+      <c r="AE29" s="256" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="30" spans="1:31" s="256" customFormat="1" ht="15.75">
+      <c r="A30" s="272">
+        <f t="shared" si="4"/>
+        <v>1998</v>
+      </c>
+      <c r="B30" s="250">
+        <f>IF(COUNT($A30:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A30:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C30" s="273">
+        <f>IF(COUNT($A30:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A30:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D30" s="250">
+        <f>IF(COUNT($A30:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A30:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E30" s="250">
+        <f>IF(COUNT($A30:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A30:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F30" s="250">
+        <f>IF(COUNT($A30:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A30:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G30" s="250">
+        <f>IF(COUNT($A30:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A30:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H30" s="250">
+        <f>IF(COUNT($A30:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A30:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I30" s="250">
+        <f>IF(COUNT($A30:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A30:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J30" s="250">
+        <f>IF(COUNT($A30:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A30:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K30" s="250">
+        <f>IF(COUNT($A30:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A30:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L30" s="250">
+        <f>IF(COUNT($A30:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A30:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M30" s="250">
+        <f>IF(COUNT($A30:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A30:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N30" s="250">
+        <f>IF(COUNT($A30:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A30:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O30" s="250">
+        <f>IF(COUNT($A30:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A30:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P30" s="250">
+        <f>IF(COUNT($A30:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A30:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="Q30" s="250">
+        <f>IF(COUNT($A30:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A30:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="R30" s="250">
+        <f>IF(COUNT($A30:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A30:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="S30" s="250">
+        <f>IF(COUNT($A30:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A30:$A$55)),2))</f>
+        <v>0.15</v>
+      </c>
+      <c r="T30" s="274">
+        <f t="shared" si="3"/>
+        <v>0.35</v>
+      </c>
+      <c r="U30" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V30" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W30" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X30" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y30" s="272">
+        <f t="shared" si="5"/>
+        <v>1998</v>
+      </c>
+      <c r="Z30" s="255"/>
+      <c r="AA30" s="255"/>
+      <c r="AB30" s="255"/>
+    </row>
+    <row r="31" spans="1:31" s="256" customFormat="1" ht="15.75">
+      <c r="A31" s="272">
+        <f t="shared" si="4"/>
+        <v>1999</v>
+      </c>
+      <c r="B31" s="250">
+        <f>IF(COUNT($A31:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A31:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C31" s="273">
+        <f>IF(COUNT($A31:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A31:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D31" s="250">
+        <f>IF(COUNT($A31:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A31:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E31" s="250">
+        <f>IF(COUNT($A31:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A31:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F31" s="250">
+        <f>IF(COUNT($A31:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A31:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G31" s="250">
+        <f>IF(COUNT($A31:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A31:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H31" s="250">
+        <f>IF(COUNT($A31:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A31:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I31" s="250">
+        <f>IF(COUNT($A31:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A31:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J31" s="250">
+        <f>IF(COUNT($A31:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A31:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K31" s="250">
+        <f>IF(COUNT($A31:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A31:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L31" s="250">
+        <f>IF(COUNT($A31:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A31:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M31" s="250">
+        <f>IF(COUNT($A31:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A31:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N31" s="250">
+        <f>IF(COUNT($A31:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A31:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O31" s="250">
+        <f>IF(COUNT($A31:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A31:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P31" s="250">
+        <f>IF(COUNT($A31:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A31:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="Q31" s="250">
+        <f>IF(COUNT($A31:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A31:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="R31" s="250">
+        <f>IF(COUNT($A31:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A31:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="S31" s="250">
+        <f>IF(COUNT($A31:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A31:$A$55)),2))</f>
+        <v>0.15</v>
+      </c>
+      <c r="T31" s="274">
+        <f t="shared" si="3"/>
+        <v>0.37</v>
+      </c>
+      <c r="U31" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V31" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W31" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X31" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y31" s="272">
+        <f t="shared" si="5"/>
+        <v>1999</v>
+      </c>
+      <c r="Z31" s="255"/>
+      <c r="AB31" s="255"/>
+    </row>
+    <row r="32" spans="1:31" s="256" customFormat="1" ht="15.75">
+      <c r="A32" s="272">
+        <f t="shared" si="4"/>
+        <v>2000</v>
+      </c>
+      <c r="B32" s="250">
+        <f>IF(COUNT($A32:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A32:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C32" s="273">
+        <f>IF(COUNT($A32:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A32:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D32" s="250">
+        <f>IF(COUNT($A32:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A32:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E32" s="250">
+        <f>IF(COUNT($A32:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A32:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F32" s="250">
+        <f>IF(COUNT($A32:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A32:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G32" s="250">
+        <f>IF(COUNT($A32:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A32:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H32" s="250">
+        <f>IF(COUNT($A32:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A32:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I32" s="250">
+        <f>IF(COUNT($A32:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A32:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J32" s="250">
+        <f>IF(COUNT($A32:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A32:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K32" s="250">
+        <f>IF(COUNT($A32:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A32:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L32" s="250">
+        <f>IF(COUNT($A32:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A32:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M32" s="250">
+        <f>IF(COUNT($A32:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A32:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N32" s="250">
+        <f>IF(COUNT($A32:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A32:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O32" s="250">
+        <f>IF(COUNT($A32:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A32:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P32" s="250">
+        <f>IF(COUNT($A32:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A32:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="Q32" s="250">
+        <f>IF(COUNT($A32:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A32:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="R32" s="250">
+        <f>IF(COUNT($A32:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A32:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="S32" s="250">
+        <f>IF(COUNT($A32:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A32:$A$55)),2))</f>
+        <v>0.17</v>
+      </c>
+      <c r="T32" s="274">
+        <f t="shared" si="3"/>
+        <v>0.38</v>
+      </c>
+      <c r="U32" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V32" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W32" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X32" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y32" s="272">
+        <f t="shared" si="5"/>
+        <v>2000</v>
+      </c>
+      <c r="Z32" s="255"/>
+      <c r="AA32" s="255"/>
+      <c r="AB32" s="255"/>
+      <c r="AC32" s="255"/>
+    </row>
+    <row r="33" spans="1:29" s="256" customFormat="1" ht="15.75">
+      <c r="A33" s="272">
+        <f t="shared" si="4"/>
+        <v>2001</v>
+      </c>
+      <c r="B33" s="250">
+        <f>IF(COUNT($A33:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A33:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C33" s="273">
+        <f>IF(COUNT($A33:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A33:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D33" s="250">
+        <f>IF(COUNT($A33:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A33:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E33" s="250">
+        <f>IF(COUNT($A33:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A33:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F33" s="250">
+        <f>IF(COUNT($A33:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A33:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G33" s="250">
+        <f>IF(COUNT($A33:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A33:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H33" s="250">
+        <f>IF(COUNT($A33:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A33:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I33" s="250">
+        <f>IF(COUNT($A33:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A33:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J33" s="250">
+        <f>IF(COUNT($A33:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A33:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K33" s="250">
+        <f>IF(COUNT($A33:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A33:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L33" s="250">
+        <f>IF(COUNT($A33:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A33:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M33" s="250">
+        <f>IF(COUNT($A33:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A33:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N33" s="250">
+        <f>IF(COUNT($A33:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A33:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O33" s="250">
+        <f>IF(COUNT($A33:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A33:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P33" s="250">
+        <f>IF(COUNT($A33:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A33:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="Q33" s="250">
+        <f>IF(COUNT($A33:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A33:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="R33" s="250">
+        <f>IF(COUNT($A33:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A33:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="S33" s="250">
+        <f>IF(COUNT($A33:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A33:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="T33" s="274">
+        <f t="shared" si="3"/>
+        <v>0.4</v>
+      </c>
+      <c r="U33" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V33" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W33" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X33" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y33" s="272">
+        <f t="shared" si="5"/>
+        <v>2001</v>
+      </c>
+      <c r="Z33" s="255"/>
+      <c r="AA33" s="255"/>
+      <c r="AB33" s="255"/>
+      <c r="AC33" s="255"/>
+    </row>
+    <row r="34" spans="1:29" s="256" customFormat="1" ht="15.75">
+      <c r="A34" s="272">
+        <f t="shared" si="4"/>
+        <v>2002</v>
+      </c>
+      <c r="B34" s="250">
+        <f>IF(COUNT($A34:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A34:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C34" s="273">
+        <f>IF(COUNT($A34:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A34:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D34" s="250">
+        <f>IF(COUNT($A34:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A34:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E34" s="250">
+        <f>IF(COUNT($A34:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A34:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F34" s="250">
+        <f>IF(COUNT($A34:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A34:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G34" s="250">
+        <f>IF(COUNT($A34:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A34:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H34" s="250">
+        <f>IF(COUNT($A34:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A34:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I34" s="250">
+        <f>IF(COUNT($A34:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A34:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J34" s="250">
+        <f>IF(COUNT($A34:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A34:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K34" s="250">
+        <f>IF(COUNT($A34:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A34:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L34" s="250">
+        <f>IF(COUNT($A34:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A34:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M34" s="250">
+        <f>IF(COUNT($A34:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A34:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N34" s="250">
+        <f>IF(COUNT($A34:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A34:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O34" s="250">
+        <f>IF(COUNT($A34:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A34:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P34" s="250">
+        <f>IF(COUNT($A34:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A34:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="Q34" s="250">
+        <f>IF(COUNT($A34:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A34:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="R34" s="250">
+        <f>IF(COUNT($A34:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A34:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="S34" s="250">
+        <f>IF(COUNT($A34:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A34:$A$55)),2))</f>
+        <v>0.24</v>
+      </c>
+      <c r="T34" s="274">
+        <f t="shared" si="3"/>
+        <v>0.41</v>
+      </c>
+      <c r="U34" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V34" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W34" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X34" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y34" s="272">
+        <f t="shared" si="5"/>
+        <v>2002</v>
+      </c>
+      <c r="Z34" s="255"/>
+      <c r="AA34" s="255"/>
+      <c r="AB34" s="255"/>
+      <c r="AC34" s="255"/>
+    </row>
+    <row r="35" spans="1:29" s="256" customFormat="1" ht="15.75">
+      <c r="A35" s="272">
+        <f t="shared" si="4"/>
+        <v>2003</v>
+      </c>
+      <c r="B35" s="250">
+        <f>IF(COUNT($A35:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A35:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C35" s="273">
+        <f>IF(COUNT($A35:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A35:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D35" s="250">
+        <f>IF(COUNT($A35:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A35:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E35" s="250">
+        <f>IF(COUNT($A35:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A35:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F35" s="250">
+        <f>IF(COUNT($A35:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A35:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G35" s="250">
+        <f>IF(COUNT($A35:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A35:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H35" s="250">
+        <f>IF(COUNT($A35:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A35:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I35" s="250">
+        <f>IF(COUNT($A35:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A35:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J35" s="250">
+        <f>IF(COUNT($A35:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A35:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K35" s="250">
+        <f>IF(COUNT($A35:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A35:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L35" s="250">
+        <f>IF(COUNT($A35:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A35:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M35" s="250">
+        <f>IF(COUNT($A35:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A35:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N35" s="250">
+        <f>IF(COUNT($A35:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A35:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O35" s="250">
+        <f>IF(COUNT($A35:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A35:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P35" s="250">
+        <f>IF(COUNT($A35:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A35:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="Q35" s="250">
+        <f>IF(COUNT($A35:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A35:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="R35" s="250">
+        <f>IF(COUNT($A35:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A35:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="S35" s="250">
+        <f>IF(COUNT($A35:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A35:$A$55)),2))</f>
+        <v>0.27</v>
+      </c>
+      <c r="T35" s="274">
+        <f t="shared" si="3"/>
+        <v>0.43</v>
+      </c>
+      <c r="U35" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V35" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W35" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X35" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y35" s="272">
+        <f t="shared" si="5"/>
+        <v>2003</v>
+      </c>
+      <c r="Z35" s="255"/>
+      <c r="AA35" s="255"/>
+      <c r="AB35" s="255"/>
+      <c r="AC35" s="255"/>
+    </row>
+    <row r="36" spans="1:29" s="256" customFormat="1" ht="15.75">
+      <c r="A36" s="272">
+        <f t="shared" si="4"/>
+        <v>2004</v>
+      </c>
+      <c r="B36" s="250">
+        <f>IF(COUNT($A36:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A36:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C36" s="273">
+        <f>IF(COUNT($A36:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A36:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D36" s="250">
+        <f>IF(COUNT($A36:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A36:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E36" s="250">
+        <f>IF(COUNT($A36:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A36:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F36" s="250">
+        <f>IF(COUNT($A36:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A36:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G36" s="250">
+        <f>IF(COUNT($A36:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A36:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H36" s="250">
+        <f>IF(COUNT($A36:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A36:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I36" s="250">
+        <f>IF(COUNT($A36:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A36:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J36" s="250">
+        <f>IF(COUNT($A36:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A36:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K36" s="250">
+        <f>IF(COUNT($A36:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A36:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L36" s="250">
+        <f>IF(COUNT($A36:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A36:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M36" s="250">
+        <f>IF(COUNT($A36:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A36:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N36" s="250">
+        <f>IF(COUNT($A36:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A36:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O36" s="250">
+        <f>IF(COUNT($A36:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A36:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P36" s="250">
+        <f>IF(COUNT($A36:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A36:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="Q36" s="250">
+        <f>IF(COUNT($A36:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A36:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="R36" s="250">
+        <f>IF(COUNT($A36:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A36:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="S36" s="250">
+        <f>IF(COUNT($A36:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A36:$A$55)),2))</f>
+        <v>0.3</v>
+      </c>
+      <c r="T36" s="274">
+        <f t="shared" si="3"/>
+        <v>0.45</v>
+      </c>
+      <c r="U36" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V36" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W36" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X36" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y36" s="272">
+        <f t="shared" si="5"/>
+        <v>2004</v>
+      </c>
+      <c r="Z36" s="255"/>
+      <c r="AA36" s="255"/>
+      <c r="AB36" s="255"/>
+      <c r="AC36" s="255"/>
+    </row>
+    <row r="37" spans="1:29" s="256" customFormat="1" ht="15.75">
+      <c r="A37" s="272">
+        <f t="shared" si="4"/>
+        <v>2005</v>
+      </c>
+      <c r="B37" s="250">
+        <f>IF(COUNT($A37:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A37:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C37" s="273">
+        <f>IF(COUNT($A37:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A37:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D37" s="250">
+        <f>IF(COUNT($A37:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A37:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E37" s="250">
+        <f>IF(COUNT($A37:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A37:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F37" s="250">
+        <f>IF(COUNT($A37:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A37:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G37" s="250">
+        <f>IF(COUNT($A37:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A37:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H37" s="250">
+        <f>IF(COUNT($A37:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A37:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I37" s="250">
+        <f>IF(COUNT($A37:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A37:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J37" s="250">
+        <f>IF(COUNT($A37:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A37:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K37" s="250">
+        <f>IF(COUNT($A37:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A37:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L37" s="250">
+        <f>IF(COUNT($A37:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A37:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M37" s="250">
+        <f>IF(COUNT($A37:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A37:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N37" s="250">
+        <f>IF(COUNT($A37:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A37:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O37" s="250">
+        <f>IF(COUNT($A37:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A37:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P37" s="250">
+        <f>IF(COUNT($A37:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A37:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="Q37" s="250">
+        <f>IF(COUNT($A37:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A37:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="R37" s="250">
+        <f>IF(COUNT($A37:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A37:$A$55)),2))</f>
+        <v>0.22</v>
+      </c>
+      <c r="S37" s="250">
+        <f>IF(COUNT($A37:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A37:$A$55)),2))</f>
+        <v>0.34</v>
+      </c>
+      <c r="T37" s="274">
+        <f t="shared" si="3"/>
+        <v>0.47</v>
+      </c>
+      <c r="U37" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V37" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W37" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X37" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y37" s="272">
+        <f t="shared" si="5"/>
+        <v>2005</v>
+      </c>
+      <c r="Z37" s="255"/>
+      <c r="AA37" s="255"/>
+      <c r="AB37" s="255"/>
+      <c r="AC37" s="255"/>
+    </row>
+    <row r="38" spans="1:29" s="256" customFormat="1" ht="15.75">
+      <c r="A38" s="272">
+        <f t="shared" si="4"/>
+        <v>2006</v>
+      </c>
+      <c r="B38" s="250">
+        <f>IF(COUNT($A38:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A38:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C38" s="273">
+        <f>IF(COUNT($A38:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A38:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D38" s="250">
+        <f>IF(COUNT($A38:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A38:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E38" s="250">
+        <f>IF(COUNT($A38:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A38:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F38" s="250">
+        <f>IF(COUNT($A38:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A38:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G38" s="250">
+        <f>IF(COUNT($A38:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A38:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H38" s="250">
+        <f>IF(COUNT($A38:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A38:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I38" s="250">
+        <f>IF(COUNT($A38:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A38:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J38" s="250">
+        <f>IF(COUNT($A38:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A38:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K38" s="250">
+        <f>IF(COUNT($A38:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A38:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L38" s="250">
+        <f>IF(COUNT($A38:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A38:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M38" s="250">
+        <f>IF(COUNT($A38:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A38:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N38" s="250">
+        <f>IF(COUNT($A38:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A38:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O38" s="250">
+        <f>IF(COUNT($A38:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A38:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P38" s="250">
+        <f>IF(COUNT($A38:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A38:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="Q38" s="250">
+        <f>IF(COUNT($A38:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A38:$A$55)),2))</f>
+        <v>0.22</v>
+      </c>
+      <c r="R38" s="250">
+        <f>IF(COUNT($A38:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A38:$A$55)),2))</f>
+        <v>0.26</v>
+      </c>
+      <c r="S38" s="250">
+        <f>IF(COUNT($A38:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A38:$A$55)),2))</f>
+        <v>0.37</v>
+      </c>
+      <c r="T38" s="274">
+        <f t="shared" si="3"/>
+        <v>0.48</v>
+      </c>
+      <c r="U38" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V38" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W38" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X38" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y38" s="272">
+        <f t="shared" si="5"/>
+        <v>2006</v>
+      </c>
+      <c r="Z38" s="255"/>
+      <c r="AA38" s="255"/>
+      <c r="AB38" s="255"/>
+      <c r="AC38" s="255"/>
+    </row>
+    <row r="39" spans="1:29" s="256" customFormat="1" ht="15.75">
+      <c r="A39" s="272">
+        <f t="shared" si="4"/>
+        <v>2007</v>
+      </c>
+      <c r="B39" s="250">
+        <f>IF(COUNT($A39:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A39:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C39" s="273">
+        <f>IF(COUNT($A39:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A39:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D39" s="250">
+        <f>IF(COUNT($A39:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A39:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E39" s="250">
+        <f>IF(COUNT($A39:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A39:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F39" s="250">
+        <f>IF(COUNT($A39:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A39:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G39" s="250">
+        <f>IF(COUNT($A39:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A39:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H39" s="250">
+        <f>IF(COUNT($A39:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A39:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I39" s="250">
+        <f>IF(COUNT($A39:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A39:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J39" s="250">
+        <f>IF(COUNT($A39:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A39:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K39" s="250">
+        <f>IF(COUNT($A39:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A39:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L39" s="250">
+        <f>IF(COUNT($A39:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A39:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M39" s="250">
+        <f>IF(COUNT($A39:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A39:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N39" s="250">
+        <f>IF(COUNT($A39:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A39:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O39" s="250">
+        <f>IF(COUNT($A39:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A39:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P39" s="250">
+        <f>IF(COUNT($A39:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A39:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="Q39" s="250">
+        <f>IF(COUNT($A39:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A39:$A$55)),2))</f>
+        <v>0.26</v>
+      </c>
+      <c r="R39" s="250">
+        <f>IF(COUNT($A39:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A39:$A$55)),2))</f>
+        <v>0.3</v>
+      </c>
+      <c r="S39" s="250">
+        <f>IF(COUNT($A39:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A39:$A$55)),2))</f>
+        <v>0.41</v>
+      </c>
+      <c r="T39" s="274">
+        <f t="shared" si="3"/>
+        <v>0.5</v>
+      </c>
+      <c r="U39" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V39" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W39" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X39" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y39" s="272">
+        <f t="shared" si="5"/>
+        <v>2007</v>
+      </c>
+      <c r="Z39" s="255"/>
+      <c r="AA39" s="255"/>
+      <c r="AB39" s="255"/>
+      <c r="AC39" s="255"/>
+    </row>
+    <row r="40" spans="1:29" s="256" customFormat="1" ht="15.75">
+      <c r="A40" s="272">
+        <f t="shared" si="4"/>
+        <v>2008</v>
+      </c>
+      <c r="B40" s="250">
+        <f>IF(COUNT($A40:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A40:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C40" s="273">
+        <f>IF(COUNT($A40:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A40:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D40" s="250">
+        <f>IF(COUNT($A40:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A40:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E40" s="250">
+        <f>IF(COUNT($A40:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A40:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F40" s="250">
+        <f>IF(COUNT($A40:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A40:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G40" s="250">
+        <f>IF(COUNT($A40:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A40:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H40" s="250">
+        <f>IF(COUNT($A40:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A40:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I40" s="250">
+        <f>IF(COUNT($A40:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A40:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J40" s="250">
+        <f>IF(COUNT($A40:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A40:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K40" s="250">
+        <f>IF(COUNT($A40:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A40:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L40" s="250">
+        <f>IF(COUNT($A40:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A40:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M40" s="250">
+        <f>IF(COUNT($A40:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A40:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N40" s="250">
+        <f>IF(COUNT($A40:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A40:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O40" s="250">
+        <f>IF(COUNT($A40:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A40:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P40" s="250">
+        <f>IF(COUNT($A40:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A40:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="Q40" s="250">
+        <f>IF(COUNT($A40:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A40:$A$55)),2))</f>
+        <v>0.31</v>
+      </c>
+      <c r="R40" s="250">
+        <f>IF(COUNT($A40:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A40:$A$55)),2))</f>
+        <v>0.34</v>
+      </c>
+      <c r="S40" s="250">
+        <f>IF(COUNT($A40:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A40:$A$55)),2))</f>
+        <v>0.44</v>
+      </c>
+      <c r="T40" s="274">
+        <f t="shared" si="3"/>
+        <v>0.52</v>
+      </c>
+      <c r="U40" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V40" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W40" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X40" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y40" s="272">
+        <f t="shared" si="5"/>
+        <v>2008</v>
+      </c>
+      <c r="Z40" s="255"/>
+      <c r="AA40" s="255"/>
+      <c r="AB40" s="255"/>
+      <c r="AC40" s="255"/>
+    </row>
+    <row r="41" spans="1:29" s="256" customFormat="1" ht="15.75">
+      <c r="A41" s="272">
+        <f t="shared" si="4"/>
+        <v>2009</v>
+      </c>
+      <c r="B41" s="250">
+        <f>IF(COUNT($A41:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A41:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C41" s="273">
+        <f>IF(COUNT($A41:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A41:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D41" s="250">
+        <f>IF(COUNT($A41:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A41:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E41" s="250">
+        <f>IF(COUNT($A41:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A41:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F41" s="250">
+        <f>IF(COUNT($A41:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A41:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G41" s="250">
+        <f>IF(COUNT($A41:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A41:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H41" s="250">
+        <f>IF(COUNT($A41:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A41:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I41" s="250">
+        <f>IF(COUNT($A41:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A41:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J41" s="250">
+        <f>IF(COUNT($A41:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A41:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K41" s="250">
+        <f>IF(COUNT($A41:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A41:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L41" s="250">
+        <f>IF(COUNT($A41:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A41:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M41" s="250">
+        <f>IF(COUNT($A41:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A41:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N41" s="250">
+        <f>IF(COUNT($A41:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A41:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O41" s="250">
+        <f>IF(COUNT($A41:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A41:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="P41" s="250">
+        <f>IF(COUNT($A41:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A41:$A$55)),2))</f>
+        <v>0.23</v>
+      </c>
+      <c r="Q41" s="250">
+        <f>IF(COUNT($A41:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A41:$A$55)),2))</f>
+        <v>0.35</v>
+      </c>
+      <c r="R41" s="250">
+        <f>IF(COUNT($A41:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A41:$A$55)),2))</f>
+        <v>0.38</v>
+      </c>
+      <c r="S41" s="250">
+        <f>IF(COUNT($A41:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A41:$A$55)),2))</f>
+        <v>0.47</v>
+      </c>
+      <c r="T41" s="274">
+        <f t="shared" si="3"/>
+        <v>0.54</v>
+      </c>
+      <c r="U41" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V41" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W41" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X41" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y41" s="272">
+        <f t="shared" si="5"/>
+        <v>2009</v>
+      </c>
+      <c r="Z41" s="255"/>
+      <c r="AA41" s="255"/>
+      <c r="AB41" s="255"/>
+      <c r="AC41" s="255"/>
+    </row>
+    <row r="42" spans="1:29" s="256" customFormat="1" ht="15.75">
+      <c r="A42" s="272">
+        <f t="shared" si="4"/>
+        <v>2010</v>
+      </c>
+      <c r="B42" s="250">
+        <f>IF(COUNT($A42:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A42:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C42" s="273">
+        <f>IF(COUNT($A42:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A42:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D42" s="250">
+        <f>IF(COUNT($A42:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A42:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E42" s="250">
+        <f>IF(COUNT($A42:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A42:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F42" s="250">
+        <f>IF(COUNT($A42:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A42:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G42" s="250">
+        <f>IF(COUNT($A42:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A42:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H42" s="250">
+        <f>IF(COUNT($A42:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A42:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I42" s="250">
+        <f>IF(COUNT($A42:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A42:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J42" s="250">
+        <f>IF(COUNT($A42:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A42:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K42" s="250">
+        <f>IF(COUNT($A42:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A42:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L42" s="250">
+        <f>IF(COUNT($A42:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A42:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M42" s="250">
+        <f>IF(COUNT($A42:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A42:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N42" s="250">
+        <f>IF(COUNT($A42:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A42:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="O42" s="250">
+        <f>IF(COUNT($A42:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A42:$A$55)),2))</f>
+        <v>0.23</v>
+      </c>
+      <c r="P42" s="250">
+        <f>IF(COUNT($A42:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A42:$A$55)),2))</f>
+        <v>0.28000000000000003</v>
+      </c>
+      <c r="Q42" s="250">
+        <f>IF(COUNT($A42:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A42:$A$55)),2))</f>
+        <v>0.39</v>
+      </c>
+      <c r="R42" s="250">
+        <f>IF(COUNT($A42:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A42:$A$55)),2))</f>
+        <v>0.42</v>
+      </c>
+      <c r="S42" s="250">
+        <f>IF(COUNT($A42:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A42:$A$55)),2))</f>
+        <v>0.51</v>
+      </c>
+      <c r="T42" s="274">
+        <f t="shared" si="3"/>
+        <v>0.56999999999999995</v>
+      </c>
+      <c r="U42" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V42" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W42" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X42" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y42" s="272">
+        <f t="shared" si="5"/>
+        <v>2010</v>
+      </c>
+      <c r="Z42" s="255"/>
+      <c r="AA42" s="255"/>
+      <c r="AB42" s="255"/>
+      <c r="AC42" s="255"/>
+    </row>
+    <row r="43" spans="1:29" s="256" customFormat="1" ht="15.75">
+      <c r="A43" s="272">
+        <f t="shared" si="4"/>
+        <v>2011</v>
+      </c>
+      <c r="B43" s="250">
+        <f>IF(COUNT($A43:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A43:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C43" s="273">
+        <f>IF(COUNT($A43:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A43:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D43" s="250">
+        <f>IF(COUNT($A43:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A43:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E43" s="250">
+        <f>IF(COUNT($A43:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A43:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F43" s="250">
+        <f>IF(COUNT($A43:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A43:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G43" s="250">
+        <f>IF(COUNT($A43:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A43:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H43" s="250">
+        <f>IF(COUNT($A43:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A43:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I43" s="250">
+        <f>IF(COUNT($A43:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A43:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J43" s="250">
+        <f>IF(COUNT($A43:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A43:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K43" s="250">
+        <f>IF(COUNT($A43:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A43:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L43" s="250">
+        <f>IF(COUNT($A43:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A43:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M43" s="250">
+        <f>IF(COUNT($A43:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A43:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="N43" s="250">
+        <f>IF(COUNT($A43:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A43:$A$55)),2))</f>
+        <v>0.23</v>
+      </c>
+      <c r="O43" s="250">
+        <f>IF(COUNT($A43:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A43:$A$55)),2))</f>
+        <v>0.28000000000000003</v>
+      </c>
+      <c r="P43" s="250">
+        <f>IF(COUNT($A43:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A43:$A$55)),2))</f>
+        <v>0.33</v>
+      </c>
+      <c r="Q43" s="250">
+        <f>IF(COUNT($A43:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A43:$A$55)),2))</f>
+        <v>0.43</v>
+      </c>
+      <c r="R43" s="250">
+        <f>IF(COUNT($A43:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A43:$A$55)),2))</f>
+        <v>0.46</v>
+      </c>
+      <c r="S43" s="250">
+        <f>IF(COUNT($A43:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A43:$A$55)),2))</f>
+        <v>0.54</v>
+      </c>
+      <c r="T43" s="274">
+        <f t="shared" si="3"/>
+        <v>0.59</v>
+      </c>
+      <c r="U43" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V43" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W43" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X43" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y43" s="272">
+        <f t="shared" si="5"/>
+        <v>2011</v>
+      </c>
+      <c r="Z43" s="255"/>
+      <c r="AA43" s="255"/>
+      <c r="AB43" s="255"/>
+      <c r="AC43" s="255"/>
+    </row>
+    <row r="44" spans="1:29" s="256" customFormat="1" ht="15.75">
+      <c r="A44" s="272">
+        <f t="shared" si="4"/>
+        <v>2012</v>
+      </c>
+      <c r="B44" s="250">
+        <f>IF(COUNT($A44:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A44:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C44" s="273">
+        <f>IF(COUNT($A44:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A44:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D44" s="250">
+        <f>IF(COUNT($A44:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A44:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E44" s="250">
+        <f>IF(COUNT($A44:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A44:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F44" s="250">
+        <f>IF(COUNT($A44:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A44:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G44" s="250">
+        <f>IF(COUNT($A44:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A44:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H44" s="250">
+        <f>IF(COUNT($A44:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A44:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I44" s="250">
+        <f>IF(COUNT($A44:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A44:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J44" s="250">
+        <f>IF(COUNT($A44:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A44:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K44" s="250">
+        <f>IF(COUNT($A44:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A44:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L44" s="250">
+        <f>IF(COUNT($A44:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A44:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="M44" s="250">
+        <f>IF(COUNT($A44:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A44:$A$55)),2))</f>
+        <v>0.23</v>
+      </c>
+      <c r="N44" s="250">
+        <f>IF(COUNT($A44:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A44:$A$55)),2))</f>
+        <v>0.28999999999999998</v>
+      </c>
+      <c r="O44" s="250">
+        <f>IF(COUNT($A44:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A44:$A$55)),2))</f>
+        <v>0.33</v>
+      </c>
+      <c r="P44" s="250">
+        <f>IF(COUNT($A44:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A44:$A$55)),2))</f>
+        <v>0.38</v>
+      </c>
+      <c r="Q44" s="250">
+        <f>IF(COUNT($A44:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A44:$A$55)),2))</f>
+        <v>0.47</v>
+      </c>
+      <c r="R44" s="250">
+        <f>IF(COUNT($A44:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A44:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="S44" s="250">
+        <f>IF(COUNT($A44:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A44:$A$55)),2))</f>
+        <v>0.57999999999999996</v>
+      </c>
+      <c r="T44" s="274">
+        <f t="shared" si="3"/>
+        <v>0.61</v>
+      </c>
+      <c r="U44" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V44" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W44" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X44" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y44" s="272">
+        <f t="shared" si="5"/>
+        <v>2012</v>
+      </c>
+      <c r="Z44" s="255"/>
+      <c r="AA44" s="255"/>
+      <c r="AB44" s="255"/>
+      <c r="AC44" s="255"/>
+    </row>
+    <row r="45" spans="1:29" s="256" customFormat="1" ht="15.75">
+      <c r="A45" s="272">
+        <f t="shared" si="4"/>
+        <v>2013</v>
+      </c>
+      <c r="B45" s="250">
+        <f>IF(COUNT($A45:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A45:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C45" s="273">
+        <f>IF(COUNT($A45:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A45:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D45" s="250">
+        <f>IF(COUNT($A45:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A45:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E45" s="250">
+        <f>IF(COUNT($A45:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A45:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F45" s="250">
+        <f>IF(COUNT($A45:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A45:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G45" s="250">
+        <f>IF(COUNT($A45:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A45:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H45" s="250">
+        <f>IF(COUNT($A45:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A45:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I45" s="250">
+        <f>IF(COUNT($A45:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A45:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J45" s="250">
+        <f>IF(COUNT($A45:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A45:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K45" s="250">
+        <f>IF(COUNT($A45:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A45:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="L45" s="250">
+        <f>IF(COUNT($A45:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A45:$A$55)),2))</f>
+        <v>0.23</v>
+      </c>
+      <c r="M45" s="250">
+        <f>IF(COUNT($A45:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A45:$A$55)),2))</f>
+        <v>0.28999999999999998</v>
+      </c>
+      <c r="N45" s="250">
+        <f>IF(COUNT($A45:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A45:$A$55)),2))</f>
+        <v>0.34</v>
+      </c>
+      <c r="O45" s="250">
+        <f>IF(COUNT($A45:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A45:$A$55)),2))</f>
+        <v>0.39</v>
+      </c>
+      <c r="P45" s="250">
+        <f>IF(COUNT($A45:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A45:$A$55)),2))</f>
+        <v>0.43</v>
+      </c>
+      <c r="Q45" s="250">
+        <f>IF(COUNT($A45:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A45:$A$55)),2))</f>
+        <v>0.52</v>
+      </c>
+      <c r="R45" s="250">
+        <f>IF(COUNT($A45:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A45:$A$55)),2))</f>
+        <v>0.54</v>
+      </c>
+      <c r="S45" s="250">
+        <f>IF(COUNT($A45:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A45:$A$55)),2))</f>
+        <v>0.61</v>
+      </c>
+      <c r="T45" s="274">
+        <f t="shared" si="3"/>
+        <v>0.64</v>
+      </c>
+      <c r="U45" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V45" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W45" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X45" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y45" s="272">
+        <f t="shared" si="5"/>
+        <v>2013</v>
+      </c>
+      <c r="Z45" s="255"/>
+      <c r="AA45" s="255"/>
+      <c r="AB45" s="255"/>
+      <c r="AC45" s="255"/>
+    </row>
+    <row r="46" spans="1:29" s="256" customFormat="1" ht="15.75">
+      <c r="A46" s="272">
+        <f t="shared" si="4"/>
+        <v>2014</v>
+      </c>
+      <c r="B46" s="250">
+        <f>IF(COUNT($A46:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A46:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C46" s="273">
+        <f>IF(COUNT($A46:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A46:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D46" s="250">
+        <f>IF(COUNT($A46:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A46:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E46" s="250">
+        <f>IF(COUNT($A46:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A46:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F46" s="250">
+        <f>IF(COUNT($A46:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A46:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G46" s="250">
+        <f>IF(COUNT($A46:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A46:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H46" s="250">
+        <f>IF(COUNT($A46:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A46:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I46" s="250">
+        <f>IF(COUNT($A46:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A46:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J46" s="250">
+        <f>IF(COUNT($A46:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A46:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="K46" s="250">
+        <f>IF(COUNT($A46:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A46:$A$55)),2))</f>
+        <v>0.24</v>
+      </c>
+      <c r="L46" s="250">
+        <f>IF(COUNT($A46:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A46:$A$55)),2))</f>
+        <v>0.3</v>
+      </c>
+      <c r="M46" s="250">
+        <f>IF(COUNT($A46:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A46:$A$55)),2))</f>
+        <v>0.35</v>
+      </c>
+      <c r="N46" s="250">
+        <f>IF(COUNT($A46:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A46:$A$55)),2))</f>
+        <v>0.4</v>
+      </c>
+      <c r="O46" s="250">
+        <f>IF(COUNT($A46:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A46:$A$55)),2))</f>
+        <v>0.44</v>
+      </c>
+      <c r="P46" s="250">
+        <f>IF(COUNT($A46:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A46:$A$55)),2))</f>
+        <v>0.48</v>
+      </c>
+      <c r="Q46" s="250">
+        <f>IF(COUNT($A46:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A46:$A$55)),2))</f>
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="R46" s="250">
+        <f>IF(COUNT($A46:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A46:$A$55)),2))</f>
+        <v>0.57999999999999996</v>
+      </c>
+      <c r="S46" s="250">
+        <f>IF(COUNT($A46:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A46:$A$55)),2))</f>
+        <v>0.64</v>
+      </c>
+      <c r="T46" s="274">
+        <f t="shared" si="3"/>
+        <v>0.66</v>
+      </c>
+      <c r="U46" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V46" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W46" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X46" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y46" s="272">
+        <f t="shared" si="5"/>
+        <v>2014</v>
+      </c>
+      <c r="Z46" s="255"/>
+      <c r="AA46" s="255"/>
+      <c r="AB46" s="255"/>
+      <c r="AC46" s="255"/>
+    </row>
+    <row r="47" spans="1:29" s="256" customFormat="1" ht="15.75">
+      <c r="A47" s="272">
+        <f t="shared" si="4"/>
+        <v>2015</v>
+      </c>
+      <c r="B47" s="250">
+        <f>IF(COUNT($A47:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A47:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C47" s="273">
+        <f>IF(COUNT($A47:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A47:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D47" s="250">
+        <f>IF(COUNT($A47:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A47:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E47" s="250">
+        <f>IF(COUNT($A47:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A47:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F47" s="250">
+        <f>IF(COUNT($A47:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A47:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G47" s="250">
+        <f>IF(COUNT($A47:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A47:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H47" s="250">
+        <f>IF(COUNT($A47:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A47:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I47" s="250">
+        <f>IF(COUNT($A47:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A47:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="J47" s="250">
+        <f>IF(COUNT($A47:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A47:$A$55)),2))</f>
+        <v>0.24</v>
+      </c>
+      <c r="K47" s="250">
+        <f>IF(COUNT($A47:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A47:$A$55)),2))</f>
+        <v>0.31</v>
+      </c>
+      <c r="L47" s="250">
+        <f>IF(COUNT($A47:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A47:$A$55)),2))</f>
+        <v>0.37</v>
+      </c>
+      <c r="M47" s="250">
+        <f>IF(COUNT($A47:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A47:$A$55)),2))</f>
+        <v>0.42</v>
+      </c>
+      <c r="N47" s="250">
+        <f>IF(COUNT($A47:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A47:$A$55)),2))</f>
+        <v>0.46</v>
+      </c>
+      <c r="O47" s="250">
+        <f>IF(COUNT($A47:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A47:$A$55)),2))</f>
+        <v>0.49</v>
+      </c>
+      <c r="P47" s="250">
+        <f>IF(COUNT($A47:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A47:$A$55)),2))</f>
+        <v>0.53</v>
+      </c>
+      <c r="Q47" s="250">
+        <f>IF(COUNT($A47:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A47:$A$55)),2))</f>
+        <v>0.6</v>
+      </c>
+      <c r="R47" s="250">
+        <f>IF(COUNT($A47:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A47:$A$55)),2))</f>
+        <v>0.62</v>
+      </c>
+      <c r="S47" s="250">
+        <f>IF(COUNT($A47:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A47:$A$55)),2))</f>
+        <v>0.68</v>
+      </c>
+      <c r="T47" s="274">
+        <f t="shared" si="3"/>
+        <v>0.69</v>
+      </c>
+      <c r="U47" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V47" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W47" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X47" s="276">
+        <v>0.38</v>
+      </c>
+      <c r="Y47" s="272">
+        <f t="shared" si="5"/>
+        <v>2015</v>
+      </c>
+      <c r="Z47" s="255"/>
+      <c r="AA47" s="255"/>
+      <c r="AB47" s="255"/>
+      <c r="AC47" s="255"/>
+    </row>
+    <row r="48" spans="1:29" s="256" customFormat="1" ht="15.75">
+      <c r="A48" s="272">
+        <f t="shared" si="4"/>
+        <v>2016</v>
+      </c>
+      <c r="B48" s="250">
+        <f>IF(COUNT($A48:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A48:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C48" s="273">
+        <f>IF(COUNT($A48:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A48:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D48" s="250">
+        <f>IF(COUNT($A48:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A48:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E48" s="250">
+        <f>IF(COUNT($A48:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A48:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F48" s="250">
+        <f>IF(COUNT($A48:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A48:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G48" s="250">
+        <f>IF(COUNT($A48:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A48:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H48" s="250">
+        <f>IF(COUNT($A48:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A48:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="I48" s="250">
+        <f>IF(COUNT($A48:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A48:$A$55)),2))</f>
+        <v>0.24</v>
+      </c>
+      <c r="J48" s="250">
+        <f>IF(COUNT($A48:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A48:$A$55)),2))</f>
+        <v>0.32</v>
+      </c>
+      <c r="K48" s="250">
+        <f>IF(COUNT($A48:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A48:$A$55)),2))</f>
+        <v>0.38</v>
+      </c>
+      <c r="L48" s="250">
+        <f>IF(COUNT($A48:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A48:$A$55)),2))</f>
+        <v>0.43</v>
+      </c>
+      <c r="M48" s="250">
+        <f>IF(COUNT($A48:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A48:$A$55)),2))</f>
+        <v>0.48</v>
+      </c>
+      <c r="N48" s="250">
+        <f>IF(COUNT($A48:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A48:$A$55)),2))</f>
+        <v>0.51</v>
+      </c>
+      <c r="O48" s="250">
+        <f>IF(COUNT($A48:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A48:$A$55)),2))</f>
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="P48" s="250">
+        <f>IF(COUNT($A48:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A48:$A$55)),2))</f>
+        <v>0.57999999999999996</v>
+      </c>
+      <c r="Q48" s="250">
+        <f>IF(COUNT($A48:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A48:$A$55)),2))</f>
+        <v>0.64</v>
+      </c>
+      <c r="R48" s="250">
+        <f>IF(COUNT($A48:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A48:$A$55)),2))</f>
+        <v>0.66</v>
+      </c>
+      <c r="S48" s="250">
+        <f>IF(COUNT($A48:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A48:$A$55)),2))</f>
+        <v>0.71</v>
+      </c>
+      <c r="T48" s="274">
+        <f t="shared" si="3"/>
+        <v>0.72</v>
+      </c>
+      <c r="U48" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V48" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W48" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X48" s="276">
+        <v>0.44</v>
+      </c>
+      <c r="Y48" s="272">
+        <f t="shared" si="5"/>
+        <v>2016</v>
+      </c>
+      <c r="Z48" s="255"/>
+      <c r="AA48" s="255"/>
+      <c r="AB48" s="255"/>
+      <c r="AC48" s="255"/>
+    </row>
+    <row r="49" spans="1:29" s="256" customFormat="1" ht="15.75">
+      <c r="A49" s="272">
+        <f t="shared" si="4"/>
+        <v>2017</v>
+      </c>
+      <c r="B49" s="250">
+        <f>IF(COUNT($A49:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A49:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C49" s="273">
+        <f>IF(COUNT($A49:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A49:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D49" s="250">
+        <f>IF(COUNT($A49:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A49:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E49" s="250">
+        <f>IF(COUNT($A49:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A49:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F49" s="250">
+        <f>IF(COUNT($A49:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A49:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G49" s="250">
+        <f>IF(COUNT($A49:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A49:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="H49" s="250">
+        <f>IF(COUNT($A49:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A49:$A$55)),2))</f>
+        <v>0.25</v>
+      </c>
+      <c r="I49" s="250">
+        <f>IF(COUNT($A49:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A49:$A$55)),2))</f>
+        <v>0.33</v>
+      </c>
+      <c r="J49" s="250">
+        <f>IF(COUNT($A49:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A49:$A$55)),2))</f>
+        <v>0.4</v>
+      </c>
+      <c r="K49" s="250">
+        <f>IF(COUNT($A49:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A49:$A$55)),2))</f>
+        <v>0.45</v>
+      </c>
+      <c r="L49" s="250">
+        <f>IF(COUNT($A49:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A49:$A$55)),2))</f>
+        <v>0.5</v>
+      </c>
+      <c r="M49" s="250">
+        <f>IF(COUNT($A49:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A49:$A$55)),2))</f>
+        <v>0.54</v>
+      </c>
+      <c r="N49" s="250">
+        <f>IF(COUNT($A49:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A49:$A$55)),2))</f>
+        <v>0.56999999999999995</v>
+      </c>
+      <c r="O49" s="250">
+        <f>IF(COUNT($A49:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A49:$A$55)),2))</f>
+        <v>0.6</v>
+      </c>
+      <c r="P49" s="250">
+        <f>IF(COUNT($A49:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A49:$A$55)),2))</f>
+        <v>0.63</v>
+      </c>
+      <c r="Q49" s="250">
+        <f>IF(COUNT($A49:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A49:$A$55)),2))</f>
+        <v>0.68</v>
+      </c>
+      <c r="R49" s="250">
+        <f>IF(COUNT($A49:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A49:$A$55)),2))</f>
+        <v>0.7</v>
+      </c>
+      <c r="S49" s="250">
+        <f>IF(COUNT($A49:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A49:$A$55)),2))</f>
+        <v>0.75</v>
+      </c>
+      <c r="T49" s="274">
+        <f t="shared" si="3"/>
+        <v>0.75</v>
+      </c>
+      <c r="U49" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V49" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W49" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X49" s="276">
+        <v>0.51</v>
+      </c>
+      <c r="Y49" s="272">
+        <f t="shared" si="5"/>
+        <v>2017</v>
+      </c>
+      <c r="Z49" s="255"/>
+      <c r="AA49" s="255"/>
+      <c r="AB49" s="255"/>
+      <c r="AC49" s="255"/>
+    </row>
+    <row r="50" spans="1:29" s="256" customFormat="1" ht="15.75">
+      <c r="A50" s="272">
+        <f t="shared" si="4"/>
+        <v>2018</v>
+      </c>
+      <c r="B50" s="250">
+        <f>IF(COUNT($A50:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A50:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C50" s="273">
+        <f>IF(COUNT($A50:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A50:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D50" s="250">
+        <f>IF(COUNT($A50:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A50:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E50" s="250">
+        <f>IF(COUNT($A50:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A50:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F50" s="250">
+        <f>IF(COUNT($A50:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A50:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="G50" s="250">
+        <f>IF(COUNT($A50:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A50:$A$55)),2))</f>
+        <v>0.54</v>
+      </c>
+      <c r="H50" s="250">
+        <f>IF(COUNT($A50:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A50:$A$55)),2))</f>
+        <v>0.35</v>
+      </c>
+      <c r="I50" s="250">
+        <f>IF(COUNT($A50:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A50:$A$55)),2))</f>
+        <v>0.42</v>
+      </c>
+      <c r="J50" s="250">
+        <f>IF(COUNT($A50:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A50:$A$55)),2))</f>
+        <v>0.48</v>
+      </c>
+      <c r="K50" s="250">
+        <f>IF(COUNT($A50:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A50:$A$55)),2))</f>
+        <v>0.53</v>
+      </c>
+      <c r="L50" s="250">
+        <f>IF(COUNT($A50:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A50:$A$55)),2))</f>
+        <v>0.56999999999999995</v>
+      </c>
+      <c r="M50" s="250">
+        <f>IF(COUNT($A50:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A50:$A$55)),2))</f>
+        <v>0.6</v>
+      </c>
+      <c r="N50" s="250">
+        <f>IF(COUNT($A50:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A50:$A$55)),2))</f>
+        <v>0.63</v>
+      </c>
+      <c r="O50" s="250">
+        <f>IF(COUNT($A50:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A50:$A$55)),2))</f>
+        <v>0.65</v>
+      </c>
+      <c r="P50" s="250">
+        <f>IF(COUNT($A50:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A50:$A$55)),2))</f>
+        <v>0.68</v>
+      </c>
+      <c r="Q50" s="250">
+        <f>IF(COUNT($A50:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A50:$A$55)),2))</f>
+        <v>0.73</v>
+      </c>
+      <c r="R50" s="250">
+        <f>IF(COUNT($A50:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A50:$A$55)),2))</f>
+        <v>0.74</v>
+      </c>
+      <c r="S50" s="250">
+        <f>IF(COUNT($A50:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A50:$A$55)),2))</f>
+        <v>0.78</v>
+      </c>
+      <c r="T50" s="274">
+        <f t="shared" si="3"/>
+        <v>0.77</v>
+      </c>
+      <c r="U50" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V50" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W50" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X50" s="276">
+        <v>0.59</v>
+      </c>
+      <c r="Y50" s="272">
+        <f t="shared" si="5"/>
+        <v>2018</v>
+      </c>
+      <c r="Z50" s="255"/>
+      <c r="AA50" s="255"/>
+      <c r="AB50" s="255"/>
+      <c r="AC50" s="255"/>
+    </row>
+    <row r="51" spans="1:29" s="256" customFormat="1" ht="15.75">
+      <c r="A51" s="272">
+        <f t="shared" si="4"/>
+        <v>2019</v>
+      </c>
+      <c r="B51" s="250">
+        <f>IF(COUNT($A51:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A51:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C51" s="273">
+        <f>IF(COUNT($A51:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A51:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D51" s="250">
+        <f>IF(COUNT($A51:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A51:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E51" s="250">
+        <f>IF(COUNT($A51:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A51:$A$55)),2))</f>
+        <v>0.2</v>
+      </c>
+      <c r="F51" s="250">
+        <f>IF(COUNT($A51:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A51:$A$55)),2))</f>
+        <v>0.27</v>
+      </c>
+      <c r="G51" s="250">
+        <f>IF(COUNT($A51:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A51:$A$55)),2))</f>
+        <v>0.61</v>
+      </c>
+      <c r="H51" s="250">
+        <f>IF(COUNT($A51:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A51:$A$55)),2))</f>
+        <v>0.45</v>
+      </c>
+      <c r="I51" s="250">
+        <f>IF(COUNT($A51:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A51:$A$55)),2))</f>
+        <v>0.51</v>
+      </c>
+      <c r="J51" s="250">
+        <f>IF(COUNT($A51:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A51:$A$55)),2))</f>
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="K51" s="250">
+        <f>IF(COUNT($A51:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A51:$A$55)),2))</f>
+        <v>0.6</v>
+      </c>
+      <c r="L51" s="250">
+        <f>IF(COUNT($A51:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A51:$A$55)),2))</f>
+        <v>0.63</v>
+      </c>
+      <c r="M51" s="250">
+        <f>IF(COUNT($A51:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A51:$A$55)),2))</f>
+        <v>0.66</v>
+      </c>
+      <c r="N51" s="250">
+        <f>IF(COUNT($A51:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A51:$A$55)),2))</f>
+        <v>0.69</v>
+      </c>
+      <c r="O51" s="250">
+        <f>IF(COUNT($A51:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A51:$A$55)),2))</f>
+        <v>0.71</v>
+      </c>
+      <c r="P51" s="250">
+        <f>IF(COUNT($A51:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A51:$A$55)),2))</f>
+        <v>0.73</v>
+      </c>
+      <c r="Q51" s="250">
+        <f>IF(COUNT($A51:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A51:$A$55)),2))</f>
+        <v>0.77</v>
+      </c>
+      <c r="R51" s="250">
+        <f>IF(COUNT($A51:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A51:$A$55)),2))</f>
+        <v>0.78</v>
+      </c>
+      <c r="S51" s="250">
+        <f>IF(COUNT($A51:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A51:$A$55)),2))</f>
+        <v>0.81</v>
+      </c>
+      <c r="T51" s="274">
+        <f t="shared" si="3"/>
+        <v>0.81</v>
+      </c>
+      <c r="U51" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V51" s="274">
+        <v>0.1</v>
+      </c>
+      <c r="W51" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X51" s="276">
+        <v>0.66</v>
+      </c>
+      <c r="Y51" s="272">
+        <f t="shared" si="5"/>
+        <v>2019</v>
+      </c>
+      <c r="Z51" s="255"/>
+      <c r="AA51" s="255"/>
+      <c r="AB51" s="255"/>
+      <c r="AC51" s="255"/>
+    </row>
+    <row r="52" spans="1:29" s="256" customFormat="1" ht="15.75">
+      <c r="A52" s="272">
+        <f t="shared" si="4"/>
+        <v>2020</v>
+      </c>
+      <c r="B52" s="250">
+        <f>IF(COUNT($A52:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A52:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C52" s="273">
+        <f>IF(COUNT($A52:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A52:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D52" s="250">
+        <f>IF(COUNT($A52:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A52:$A$55)),2))</f>
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="E52" s="250">
+        <f>IF(COUNT($A52:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A52:$A$55)),2))</f>
+        <v>0.28000000000000003</v>
+      </c>
+      <c r="F52" s="250">
+        <f>IF(COUNT($A52:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A52:$A$55)),2))</f>
+        <v>0.4</v>
+      </c>
+      <c r="G52" s="250">
+        <f>IF(COUNT($A52:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A52:$A$55)),2))</f>
+        <v>0.68</v>
+      </c>
+      <c r="H52" s="250">
+        <f>IF(COUNT($A52:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A52:$A$55)),2))</f>
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="I52" s="250">
+        <f>IF(COUNT($A52:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A52:$A$55)),2))</f>
+        <v>0.6</v>
+      </c>
+      <c r="J52" s="250">
+        <f>IF(COUNT($A52:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A52:$A$55)),2))</f>
+        <v>0.64</v>
+      </c>
+      <c r="K52" s="250">
+        <f>IF(COUNT($A52:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A52:$A$55)),2))</f>
+        <v>0.67</v>
+      </c>
+      <c r="L52" s="250">
+        <f>IF(COUNT($A52:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A52:$A$55)),2))</f>
+        <v>0.7</v>
+      </c>
+      <c r="M52" s="250">
+        <f>IF(COUNT($A52:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A52:$A$55)),2))</f>
+        <v>0.72</v>
+      </c>
+      <c r="N52" s="250">
+        <f>IF(COUNT($A52:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A52:$A$55)),2))</f>
+        <v>0.74</v>
+      </c>
+      <c r="O52" s="250">
+        <f>IF(COUNT($A52:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A52:$A$55)),2))</f>
+        <v>0.76</v>
+      </c>
+      <c r="P52" s="250">
+        <f>IF(COUNT($A52:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A52:$A$55)),2))</f>
+        <v>0.78</v>
+      </c>
+      <c r="Q52" s="250">
+        <f>IF(COUNT($A52:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A52:$A$55)),2))</f>
+        <v>0.81</v>
+      </c>
+      <c r="R52" s="250">
+        <f>IF(COUNT($A52:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A52:$A$55)),2))</f>
+        <v>0.82</v>
+      </c>
+      <c r="S52" s="250">
+        <f>IF(COUNT($A52:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A52:$A$55)),2))</f>
+        <v>0.85</v>
+      </c>
+      <c r="T52" s="274">
+        <f t="shared" si="3"/>
+        <v>0.84</v>
+      </c>
+      <c r="U52" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V52" s="274">
+        <v>0.13</v>
+      </c>
+      <c r="W52" s="275">
+        <v>0.1</v>
+      </c>
+      <c r="X52" s="276">
+        <v>0.73</v>
+      </c>
+      <c r="Y52" s="272">
+        <f t="shared" si="5"/>
+        <v>2020</v>
+      </c>
+      <c r="Z52" s="255"/>
+      <c r="AA52" s="255"/>
+      <c r="AB52" s="255"/>
+      <c r="AC52" s="255"/>
+    </row>
+    <row r="53" spans="1:29" s="256" customFormat="1" ht="15.75">
+      <c r="A53" s="272">
+        <f t="shared" si="4"/>
+        <v>2021</v>
+      </c>
+      <c r="B53" s="250">
+        <f>IF(COUNT($A53:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A53:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C53" s="273">
+        <f>IF(COUNT($A53:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A53:$A$55)),2))</f>
+        <v>0.13</v>
+      </c>
+      <c r="D53" s="250">
+        <f>IF(COUNT($A53:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A53:$A$55)),2))</f>
+        <v>0.25</v>
+      </c>
+      <c r="E53" s="250">
+        <f>IF(COUNT($A53:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A53:$A$55)),2))</f>
+        <v>0.44</v>
+      </c>
+      <c r="F53" s="250">
+        <f>IF(COUNT($A53:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A53:$A$55)),2))</f>
+        <v>0.53</v>
+      </c>
+      <c r="G53" s="250">
+        <f>IF(COUNT($A53:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A53:$A$55)),2))</f>
+        <v>0.75</v>
+      </c>
+      <c r="H53" s="250">
+        <f>IF(COUNT($A53:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A53:$A$55)),2))</f>
+        <v>0.65</v>
+      </c>
+      <c r="I53" s="250">
+        <f>IF(COUNT($A53:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A53:$A$55)),2))</f>
+        <v>0.69</v>
+      </c>
+      <c r="J53" s="250">
+        <f>IF(COUNT($A53:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A53:$A$55)),2))</f>
+        <v>0.72</v>
+      </c>
+      <c r="K53" s="250">
+        <f>IF(COUNT($A53:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A53:$A$55)),2))</f>
+        <v>0.75</v>
+      </c>
+      <c r="L53" s="250">
+        <f>IF(COUNT($A53:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A53:$A$55)),2))</f>
+        <v>0.77</v>
+      </c>
+      <c r="M53" s="250">
+        <f>IF(COUNT($A53:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A53:$A$55)),2))</f>
+        <v>0.78</v>
+      </c>
+      <c r="N53" s="250">
+        <f>IF(COUNT($A53:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A53:$A$55)),2))</f>
+        <v>0.8</v>
+      </c>
+      <c r="O53" s="250">
+        <f>IF(COUNT($A53:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A53:$A$55)),2))</f>
+        <v>0.81</v>
+      </c>
+      <c r="P53" s="250">
+        <f>IF(COUNT($A53:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A53:$A$55)),2))</f>
+        <v>0.83</v>
+      </c>
+      <c r="Q53" s="250">
+        <f>IF(COUNT($A53:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A53:$A$55)),2))</f>
+        <v>0.85</v>
+      </c>
+      <c r="R53" s="250">
+        <f>IF(COUNT($A53:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A53:$A$55)),2))</f>
+        <v>0.86</v>
+      </c>
+      <c r="S53" s="250">
+        <f>IF(COUNT($A53:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A53:$A$55)),2))</f>
+        <v>0.88</v>
+      </c>
+      <c r="T53" s="274">
+        <f t="shared" si="3"/>
+        <v>0.87</v>
+      </c>
+      <c r="U53" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V53" s="274">
+        <v>0.28999999999999998</v>
+      </c>
+      <c r="W53" s="275">
+        <v>0.18</v>
+      </c>
+      <c r="X53" s="276">
+        <v>0.8</v>
+      </c>
+      <c r="Y53" s="272">
+        <f t="shared" si="5"/>
+        <v>2021</v>
+      </c>
+      <c r="Z53" s="255"/>
+      <c r="AA53" s="255"/>
+      <c r="AB53" s="255"/>
+      <c r="AC53" s="255"/>
+    </row>
+    <row r="54" spans="1:29" s="256" customFormat="1" ht="15.75">
+      <c r="A54" s="272">
+        <f t="shared" si="4"/>
+        <v>2022</v>
+      </c>
+      <c r="B54" s="250">
+        <f>IF(COUNT($A54:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A54:$A$55)),2))</f>
+        <v>0.1</v>
+      </c>
+      <c r="C54" s="273">
+        <f>IF(COUNT($A54:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A54:$A$55)),2))</f>
+        <v>0.28000000000000003</v>
+      </c>
+      <c r="D54" s="250">
+        <f>IF(COUNT($A54:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A54:$A$55)),2))</f>
+        <v>0.46</v>
+      </c>
+      <c r="E54" s="250">
+        <f>IF(COUNT($A54:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A54:$A$55)),2))</f>
+        <v>0.6</v>
+      </c>
+      <c r="F54" s="250">
+        <f>IF(COUNT($A54:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A54:$A$55)),2))</f>
+        <v>0.67</v>
+      </c>
+      <c r="G54" s="250">
+        <f>IF(COUNT($A54:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A54:$A$55)),2))</f>
+        <v>0.82</v>
+      </c>
+      <c r="H54" s="250">
+        <f>IF(COUNT($A54:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A54:$A$55)),2))</f>
+        <v>0.75</v>
+      </c>
+      <c r="I54" s="250">
+        <f>IF(COUNT($A54:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A54:$A$55)),2))</f>
+        <v>0.78</v>
+      </c>
+      <c r="J54" s="250">
+        <f>IF(COUNT($A54:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A54:$A$55)),2))</f>
+        <v>0.8</v>
+      </c>
+      <c r="K54" s="250">
+        <f>IF(COUNT($A54:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A54:$A$55)),2))</f>
+        <v>0.82</v>
+      </c>
+      <c r="L54" s="250">
+        <f>IF(COUNT($A54:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A54:$A$55)),2))</f>
+        <v>0.83</v>
+      </c>
+      <c r="M54" s="250">
+        <f>IF(COUNT($A54:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A54:$A$55)),2))</f>
+        <v>0.85</v>
+      </c>
+      <c r="N54" s="250">
+        <f>IF(COUNT($A54:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A54:$A$55)),2))</f>
+        <v>0.86</v>
+      </c>
+      <c r="O54" s="250">
+        <f>IF(COUNT($A54:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A54:$A$55)),2))</f>
+        <v>0.87</v>
+      </c>
+      <c r="P54" s="250">
+        <f>IF(COUNT($A54:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A54:$A$55)),2))</f>
+        <v>0.88</v>
+      </c>
+      <c r="Q54" s="250">
+        <f>IF(COUNT($A54:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A54:$A$55)),2))</f>
+        <v>0.89</v>
+      </c>
+      <c r="R54" s="250">
+        <f>IF(COUNT($A54:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A54:$A$55)),2))</f>
+        <v>0.9</v>
+      </c>
+      <c r="S54" s="250">
+        <f>IF(COUNT($A54:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A54:$A$55)),2))</f>
+        <v>0.92</v>
+      </c>
+      <c r="T54" s="274">
+        <f t="shared" si="3"/>
+        <v>0.91</v>
+      </c>
+      <c r="U54" s="250">
+        <v>0.1</v>
+      </c>
+      <c r="V54" s="274">
+        <v>0.48</v>
+      </c>
+      <c r="W54" s="275">
+        <v>0.28999999999999998</v>
+      </c>
+      <c r="X54" s="276">
+        <v>0.86</v>
+      </c>
+      <c r="Y54" s="272">
+        <f t="shared" si="5"/>
+        <v>2022</v>
+      </c>
+      <c r="Z54" s="255"/>
+      <c r="AA54" s="255"/>
+      <c r="AB54" s="255"/>
+      <c r="AC54" s="255"/>
+    </row>
+    <row r="55" spans="1:29" s="256" customFormat="1" ht="15.75">
+      <c r="A55" s="272">
+        <f t="shared" si="4"/>
+        <v>2023</v>
+      </c>
+      <c r="B55" s="250">
+        <f>IF(COUNT($A55:$A$55)&gt;=B$1,B$2,ROUND(B$57-B$5-(B$4*COUNT($A55:$A$55)),2))</f>
+        <v>0.33</v>
+      </c>
+      <c r="C55" s="273">
+        <f>IF(COUNT($A55:$A$55)&gt;=C$1,C$2,ROUND(C$57-C$5-(C$4*COUNT($A55:$A$55)),2))</f>
+        <v>0.56999999999999995</v>
+      </c>
+      <c r="D55" s="250">
+        <f>IF(COUNT($A55:$A$55)&gt;=D$1,D$2,ROUND(D$57-D$5-(D$4*COUNT($A55:$A$55)),2))</f>
+        <v>0.68</v>
+      </c>
+      <c r="E55" s="250">
+        <f>IF(COUNT($A55:$A$55)&gt;=E$1,E$2,ROUND(E$57-E$5-(E$4*COUNT($A55:$A$55)),2))</f>
+        <v>0.76</v>
+      </c>
+      <c r="F55" s="250">
+        <f>IF(COUNT($A55:$A$55)&gt;=F$1,F$2,ROUND(F$57-F$5-(F$4*COUNT($A55:$A$55)),2))</f>
+        <v>0.8</v>
+      </c>
+      <c r="G55" s="250">
+        <f>IF(COUNT($A55:$A$55)&gt;=G$1,G$2,ROUND(G$57-G$5-(G$4*COUNT($A55:$A$55)),2))</f>
+        <v>0.89</v>
+      </c>
+      <c r="H55" s="250">
+        <f>IF(COUNT($A55:$A$55)&gt;=H$1,H$2,ROUND(H$57-H$5-(H$4*COUNT($A55:$A$55)),2))</f>
+        <v>0.85</v>
+      </c>
+      <c r="I55" s="250">
+        <f>IF(COUNT($A55:$A$55)&gt;=I$1,I$2,ROUND(I$57-I$5-(I$4*COUNT($A55:$A$55)),2))</f>
+        <v>0.87</v>
+      </c>
+      <c r="J55" s="250">
+        <f>IF(COUNT($A55:$A$55)&gt;=J$1,J$2,ROUND(J$57-J$5-(J$4*COUNT($A55:$A$55)),2))</f>
+        <v>0.88</v>
+      </c>
+      <c r="K55" s="250">
+        <f>IF(COUNT($A55:$A$55)&gt;=K$1,K$2,ROUND(K$57-K$5-(K$4*COUNT($A55:$A$55)),2))</f>
+        <v>0.89</v>
+      </c>
+      <c r="L55" s="250">
+        <f>IF(COUNT($A55:$A$55)&gt;=L$1,L$2,ROUND(L$57-L$5-(L$4*COUNT($A55:$A$55)),2))</f>
+        <v>0.9</v>
+      </c>
+      <c r="M55" s="250">
+        <f>IF(COUNT($A55:$A$55)&gt;=M$1,M$2,ROUND(M$57-M$5-(M$4*COUNT($A55:$A$55)),2))</f>
+        <v>0.91</v>
+      </c>
+      <c r="N55" s="250">
+        <f>IF(COUNT($A55:$A$55)&gt;=N$1,N$2,ROUND(N$57-N$5-(N$4*COUNT($A55:$A$55)),2))</f>
+        <v>0.91</v>
+      </c>
+      <c r="O55" s="250">
+        <f>IF(COUNT($A55:$A$55)&gt;=O$1,O$2,ROUND(O$57-O$5-(O$4*COUNT($A55:$A$55)),2))</f>
+        <v>0.92</v>
+      </c>
+      <c r="P55" s="250">
+        <f>IF(COUNT($A55:$A$55)&gt;=P$1,P$2,ROUND(P$57-P$5-(P$4*COUNT($A55:$A$55)),2))</f>
+        <v>0.93</v>
+      </c>
+      <c r="Q55" s="250">
+        <f>IF(COUNT($A55:$A$55)&gt;=Q$1,Q$2,ROUND(Q$57-Q$5-(Q$4*COUNT($A55:$A$55)),2))</f>
+        <v>0.94</v>
+      </c>
+      <c r="R55" s="250">
+        <f>IF(COUNT($A55:$A$55)&gt;=R$1,R$2,ROUND(R$57-R$5-(R$4*COUNT($A55:$A$55)),2))</f>
+        <v>0.94</v>
+      </c>
+      <c r="S55" s="250">
+        <f>IF(COUNT($A55:$A$55)&gt;=S$1,S$2,ROUND(S$57-S$5-(S$4*COUNT($A55:$A$55)),2))</f>
+        <v>0.95</v>
+      </c>
+      <c r="T55" s="274">
+        <f t="shared" si="3"/>
+        <v>0.94</v>
+      </c>
+      <c r="U55" s="250">
+        <v>0.32</v>
+      </c>
+      <c r="V55" s="274">
+        <v>0.7</v>
+      </c>
+      <c r="W55" s="275">
+        <v>0.45</v>
+      </c>
+      <c r="X55" s="276">
+        <v>0.91</v>
+      </c>
+      <c r="Y55" s="272">
+        <f t="shared" si="5"/>
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="56" spans="1:29" s="256" customFormat="1" ht="15.75">
+      <c r="A56" s="272">
+        <f>A57-1</f>
+        <v>2024</v>
+      </c>
+      <c r="B56" s="274">
+        <f>ROUND(B57-B5,2)</f>
+        <v>0.78</v>
+      </c>
+      <c r="C56" s="273">
+        <f t="shared" ref="C56:S56" si="6">ROUND(C57-C5,2)</f>
+        <v>0.86</v>
+      </c>
+      <c r="D56" s="274">
+        <f t="shared" si="6"/>
+        <v>0.89</v>
+      </c>
+      <c r="E56" s="274">
+        <f t="shared" si="6"/>
+        <v>0.92</v>
+      </c>
+      <c r="F56" s="274">
+        <f t="shared" si="6"/>
+        <v>0.93</v>
+      </c>
+      <c r="G56" s="274">
+        <f t="shared" si="6"/>
+        <v>0.96</v>
+      </c>
+      <c r="H56" s="274">
+        <f t="shared" si="6"/>
+        <v>0.95</v>
+      </c>
+      <c r="I56" s="274">
+        <f t="shared" si="6"/>
+        <v>0.96</v>
+      </c>
+      <c r="J56" s="274">
+        <f t="shared" si="6"/>
+        <v>0.96</v>
+      </c>
+      <c r="K56" s="274">
+        <f t="shared" si="6"/>
+        <v>0.96</v>
+      </c>
+      <c r="L56" s="274">
+        <f t="shared" si="6"/>
+        <v>0.97</v>
+      </c>
+      <c r="M56" s="274">
+        <f t="shared" si="6"/>
+        <v>0.97</v>
+      </c>
+      <c r="N56" s="274">
+        <f t="shared" si="6"/>
+        <v>0.97</v>
+      </c>
+      <c r="O56" s="274">
+        <f t="shared" si="6"/>
+        <v>0.97</v>
+      </c>
+      <c r="P56" s="274">
+        <f t="shared" si="6"/>
+        <v>0.98</v>
+      </c>
+      <c r="Q56" s="274">
+        <f t="shared" si="6"/>
+        <v>0.98</v>
+      </c>
+      <c r="R56" s="274">
+        <f t="shared" si="6"/>
+        <v>0.98</v>
+      </c>
+      <c r="S56" s="274">
+        <f t="shared" si="6"/>
+        <v>0.98</v>
+      </c>
+      <c r="T56" s="274">
+        <f>ROUND(IF($T$5*POWER($T$4,$A$56-$A56)&lt;$T$2,$T$2,$T$5*POWER($T$4,$A$56-$A56)),2)</f>
+        <v>0.98</v>
+      </c>
+      <c r="U56" s="274">
+        <v>0.78</v>
+      </c>
+      <c r="V56" s="274">
+        <v>0.91</v>
+      </c>
+      <c r="W56" s="273">
+        <v>0.68</v>
+      </c>
+      <c r="X56" s="278">
+        <v>0.94</v>
+      </c>
+      <c r="Y56" s="272">
+        <f t="shared" si="5"/>
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="57" spans="1:29" s="256" customFormat="1" ht="15.75">
+      <c r="A57" s="279">
+        <v>2025</v>
+      </c>
+      <c r="B57" s="274">
+        <v>1</v>
+      </c>
+      <c r="C57" s="273">
+        <v>1</v>
+      </c>
+      <c r="D57" s="250">
+        <v>1</v>
+      </c>
+      <c r="E57" s="274">
+        <v>1</v>
+      </c>
+      <c r="F57" s="274">
+        <v>1</v>
+      </c>
+      <c r="G57" s="274">
+        <v>1</v>
+      </c>
+      <c r="H57" s="274">
+        <v>1</v>
+      </c>
+      <c r="I57" s="274">
+        <v>1</v>
+      </c>
+      <c r="J57" s="274">
+        <v>1</v>
+      </c>
+      <c r="K57" s="274">
+        <v>1</v>
+      </c>
+      <c r="L57" s="274">
+        <v>1</v>
+      </c>
+      <c r="M57" s="274">
+        <v>1</v>
+      </c>
+      <c r="N57" s="274">
+        <v>1</v>
+      </c>
+      <c r="O57" s="274">
+        <v>1</v>
+      </c>
+      <c r="P57" s="274">
+        <v>1</v>
+      </c>
+      <c r="Q57" s="274">
+        <v>1</v>
+      </c>
+      <c r="R57" s="274">
+        <v>1</v>
+      </c>
+      <c r="S57" s="274">
+        <v>1</v>
+      </c>
+      <c r="T57" s="274">
+        <v>1</v>
+      </c>
+      <c r="U57" s="274">
+        <v>1</v>
+      </c>
+      <c r="V57" s="274">
+        <v>1</v>
+      </c>
+      <c r="W57" s="273">
+        <v>1</v>
+      </c>
+      <c r="X57" s="278">
+        <v>1</v>
+      </c>
+      <c r="Y57" s="272">
+        <f t="shared" si="5"/>
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="58" spans="1:29">
+      <c r="A58" s="249"/>
+      <c r="B58" s="249"/>
+      <c r="Y58" s="249" t="str">
+        <f t="shared" si="5"/>
+        <v/>
+      </c>
+    </row>
+    <row r="59" spans="1:29">
+      <c r="A59" s="249"/>
+      <c r="B59" s="251"/>
+      <c r="D59" s="256"/>
+      <c r="E59" s="256"/>
+      <c r="F59" s="256"/>
+      <c r="G59" s="256"/>
+      <c r="Y59" s="249" t="str">
+        <f t="shared" si="5"/>
+        <v/>
+      </c>
+    </row>
+    <row r="60" spans="1:29">
+      <c r="A60" s="249"/>
+      <c r="B60" s="249"/>
+      <c r="D60" s="256"/>
+      <c r="E60" s="256"/>
+      <c r="F60" s="256"/>
+      <c r="G60" s="256"/>
+      <c r="O60" s="280"/>
+      <c r="P60" s="281"/>
+      <c r="Y60" s="249" t="str">
+        <f t="shared" si="5"/>
+        <v/>
+      </c>
+    </row>
+    <row r="61" spans="1:29">
+      <c r="D61" s="256"/>
+      <c r="E61" s="256"/>
+      <c r="F61" s="256"/>
+      <c r="G61" s="282">
+        <f>G57</f>
+        <v>1</v>
+      </c>
+      <c r="O61" s="283"/>
+      <c r="P61" s="281"/>
+    </row>
+    <row r="62" spans="1:29">
+      <c r="D62" s="256"/>
+      <c r="E62" s="256"/>
+      <c r="F62" s="256"/>
+      <c r="G62" s="282">
+        <f>G56</f>
+        <v>0.96</v>
+      </c>
+      <c r="O62" s="284"/>
+      <c r="T62" s="285"/>
+    </row>
+    <row r="63" spans="1:29">
+      <c r="D63" s="256"/>
+      <c r="E63" s="256"/>
+      <c r="F63" s="256"/>
+      <c r="G63" s="282">
+        <f>G55</f>
+        <v>0.89</v>
+      </c>
+      <c r="P63" s="286"/>
+    </row>
+    <row r="64" spans="1:29">
+      <c r="D64" s="256"/>
+      <c r="E64" s="256"/>
+      <c r="F64" s="256"/>
+      <c r="G64" s="282">
+        <f>G54</f>
+        <v>0.82</v>
+      </c>
+    </row>
+    <row r="65" spans="4:14">
+      <c r="D65" s="256"/>
+      <c r="E65" s="256"/>
+      <c r="F65" s="256"/>
+      <c r="G65" s="282">
+        <f>G53</f>
+        <v>0.75</v>
+      </c>
+    </row>
+    <row r="66" spans="4:14">
+      <c r="D66" s="256"/>
+      <c r="E66" s="256"/>
+      <c r="F66" s="256"/>
+      <c r="G66" s="282">
+        <f>G52</f>
+        <v>0.68</v>
+      </c>
+      <c r="N66" s="287"/>
+    </row>
+    <row r="67" spans="4:14">
+      <c r="D67" s="256"/>
+      <c r="E67" s="256"/>
+      <c r="F67" s="256"/>
+      <c r="G67" s="282">
+        <f>G51</f>
+        <v>0.61</v>
+      </c>
+    </row>
+    <row r="68" spans="4:14">
+      <c r="D68" s="256"/>
+      <c r="E68" s="256"/>
+      <c r="F68" s="256"/>
+      <c r="G68" s="282">
+        <f>G50</f>
+        <v>0.54</v>
+      </c>
+    </row>
+    <row r="69" spans="4:14">
+      <c r="D69" s="256"/>
+      <c r="E69" s="256"/>
+      <c r="F69" s="256"/>
+      <c r="G69" s="282">
+        <f>G49</f>
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="70" spans="4:14">
+      <c r="D70" s="256"/>
+      <c r="E70" s="256"/>
+      <c r="F70" s="256"/>
+      <c r="G70" s="256"/>
+    </row>
+    <row r="71" spans="4:14">
+      <c r="D71" s="256"/>
+      <c r="E71" s="256"/>
+      <c r="F71" s="256"/>
+      <c r="G71" s="256"/>
+    </row>
+    <row r="72" spans="4:14">
+      <c r="D72" s="256"/>
+      <c r="E72" s="256"/>
+      <c r="F72" s="256"/>
+      <c r="G72" s="256"/>
+    </row>
+    <row r="73" spans="4:14">
+      <c r="D73" s="256"/>
+      <c r="E73" s="256"/>
+      <c r="F73" s="256"/>
+      <c r="G73" s="256"/>
+    </row>
+    <row r="74" spans="4:14">
+      <c r="D74" s="256"/>
+      <c r="E74" s="256"/>
+      <c r="F74" s="256"/>
+      <c r="G74" s="256"/>
+    </row>
+    <row r="75" spans="4:14">
+      <c r="D75" s="256"/>
+      <c r="E75" s="256"/>
+      <c r="F75" s="256"/>
+      <c r="G75" s="256"/>
+    </row>
+    <row r="76" spans="4:14">
+      <c r="D76" s="256"/>
+      <c r="E76" s="256"/>
+      <c r="F76" s="256"/>
+      <c r="G76" s="256"/>
+    </row>
+    <row r="77" spans="4:14">
+      <c r="D77" s="256"/>
+      <c r="E77" s="256"/>
+      <c r="F77" s="256"/>
+      <c r="G77" s="256"/>
+    </row>
+    <row r="78" spans="4:14">
+      <c r="D78" s="256"/>
+      <c r="E78" s="256"/>
+      <c r="F78" s="256"/>
+      <c r="G78" s="256"/>
+    </row>
+    <row r="79" spans="4:14">
+      <c r="D79" s="256"/>
+      <c r="E79" s="256"/>
+      <c r="F79" s="256"/>
+      <c r="G79" s="256"/>
+    </row>
+    <row r="80" spans="4:14">
+      <c r="D80" s="256"/>
+      <c r="E80" s="256"/>
+      <c r="F80" s="256"/>
+      <c r="G80" s="256"/>
+    </row>
+    <row r="81" spans="4:7">
+      <c r="D81" s="256"/>
+      <c r="E81" s="256"/>
+      <c r="F81" s="256"/>
+      <c r="G81" s="256"/>
+    </row>
+    <row r="82" spans="4:7">
+      <c r="D82" s="256"/>
+      <c r="E82" s="256"/>
+      <c r="F82" s="256"/>
+      <c r="G82" s="256"/>
+    </row>
+    <row r="83" spans="4:7">
+      <c r="D83" s="256"/>
+      <c r="E83" s="256"/>
+      <c r="F83" s="256"/>
+      <c r="G83" s="256"/>
+    </row>
+    <row r="84" spans="4:7">
+      <c r="D84" s="256"/>
+      <c r="E84" s="256"/>
+      <c r="F84" s="256"/>
+      <c r="G84" s="256"/>
+    </row>
+    <row r="85" spans="4:7">
+      <c r="D85" s="256"/>
+      <c r="E85" s="256"/>
+      <c r="F85" s="256"/>
+      <c r="G85" s="256"/>
+    </row>
+    <row r="86" spans="4:7">
+      <c r="D86" s="256"/>
+      <c r="E86" s="256"/>
+      <c r="F86" s="256"/>
+      <c r="G86" s="256"/>
+    </row>
+    <row r="87" spans="4:7">
+      <c r="D87" s="256"/>
+      <c r="E87" s="256"/>
+      <c r="F87" s="256"/>
+      <c r="G87" s="256"/>
+    </row>
+    <row r="88" spans="4:7">
+      <c r="D88" s="256"/>
+      <c r="E88" s="256"/>
+      <c r="F88" s="256"/>
+      <c r="G88" s="256"/>
+    </row>
+    <row r="89" spans="4:7">
+      <c r="D89" s="256"/>
+      <c r="E89" s="256"/>
+      <c r="F89" s="256"/>
+      <c r="G89" s="256"/>
+    </row>
+    <row r="90" spans="4:7">
+      <c r="D90" s="256"/>
+      <c r="E90" s="256"/>
+      <c r="F90" s="256"/>
+      <c r="G90" s="256"/>
+    </row>
+    <row r="91" spans="4:7">
+      <c r="D91" s="256"/>
+      <c r="E91" s="256"/>
+      <c r="F91" s="256"/>
+      <c r="G91" s="256"/>
+    </row>
+    <row r="92" spans="4:7">
+      <c r="D92" s="256"/>
+      <c r="E92" s="256"/>
+      <c r="F92" s="256"/>
+      <c r="G92" s="256"/>
+    </row>
+    <row r="93" spans="4:7">
+      <c r="D93" s="256"/>
+      <c r="E93" s="256"/>
+      <c r="F93" s="256"/>
+      <c r="G93" s="256"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr transitionEvaluation="1"/>
   <dimension ref="A10:K53"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="L12" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="M24" sqref="M24"/>
+    <sheetView showGridLines="0" showRowColHeaders="0" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C19" sqref="C19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="8.7109375" style="43" customWidth="1"/>
     <col min="2" max="4" width="8.7109375" style="43"/>
     <col min="5" max="5" width="11.7109375" style="43" customWidth="1"/>
     <col min="6" max="6" width="5.7109375" style="43" customWidth="1"/>
     <col min="7" max="8" width="8.7109375" style="43"/>
     <col min="9" max="9" width="8.7109375" style="43" customWidth="1"/>
     <col min="10" max="16384" width="8.7109375" style="43"/>
   </cols>
   <sheetData>
     <row r="10" spans="1:11">
       <c r="A10" s="39" t="s">
-        <v>787</v>
+        <v>831</v>
       </c>
       <c r="B10" s="24"/>
       <c r="C10" s="24"/>
       <c r="D10" s="24"/>
       <c r="E10" s="24"/>
       <c r="F10" s="24"/>
       <c r="G10" s="24"/>
       <c r="H10" s="24"/>
       <c r="I10" s="24"/>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" s="24"/>
       <c r="B11" s="24"/>
       <c r="C11" s="24"/>
       <c r="D11" s="24"/>
       <c r="E11" s="24"/>
       <c r="F11" s="24"/>
       <c r="G11" s="24"/>
       <c r="H11" s="24"/>
       <c r="I11" s="24"/>
     </row>
     <row r="12" spans="1:11" ht="15.75">
-      <c r="A12" s="346" t="s">
+      <c r="A12" s="403" t="s">
         <v>4</v>
       </c>
-      <c r="B12" s="346"/>
-[...8 lines deleted...]
-      <c r="K12" s="346"/>
+      <c r="B12" s="403"/>
+      <c r="C12" s="403"/>
+      <c r="D12" s="403"/>
+      <c r="E12" s="403"/>
+      <c r="F12" s="403"/>
+      <c r="G12" s="403"/>
+      <c r="H12" s="403"/>
+      <c r="I12" s="403"/>
+      <c r="J12" s="403"/>
+      <c r="K12" s="403"/>
     </row>
     <row r="13" spans="1:11" ht="15.75">
       <c r="A13" s="25"/>
       <c r="B13" s="26"/>
       <c r="C13" s="26"/>
       <c r="D13" s="26"/>
       <c r="E13" s="26"/>
       <c r="F13" s="26"/>
       <c r="G13" s="26"/>
       <c r="H13" s="27"/>
       <c r="I13" s="24"/>
       <c r="J13" s="28"/>
     </row>
     <row r="14" spans="1:11" ht="15.75">
       <c r="A14" s="25"/>
       <c r="B14" s="26"/>
       <c r="C14" s="26"/>
       <c r="D14" s="26"/>
       <c r="E14" s="26"/>
       <c r="F14" s="26"/>
       <c r="G14" s="26"/>
       <c r="H14" s="26"/>
       <c r="I14" s="24"/>
     </row>
     <row r="15" spans="1:11" ht="15.75">
       <c r="A15" s="25" t="s">
         <v>5</v>
       </c>
       <c r="B15" s="26"/>
       <c r="C15" s="25" t="s">
-        <v>756</v>
+        <v>753</v>
       </c>
       <c r="D15" s="26"/>
       <c r="E15" s="26"/>
       <c r="F15" s="26"/>
       <c r="G15" s="26"/>
       <c r="H15" s="26"/>
       <c r="I15" s="24"/>
     </row>
     <row r="16" spans="1:11" ht="15.75">
       <c r="A16" s="25"/>
       <c r="B16" s="26"/>
       <c r="C16" s="26"/>
       <c r="D16" s="26"/>
       <c r="E16" s="26"/>
       <c r="F16" s="26"/>
       <c r="G16" s="26"/>
       <c r="H16" s="26"/>
       <c r="I16" s="24"/>
     </row>
     <row r="17" spans="1:9" ht="15.75">
       <c r="A17" s="25" t="s">
         <v>6</v>
       </c>
       <c r="B17" s="26"/>
       <c r="C17" s="25" t="s">
@@ -14823,84 +22653,84 @@
       </c>
       <c r="D17" s="26"/>
       <c r="E17" s="26"/>
       <c r="F17" s="26"/>
       <c r="G17" s="26"/>
       <c r="H17" s="26"/>
       <c r="I17" s="24"/>
     </row>
     <row r="18" spans="1:9" ht="15.75">
       <c r="A18" s="25"/>
       <c r="B18" s="26"/>
       <c r="C18" s="26"/>
       <c r="D18" s="26"/>
       <c r="E18" s="26"/>
       <c r="F18" s="26"/>
       <c r="G18" s="26"/>
       <c r="H18" s="26"/>
       <c r="I18" s="24"/>
     </row>
     <row r="19" spans="1:9" ht="15.75">
       <c r="A19" s="25" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="26"/>
       <c r="C19" s="25" t="s">
-        <v>784</v>
+        <v>833</v>
       </c>
       <c r="D19" s="26"/>
       <c r="E19" s="26"/>
       <c r="F19" s="26"/>
       <c r="G19" s="26"/>
       <c r="H19" s="26"/>
       <c r="I19" s="24"/>
     </row>
     <row r="20" spans="1:9" ht="15.75">
       <c r="A20" s="25"/>
       <c r="B20" s="26"/>
       <c r="C20" s="25"/>
       <c r="D20" s="26"/>
       <c r="E20" s="26"/>
       <c r="F20" s="26"/>
       <c r="G20" s="26"/>
       <c r="H20" s="26"/>
       <c r="I20" s="24"/>
     </row>
     <row r="21" spans="1:9" ht="11.25" customHeight="1">
       <c r="A21" s="24"/>
       <c r="B21" s="24"/>
       <c r="C21" s="24"/>
       <c r="D21" s="24"/>
       <c r="E21" s="24"/>
       <c r="F21" s="24"/>
       <c r="G21" s="24"/>
       <c r="H21" s="24"/>
       <c r="I21" s="24"/>
     </row>
     <row r="22" spans="1:9" ht="14.25">
       <c r="A22" s="29" t="s">
-        <v>790</v>
+        <v>829</v>
       </c>
       <c r="B22" s="29"/>
       <c r="C22" s="29"/>
       <c r="D22" s="29"/>
       <c r="E22" s="29"/>
       <c r="F22" s="29"/>
       <c r="G22" s="29"/>
       <c r="H22" s="29"/>
       <c r="I22" s="24"/>
     </row>
     <row r="23" spans="1:9" ht="14.25">
       <c r="A23" s="29"/>
       <c r="B23" s="29"/>
       <c r="C23" s="29"/>
       <c r="D23" s="29"/>
       <c r="E23" s="29"/>
       <c r="F23" s="29"/>
       <c r="G23" s="29"/>
       <c r="H23" s="29"/>
       <c r="I23" s="24"/>
     </row>
     <row r="24" spans="1:9" ht="14.25">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29"/>
@@ -15022,77 +22852,77 @@
       <c r="D33" s="29"/>
       <c r="E33" s="29"/>
       <c r="F33" s="29"/>
       <c r="G33" s="29"/>
       <c r="H33" s="29"/>
       <c r="I33" s="24"/>
     </row>
     <row r="34" spans="1:9" ht="14.25">
       <c r="A34" s="30" t="s">
         <v>8</v>
       </c>
       <c r="B34" s="29" t="s">
         <v>420</v>
       </c>
       <c r="C34" s="29"/>
       <c r="D34" s="29"/>
       <c r="E34" s="29"/>
       <c r="F34" s="29"/>
       <c r="G34" s="29"/>
       <c r="H34" s="29"/>
       <c r="I34" s="24"/>
     </row>
     <row r="35" spans="1:9" ht="14.25">
       <c r="A35" s="29"/>
       <c r="B35" s="29" t="s">
-        <v>722</v>
+        <v>719</v>
       </c>
       <c r="C35" s="29"/>
       <c r="D35" s="29"/>
       <c r="E35" s="29"/>
       <c r="F35" s="29"/>
       <c r="G35" s="29"/>
       <c r="H35" s="29"/>
       <c r="I35" s="24"/>
     </row>
     <row r="36" spans="1:9" ht="14.25">
       <c r="A36" s="29"/>
       <c r="B36" s="29" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="C36" s="29"/>
       <c r="D36" s="29"/>
       <c r="E36" s="29"/>
       <c r="F36" s="29"/>
       <c r="G36" s="29"/>
       <c r="H36" s="29"/>
       <c r="I36" s="24"/>
     </row>
     <row r="37" spans="1:9" ht="14.25">
       <c r="A37" s="29"/>
       <c r="B37" s="29" t="s">
-        <v>723</v>
+        <v>720</v>
       </c>
       <c r="C37" s="29"/>
       <c r="D37" s="29"/>
       <c r="E37" s="29"/>
       <c r="F37" s="29"/>
       <c r="G37" s="29"/>
       <c r="H37" s="29"/>
       <c r="I37" s="24"/>
     </row>
     <row r="38" spans="1:9" ht="14.25">
       <c r="A38" s="29"/>
       <c r="B38" s="24"/>
       <c r="C38" s="29"/>
       <c r="D38" s="29"/>
       <c r="E38" s="29"/>
       <c r="F38" s="29"/>
       <c r="G38" s="29"/>
       <c r="H38" s="29"/>
       <c r="I38" s="24"/>
     </row>
     <row r="39" spans="1:9" ht="14.25">
       <c r="A39" s="30" t="s">
         <v>8</v>
       </c>
       <c r="B39" s="29" t="s">
@@ -15169,135 +22999,135 @@
       <c r="F44" s="29"/>
       <c r="G44" s="29"/>
       <c r="H44" s="29"/>
       <c r="I44" s="24"/>
     </row>
     <row r="45" spans="1:9" ht="14.25">
       <c r="A45" s="30" t="s">
         <v>310</v>
       </c>
       <c r="B45" s="29" t="s">
         <v>310</v>
       </c>
       <c r="C45" s="29"/>
       <c r="D45" s="29"/>
       <c r="E45" s="29"/>
       <c r="F45" s="29"/>
       <c r="G45" s="29"/>
       <c r="H45" s="29"/>
       <c r="I45" s="24"/>
     </row>
     <row r="46" spans="1:9" ht="14.25">
       <c r="A46" s="30" t="s">
         <v>8</v>
       </c>
       <c r="B46" s="29" t="s">
-        <v>785</v>
+        <v>767</v>
       </c>
       <c r="C46" s="29"/>
       <c r="D46" s="29"/>
       <c r="E46" s="29"/>
       <c r="F46" s="29"/>
       <c r="G46" s="29"/>
       <c r="H46" s="29"/>
       <c r="I46" s="24"/>
     </row>
-    <row r="47" spans="1:9" ht="14.25">
+    <row r="47" spans="1:9" ht="15">
       <c r="A47" s="29"/>
       <c r="B47" s="29" t="s">
-        <v>791</v>
+        <v>832</v>
       </c>
       <c r="C47" s="29"/>
       <c r="D47" s="29"/>
       <c r="E47" s="29"/>
       <c r="F47" s="29"/>
       <c r="G47" s="29"/>
       <c r="H47" s="29"/>
       <c r="I47" s="24"/>
     </row>
     <row r="48" spans="1:9" ht="14.25">
       <c r="B48" s="29" t="s">
-        <v>786</v>
+        <v>768</v>
       </c>
       <c r="F48" s="31"/>
     </row>
     <row r="49" spans="3:3" ht="15" customHeight="1"/>
     <row r="50" spans="3:3" ht="14.25">
       <c r="C50" s="29"/>
     </row>
     <row r="51" spans="3:3" ht="15" customHeight="1"/>
     <row r="52" spans="3:3" ht="15" customHeight="1"/>
     <row r="53" spans="3:3" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A12:K12"/>
   </mergeCells>
   <printOptions horizontalCentered="1" gridLinesSet="0"/>
   <pageMargins left="0.5" right="0.5" top="0.5" bottom="0" header="0" footer="0.5"/>
   <pageSetup fitToWidth="2" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter xml:space="preserve">&amp;REFO00210_01-01-2025
 </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr transitionEvaluation="1"/>
   <dimension ref="A1:T52"/>
   <sheetViews>
     <sheetView showGridLines="0" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="M24" sqref="M24"/>
+      <selection activeCell="H2" sqref="H2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="8.7109375" style="41" customWidth="1"/>
     <col min="2" max="4" width="8.7109375" style="41"/>
     <col min="5" max="5" width="11.7109375" style="41" customWidth="1"/>
     <col min="6" max="6" width="5.7109375" style="41" customWidth="1"/>
     <col min="7" max="8" width="8.7109375" style="41"/>
     <col min="9" max="9" width="8.7109375" style="41" customWidth="1"/>
     <col min="10" max="16384" width="8.7109375" style="41"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="15" customHeight="1">
-      <c r="A1" s="347" t="s">
+      <c r="A1" s="404" t="s">
         <v>9</v>
       </c>
-      <c r="B1" s="347"/>
-[...8 lines deleted...]
-      <c r="K1" s="347"/>
+      <c r="B1" s="404"/>
+      <c r="C1" s="404"/>
+      <c r="D1" s="404"/>
+      <c r="E1" s="404"/>
+      <c r="F1" s="404"/>
+      <c r="G1" s="404"/>
+      <c r="H1" s="404"/>
+      <c r="I1" s="404"/>
+      <c r="J1" s="404"/>
+      <c r="K1" s="404"/>
     </row>
     <row r="2" spans="1:11" ht="15">
       <c r="A2" s="75"/>
       <c r="B2" s="75"/>
       <c r="C2" s="75"/>
       <c r="D2" s="75"/>
       <c r="E2" s="75"/>
       <c r="F2" s="75"/>
       <c r="G2" s="75"/>
       <c r="H2" s="75"/>
       <c r="I2" s="75"/>
       <c r="J2" s="75"/>
       <c r="K2" s="75"/>
     </row>
     <row r="3" spans="1:11" ht="14.25">
       <c r="A3" s="38" t="s">
         <v>463</v>
       </c>
       <c r="B3"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
@@ -15922,104 +23752,104 @@
       <c r="I48"/>
       <c r="J48" s="48"/>
       <c r="N48" s="6"/>
       <c r="O48" s="6"/>
       <c r="P48" s="6"/>
       <c r="Q48" s="6"/>
       <c r="R48" s="6"/>
       <c r="S48" s="6"/>
       <c r="T48" s="6"/>
     </row>
     <row r="49" spans="1:10">
       <c r="B49" s="50"/>
       <c r="C49" s="51"/>
       <c r="D49" s="51"/>
       <c r="E49" s="51"/>
       <c r="F49" s="51" t="s">
         <v>511</v>
       </c>
       <c r="G49" s="51"/>
       <c r="H49" s="51"/>
       <c r="I49" s="51"/>
       <c r="J49" s="52"/>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="8"/>
-      <c r="G51" s="285"/>
+      <c r="G51" s="210"/>
       <c r="I51"/>
       <c r="J51" s="49"/>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="8"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:K1"/>
   </mergeCells>
   <printOptions horizontalCentered="1" gridLinesSet="0"/>
   <pageMargins left="0.5" right="0.5" top="0.5" bottom="0" header="0" footer="0.5"/>
   <pageSetup fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;REFO00210_01-01-2025</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AO680"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="M24" sqref="M24"/>
+    <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="E101" sqref="E101"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="11.28515625" style="17" customWidth="1"/>
     <col min="2" max="2" width="12.7109375" style="17" customWidth="1"/>
     <col min="3" max="3" width="45.7109375" style="17" customWidth="1"/>
     <col min="4" max="4" width="3.7109375" style="17" customWidth="1"/>
     <col min="5" max="5" width="24.28515625" style="17" customWidth="1"/>
     <col min="6" max="16384" width="9.140625" style="17"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="18.75">
       <c r="A1" s="15" t="s">
-        <v>782</v>
+        <v>821</v>
       </c>
       <c r="B1" s="16"/>
       <c r="C1" s="16"/>
       <c r="D1" s="16"/>
       <c r="E1" s="16"/>
     </row>
     <row r="2" spans="1:7" ht="18.75">
       <c r="A2" s="15" t="s">
-        <v>783</v>
+        <v>822</v>
       </c>
       <c r="B2" s="16"/>
       <c r="C2" s="16"/>
       <c r="D2" s="16"/>
       <c r="E2" s="16"/>
     </row>
     <row r="4" spans="1:7" ht="15.75">
       <c r="A4" s="18"/>
       <c r="B4" s="18" t="s">
         <v>17</v>
       </c>
       <c r="C4" s="18"/>
       <c r="D4" s="19" t="s">
         <v>18</v>
       </c>
       <c r="E4" s="19" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:7" s="40" customFormat="1" ht="15.75">
       <c r="A5" s="18"/>
       <c r="B5" s="18"/>
       <c r="C5" s="17"/>
       <c r="D5" s="18"/>
       <c r="E5" s="53" t="s">
@@ -16854,51 +24684,51 @@
       </c>
       <c r="B71" s="55"/>
       <c r="C71" s="55"/>
       <c r="D71" s="55">
         <v>12</v>
       </c>
       <c r="E71" s="55">
         <v>361</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" s="76" t="s">
         <v>67</v>
       </c>
       <c r="B72" s="76"/>
       <c r="C72" s="76"/>
       <c r="D72" s="76">
         <v>56</v>
       </c>
       <c r="E72" s="76">
         <v>363</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="55" t="s">
-        <v>734</v>
+        <v>731</v>
       </c>
       <c r="B73" s="55"/>
       <c r="C73" s="55"/>
       <c r="D73" s="55">
         <v>14</v>
       </c>
       <c r="E73" s="55">
         <v>327</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" s="76" t="s">
         <v>68</v>
       </c>
       <c r="B74" s="76"/>
       <c r="C74" s="76"/>
       <c r="D74" s="76">
         <v>4</v>
       </c>
       <c r="E74" s="76">
         <v>365</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="55" t="s">
@@ -18729,64 +26559,64 @@
       </c>
       <c r="C222" s="76"/>
       <c r="D222" s="76">
         <v>58</v>
       </c>
       <c r="E222" s="76">
         <v>485</v>
       </c>
     </row>
     <row r="223" spans="1:5">
       <c r="A223" s="55"/>
       <c r="B223" s="55" t="s">
         <v>170</v>
       </c>
       <c r="C223" s="55"/>
       <c r="D223" s="55">
         <v>58</v>
       </c>
       <c r="E223" s="55">
         <v>486</v>
       </c>
     </row>
     <row r="224" spans="1:5" ht="12.75" customHeight="1">
       <c r="A224" s="81"/>
       <c r="B224" s="76" t="s">
-        <v>725</v>
+        <v>722</v>
       </c>
       <c r="C224" s="79"/>
       <c r="D224" s="76">
         <v>58</v>
       </c>
       <c r="E224" s="76">
         <v>487</v>
       </c>
     </row>
     <row r="225" spans="1:5">
       <c r="A225" s="55"/>
       <c r="B225" s="55" t="s">
-        <v>726</v>
+        <v>723</v>
       </c>
       <c r="C225" s="55"/>
       <c r="D225" s="55">
         <v>51</v>
       </c>
       <c r="E225" s="55">
         <v>488</v>
       </c>
     </row>
     <row r="226" spans="1:5" ht="18" customHeight="1">
       <c r="A226" s="55"/>
       <c r="B226" s="55"/>
       <c r="C226" s="36" t="s">
         <v>171</v>
       </c>
       <c r="D226" s="55"/>
       <c r="E226" s="55"/>
     </row>
     <row r="227" spans="1:5">
       <c r="A227" s="55" t="s">
         <v>172</v>
       </c>
       <c r="B227" s="55"/>
       <c r="C227" s="55"/>
       <c r="D227" s="55">
@@ -18971,51 +26801,51 @@
       </c>
       <c r="B241" s="55"/>
       <c r="C241" s="55"/>
       <c r="D241" s="55">
         <v>93</v>
       </c>
       <c r="E241" s="55">
         <v>502</v>
       </c>
     </row>
     <row r="242" spans="1:5">
       <c r="A242" s="76" t="s">
         <v>184</v>
       </c>
       <c r="B242" s="76"/>
       <c r="C242" s="76"/>
       <c r="D242" s="76">
         <v>11</v>
       </c>
       <c r="E242" s="76">
         <v>565</v>
       </c>
     </row>
     <row r="243" spans="1:5">
       <c r="A243" s="55" t="s">
-        <v>742</v>
+        <v>739</v>
       </c>
       <c r="B243" s="55"/>
       <c r="C243" s="55"/>
       <c r="D243" s="55">
         <v>16</v>
       </c>
       <c r="E243" s="55">
         <v>505</v>
       </c>
     </row>
     <row r="244" spans="1:5">
       <c r="A244" s="76" t="s">
         <v>185</v>
       </c>
       <c r="B244" s="76"/>
       <c r="C244" s="76"/>
       <c r="D244" s="76">
         <v>51</v>
       </c>
       <c r="E244" s="76">
         <v>506</v>
       </c>
     </row>
     <row r="245" spans="1:5">
       <c r="A245" s="55" t="s">
@@ -20545,51 +28375,51 @@
       </c>
       <c r="B367" s="55"/>
       <c r="C367" s="55"/>
       <c r="D367" s="55">
         <v>13</v>
       </c>
       <c r="E367" s="55">
         <v>588</v>
       </c>
     </row>
     <row r="368" spans="1:5">
       <c r="A368" s="76" t="s">
         <v>394</v>
       </c>
       <c r="B368" s="76"/>
       <c r="C368" s="76"/>
       <c r="D368" s="76">
         <v>11</v>
       </c>
       <c r="E368" s="76">
         <v>589</v>
       </c>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" s="55" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="B369" s="55"/>
       <c r="C369" s="55"/>
       <c r="D369" s="55">
         <v>20</v>
       </c>
       <c r="E369" s="55">
         <v>594</v>
       </c>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" s="76" t="s">
         <v>395</v>
       </c>
       <c r="B370" s="76"/>
       <c r="C370" s="76"/>
       <c r="D370" s="76" t="s">
         <v>310</v>
       </c>
       <c r="E370" s="76" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" s="55" t="s">
@@ -20768,64 +28598,64 @@
       </c>
       <c r="B384" s="76"/>
       <c r="C384" s="76"/>
       <c r="D384" s="76">
         <v>4</v>
       </c>
       <c r="E384" s="76">
         <v>600</v>
       </c>
     </row>
     <row r="385" spans="1:5">
       <c r="A385" s="55" t="s">
         <v>412</v>
       </c>
       <c r="B385" s="55"/>
       <c r="C385" s="55"/>
       <c r="D385" s="55" t="s">
         <v>310</v>
       </c>
       <c r="E385" s="55" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="386" spans="1:5">
       <c r="A386" s="76" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="B386" s="76"/>
       <c r="C386" s="76"/>
       <c r="D386" s="76">
         <v>17</v>
       </c>
       <c r="E386" s="76">
         <v>685</v>
       </c>
     </row>
     <row r="387" spans="1:5">
       <c r="A387" s="55" t="s">
-        <v>728</v>
+        <v>725</v>
       </c>
       <c r="B387" s="55"/>
       <c r="C387" s="55"/>
       <c r="D387" s="55">
         <v>11</v>
       </c>
       <c r="E387" s="55">
         <v>491</v>
       </c>
     </row>
     <row r="388" spans="1:5">
       <c r="A388" s="76" t="s">
         <v>330</v>
       </c>
       <c r="B388" s="76"/>
       <c r="C388" s="76"/>
       <c r="D388" s="76">
         <v>4</v>
       </c>
       <c r="E388" s="76">
         <v>385</v>
       </c>
     </row>
     <row r="389" spans="1:5">
       <c r="A389" s="55" t="s">
@@ -21224,51 +29054,51 @@
       </c>
     </row>
     <row r="421" spans="1:5">
       <c r="A421" s="55" t="s">
         <v>289</v>
       </c>
       <c r="B421" s="55"/>
       <c r="C421" s="55"/>
       <c r="D421" s="55">
         <v>18</v>
       </c>
       <c r="E421" s="55">
         <v>624</v>
       </c>
     </row>
     <row r="422" spans="1:5" ht="18">
       <c r="B422" s="55"/>
       <c r="C422" s="36" t="s">
         <v>290</v>
       </c>
       <c r="D422" s="55"/>
       <c r="E422" s="55"/>
     </row>
     <row r="423" spans="1:5">
       <c r="A423" s="55" t="s">
-        <v>731</v>
+        <v>728</v>
       </c>
       <c r="B423" s="55"/>
       <c r="C423" s="55"/>
       <c r="D423" s="55">
         <v>5</v>
       </c>
       <c r="E423" s="55">
         <v>627</v>
       </c>
     </row>
     <row r="424" spans="1:5">
       <c r="A424" s="76" t="s">
         <v>291</v>
       </c>
       <c r="B424" s="76"/>
       <c r="C424" s="76"/>
       <c r="D424" s="76">
         <v>12</v>
       </c>
       <c r="E424" s="76">
         <v>437</v>
       </c>
     </row>
     <row r="425" spans="1:5">
       <c r="A425" s="55" t="s">
@@ -21294,51 +29124,51 @@
     </row>
     <row r="427" spans="1:5" ht="18">
       <c r="A427" s="55"/>
       <c r="B427" s="55"/>
       <c r="C427" s="36" t="s">
         <v>292</v>
       </c>
       <c r="D427" s="55"/>
       <c r="E427" s="55"/>
     </row>
     <row r="428" spans="1:5">
       <c r="A428" s="55" t="s">
         <v>293</v>
       </c>
       <c r="B428" s="55"/>
       <c r="C428" s="55"/>
       <c r="D428" s="55">
         <v>10</v>
       </c>
       <c r="E428" s="55">
         <v>630</v>
       </c>
     </row>
     <row r="429" spans="1:5">
       <c r="A429" s="76" t="s">
-        <v>749</v>
+        <v>746</v>
       </c>
       <c r="B429" s="76"/>
       <c r="C429" s="76"/>
       <c r="D429" s="76">
         <v>9</v>
       </c>
       <c r="E429" s="76">
         <v>631</v>
       </c>
     </row>
     <row r="430" spans="1:5">
       <c r="A430" s="55" t="s">
         <v>429</v>
       </c>
       <c r="B430" s="55"/>
       <c r="C430" s="55"/>
       <c r="D430" s="55">
         <v>16</v>
       </c>
       <c r="E430" s="55">
         <v>633</v>
       </c>
     </row>
     <row r="431" spans="1:5" ht="12.75" customHeight="1">
       <c r="A431" s="82" t="s">
@@ -23688,426 +31518,415 @@
       <c r="F674" s="40"/>
     </row>
     <row r="675" spans="6:6">
       <c r="F675" s="40"/>
     </row>
     <row r="676" spans="6:6">
       <c r="F676" s="40"/>
     </row>
     <row r="677" spans="6:6">
       <c r="F677" s="40"/>
     </row>
     <row r="678" spans="6:6">
       <c r="F678" s="40"/>
     </row>
     <row r="679" spans="6:6">
       <c r="F679" s="40"/>
     </row>
     <row r="680" spans="6:6">
       <c r="F680" s="40"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup scale="93" fitToHeight="0" orientation="portrait" useFirstPageNumber="1" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;LIdaho Property Valuation Schedules&amp;C&amp;P&amp;REFO00210_01-01-2025</oddFooter>
+    <oddFooter>&amp;LIdaho Property Valuation Schedules&amp;C&amp;P</oddFooter>
   </headerFooter>
-  <rowBreaks count="9" manualBreakCount="9">
-[...9 lines deleted...]
-  </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AO219"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="M24" sqref="M24"/>
+    <sheetView view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C14" sqref="C14:E14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="11.28515625" style="17" customWidth="1"/>
     <col min="2" max="2" width="12.7109375" style="17" customWidth="1"/>
     <col min="3" max="3" width="45.7109375" style="17" customWidth="1"/>
     <col min="4" max="4" width="3.7109375" style="17" customWidth="1"/>
     <col min="5" max="5" width="17.5703125" style="17" customWidth="1"/>
     <col min="6" max="6" width="9.140625" style="17"/>
     <col min="7" max="7" width="11.28515625" style="17" customWidth="1"/>
     <col min="8" max="8" width="12.5703125" style="17" customWidth="1"/>
     <col min="9" max="9" width="45.7109375" style="17" customWidth="1"/>
     <col min="10" max="10" width="3.7109375" style="17" customWidth="1"/>
     <col min="11" max="11" width="17.5703125" style="17" customWidth="1"/>
     <col min="12" max="16384" width="9.140625" style="17"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="18.75">
       <c r="A1" s="15" t="s">
-        <v>780</v>
+        <v>769</v>
       </c>
       <c r="B1" s="16"/>
       <c r="C1" s="16"/>
       <c r="D1" s="16"/>
       <c r="E1" s="16"/>
     </row>
     <row r="2" spans="1:9" ht="18.75">
       <c r="A2" s="15" t="s">
-        <v>781</v>
+        <v>770</v>
       </c>
       <c r="B2" s="16"/>
       <c r="C2" s="16"/>
       <c r="D2" s="16"/>
       <c r="E2" s="16"/>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="55" t="s">
         <v>309</v>
       </c>
       <c r="B3" s="40"/>
       <c r="C3" s="40"/>
       <c r="D3" s="40"/>
       <c r="E3" s="40"/>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="40"/>
       <c r="B4" s="40"/>
       <c r="C4" s="40"/>
       <c r="D4" s="40"/>
       <c r="E4" s="40"/>
     </row>
     <row r="5" spans="1:9" ht="79.5" customHeight="1">
       <c r="A5" s="22" t="s">
         <v>413</v>
       </c>
-      <c r="B5" s="348" t="s">
-[...4 lines deleted...]
-      <c r="E5" s="348"/>
+      <c r="B5" s="405" t="s">
+        <v>734</v>
+      </c>
+      <c r="C5" s="405"/>
+      <c r="D5" s="405"/>
+      <c r="E5" s="405"/>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="21"/>
       <c r="B6" s="33"/>
       <c r="C6" s="61"/>
       <c r="D6" s="61"/>
       <c r="E6" s="61"/>
     </row>
     <row r="7" spans="1:9" ht="24.75" customHeight="1">
       <c r="A7" s="22" t="s">
         <v>414</v>
       </c>
-      <c r="B7" s="348" t="s">
+      <c r="B7" s="405" t="s">
         <v>512</v>
       </c>
-      <c r="C7" s="348"/>
-[...1 lines deleted...]
-      <c r="E7" s="348"/>
+      <c r="C7" s="405"/>
+      <c r="D7" s="405"/>
+      <c r="E7" s="405"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="21"/>
       <c r="B8" s="33"/>
       <c r="C8" s="61"/>
       <c r="D8" s="61"/>
       <c r="E8" s="61"/>
     </row>
     <row r="9" spans="1:9" ht="24.75" customHeight="1">
       <c r="A9" s="22" t="s">
         <v>415</v>
       </c>
-      <c r="B9" s="348" t="s">
-[...4 lines deleted...]
-      <c r="E9" s="348"/>
+      <c r="B9" s="405" t="s">
+        <v>718</v>
+      </c>
+      <c r="C9" s="405"/>
+      <c r="D9" s="405"/>
+      <c r="E9" s="405"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="21"/>
       <c r="B10" s="33"/>
       <c r="C10" s="61"/>
       <c r="D10" s="61"/>
       <c r="E10" s="61"/>
     </row>
     <row r="11" spans="1:9" ht="24.75" customHeight="1">
       <c r="A11" s="22" t="s">
         <v>416</v>
       </c>
-      <c r="B11" s="348" t="s">
+      <c r="B11" s="405" t="s">
         <v>441</v>
       </c>
-      <c r="C11" s="348"/>
-[...1 lines deleted...]
-      <c r="E11" s="348"/>
+      <c r="C11" s="405"/>
+      <c r="D11" s="405"/>
+      <c r="E11" s="405"/>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="21"/>
       <c r="B12" s="61"/>
       <c r="C12" s="61"/>
       <c r="D12" s="61"/>
       <c r="E12" s="61"/>
     </row>
     <row r="13" spans="1:9" ht="29.25" customHeight="1">
       <c r="A13" s="22" t="s">
         <v>417</v>
       </c>
-      <c r="B13" s="348" t="s">
+      <c r="B13" s="405" t="s">
         <v>456</v>
       </c>
-      <c r="C13" s="348"/>
-[...1 lines deleted...]
-      <c r="E13" s="348"/>
+      <c r="C13" s="405"/>
+      <c r="D13" s="405"/>
+      <c r="E13" s="405"/>
       <c r="I13" s="34"/>
     </row>
     <row r="14" spans="1:9" ht="93" customHeight="1">
       <c r="A14" s="22"/>
       <c r="B14" s="62" t="s">
         <v>455</v>
       </c>
-      <c r="C14" s="350" t="s">
+      <c r="C14" s="406" t="s">
         <v>520</v>
       </c>
-      <c r="D14" s="351"/>
-      <c r="E14" s="351"/>
+      <c r="D14" s="407"/>
+      <c r="E14" s="407"/>
       <c r="I14" s="35"/>
     </row>
     <row r="15" spans="1:9" ht="42.75" customHeight="1">
       <c r="A15" s="22"/>
       <c r="B15" s="62" t="s">
         <v>455</v>
       </c>
-      <c r="C15" s="350" t="s">
+      <c r="C15" s="406" t="s">
         <v>457</v>
       </c>
-      <c r="D15" s="351"/>
-      <c r="E15" s="351"/>
+      <c r="D15" s="407"/>
+      <c r="E15" s="407"/>
       <c r="I15" s="35"/>
     </row>
     <row r="16" spans="1:9" ht="29.25" customHeight="1">
       <c r="A16" s="22"/>
-      <c r="B16" s="352" t="s">
+      <c r="B16" s="408" t="s">
         <v>523</v>
       </c>
-      <c r="C16" s="352"/>
-[...1 lines deleted...]
-      <c r="E16" s="352"/>
+      <c r="C16" s="408"/>
+      <c r="D16" s="408"/>
+      <c r="E16" s="408"/>
       <c r="I16" s="35"/>
     </row>
     <row r="17" spans="1:11" ht="45" customHeight="1">
       <c r="A17" s="22"/>
       <c r="B17" s="62" t="s">
         <v>455</v>
       </c>
-      <c r="C17" s="350" t="s">
+      <c r="C17" s="406" t="s">
         <v>0</v>
       </c>
-      <c r="D17" s="351"/>
-      <c r="E17" s="351"/>
+      <c r="D17" s="407"/>
+      <c r="E17" s="407"/>
       <c r="I17" s="35"/>
     </row>
     <row r="18" spans="1:11" ht="27.75" customHeight="1">
       <c r="A18" s="22"/>
-      <c r="B18" s="351" t="s">
+      <c r="B18" s="407" t="s">
         <v>524</v>
       </c>
-      <c r="C18" s="351"/>
-[...1 lines deleted...]
-      <c r="E18" s="351"/>
+      <c r="C18" s="407"/>
+      <c r="D18" s="407"/>
+      <c r="E18" s="407"/>
       <c r="I18" s="35"/>
     </row>
     <row r="19" spans="1:11" ht="93" customHeight="1">
       <c r="A19" s="22"/>
-      <c r="B19" s="351" t="s">
+      <c r="B19" s="407" t="s">
         <v>467</v>
       </c>
-      <c r="C19" s="351"/>
-[...1 lines deleted...]
-      <c r="E19" s="351"/>
+      <c r="C19" s="407"/>
+      <c r="D19" s="407"/>
+      <c r="E19" s="407"/>
       <c r="I19" s="35"/>
     </row>
     <row r="20" spans="1:11" ht="12.75" customHeight="1">
       <c r="A20" s="22"/>
       <c r="B20" s="42"/>
       <c r="C20" s="42"/>
       <c r="D20" s="42"/>
       <c r="E20" s="42"/>
       <c r="I20" s="35"/>
     </row>
     <row r="21" spans="1:11" ht="12.75" customHeight="1">
       <c r="A21" s="22"/>
       <c r="B21" s="42"/>
       <c r="C21" s="42"/>
       <c r="D21" s="42"/>
       <c r="E21" s="42"/>
       <c r="I21" s="35"/>
     </row>
     <row r="22" spans="1:11" ht="81.75" customHeight="1">
       <c r="A22" s="22"/>
       <c r="B22" s="62" t="s">
         <v>455</v>
       </c>
-      <c r="C22" s="350" t="s">
+      <c r="C22" s="406" t="s">
         <v>460</v>
       </c>
-      <c r="D22" s="351"/>
-      <c r="E22" s="351"/>
+      <c r="D22" s="407"/>
+      <c r="E22" s="407"/>
       <c r="I22" s="35"/>
     </row>
     <row r="23" spans="1:11" ht="12.75" customHeight="1">
       <c r="B23" s="61"/>
       <c r="C23" s="61"/>
       <c r="D23" s="61"/>
       <c r="E23" s="61"/>
     </row>
     <row r="24" spans="1:11" ht="37.5" customHeight="1">
       <c r="A24" s="22" t="s">
         <v>418</v>
       </c>
-      <c r="B24" s="348" t="s">
+      <c r="B24" s="405" t="s">
         <v>519</v>
       </c>
-      <c r="C24" s="348"/>
-[...1 lines deleted...]
-      <c r="E24" s="348"/>
+      <c r="C24" s="405"/>
+      <c r="D24" s="405"/>
+      <c r="E24" s="405"/>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" s="21"/>
       <c r="B25" s="61"/>
       <c r="C25" s="61"/>
       <c r="D25" s="61"/>
       <c r="E25" s="61"/>
     </row>
     <row r="26" spans="1:11" ht="118.5" customHeight="1">
       <c r="A26" s="22" t="s">
         <v>427</v>
       </c>
-      <c r="B26" s="348" t="s">
+      <c r="B26" s="405" t="s">
         <v>501</v>
       </c>
-      <c r="C26" s="348" t="s">
+      <c r="C26" s="405" t="s">
         <v>461</v>
       </c>
-      <c r="D26" s="348" t="s">
+      <c r="D26" s="405" t="s">
         <v>461</v>
       </c>
-      <c r="E26" s="348" t="s">
+      <c r="E26" s="405" t="s">
         <v>461</v>
       </c>
       <c r="G26" s="23"/>
       <c r="H26" s="23"/>
       <c r="I26" s="23"/>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" s="59"/>
       <c r="B27" s="61"/>
       <c r="C27" s="61"/>
       <c r="D27" s="61"/>
       <c r="E27" s="61"/>
     </row>
     <row r="28" spans="1:11" ht="144.75" customHeight="1">
       <c r="A28" s="22" t="s">
         <v>440</v>
       </c>
-      <c r="B28" s="348" t="s">
+      <c r="B28" s="405" t="s">
         <v>464</v>
       </c>
-      <c r="C28" s="348"/>
-[...1 lines deleted...]
-      <c r="E28" s="348"/>
+      <c r="C28" s="405"/>
+      <c r="D28" s="405"/>
+      <c r="E28" s="405"/>
       <c r="G28" s="22"/>
-      <c r="H28" s="348"/>
-[...2 lines deleted...]
-      <c r="K28" s="348"/>
+      <c r="H28" s="405"/>
+      <c r="I28" s="405"/>
+      <c r="J28" s="405"/>
+      <c r="K28" s="405"/>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" s="59"/>
       <c r="B29" s="40"/>
       <c r="C29" s="40"/>
       <c r="D29" s="40"/>
       <c r="E29" s="40"/>
       <c r="G29" s="59"/>
       <c r="H29" s="40"/>
       <c r="I29" s="40"/>
       <c r="J29" s="40"/>
       <c r="K29" s="40"/>
     </row>
     <row r="30" spans="1:11" ht="63.75" customHeight="1">
       <c r="A30" s="22" t="s">
-        <v>743</v>
-[...6 lines deleted...]
-      <c r="E30" s="348"/>
+        <v>740</v>
+      </c>
+      <c r="B30" s="405" t="s">
+        <v>741</v>
+      </c>
+      <c r="C30" s="405"/>
+      <c r="D30" s="405"/>
+      <c r="E30" s="405"/>
     </row>
     <row r="31" spans="1:11" ht="53.25" customHeight="1">
       <c r="A31" s="22"/>
-      <c r="B31" s="348" t="s">
-[...4 lines deleted...]
-      <c r="E31" s="348"/>
+      <c r="B31" s="405" t="s">
+        <v>742</v>
+      </c>
+      <c r="C31" s="405"/>
+      <c r="D31" s="405"/>
+      <c r="E31" s="405"/>
     </row>
     <row r="32" spans="1:11" ht="12.75" customHeight="1">
       <c r="A32" s="70"/>
-      <c r="B32" s="287"/>
-[...2 lines deleted...]
-      <c r="E32" s="286"/>
+      <c r="B32" s="212"/>
+      <c r="C32" s="211"/>
+      <c r="D32" s="211"/>
+      <c r="E32" s="211"/>
     </row>
     <row r="33" spans="1:5" ht="12.75" customHeight="1">
       <c r="A33" s="70"/>
-      <c r="B33" s="287"/>
-[...2 lines deleted...]
-      <c r="E33" s="286"/>
+      <c r="B33" s="212"/>
+      <c r="C33" s="211"/>
+      <c r="D33" s="211"/>
+      <c r="E33" s="211"/>
     </row>
     <row r="34" spans="1:5">
-      <c r="A34" s="349" t="s">
+      <c r="A34" s="409" t="s">
         <v>333</v>
       </c>
-      <c r="B34" s="349"/>
-[...2 lines deleted...]
-      <c r="E34" s="349"/>
+      <c r="B34" s="409"/>
+      <c r="C34" s="409"/>
+      <c r="D34" s="409"/>
+      <c r="E34" s="409"/>
     </row>
     <row r="35" spans="1:5">
       <c r="B35" s="40"/>
       <c r="C35" s="40"/>
       <c r="D35" s="40"/>
       <c r="E35" s="40"/>
     </row>
     <row r="36" spans="1:5">
       <c r="B36" s="40"/>
       <c r="C36" s="40"/>
       <c r="D36" s="40"/>
       <c r="E36" s="40"/>
     </row>
     <row r="37" spans="1:5">
       <c r="B37" s="40"/>
       <c r="C37" s="40"/>
       <c r="D37" s="40"/>
       <c r="E37" s="40"/>
     </row>
     <row r="38" spans="1:5">
       <c r="B38" s="40"/>
       <c r="C38" s="40"/>
       <c r="D38" s="40"/>
       <c r="E38" s="40"/>
     </row>
@@ -26126,7110 +33945,7378 @@
       <c r="F212" s="40"/>
     </row>
     <row r="213" spans="6:6">
       <c r="F213" s="40"/>
     </row>
     <row r="214" spans="6:6">
       <c r="F214" s="40"/>
     </row>
     <row r="215" spans="6:6">
       <c r="F215" s="40"/>
     </row>
     <row r="216" spans="6:6">
       <c r="F216" s="40"/>
     </row>
     <row r="217" spans="6:6">
       <c r="F217" s="40"/>
     </row>
     <row r="218" spans="6:6">
       <c r="F218" s="40"/>
     </row>
     <row r="219" spans="6:6">
       <c r="F219" s="40"/>
     </row>
   </sheetData>
   <mergeCells count="19">
+    <mergeCell ref="B26:E26"/>
+    <mergeCell ref="B28:E28"/>
+    <mergeCell ref="H28:K28"/>
+    <mergeCell ref="A34:E34"/>
+    <mergeCell ref="B30:E30"/>
+    <mergeCell ref="B31:E31"/>
     <mergeCell ref="B24:E24"/>
     <mergeCell ref="C22:E22"/>
     <mergeCell ref="B5:E5"/>
     <mergeCell ref="B7:E7"/>
     <mergeCell ref="B9:E9"/>
     <mergeCell ref="B11:E11"/>
     <mergeCell ref="B13:E13"/>
     <mergeCell ref="C14:E14"/>
     <mergeCell ref="C15:E15"/>
     <mergeCell ref="B16:E16"/>
     <mergeCell ref="C17:E17"/>
     <mergeCell ref="B18:E18"/>
     <mergeCell ref="B19:E19"/>
-    <mergeCell ref="B26:E26"/>
-[...4 lines deleted...]
-    <mergeCell ref="B31:E31"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="0.75" header="0.5" footer="0.5"/>
   <pageSetup firstPageNumber="11" fitToHeight="0" orientation="portrait" useFirstPageNumber="1" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter xml:space="preserve">&amp;LIdaho Property Valuation Schedules&amp;C&amp;P&amp;REFO00210_01-01-2025
+    <oddFooter xml:space="preserve">&amp;LIdaho Property Valuation Schedules&amp;C&amp;P&amp;R
 </oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="19" max="4" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
+  <sheetPr>
+    <tabColor rgb="FF92D050"/>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
   <dimension ref="A2:P49"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="M24" sqref="M24"/>
+    <sheetView view="pageLayout" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="M17" sqref="M17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="85"/>
     <col min="2" max="2" width="9.140625" style="85" customWidth="1"/>
     <col min="3" max="14" width="9.7109375" style="85" customWidth="1"/>
-    <col min="15" max="15" width="1.85546875" style="85" customWidth="1"/>
+    <col min="15" max="15" width="9.28515625" style="85" customWidth="1"/>
     <col min="16" max="16384" width="9.140625" style="85"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:16">
-      <c r="A2" s="353" t="s">
-[...16 lines deleted...]
-    <row r="3" spans="1:16">
+      <c r="A2" s="410" t="s">
+        <v>778</v>
+      </c>
+      <c r="B2" s="410"/>
+      <c r="C2" s="410"/>
+      <c r="D2" s="410"/>
+      <c r="E2" s="410"/>
+      <c r="F2" s="410"/>
+      <c r="G2" s="410"/>
+      <c r="H2" s="410"/>
+      <c r="I2" s="410"/>
+      <c r="J2" s="410"/>
+      <c r="K2" s="410"/>
+      <c r="L2" s="410"/>
+      <c r="M2" s="411"/>
+      <c r="N2" s="411"/>
+    </row>
+    <row r="3" spans="1:16" ht="13.5" thickBot="1">
       <c r="A3" s="86"/>
       <c r="B3" s="86"/>
       <c r="C3" s="86"/>
       <c r="D3" s="86"/>
       <c r="E3" s="86"/>
       <c r="F3" s="86"/>
       <c r="G3" s="86"/>
       <c r="H3" s="86"/>
     </row>
     <row r="4" spans="1:16">
-      <c r="A4" s="87"/>
-[...12 lines deleted...]
-      <c r="N4" s="89"/>
+      <c r="A4" s="222"/>
+      <c r="B4" s="223"/>
+      <c r="C4" s="224"/>
+      <c r="D4" s="224"/>
+      <c r="E4" s="224"/>
+      <c r="F4" s="224"/>
+      <c r="G4" s="225"/>
+      <c r="H4" s="224"/>
+      <c r="I4" s="224"/>
+      <c r="J4" s="224"/>
+      <c r="K4" s="224"/>
+      <c r="L4" s="224"/>
+      <c r="M4" s="225"/>
+      <c r="N4" s="225"/>
+      <c r="O4" s="226"/>
     </row>
     <row r="5" spans="1:16">
-      <c r="A5" s="90" t="s">
+      <c r="A5" s="227" t="s">
         <v>525</v>
       </c>
-      <c r="B5" s="91" t="s">
+      <c r="B5" s="89" t="s">
         <v>526</v>
       </c>
-      <c r="C5" s="92" t="s">
+      <c r="C5" s="90" t="s">
         <v>527</v>
       </c>
-      <c r="D5" s="92" t="s">
+      <c r="D5" s="90" t="s">
         <v>528</v>
       </c>
-      <c r="E5" s="92" t="s">
+      <c r="E5" s="90" t="s">
         <v>529</v>
       </c>
-      <c r="F5" s="92" t="s">
+      <c r="F5" s="90" t="s">
         <v>530</v>
       </c>
-      <c r="G5" s="90" t="s">
+      <c r="G5" s="88" t="s">
         <v>531</v>
       </c>
-      <c r="H5" s="90" t="s">
+      <c r="H5" s="88" t="s">
         <v>532</v>
       </c>
-      <c r="I5" s="92" t="s">
+      <c r="I5" s="90" t="s">
         <v>533</v>
       </c>
-      <c r="J5" s="92" t="s">
+      <c r="J5" s="90" t="s">
+        <v>771</v>
+      </c>
+      <c r="K5" s="90" t="s">
         <v>534</v>
       </c>
-      <c r="K5" s="92" t="s">
+      <c r="L5" s="90" t="s">
         <v>535</v>
       </c>
-      <c r="L5" s="90" t="s">
+      <c r="M5" s="88" t="s">
         <v>536</v>
       </c>
-      <c r="M5" s="90" t="s">
+      <c r="N5" s="88" t="s">
         <v>537</v>
       </c>
-      <c r="N5" s="92" t="s">
+      <c r="O5" s="228" t="s">
         <v>538</v>
       </c>
     </row>
     <row r="6" spans="1:16" ht="13.5" thickBot="1">
-      <c r="A6" s="93"/>
-[...12 lines deleted...]
-      <c r="N6" s="95"/>
+      <c r="A6" s="229"/>
+      <c r="B6" s="230"/>
+      <c r="C6" s="231"/>
+      <c r="D6" s="231"/>
+      <c r="E6" s="231"/>
+      <c r="F6" s="231"/>
+      <c r="G6" s="232"/>
+      <c r="H6" s="231"/>
+      <c r="I6" s="231"/>
+      <c r="J6" s="231"/>
+      <c r="K6" s="231"/>
+      <c r="L6" s="231"/>
+      <c r="M6" s="232"/>
+      <c r="N6" s="233"/>
+      <c r="O6" s="234"/>
     </row>
     <row r="7" spans="1:16">
-      <c r="A7" s="292">
+      <c r="A7" s="221">
         <v>0</v>
       </c>
-      <c r="B7" s="303">
+      <c r="B7" s="235">
+        <v>2026</v>
+      </c>
+      <c r="C7" s="236">
+        <v>1</v>
+      </c>
+      <c r="D7" s="236">
+        <v>1</v>
+      </c>
+      <c r="E7" s="236">
+        <v>1</v>
+      </c>
+      <c r="F7" s="236">
+        <v>1</v>
+      </c>
+      <c r="G7" s="236">
+        <v>1</v>
+      </c>
+      <c r="H7" s="236">
+        <v>1</v>
+      </c>
+      <c r="I7" s="236">
+        <v>1</v>
+      </c>
+      <c r="J7" s="236">
+        <v>1</v>
+      </c>
+      <c r="K7" s="236">
+        <v>1</v>
+      </c>
+      <c r="L7" s="236">
+        <v>1</v>
+      </c>
+      <c r="M7" s="237">
+        <v>1</v>
+      </c>
+      <c r="N7" s="237">
+        <v>1</v>
+      </c>
+      <c r="O7" s="236">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" s="219">
+        <v>1</v>
+      </c>
+      <c r="B8" s="238">
+        <f>B7-1</f>
         <v>2025</v>
       </c>
-      <c r="C7" s="293">
-[...40 lines deleted...]
-      <c r="B8" s="96">
+      <c r="C8" s="239">
+        <v>1.0209999999999999</v>
+      </c>
+      <c r="D8" s="239">
+        <v>1.0249999999999999</v>
+      </c>
+      <c r="E8" s="239">
+        <v>1.022</v>
+      </c>
+      <c r="F8" s="239">
+        <v>1.0209999999999999</v>
+      </c>
+      <c r="G8" s="239">
+        <v>1.024</v>
+      </c>
+      <c r="H8" s="239">
+        <v>1.0169999999999999</v>
+      </c>
+      <c r="I8" s="239">
+        <v>1.0149999999999999</v>
+      </c>
+      <c r="J8" s="239">
+        <v>1.016</v>
+      </c>
+      <c r="K8" s="239">
+        <v>1.016</v>
+      </c>
+      <c r="L8" s="239">
+        <v>0.99199999999999999</v>
+      </c>
+      <c r="M8" s="240">
+        <v>1.0109999999999999</v>
+      </c>
+      <c r="N8" s="240">
+        <v>0.99199999999999999</v>
+      </c>
+      <c r="O8" s="239">
+        <v>1.002</v>
+      </c>
+      <c r="P8" s="91"/>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" s="220">
+        <v>2</v>
+      </c>
+      <c r="B9" s="241">
+        <f t="shared" ref="B9:B37" si="0">B8-1</f>
         <v>2024</v>
       </c>
-      <c r="C8" s="290">
-[...42 lines deleted...]
-      <c r="B9" s="98">
+      <c r="C9" s="242">
+        <v>1.0089999999999999</v>
+      </c>
+      <c r="D9" s="242">
+        <v>1.0429999999999999</v>
+      </c>
+      <c r="E9" s="242">
+        <v>1.0649999999999999</v>
+      </c>
+      <c r="F9" s="242">
+        <v>1.0329999999999999</v>
+      </c>
+      <c r="G9" s="242">
+        <v>1.038</v>
+      </c>
+      <c r="H9" s="242">
+        <v>1.0229999999999999</v>
+      </c>
+      <c r="I9" s="242">
+        <v>1.0109999999999999</v>
+      </c>
+      <c r="J9" s="242">
+        <v>1.0229999999999999</v>
+      </c>
+      <c r="K9" s="242">
+        <v>1.018</v>
+      </c>
+      <c r="L9" s="242">
+        <v>0.92100000000000004</v>
+      </c>
+      <c r="M9" s="243">
+        <v>1.073</v>
+      </c>
+      <c r="N9" s="243">
+        <v>0.92100000000000004</v>
+      </c>
+      <c r="O9" s="242">
+        <v>1.024</v>
+      </c>
+      <c r="P9" s="91"/>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" s="219">
+        <v>3</v>
+      </c>
+      <c r="B10" s="238">
+        <f t="shared" si="0"/>
         <v>2023</v>
       </c>
-      <c r="C9" s="291">
-[...42 lines deleted...]
-      <c r="B10" s="96">
+      <c r="C10" s="239">
+        <v>1.0649999999999999</v>
+      </c>
+      <c r="D10" s="239">
+        <v>1.056</v>
+      </c>
+      <c r="E10" s="239">
+        <v>1.107</v>
+      </c>
+      <c r="F10" s="239">
+        <v>1.04</v>
+      </c>
+      <c r="G10" s="239">
+        <v>1.0569999999999999</v>
+      </c>
+      <c r="H10" s="239">
+        <v>1.0680000000000001</v>
+      </c>
+      <c r="I10" s="239">
+        <v>1.0349999999999999</v>
+      </c>
+      <c r="J10" s="239">
+        <v>1.0580000000000001</v>
+      </c>
+      <c r="K10" s="239">
+        <v>1.0489999999999999</v>
+      </c>
+      <c r="L10" s="239">
+        <v>0.89400000000000002</v>
+      </c>
+      <c r="M10" s="240">
+        <v>1.107</v>
+      </c>
+      <c r="N10" s="240">
+        <v>0.89400000000000002</v>
+      </c>
+      <c r="O10" s="239">
+        <v>1.0569999999999999</v>
+      </c>
+      <c r="P10" s="91"/>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" s="220">
+        <v>4</v>
+      </c>
+      <c r="B11" s="241">
+        <f t="shared" si="0"/>
         <v>2022</v>
       </c>
-      <c r="C10" s="290">
-[...42 lines deleted...]
-      <c r="B11" s="98">
+      <c r="C11" s="242">
+        <v>1.244</v>
+      </c>
+      <c r="D11" s="242">
+        <v>1.2629999999999999</v>
+      </c>
+      <c r="E11" s="242">
+        <v>1.2849999999999999</v>
+      </c>
+      <c r="F11" s="242">
+        <v>1.2170000000000001</v>
+      </c>
+      <c r="G11" s="242">
+        <v>1.2410000000000001</v>
+      </c>
+      <c r="H11" s="242">
+        <v>1.2490000000000001</v>
+      </c>
+      <c r="I11" s="242">
+        <v>1.19</v>
+      </c>
+      <c r="J11" s="242">
+        <v>1.2130000000000001</v>
+      </c>
+      <c r="K11" s="242">
+        <v>1.2450000000000001</v>
+      </c>
+      <c r="L11" s="242">
+        <v>0.86899999999999999</v>
+      </c>
+      <c r="M11" s="243">
+        <v>1.165</v>
+      </c>
+      <c r="N11" s="243">
+        <v>0.86899999999999999</v>
+      </c>
+      <c r="O11" s="242">
+        <v>1.089</v>
+      </c>
+      <c r="P11" s="91"/>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" s="219">
+        <v>5</v>
+      </c>
+      <c r="B12" s="238">
+        <f t="shared" si="0"/>
         <v>2021</v>
       </c>
-      <c r="C11" s="291">
-[...42 lines deleted...]
-      <c r="B12" s="96">
+      <c r="C12" s="239">
+        <v>1.343</v>
+      </c>
+      <c r="D12" s="239">
+        <v>1.377</v>
+      </c>
+      <c r="E12" s="239">
+        <v>1.3919999999999999</v>
+      </c>
+      <c r="F12" s="239">
+        <v>1.341</v>
+      </c>
+      <c r="G12" s="239">
+        <v>1.35</v>
+      </c>
+      <c r="H12" s="239">
+        <v>1.381</v>
+      </c>
+      <c r="I12" s="239">
+        <v>1.3460000000000001</v>
+      </c>
+      <c r="J12" s="239">
+        <v>1.351</v>
+      </c>
+      <c r="K12" s="239">
+        <v>1.3859999999999999</v>
+      </c>
+      <c r="L12" s="239">
+        <v>0.88600000000000001</v>
+      </c>
+      <c r="M12" s="240">
+        <v>1.179</v>
+      </c>
+      <c r="N12" s="240">
+        <v>0.88600000000000001</v>
+      </c>
+      <c r="O12" s="239">
+        <v>1.0900000000000001</v>
+      </c>
+      <c r="P12" s="91"/>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" s="221">
+        <v>6</v>
+      </c>
+      <c r="B13" s="241">
+        <f t="shared" si="0"/>
         <v>2020</v>
       </c>
-      <c r="C12" s="290">
-[...42 lines deleted...]
-      <c r="B13" s="98">
+      <c r="C13" s="242">
+        <v>1.353</v>
+      </c>
+      <c r="D13" s="242">
+        <v>1.3779999999999999</v>
+      </c>
+      <c r="E13" s="242">
+        <v>1.415</v>
+      </c>
+      <c r="F13" s="242">
+        <v>1.341</v>
+      </c>
+      <c r="G13" s="242">
+        <v>1.357</v>
+      </c>
+      <c r="H13" s="242">
+        <v>1.4039999999999999</v>
+      </c>
+      <c r="I13" s="242">
+        <v>1.367</v>
+      </c>
+      <c r="J13" s="242">
+        <v>1.375</v>
+      </c>
+      <c r="K13" s="242">
+        <v>1.41</v>
+      </c>
+      <c r="L13" s="242">
+        <v>0.86699999999999999</v>
+      </c>
+      <c r="M13" s="243">
+        <v>1.198</v>
+      </c>
+      <c r="N13" s="243">
+        <v>0.86699999999999999</v>
+      </c>
+      <c r="O13" s="242">
+        <v>1.095</v>
+      </c>
+      <c r="P13" s="91"/>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" s="219">
+        <v>7</v>
+      </c>
+      <c r="B14" s="238">
+        <f t="shared" si="0"/>
         <v>2019</v>
       </c>
-      <c r="C13" s="291">
-[...42 lines deleted...]
-      <c r="B14" s="96">
+      <c r="C14" s="239">
+        <v>1.401</v>
+      </c>
+      <c r="D14" s="239">
+        <v>1.4319999999999999</v>
+      </c>
+      <c r="E14" s="239">
+        <v>1.4790000000000001</v>
+      </c>
+      <c r="F14" s="239">
+        <v>1.389</v>
+      </c>
+      <c r="G14" s="239">
+        <v>1.4059999999999999</v>
+      </c>
+      <c r="H14" s="239">
+        <v>1.444</v>
+      </c>
+      <c r="I14" s="239">
+        <v>1.395</v>
+      </c>
+      <c r="J14" s="239">
+        <v>1.405</v>
+      </c>
+      <c r="K14" s="239">
+        <v>1.456</v>
+      </c>
+      <c r="L14" s="239">
+        <v>0.85599999999999998</v>
+      </c>
+      <c r="M14" s="240">
+        <v>1.2230000000000001</v>
+      </c>
+      <c r="N14" s="240">
+        <v>0.85599999999999998</v>
+      </c>
+      <c r="O14" s="239">
+        <v>1.099</v>
+      </c>
+      <c r="P14" s="91"/>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" s="220">
+        <v>8</v>
+      </c>
+      <c r="B15" s="241">
+        <f t="shared" si="0"/>
         <v>2018</v>
       </c>
-      <c r="C14" s="290">
-[...42 lines deleted...]
-      <c r="B15" s="98">
+      <c r="C15" s="242">
+        <v>1.4510000000000001</v>
+      </c>
+      <c r="D15" s="242">
+        <v>1.48</v>
+      </c>
+      <c r="E15" s="242">
+        <v>1.5249999999999999</v>
+      </c>
+      <c r="F15" s="242">
+        <v>1.4430000000000001</v>
+      </c>
+      <c r="G15" s="242">
+        <v>1.454</v>
+      </c>
+      <c r="H15" s="242">
+        <v>1.5029999999999999</v>
+      </c>
+      <c r="I15" s="242">
+        <v>1.4610000000000001</v>
+      </c>
+      <c r="J15" s="242">
+        <v>1.4670000000000001</v>
+      </c>
+      <c r="K15" s="242">
+        <v>1.5209999999999999</v>
+      </c>
+      <c r="L15" s="242">
+        <v>0.81699999999999995</v>
+      </c>
+      <c r="M15" s="243">
+        <v>1.232</v>
+      </c>
+      <c r="N15" s="243">
+        <v>0.81699999999999995</v>
+      </c>
+      <c r="O15" s="242">
+        <v>1.095</v>
+      </c>
+      <c r="P15" s="91"/>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" s="219">
+        <v>9</v>
+      </c>
+      <c r="B16" s="238">
+        <f t="shared" si="0"/>
         <v>2017</v>
       </c>
-      <c r="C15" s="291">
-[...42 lines deleted...]
-      <c r="B16" s="96">
+      <c r="C16" s="239">
+        <v>1.482</v>
+      </c>
+      <c r="D16" s="239">
+        <v>1.508</v>
+      </c>
+      <c r="E16" s="239">
+        <v>1.5509999999999999</v>
+      </c>
+      <c r="F16" s="239">
+        <v>1.4770000000000001</v>
+      </c>
+      <c r="G16" s="239">
+        <v>1.4830000000000001</v>
+      </c>
+      <c r="H16" s="239">
+        <v>1.534</v>
+      </c>
+      <c r="I16" s="239">
+        <v>1.49</v>
+      </c>
+      <c r="J16" s="239">
+        <v>1.502</v>
+      </c>
+      <c r="K16" s="239">
+        <v>1.5529999999999999</v>
+      </c>
+      <c r="L16" s="239">
+        <v>0.78800000000000003</v>
+      </c>
+      <c r="M16" s="240">
+        <v>1.2350000000000001</v>
+      </c>
+      <c r="N16" s="240">
+        <v>0.78800000000000003</v>
+      </c>
+      <c r="O16" s="239">
+        <v>1.091</v>
+      </c>
+      <c r="P16" s="91"/>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" s="220">
+        <v>10</v>
+      </c>
+      <c r="B17" s="241">
+        <f t="shared" si="0"/>
         <v>2016</v>
       </c>
-      <c r="C16" s="290">
-[...42 lines deleted...]
-      <c r="B17" s="98">
+      <c r="C17" s="242">
+        <v>1.4730000000000001</v>
+      </c>
+      <c r="D17" s="242">
+        <v>1.488</v>
+      </c>
+      <c r="E17" s="242">
+        <v>1.548</v>
+      </c>
+      <c r="F17" s="242">
+        <v>1.466</v>
+      </c>
+      <c r="G17" s="242">
+        <v>1.4710000000000001</v>
+      </c>
+      <c r="H17" s="242">
+        <v>1.5329999999999999</v>
+      </c>
+      <c r="I17" s="242">
+        <v>1.4870000000000001</v>
+      </c>
+      <c r="J17" s="242">
+        <v>1.5049999999999999</v>
+      </c>
+      <c r="K17" s="242">
+        <v>1.548</v>
+      </c>
+      <c r="L17" s="242">
+        <v>0.751</v>
+      </c>
+      <c r="M17" s="243">
+        <v>1.2330000000000001</v>
+      </c>
+      <c r="N17" s="243">
+        <v>0.751</v>
+      </c>
+      <c r="O17" s="242">
+        <v>1.085</v>
+      </c>
+      <c r="P17" s="91"/>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" s="219">
+        <v>11</v>
+      </c>
+      <c r="B18" s="238">
+        <f t="shared" si="0"/>
         <v>2015</v>
       </c>
-      <c r="C17" s="291">
-[...42 lines deleted...]
-      <c r="B18" s="96">
+      <c r="C18" s="239">
+        <v>1.49</v>
+      </c>
+      <c r="D18" s="239">
+        <v>1.4950000000000001</v>
+      </c>
+      <c r="E18" s="239">
+        <v>1.5649999999999999</v>
+      </c>
+      <c r="F18" s="239">
+        <v>1.4830000000000001</v>
+      </c>
+      <c r="G18" s="239">
+        <v>1.4850000000000001</v>
+      </c>
+      <c r="H18" s="239">
+        <v>1.5549999999999999</v>
+      </c>
+      <c r="I18" s="239">
+        <v>1.5129999999999999</v>
+      </c>
+      <c r="J18" s="239">
+        <v>1.5289999999999999</v>
+      </c>
+      <c r="K18" s="239">
+        <v>1.5660000000000001</v>
+      </c>
+      <c r="L18" s="239">
+        <v>0.69699999999999995</v>
+      </c>
+      <c r="M18" s="240">
+        <v>1.236</v>
+      </c>
+      <c r="N18" s="240">
+        <v>0.69699999999999995</v>
+      </c>
+      <c r="O18" s="239">
+        <v>1.085</v>
+      </c>
+      <c r="P18" s="91"/>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" s="221">
+        <v>12</v>
+      </c>
+      <c r="B19" s="241">
+        <f t="shared" si="0"/>
         <v>2014</v>
       </c>
-      <c r="C18" s="290">
-[...42 lines deleted...]
-      <c r="B19" s="98">
+      <c r="C19" s="242">
+        <v>1.512</v>
+      </c>
+      <c r="D19" s="242">
+        <v>1.5109999999999999</v>
+      </c>
+      <c r="E19" s="242">
+        <v>1.5880000000000001</v>
+      </c>
+      <c r="F19" s="242">
+        <v>1.504</v>
+      </c>
+      <c r="G19" s="242">
+        <v>1.504</v>
+      </c>
+      <c r="H19" s="242">
+        <v>1.5920000000000001</v>
+      </c>
+      <c r="I19" s="242">
+        <v>1.5589999999999999</v>
+      </c>
+      <c r="J19" s="242">
+        <v>1.5680000000000001</v>
+      </c>
+      <c r="K19" s="242">
+        <v>1.5920000000000001</v>
+      </c>
+      <c r="L19" s="242">
+        <v>0.67300000000000004</v>
+      </c>
+      <c r="M19" s="243">
+        <v>1.24</v>
+      </c>
+      <c r="N19" s="243">
+        <v>0.67300000000000004</v>
+      </c>
+      <c r="O19" s="242">
+        <v>1.0720000000000001</v>
+      </c>
+      <c r="P19" s="91"/>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" s="219">
+        <v>13</v>
+      </c>
+      <c r="B20" s="238">
+        <f t="shared" si="0"/>
         <v>2013</v>
       </c>
-      <c r="C19" s="291">
-[...42 lines deleted...]
-      <c r="B20" s="96">
+      <c r="C20" s="239">
+        <v>1.5289999999999999</v>
+      </c>
+      <c r="D20" s="239">
+        <v>1.512</v>
+      </c>
+      <c r="E20" s="239">
+        <v>1.619</v>
+      </c>
+      <c r="F20" s="239">
+        <v>1.5229999999999999</v>
+      </c>
+      <c r="G20" s="239">
+        <v>1.516</v>
+      </c>
+      <c r="H20" s="239">
+        <v>1.643</v>
+      </c>
+      <c r="I20" s="239">
+        <v>1.633</v>
+      </c>
+      <c r="J20" s="239">
+        <v>1.625</v>
+      </c>
+      <c r="K20" s="239">
+        <v>1.623</v>
+      </c>
+      <c r="L20" s="239">
+        <v>0.61499999999999999</v>
+      </c>
+      <c r="M20" s="240">
+        <v>1.244</v>
+      </c>
+      <c r="N20" s="240">
+        <v>0.61499999999999999</v>
+      </c>
+      <c r="O20" s="239">
+        <v>1.073</v>
+      </c>
+      <c r="P20" s="91"/>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" s="220">
+        <v>14</v>
+      </c>
+      <c r="B21" s="241">
+        <f t="shared" si="0"/>
         <v>2012</v>
       </c>
-      <c r="C20" s="290">
-[...42 lines deleted...]
-      <c r="B21" s="98">
+      <c r="C21" s="242">
+        <v>1.5720000000000001</v>
+      </c>
+      <c r="D21" s="242">
+        <v>1.5569999999999999</v>
+      </c>
+      <c r="E21" s="242">
+        <v>1.69</v>
+      </c>
+      <c r="F21" s="242">
+        <v>1.5669999999999999</v>
+      </c>
+      <c r="G21" s="242">
+        <v>1.5589999999999999</v>
+      </c>
+      <c r="H21" s="242">
+        <v>1.702</v>
+      </c>
+      <c r="I21" s="242">
+        <v>1.6779999999999999</v>
+      </c>
+      <c r="J21" s="242">
+        <v>1.669</v>
+      </c>
+      <c r="K21" s="242">
+        <v>1.6679999999999999</v>
+      </c>
+      <c r="L21" s="242">
+        <v>0.54700000000000004</v>
+      </c>
+      <c r="M21" s="243">
+        <v>1.238</v>
+      </c>
+      <c r="N21" s="243">
+        <v>0.54700000000000004</v>
+      </c>
+      <c r="O21" s="242">
+        <v>1.073</v>
+      </c>
+      <c r="P21" s="91"/>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" s="219">
+        <v>15</v>
+      </c>
+      <c r="B22" s="238">
+        <f t="shared" si="0"/>
         <v>2011</v>
       </c>
-      <c r="C21" s="291">
-[...42 lines deleted...]
-      <c r="B22" s="96">
+      <c r="C22" s="239">
+        <v>1.621</v>
+      </c>
+      <c r="D22" s="239">
+        <v>1.61</v>
+      </c>
+      <c r="E22" s="239">
+        <v>1.7450000000000001</v>
+      </c>
+      <c r="F22" s="239">
+        <v>1.6140000000000001</v>
+      </c>
+      <c r="G22" s="239">
+        <v>1.6080000000000001</v>
+      </c>
+      <c r="H22" s="239">
+        <v>1.7450000000000001</v>
+      </c>
+      <c r="I22" s="239">
+        <v>1.7370000000000001</v>
+      </c>
+      <c r="J22" s="239">
+        <v>1.7230000000000001</v>
+      </c>
+      <c r="K22" s="239">
+        <v>1.7150000000000001</v>
+      </c>
+      <c r="L22" s="239">
+        <v>0.48699999999999999</v>
+      </c>
+      <c r="M22" s="240">
+        <v>1.2330000000000001</v>
+      </c>
+      <c r="N22" s="240">
+        <v>0.48699999999999999</v>
+      </c>
+      <c r="O22" s="239">
+        <v>1.06</v>
+      </c>
+      <c r="P22" s="91"/>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" s="220">
+        <v>16</v>
+      </c>
+      <c r="B23" s="241">
+        <f t="shared" si="0"/>
         <v>2010</v>
       </c>
-      <c r="C22" s="290">
-[...42 lines deleted...]
-      <c r="B23" s="98">
+      <c r="C23" s="242">
+        <v>1.613</v>
+      </c>
+      <c r="D23" s="242">
+        <v>1.5860000000000001</v>
+      </c>
+      <c r="E23" s="242">
+        <v>1.744</v>
+      </c>
+      <c r="F23" s="242">
+        <v>1.597</v>
+      </c>
+      <c r="G23" s="242">
+        <v>1.5960000000000001</v>
+      </c>
+      <c r="H23" s="242">
+        <v>1.7310000000000001</v>
+      </c>
+      <c r="I23" s="242">
+        <v>1.7410000000000001</v>
+      </c>
+      <c r="J23" s="242">
+        <v>1.7110000000000001</v>
+      </c>
+      <c r="K23" s="242">
+        <v>1.6479999999999999</v>
+      </c>
+      <c r="L23" s="242">
+        <v>0.434</v>
+      </c>
+      <c r="M23" s="243">
+        <v>1.226</v>
+      </c>
+      <c r="N23" s="243">
+        <v>0.434</v>
+      </c>
+      <c r="O23" s="242">
+        <v>1.0509999999999999</v>
+      </c>
+      <c r="P23" s="91"/>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" s="219">
+        <v>17</v>
+      </c>
+      <c r="B24" s="238">
+        <f t="shared" si="0"/>
         <v>2009</v>
       </c>
-      <c r="C23" s="291">
-[...42 lines deleted...]
-      <c r="B24" s="96">
+      <c r="C24" s="239">
+        <v>1.6519999999999999</v>
+      </c>
+      <c r="D24" s="239">
+        <v>1.64</v>
+      </c>
+      <c r="E24" s="239">
+        <v>1.823</v>
+      </c>
+      <c r="F24" s="239">
+        <v>1.6439999999999999</v>
+      </c>
+      <c r="G24" s="239">
+        <v>1.6419999999999999</v>
+      </c>
+      <c r="H24" s="239">
+        <v>1.754</v>
+      </c>
+      <c r="I24" s="239">
+        <v>1.752</v>
+      </c>
+      <c r="J24" s="239">
+        <v>1.748</v>
+      </c>
+      <c r="K24" s="239">
+        <v>1.7110000000000001</v>
+      </c>
+      <c r="L24" s="239">
+        <v>0.38800000000000001</v>
+      </c>
+      <c r="M24" s="240">
+        <v>1.228</v>
+      </c>
+      <c r="N24" s="240">
+        <v>0.38800000000000001</v>
+      </c>
+      <c r="O24" s="239">
+        <v>1.034</v>
+      </c>
+      <c r="P24" s="91"/>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" s="221">
+        <v>18</v>
+      </c>
+      <c r="B25" s="241">
+        <f t="shared" si="0"/>
         <v>2008</v>
       </c>
-      <c r="C24" s="290">
-[...42 lines deleted...]
-      <c r="B25" s="98">
+      <c r="C25" s="242">
+        <v>1.718</v>
+      </c>
+      <c r="D25" s="242">
+        <v>1.712</v>
+      </c>
+      <c r="E25" s="242">
+        <v>1.9</v>
+      </c>
+      <c r="F25" s="242">
+        <v>1.7030000000000001</v>
+      </c>
+      <c r="G25" s="242">
+        <v>1.7070000000000001</v>
+      </c>
+      <c r="H25" s="242">
+        <v>1.823</v>
+      </c>
+      <c r="I25" s="242">
+        <v>1.786</v>
+      </c>
+      <c r="J25" s="242">
+        <v>1.804</v>
+      </c>
+      <c r="K25" s="242">
+        <v>1.786</v>
+      </c>
+      <c r="L25" s="242">
+        <v>0.33400000000000002</v>
+      </c>
+      <c r="M25" s="243">
+        <v>1.2430000000000001</v>
+      </c>
+      <c r="N25" s="243">
+        <v>0.33400000000000002</v>
+      </c>
+      <c r="O25" s="242">
+        <v>1.0209999999999999</v>
+      </c>
+      <c r="P25" s="91"/>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" s="219">
+        <v>19</v>
+      </c>
+      <c r="B26" s="238">
+        <f t="shared" si="0"/>
         <v>2007</v>
       </c>
-      <c r="C25" s="291">
-[...42 lines deleted...]
-      <c r="B26" s="96">
+      <c r="C26" s="239">
+        <v>1.835</v>
+      </c>
+      <c r="D26" s="239">
+        <v>1.8129999999999999</v>
+      </c>
+      <c r="E26" s="239">
+        <v>1.984</v>
+      </c>
+      <c r="F26" s="239">
+        <v>1.7789999999999999</v>
+      </c>
+      <c r="G26" s="239">
+        <v>1.8</v>
+      </c>
+      <c r="H26" s="239">
+        <v>1.9239999999999999</v>
+      </c>
+      <c r="I26" s="239">
+        <v>1.875</v>
+      </c>
+      <c r="J26" s="239">
+        <v>1.91</v>
+      </c>
+      <c r="K26" s="239">
+        <v>1.8879999999999999</v>
+      </c>
+      <c r="L26" s="239">
+        <v>0.30099999999999999</v>
+      </c>
+      <c r="M26" s="240">
+        <v>1.2450000000000001</v>
+      </c>
+      <c r="N26" s="240">
+        <v>0.30099999999999999</v>
+      </c>
+      <c r="O26" s="239">
+        <v>0.998</v>
+      </c>
+      <c r="P26" s="91"/>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" s="220">
+        <v>20</v>
+      </c>
+      <c r="B27" s="241">
+        <f t="shared" si="0"/>
         <v>2006</v>
       </c>
-      <c r="C26" s="290">
-[...42 lines deleted...]
-      <c r="B27" s="98">
+      <c r="C27" s="242">
+        <v>1.9179999999999999</v>
+      </c>
+      <c r="D27" s="242">
+        <v>1.9059999999999999</v>
+      </c>
+      <c r="E27" s="242">
+        <v>2.081</v>
+      </c>
+      <c r="F27" s="242">
+        <v>1.8540000000000001</v>
+      </c>
+      <c r="G27" s="242">
+        <v>1.883</v>
+      </c>
+      <c r="H27" s="242">
+        <v>2.0449999999999999</v>
+      </c>
+      <c r="I27" s="242">
+        <v>1.984</v>
+      </c>
+      <c r="J27" s="242">
+        <v>2.024</v>
+      </c>
+      <c r="K27" s="242">
+        <v>2.0009999999999999</v>
+      </c>
+      <c r="L27" s="242">
+        <v>0.254</v>
+      </c>
+      <c r="M27" s="243">
+        <v>1.23</v>
+      </c>
+      <c r="N27" s="243">
+        <v>0.254</v>
+      </c>
+      <c r="O27" s="242">
+        <v>0.99</v>
+      </c>
+      <c r="P27" s="91"/>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" s="219">
+        <v>21</v>
+      </c>
+      <c r="B28" s="238">
+        <f t="shared" si="0"/>
         <v>2005</v>
       </c>
-      <c r="C27" s="291">
-[...42 lines deleted...]
-      <c r="B28" s="96">
+      <c r="C28" s="239">
+        <v>2.06</v>
+      </c>
+      <c r="D28" s="239">
+        <v>2.0680000000000001</v>
+      </c>
+      <c r="E28" s="239">
+        <v>2.2559999999999998</v>
+      </c>
+      <c r="F28" s="239">
+        <v>1.9950000000000001</v>
+      </c>
+      <c r="G28" s="239">
+        <v>2.0249999999999999</v>
+      </c>
+      <c r="H28" s="239">
+        <v>2.1930000000000001</v>
+      </c>
+      <c r="I28" s="239">
+        <v>2.105</v>
+      </c>
+      <c r="J28" s="239">
+        <v>2.1589999999999998</v>
+      </c>
+      <c r="K28" s="239">
+        <v>2.177</v>
+      </c>
+      <c r="L28" s="239">
+        <v>0.221</v>
+      </c>
+      <c r="M28" s="240">
+        <v>1.212</v>
+      </c>
+      <c r="N28" s="240">
+        <v>0.221</v>
+      </c>
+      <c r="O28" s="239">
+        <v>0.97199999999999998</v>
+      </c>
+      <c r="P28" s="91"/>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" s="220">
+        <v>22</v>
+      </c>
+      <c r="B29" s="241">
+        <f t="shared" si="0"/>
         <v>2004</v>
       </c>
-      <c r="C28" s="290">
-[...42 lines deleted...]
-      <c r="B29" s="98">
+      <c r="C29" s="242">
+        <v>2.1339999999999999</v>
+      </c>
+      <c r="D29" s="242">
+        <v>2.1440000000000001</v>
+      </c>
+      <c r="E29" s="242">
+        <v>2.3410000000000002</v>
+      </c>
+      <c r="F29" s="242">
+        <v>2.0640000000000001</v>
+      </c>
+      <c r="G29" s="242">
+        <v>2.0950000000000002</v>
+      </c>
+      <c r="H29" s="242">
+        <v>2.3220000000000001</v>
+      </c>
+      <c r="I29" s="242">
+        <v>2.2629999999999999</v>
+      </c>
+      <c r="J29" s="242">
+        <v>2.302</v>
+      </c>
+      <c r="K29" s="242">
+        <v>2.3279999999999998</v>
+      </c>
+      <c r="L29" s="242">
+        <v>0.193</v>
+      </c>
+      <c r="M29" s="243">
+        <v>1.167</v>
+      </c>
+      <c r="N29" s="243">
+        <v>0.68</v>
+      </c>
+      <c r="O29" s="242">
+        <v>0.94299999999999995</v>
+      </c>
+      <c r="P29" s="91"/>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" s="219">
+        <v>23</v>
+      </c>
+      <c r="B30" s="238">
+        <f t="shared" si="0"/>
         <v>2003</v>
       </c>
-      <c r="C29" s="291">
-[...42 lines deleted...]
-      <c r="B30" s="96">
+      <c r="C30" s="239">
+        <v>2.169</v>
+      </c>
+      <c r="D30" s="239">
+        <v>2.1840000000000002</v>
+      </c>
+      <c r="E30" s="239">
+        <v>2.3860000000000001</v>
+      </c>
+      <c r="F30" s="239">
+        <v>2.0979999999999999</v>
+      </c>
+      <c r="G30" s="239">
+        <v>2.1309999999999998</v>
+      </c>
+      <c r="H30" s="239">
+        <v>2.391</v>
+      </c>
+      <c r="I30" s="239">
+        <v>2.3149999999999999</v>
+      </c>
+      <c r="J30" s="239">
+        <v>2.35</v>
+      </c>
+      <c r="K30" s="239">
+        <v>2.371</v>
+      </c>
+      <c r="L30" s="239">
+        <v>0.16</v>
+      </c>
+      <c r="M30" s="240">
+        <v>1.135</v>
+      </c>
+      <c r="N30" s="240">
+        <v>0.64749999999999996</v>
+      </c>
+      <c r="O30" s="239">
+        <v>0.93899999999999995</v>
+      </c>
+      <c r="P30" s="91"/>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" s="221">
+        <v>24</v>
+      </c>
+      <c r="B31" s="241">
+        <f t="shared" si="0"/>
         <v>2002</v>
       </c>
-      <c r="C30" s="290">
-[...42 lines deleted...]
-      <c r="B31" s="98">
+      <c r="C31" s="242">
+        <v>2.1840000000000002</v>
+      </c>
+      <c r="D31" s="242">
+        <v>2.1909999999999998</v>
+      </c>
+      <c r="E31" s="242">
+        <v>2.415</v>
+      </c>
+      <c r="F31" s="242">
+        <v>2.1150000000000002</v>
+      </c>
+      <c r="G31" s="242">
+        <v>2.1440000000000001</v>
+      </c>
+      <c r="H31" s="242">
+        <v>2.4359999999999999</v>
+      </c>
+      <c r="I31" s="242">
+        <v>2.3660000000000001</v>
+      </c>
+      <c r="J31" s="242">
+        <v>2.4</v>
+      </c>
+      <c r="K31" s="242">
+        <v>2.4079999999999999</v>
+      </c>
+      <c r="L31" s="242">
+        <v>0.13200000000000001</v>
+      </c>
+      <c r="M31" s="243">
+        <v>1.103</v>
+      </c>
+      <c r="N31" s="243">
+        <v>0.61749999999999994</v>
+      </c>
+      <c r="O31" s="242">
+        <v>0.94499999999999995</v>
+      </c>
+      <c r="P31" s="91"/>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" s="219">
+        <v>25</v>
+      </c>
+      <c r="B32" s="238">
+        <f t="shared" si="0"/>
         <v>2001</v>
       </c>
-      <c r="C31" s="291">
-[...42 lines deleted...]
-      <c r="B32" s="96">
+      <c r="C32" s="239">
+        <v>2.2080000000000002</v>
+      </c>
+      <c r="D32" s="239">
+        <v>2.2090000000000001</v>
+      </c>
+      <c r="E32" s="239">
+        <v>2.4319999999999999</v>
+      </c>
+      <c r="F32" s="239">
+        <v>2.1240000000000001</v>
+      </c>
+      <c r="G32" s="239">
+        <v>2.1619999999999999</v>
+      </c>
+      <c r="H32" s="239">
+        <v>2.4700000000000002</v>
+      </c>
+      <c r="I32" s="239">
+        <v>2.3879999999999999</v>
+      </c>
+      <c r="J32" s="239">
+        <v>2.431</v>
+      </c>
+      <c r="K32" s="239">
+        <v>2.4390000000000001</v>
+      </c>
+      <c r="L32" s="239">
+        <v>0.10199999999999999</v>
+      </c>
+      <c r="M32" s="240">
+        <v>1.0780000000000001</v>
+      </c>
+      <c r="N32" s="240">
+        <v>0.59000000000000008</v>
+      </c>
+      <c r="O32" s="239">
+        <v>0.93200000000000005</v>
+      </c>
+      <c r="P32" s="91"/>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" s="220">
+        <v>26</v>
+      </c>
+      <c r="B33" s="241">
+        <f t="shared" si="0"/>
         <v>2000</v>
       </c>
-      <c r="C32" s="290">
-[...42 lines deleted...]
-      <c r="B33" s="98">
+      <c r="C33" s="242">
+        <v>2.2519999999999998</v>
+      </c>
+      <c r="D33" s="242">
+        <v>2.2450000000000001</v>
+      </c>
+      <c r="E33" s="242">
+        <v>2.4729999999999999</v>
+      </c>
+      <c r="F33" s="242">
+        <v>2.1629999999999998</v>
+      </c>
+      <c r="G33" s="242">
+        <v>2.2010000000000001</v>
+      </c>
+      <c r="H33" s="242">
+        <v>2.577</v>
+      </c>
+      <c r="I33" s="242">
+        <v>2.5209999999999999</v>
+      </c>
+      <c r="J33" s="242">
+        <v>2.5539999999999998</v>
+      </c>
+      <c r="K33" s="242">
+        <v>2.54</v>
+      </c>
+      <c r="L33" s="242"/>
+      <c r="M33" s="243">
+        <v>1.054</v>
+      </c>
+      <c r="N33" s="243"/>
+      <c r="O33" s="242">
+        <v>0.90800000000000003</v>
+      </c>
+      <c r="P33" s="91"/>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" s="219">
+        <v>27</v>
+      </c>
+      <c r="B34" s="238">
+        <f t="shared" si="0"/>
         <v>1999</v>
       </c>
-      <c r="C33" s="291">
-[...38 lines deleted...]
-      <c r="B34" s="96">
+      <c r="C34" s="239">
+        <v>2.2610000000000001</v>
+      </c>
+      <c r="D34" s="239">
+        <v>2.2480000000000002</v>
+      </c>
+      <c r="E34" s="239">
+        <v>2.484</v>
+      </c>
+      <c r="F34" s="239">
+        <v>2.169</v>
+      </c>
+      <c r="G34" s="239">
+        <v>2.2080000000000002</v>
+      </c>
+      <c r="H34" s="239">
+        <v>2.6509999999999998</v>
+      </c>
+      <c r="I34" s="239">
+        <v>2.5870000000000002</v>
+      </c>
+      <c r="J34" s="239">
+        <v>2.617</v>
+      </c>
+      <c r="K34" s="239">
+        <v>2.5960000000000001</v>
+      </c>
+      <c r="L34" s="239"/>
+      <c r="M34" s="240">
+        <v>1.0349999999999999</v>
+      </c>
+      <c r="N34" s="240"/>
+      <c r="O34" s="239">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="P34" s="91"/>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" s="220">
+        <v>28</v>
+      </c>
+      <c r="B35" s="241">
+        <f t="shared" si="0"/>
         <v>1998</v>
       </c>
-      <c r="C34" s="290">
-[...38 lines deleted...]
-      <c r="B35" s="98">
+      <c r="C35" s="242">
+        <v>2.2839999999999998</v>
+      </c>
+      <c r="D35" s="242">
+        <v>2.2669999999999999</v>
+      </c>
+      <c r="E35" s="242">
+        <v>2.5110000000000001</v>
+      </c>
+      <c r="F35" s="242">
+        <v>2.1840000000000002</v>
+      </c>
+      <c r="G35" s="242">
+        <v>2.2269999999999999</v>
+      </c>
+      <c r="H35" s="242">
+        <v>2.706</v>
+      </c>
+      <c r="I35" s="242">
+        <v>2.629</v>
+      </c>
+      <c r="J35" s="242">
+        <v>2.6709999999999998</v>
+      </c>
+      <c r="K35" s="242">
+        <v>2.6339999999999999</v>
+      </c>
+      <c r="L35" s="242"/>
+      <c r="M35" s="243">
+        <v>1.0289999999999999</v>
+      </c>
+      <c r="N35" s="243"/>
+      <c r="O35" s="242">
+        <v>0.88200000000000001</v>
+      </c>
+      <c r="P35" s="91"/>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" s="219">
+        <v>29</v>
+      </c>
+      <c r="B36" s="238">
+        <f t="shared" si="0"/>
         <v>1997</v>
       </c>
-      <c r="C35" s="291">
-[...38 lines deleted...]
-      <c r="B36" s="96">
+      <c r="C36" s="239">
+        <v>2.3250000000000002</v>
+      </c>
+      <c r="D36" s="239">
+        <v>2.294</v>
+      </c>
+      <c r="E36" s="239">
+        <v>2.5510000000000002</v>
+      </c>
+      <c r="F36" s="239">
+        <v>2.2280000000000002</v>
+      </c>
+      <c r="G36" s="239">
+        <v>2.2629999999999999</v>
+      </c>
+      <c r="H36" s="239">
+        <v>2.7789999999999999</v>
+      </c>
+      <c r="I36" s="239">
+        <v>2.7229999999999999</v>
+      </c>
+      <c r="J36" s="239">
+        <v>2.7440000000000002</v>
+      </c>
+      <c r="K36" s="239">
+        <v>2.6840000000000002</v>
+      </c>
+      <c r="L36" s="239"/>
+      <c r="M36" s="240">
+        <v>1.0309999999999999</v>
+      </c>
+      <c r="N36" s="240"/>
+      <c r="O36" s="239">
+        <v>0.86199999999999999</v>
+      </c>
+      <c r="P36" s="91"/>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" s="221">
+        <v>30</v>
+      </c>
+      <c r="B37" s="241">
+        <f t="shared" si="0"/>
         <v>1996</v>
       </c>
-      <c r="C36" s="290">
-[...74 lines deleted...]
-      <c r="P37" s="97"/>
+      <c r="C37" s="242">
+        <v>2.3620000000000001</v>
+      </c>
+      <c r="D37" s="242">
+        <v>2.3319999999999999</v>
+      </c>
+      <c r="E37" s="242">
+        <v>2.593</v>
+      </c>
+      <c r="F37" s="242">
+        <v>2.2559999999999998</v>
+      </c>
+      <c r="G37" s="242">
+        <v>2.2970000000000002</v>
+      </c>
+      <c r="H37" s="242">
+        <v>2.8220000000000001</v>
+      </c>
+      <c r="I37" s="242">
+        <v>2.7360000000000002</v>
+      </c>
+      <c r="J37" s="242">
+        <v>2.7669999999999999</v>
+      </c>
+      <c r="K37" s="242">
+        <v>2.734</v>
+      </c>
+      <c r="L37" s="242"/>
+      <c r="M37" s="243">
+        <v>1.044</v>
+      </c>
+      <c r="N37" s="243"/>
+      <c r="O37" s="242">
+        <v>0.84699999999999998</v>
+      </c>
+      <c r="P37" s="91"/>
     </row>
     <row r="38" spans="1:16">
-      <c r="A38" s="99" t="s">
+      <c r="A38" s="92" t="s">
         <v>539</v>
       </c>
-      <c r="B38" s="99"/>
-[...8 lines deleted...]
-      <c r="K38" s="103" t="s">
+      <c r="B38" s="92"/>
+      <c r="C38" s="92"/>
+      <c r="D38" s="92"/>
+      <c r="E38" s="92"/>
+      <c r="F38" s="92"/>
+      <c r="G38" s="92"/>
+      <c r="H38" s="93"/>
+      <c r="I38" s="94"/>
+      <c r="J38" s="95"/>
+      <c r="K38" s="96" t="s">
         <v>540</v>
       </c>
-      <c r="L38" s="100"/>
-[...3 lines deleted...]
-      <c r="P38" s="97"/>
+      <c r="L38" s="93"/>
+      <c r="M38" s="93"/>
+      <c r="N38" s="91"/>
+      <c r="O38" s="91"/>
+      <c r="P38" s="91"/>
     </row>
     <row r="39" spans="1:16">
-      <c r="A39" s="99" t="s">
+      <c r="A39" s="92" t="s">
         <v>541</v>
       </c>
-      <c r="B39" s="104"/>
-[...1 lines deleted...]
-      <c r="D39" s="104" t="s">
+      <c r="B39" s="97"/>
+      <c r="C39" s="97"/>
+      <c r="D39" s="97" t="s">
         <v>542</v>
       </c>
-      <c r="E39" s="104"/>
-[...1 lines deleted...]
-      <c r="G39" s="104" t="s">
+      <c r="E39" s="97"/>
+      <c r="F39" s="97"/>
+      <c r="G39" s="97" t="s">
         <v>543</v>
       </c>
-      <c r="I39" s="99"/>
+      <c r="I39" s="92"/>
       <c r="J39" s="87"/>
-      <c r="K39" s="104" t="s">
+      <c r="K39" s="97" t="s">
         <v>544</v>
       </c>
-      <c r="M39" s="105"/>
-      <c r="O39" s="97"/>
+      <c r="M39" s="98"/>
+      <c r="O39" s="91"/>
     </row>
     <row r="40" spans="1:16">
-      <c r="A40" s="99" t="s">
+      <c r="A40" s="92" t="s">
         <v>545</v>
       </c>
-      <c r="B40" s="104"/>
-[...1 lines deleted...]
-      <c r="D40" s="104" t="s">
+      <c r="B40" s="97"/>
+      <c r="C40" s="97"/>
+      <c r="D40" s="97" t="s">
         <v>546</v>
       </c>
-      <c r="E40" s="104"/>
-[...1 lines deleted...]
-      <c r="G40" s="104" t="s">
+      <c r="E40" s="97"/>
+      <c r="F40" s="97"/>
+      <c r="G40" s="97" t="s">
         <v>547</v>
       </c>
-      <c r="J40" s="106" t="s">
+      <c r="J40" s="99" t="s">
         <v>548</v>
       </c>
-      <c r="K40" s="105" t="s">
+      <c r="K40" s="98" t="s">
         <v>549</v>
       </c>
-      <c r="L40" s="105"/>
-      <c r="M40" s="104"/>
+      <c r="L40" s="98"/>
+      <c r="M40" s="97"/>
     </row>
     <row r="41" spans="1:16">
-      <c r="A41" s="104" t="s">
+      <c r="A41" s="97" t="s">
         <v>550</v>
       </c>
-      <c r="B41" s="104"/>
-[...1 lines deleted...]
-      <c r="D41" s="105" t="s">
+      <c r="B41" s="97"/>
+      <c r="C41" s="97"/>
+      <c r="D41" s="98" t="s">
         <v>551</v>
       </c>
-      <c r="E41" s="104"/>
-[...3 lines deleted...]
-      <c r="J41" s="106" t="s">
+      <c r="E41" s="97"/>
+      <c r="F41" s="97"/>
+      <c r="G41" s="92"/>
+      <c r="H41" s="97"/>
+      <c r="J41" s="99" t="s">
         <v>552</v>
       </c>
-      <c r="K41" s="104" t="s">
+      <c r="K41" s="97" t="s">
         <v>553</v>
       </c>
-      <c r="L41" s="104"/>
-      <c r="M41" s="105"/>
+      <c r="L41" s="97"/>
+      <c r="M41" s="98"/>
     </row>
     <row r="42" spans="1:16">
-      <c r="A42" s="104"/>
-[...6 lines deleted...]
-      <c r="J42" s="106" t="s">
+      <c r="A42" s="97"/>
+      <c r="B42" s="97"/>
+      <c r="C42" s="97"/>
+      <c r="D42" s="97"/>
+      <c r="E42" s="97"/>
+      <c r="F42" s="97"/>
+      <c r="H42" s="97"/>
+      <c r="J42" s="99" t="s">
         <v>554</v>
       </c>
-      <c r="K42" s="104" t="s">
+      <c r="K42" s="97" t="s">
         <v>555</v>
       </c>
-      <c r="L42" s="104"/>
-      <c r="M42" s="104"/>
+      <c r="L42" s="97"/>
+      <c r="M42" s="97"/>
     </row>
     <row r="43" spans="1:16">
-      <c r="L43" s="104"/>
-      <c r="M43" s="104"/>
+      <c r="L43" s="97"/>
+      <c r="M43" s="97"/>
     </row>
     <row r="44" spans="1:16">
-      <c r="K44" s="107"/>
-[...1 lines deleted...]
-      <c r="M44" s="104"/>
+      <c r="K44" s="100"/>
+      <c r="L44" s="97"/>
+      <c r="M44" s="97"/>
     </row>
     <row r="45" spans="1:16">
-      <c r="L45" s="104"/>
-      <c r="M45" s="104"/>
+      <c r="L45" s="97"/>
+      <c r="M45" s="97"/>
     </row>
     <row r="46" spans="1:16">
-      <c r="L46" s="104"/>
-      <c r="M46" s="104"/>
+      <c r="L46" s="97"/>
+      <c r="M46" s="97"/>
     </row>
     <row r="47" spans="1:16">
-      <c r="K47" s="107"/>
-[...1 lines deleted...]
-      <c r="M47" s="105"/>
+      <c r="K47" s="100"/>
+      <c r="L47" s="98"/>
+      <c r="M47" s="98"/>
     </row>
     <row r="48" spans="1:16">
-      <c r="K48" s="107"/>
-[...1 lines deleted...]
-      <c r="M48" s="104"/>
+      <c r="K48" s="100"/>
+      <c r="L48" s="97"/>
+      <c r="M48" s="97"/>
     </row>
     <row r="49" spans="11:13">
-      <c r="K49" s="107"/>
-[...1 lines deleted...]
-      <c r="M49" s="105"/>
+      <c r="K49" s="100"/>
+      <c r="L49" s="98"/>
+      <c r="M49" s="98"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:N2"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.5" bottom="0.5" header="0" footer="0.25"/>
-  <pageSetup orientation="landscape" r:id="rId1"/>
+  <pageSetup scale="95" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;LIdaho Property Valuation Schedules&amp;C13&amp;REFO00210_01-01-2025</oddFooter>
+    <oddFooter>&amp;LIdaho Property Valuation Schedules&amp;C13</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
-  <dimension ref="A2:J45"/>
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A2:J44"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="B28" sqref="B28"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="H26" sqref="H26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="16384" width="9.140625" style="109"/>
+    <col min="1" max="16384" width="9.140625" style="102"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:3">
-      <c r="A2" s="108" t="s">
-        <v>778</v>
+      <c r="A2" s="101" t="s">
+        <v>772</v>
       </c>
     </row>
     <row r="4" spans="1:3">
-      <c r="A4" s="109" t="s">
+      <c r="A4" s="102" t="s">
         <v>556</v>
       </c>
     </row>
     <row r="5" spans="1:3">
-      <c r="A5" s="109" t="s">
+      <c r="A5" s="102" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="15.75">
-      <c r="A6" s="109" t="s">
+      <c r="A6" s="102" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="7" spans="1:3">
-      <c r="A7" s="109" t="s">
+      <c r="A7" s="102" t="s">
         <v>559</v>
       </c>
     </row>
     <row r="8" spans="1:3">
-      <c r="A8" s="109" t="s">
+      <c r="A8" s="102" t="s">
         <v>560</v>
       </c>
     </row>
     <row r="10" spans="1:3">
-      <c r="A10" s="109" t="s">
+      <c r="A10" s="102" t="s">
         <v>561</v>
       </c>
     </row>
     <row r="11" spans="1:3">
-      <c r="A11" s="109" t="s">
+      <c r="A11" s="102" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="102" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="102" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="103"/>
+      <c r="B14" s="103"/>
+      <c r="C14" s="103"/>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="104" t="s">
+        <v>562</v>
+      </c>
+      <c r="B15" s="105"/>
+      <c r="C15" s="105"/>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="104" t="s">
+        <v>751</v>
+      </c>
+      <c r="B16" s="105"/>
+      <c r="C16" s="105"/>
+    </row>
+    <row r="18" spans="1:10">
+      <c r="A18" s="102" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10">
+      <c r="A19" s="102" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10">
+      <c r="A20" s="102" t="s">
         <v>757</v>
       </c>
     </row>
-    <row r="12" spans="1:3">
-[...15 lines deleted...]
-      <c r="A15" s="111" t="s">
+    <row r="21" spans="1:10">
+      <c r="A21" s="102" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10">
+      <c r="A22" s="103"/>
+    </row>
+    <row r="23" spans="1:10">
+      <c r="A23" s="104" t="s">
         <v>562</v>
       </c>
-      <c r="B15" s="112"/>
-[...35 lines deleted...]
-      </c>
     </row>
     <row r="24" spans="1:10">
-      <c r="A24" s="111" t="s">
-        <v>752</v>
+      <c r="A24" s="104" t="s">
+        <v>749</v>
       </c>
     </row>
     <row r="25" spans="1:10">
-      <c r="A25" s="111"/>
+      <c r="A25" s="104"/>
     </row>
     <row r="26" spans="1:10" ht="15.75">
-      <c r="A26" s="113" t="s">
+      <c r="A26" s="106" t="s">
         <v>564</v>
       </c>
-      <c r="B26" s="114" t="s">
+      <c r="B26" s="107" t="s">
         <v>565</v>
       </c>
-      <c r="C26" s="114"/>
-[...6 lines deleted...]
-      <c r="J26" s="114"/>
+      <c r="C26" s="107"/>
+      <c r="D26" s="107"/>
+      <c r="E26" s="107"/>
+      <c r="F26" s="107"/>
+      <c r="G26" s="107"/>
+      <c r="H26" s="107"/>
+      <c r="I26" s="107"/>
+      <c r="J26" s="107"/>
     </row>
     <row r="27" spans="1:10">
-      <c r="A27" s="115"/>
-      <c r="B27" s="114" t="s">
+      <c r="A27" s="108"/>
+      <c r="B27" s="107" t="s">
+        <v>735</v>
+      </c>
+      <c r="C27" s="107"/>
+      <c r="D27" s="107"/>
+      <c r="E27" s="107"/>
+      <c r="F27" s="107"/>
+      <c r="G27" s="107"/>
+      <c r="H27" s="107"/>
+      <c r="I27" s="107"/>
+      <c r="J27" s="107"/>
+    </row>
+    <row r="28" spans="1:10">
+      <c r="A28" s="108"/>
+      <c r="B28" s="107" t="s">
+        <v>736</v>
+      </c>
+      <c r="C28" s="107"/>
+      <c r="D28" s="107"/>
+      <c r="E28" s="107"/>
+      <c r="F28" s="107"/>
+      <c r="G28" s="107"/>
+      <c r="H28" s="107"/>
+      <c r="I28" s="107"/>
+      <c r="J28" s="107"/>
+    </row>
+    <row r="29" spans="1:10">
+      <c r="A29" s="107"/>
+      <c r="B29" s="107" t="s">
+        <v>737</v>
+      </c>
+      <c r="C29" s="107"/>
+      <c r="D29" s="107"/>
+      <c r="E29" s="107"/>
+      <c r="F29" s="107"/>
+      <c r="G29" s="107"/>
+      <c r="H29" s="107"/>
+      <c r="I29" s="107"/>
+      <c r="J29" s="107"/>
+    </row>
+    <row r="30" spans="1:10" ht="12.75" customHeight="1">
+      <c r="A30" s="106"/>
+      <c r="B30" s="107" t="s">
         <v>738</v>
       </c>
-      <c r="C27" s="114"/>
-[...48 lines deleted...]
-      <c r="J30" s="114"/>
+      <c r="C30" s="107"/>
+      <c r="D30" s="107"/>
+      <c r="E30" s="107"/>
+      <c r="F30" s="107"/>
+      <c r="G30" s="107"/>
+      <c r="H30" s="107"/>
+      <c r="I30" s="107"/>
+      <c r="J30" s="107"/>
     </row>
     <row r="31" spans="1:10" ht="12.75" customHeight="1">
-      <c r="A31" s="113"/>
-[...8 lines deleted...]
-      <c r="J31" s="114"/>
+      <c r="A31" s="106"/>
+      <c r="B31" s="107"/>
+      <c r="C31" s="107"/>
+      <c r="D31" s="107"/>
+      <c r="E31" s="107"/>
+      <c r="F31" s="107"/>
+      <c r="G31" s="107"/>
+      <c r="H31" s="107"/>
+      <c r="I31" s="107"/>
+      <c r="J31" s="107"/>
     </row>
     <row r="32" spans="1:10" ht="12.75" customHeight="1">
-      <c r="A32" s="113"/>
-      <c r="B32" s="116" t="s">
+      <c r="A32" s="106"/>
+      <c r="B32" s="109" t="s">
         <v>413</v>
       </c>
-      <c r="C32" s="114" t="s">
+      <c r="C32" s="107" t="s">
         <v>566</v>
       </c>
-      <c r="D32" s="114"/>
-[...5 lines deleted...]
-      <c r="J32" s="114"/>
+      <c r="D32" s="107"/>
+      <c r="E32" s="107"/>
+      <c r="F32" s="107"/>
+      <c r="G32" s="107"/>
+      <c r="H32" s="107"/>
+      <c r="I32" s="107"/>
+      <c r="J32" s="107"/>
     </row>
     <row r="33" spans="1:10" ht="12.75" customHeight="1">
-      <c r="A33" s="113"/>
-[...1 lines deleted...]
-      <c r="C33" s="114" t="s">
+      <c r="A33" s="106"/>
+      <c r="B33" s="110"/>
+      <c r="C33" s="107" t="s">
         <v>567</v>
       </c>
-      <c r="D33" s="114"/>
-[...5 lines deleted...]
-      <c r="J33" s="114"/>
+      <c r="D33" s="107"/>
+      <c r="E33" s="107"/>
+      <c r="F33" s="107"/>
+      <c r="G33" s="107"/>
+      <c r="H33" s="107"/>
+      <c r="I33" s="107"/>
+      <c r="J33" s="107"/>
     </row>
     <row r="34" spans="1:10">
-      <c r="A34" s="114"/>
-[...8 lines deleted...]
-      <c r="J34" s="114"/>
+      <c r="A34" s="107"/>
+      <c r="B34" s="107"/>
+      <c r="C34" s="107"/>
+      <c r="D34" s="107"/>
+      <c r="E34" s="107"/>
+      <c r="F34" s="107"/>
+      <c r="G34" s="107"/>
+      <c r="H34" s="107"/>
+      <c r="I34" s="107"/>
+      <c r="J34" s="107"/>
     </row>
     <row r="35" spans="1:10" ht="12.75" customHeight="1">
-      <c r="A35" s="114"/>
-      <c r="B35" s="116" t="s">
+      <c r="A35" s="107"/>
+      <c r="B35" s="109" t="s">
         <v>414</v>
       </c>
-      <c r="C35" s="114" t="s">
+      <c r="C35" s="107" t="s">
         <v>568</v>
       </c>
-      <c r="D35" s="114"/>
-[...5 lines deleted...]
-      <c r="J35" s="114"/>
+      <c r="D35" s="107"/>
+      <c r="E35" s="107"/>
+      <c r="F35" s="107"/>
+      <c r="G35" s="107"/>
+      <c r="H35" s="107"/>
+      <c r="I35" s="107"/>
+      <c r="J35" s="107"/>
     </row>
     <row r="36" spans="1:10">
-      <c r="A36" s="114"/>
-[...1 lines deleted...]
-      <c r="C36" s="114" t="s">
+      <c r="A36" s="107"/>
+      <c r="B36" s="107"/>
+      <c r="C36" s="107" t="s">
         <v>569</v>
       </c>
-      <c r="D36" s="114"/>
-[...5 lines deleted...]
-      <c r="J36" s="114"/>
+      <c r="D36" s="107"/>
+      <c r="E36" s="107"/>
+      <c r="F36" s="107"/>
+      <c r="G36" s="107"/>
+      <c r="H36" s="107"/>
+      <c r="I36" s="107"/>
+      <c r="J36" s="107"/>
     </row>
     <row r="37" spans="1:10">
-      <c r="A37" s="114"/>
-[...1 lines deleted...]
-      <c r="C37" s="114" t="s">
+      <c r="A37" s="107"/>
+      <c r="B37" s="109"/>
+      <c r="C37" s="107" t="s">
         <v>570</v>
       </c>
-      <c r="D37" s="114"/>
-[...5 lines deleted...]
-      <c r="J37" s="114"/>
+      <c r="D37" s="107"/>
+      <c r="E37" s="107"/>
+      <c r="F37" s="107"/>
+      <c r="G37" s="107"/>
+      <c r="H37" s="107"/>
+      <c r="I37" s="107"/>
+      <c r="J37" s="107"/>
     </row>
     <row r="38" spans="1:10">
-      <c r="A38" s="114"/>
-[...1 lines deleted...]
-      <c r="C38" s="114" t="s">
+      <c r="A38" s="107"/>
+      <c r="B38" s="107"/>
+      <c r="C38" s="107" t="s">
         <v>571</v>
       </c>
-      <c r="D38" s="114"/>
-[...5 lines deleted...]
-      <c r="J38" s="114"/>
+      <c r="D38" s="107"/>
+      <c r="E38" s="107"/>
+      <c r="F38" s="107"/>
+      <c r="G38" s="107"/>
+      <c r="H38" s="107"/>
+      <c r="I38" s="107"/>
+      <c r="J38" s="107"/>
     </row>
     <row r="39" spans="1:10">
-      <c r="A39" s="114"/>
-[...1 lines deleted...]
-      <c r="C39" s="114" t="s">
+      <c r="A39" s="107"/>
+      <c r="B39" s="107"/>
+      <c r="C39" s="107" t="s">
         <v>572</v>
       </c>
-      <c r="D39" s="114"/>
-[...5 lines deleted...]
-      <c r="J39" s="114"/>
+      <c r="D39" s="107"/>
+      <c r="E39" s="107"/>
+      <c r="F39" s="107"/>
+      <c r="G39" s="107"/>
+      <c r="H39" s="107"/>
+      <c r="I39" s="107"/>
+      <c r="J39" s="107"/>
     </row>
     <row r="40" spans="1:10">
-      <c r="A40" s="114"/>
-[...1 lines deleted...]
-      <c r="C40" s="114" t="s">
+      <c r="A40" s="107"/>
+      <c r="B40" s="109"/>
+      <c r="C40" s="107" t="s">
         <v>573</v>
       </c>
-      <c r="D40" s="114"/>
-[...5 lines deleted...]
-      <c r="J40" s="114"/>
+      <c r="D40" s="107"/>
+      <c r="E40" s="107"/>
+      <c r="F40" s="107"/>
+      <c r="G40" s="107"/>
+      <c r="H40" s="107"/>
+      <c r="I40" s="107"/>
+      <c r="J40" s="107"/>
     </row>
     <row r="41" spans="1:10">
-      <c r="A41" s="114"/>
-[...8 lines deleted...]
-      <c r="J41" s="114"/>
+      <c r="A41" s="107"/>
+      <c r="B41" s="107"/>
+      <c r="C41" s="107"/>
+      <c r="D41" s="107"/>
+      <c r="E41" s="107"/>
+      <c r="F41" s="107"/>
+      <c r="G41" s="107"/>
+      <c r="H41" s="107"/>
+      <c r="I41" s="107"/>
+      <c r="J41" s="107"/>
     </row>
     <row r="42" spans="1:10">
-      <c r="A42" s="114"/>
-      <c r="B42" s="114" t="s">
+      <c r="A42" s="107"/>
+      <c r="B42" s="107" t="s">
         <v>574</v>
       </c>
-      <c r="C42" s="114"/>
-[...6 lines deleted...]
-      <c r="J42" s="114"/>
+      <c r="C42" s="107"/>
+      <c r="D42" s="107"/>
+      <c r="E42" s="107"/>
+      <c r="F42" s="107"/>
+      <c r="G42" s="107"/>
+      <c r="H42" s="107"/>
+      <c r="I42" s="107"/>
+      <c r="J42" s="107"/>
     </row>
     <row r="43" spans="1:10">
-      <c r="A43" s="114"/>
-      <c r="B43" s="115" t="s">
+      <c r="A43" s="107"/>
+      <c r="B43" s="108" t="s">
         <v>575</v>
       </c>
-      <c r="C43" s="114"/>
-[...6 lines deleted...]
-      <c r="J43" s="114"/>
+      <c r="C43" s="107"/>
+      <c r="D43" s="107"/>
+      <c r="E43" s="107"/>
+      <c r="F43" s="107"/>
+      <c r="G43" s="107"/>
+      <c r="H43" s="107"/>
+      <c r="I43" s="107"/>
+      <c r="J43" s="107"/>
     </row>
     <row r="44" spans="1:10">
-      <c r="A44" s="114"/>
-      <c r="B44" s="114" t="s">
+      <c r="A44" s="107"/>
+      <c r="B44" s="107" t="s">
         <v>576</v>
       </c>
-      <c r="C44" s="114"/>
-[...9 lines deleted...]
-      <c r="B45" s="118"/>
+      <c r="C44" s="107"/>
+      <c r="D44" s="107"/>
+      <c r="E44" s="107"/>
+      <c r="F44" s="107"/>
+      <c r="G44" s="107"/>
+      <c r="H44" s="107"/>
+      <c r="I44" s="107"/>
+      <c r="J44" s="107"/>
     </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.05" bottom="0.45" header="0.5" footer="0"/>
-  <pageSetup orientation="landscape" r:id="rId1"/>
+  <pageSetup scale="81" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter xml:space="preserve">&amp;LIdaho Property Valuation Schedules
 &amp;C14
-&amp;REFO00210_01-01-2025
 </oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:W50"/>
   <sheetViews>
-    <sheetView topLeftCell="A9" zoomScaleNormal="93" workbookViewId="0">
-      <selection activeCell="J8" sqref="J8:J38"/>
+    <sheetView view="pageLayout" zoomScaleNormal="93" workbookViewId="0">
+      <selection activeCell="X35" sqref="X35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="9.140625" style="109" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="24" max="16384" width="9.140625" style="109"/>
+    <col min="1" max="1" width="2.5703125" style="102" customWidth="1"/>
+    <col min="2" max="3" width="9.140625" style="102"/>
+    <col min="4" max="23" width="5.7109375" style="102" customWidth="1"/>
+    <col min="24" max="16384" width="9.140625" style="102"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:23">
-      <c r="B1" s="355" t="s">
-[...22 lines deleted...]
-      <c r="W1" s="355"/>
+      <c r="B1" s="412" t="s">
+        <v>823</v>
+      </c>
+      <c r="C1" s="412"/>
+      <c r="D1" s="412"/>
+      <c r="E1" s="412"/>
+      <c r="F1" s="412"/>
+      <c r="G1" s="412"/>
+      <c r="H1" s="412"/>
+      <c r="I1" s="412"/>
+      <c r="J1" s="412"/>
+      <c r="K1" s="412"/>
+      <c r="L1" s="412"/>
+      <c r="M1" s="412"/>
+      <c r="N1" s="412"/>
+      <c r="O1" s="412"/>
+      <c r="P1" s="412"/>
+      <c r="Q1" s="412"/>
+      <c r="R1" s="412"/>
+      <c r="S1" s="412"/>
+      <c r="T1" s="412"/>
+      <c r="U1" s="412"/>
+      <c r="V1" s="412"/>
+      <c r="W1" s="412"/>
     </row>
     <row r="2" spans="2:23">
-      <c r="B2" s="355" t="s">
+      <c r="B2" s="412" t="s">
         <v>577</v>
       </c>
-      <c r="C2" s="355"/>
-[...19 lines deleted...]
-      <c r="W2" s="355"/>
+      <c r="C2" s="412"/>
+      <c r="D2" s="412"/>
+      <c r="E2" s="412"/>
+      <c r="F2" s="412"/>
+      <c r="G2" s="412"/>
+      <c r="H2" s="412"/>
+      <c r="I2" s="412"/>
+      <c r="J2" s="412"/>
+      <c r="K2" s="412"/>
+      <c r="L2" s="412"/>
+      <c r="M2" s="412"/>
+      <c r="N2" s="412"/>
+      <c r="O2" s="412"/>
+      <c r="P2" s="412"/>
+      <c r="Q2" s="412"/>
+      <c r="R2" s="412"/>
+      <c r="S2" s="412"/>
+      <c r="T2" s="412"/>
+      <c r="U2" s="412"/>
+      <c r="V2" s="412"/>
+      <c r="W2" s="412"/>
     </row>
     <row r="3" spans="2:23" ht="13.5" thickBot="1">
-      <c r="K3" s="119"/>
+      <c r="K3" s="111"/>
     </row>
     <row r="4" spans="2:23">
-      <c r="B4" s="356" t="s">
+      <c r="B4" s="413" t="s">
         <v>578</v>
       </c>
-      <c r="C4" s="357"/>
-      <c r="D4" s="120">
+      <c r="C4" s="414"/>
+      <c r="D4" s="112">
         <v>0</v>
       </c>
-      <c r="E4" s="120">
+      <c r="E4" s="112">
         <v>1</v>
       </c>
-      <c r="F4" s="120">
+      <c r="F4" s="112">
         <v>2</v>
       </c>
-      <c r="G4" s="120">
+      <c r="G4" s="112">
         <v>3</v>
       </c>
-      <c r="H4" s="120">
+      <c r="H4" s="112">
         <v>4</v>
       </c>
-      <c r="I4" s="120">
+      <c r="I4" s="112">
         <v>5</v>
       </c>
-      <c r="J4" s="120">
+      <c r="J4" s="112">
         <v>6</v>
       </c>
-      <c r="K4" s="120">
+      <c r="K4" s="112">
         <v>7</v>
       </c>
-      <c r="L4" s="120">
+      <c r="L4" s="112">
         <v>8</v>
       </c>
-      <c r="M4" s="120">
+      <c r="M4" s="112">
         <v>9</v>
       </c>
-      <c r="N4" s="120">
+      <c r="N4" s="112">
         <v>10</v>
       </c>
-      <c r="O4" s="120">
+      <c r="O4" s="112">
         <v>11</v>
       </c>
-      <c r="P4" s="120">
+      <c r="P4" s="112">
         <v>12</v>
       </c>
-      <c r="Q4" s="120">
+      <c r="Q4" s="112">
         <v>13</v>
       </c>
-      <c r="R4" s="120">
+      <c r="R4" s="112">
         <v>14</v>
       </c>
-      <c r="S4" s="120">
+      <c r="S4" s="112">
         <v>15</v>
       </c>
-      <c r="T4" s="120">
+      <c r="T4" s="112">
         <v>16</v>
       </c>
-      <c r="U4" s="121">
+      <c r="U4" s="113">
         <v>17</v>
       </c>
-      <c r="V4" s="120">
+      <c r="V4" s="112">
         <v>18</v>
       </c>
-      <c r="W4" s="122">
+      <c r="W4" s="114">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="2:23">
-      <c r="B5" s="358" t="s">
+      <c r="B5" s="415" t="s">
         <v>579</v>
       </c>
-      <c r="C5" s="359"/>
-      <c r="D5" s="123" t="s">
+      <c r="C5" s="416"/>
+      <c r="D5" s="305" t="s">
         <v>580</v>
       </c>
-      <c r="E5" s="123" t="s">
+      <c r="E5" s="305" t="s">
         <v>581</v>
       </c>
-      <c r="F5" s="123" t="s">
+      <c r="F5" s="305" t="s">
         <v>581</v>
       </c>
-      <c r="G5" s="123" t="s">
+      <c r="G5" s="305" t="s">
         <v>581</v>
       </c>
-      <c r="H5" s="123" t="s">
+      <c r="H5" s="305" t="s">
         <v>581</v>
       </c>
-      <c r="I5" s="123" t="s">
+      <c r="I5" s="305" t="s">
         <v>581</v>
       </c>
-      <c r="J5" s="123" t="s">
+      <c r="J5" s="305" t="s">
         <v>581</v>
       </c>
-      <c r="K5" s="123" t="s">
+      <c r="K5" s="305" t="s">
         <v>538</v>
       </c>
-      <c r="L5" s="123" t="s">
+      <c r="L5" s="305" t="s">
         <v>581</v>
       </c>
-      <c r="M5" s="123" t="s">
+      <c r="M5" s="305" t="s">
         <v>581</v>
       </c>
-      <c r="N5" s="123" t="s">
+      <c r="N5" s="305" t="s">
         <v>581</v>
       </c>
-      <c r="O5" s="123" t="s">
+      <c r="O5" s="305" t="s">
         <v>581</v>
       </c>
-      <c r="P5" s="123" t="s">
+      <c r="P5" s="305" t="s">
         <v>581</v>
       </c>
-      <c r="Q5" s="123" t="s">
+      <c r="Q5" s="305" t="s">
         <v>581</v>
       </c>
-      <c r="R5" s="123" t="s">
+      <c r="R5" s="305" t="s">
         <v>581</v>
       </c>
-      <c r="S5" s="123" t="s">
+      <c r="S5" s="305" t="s">
         <v>581</v>
       </c>
-      <c r="T5" s="123" t="s">
+      <c r="T5" s="305" t="s">
         <v>581</v>
       </c>
-      <c r="U5" s="124" t="s">
+      <c r="U5" s="306" t="s">
         <v>581</v>
       </c>
-      <c r="V5" s="123" t="s">
+      <c r="V5" s="305" t="s">
         <v>581</v>
       </c>
-      <c r="W5" s="125" t="s">
+      <c r="W5" s="316" t="s">
         <v>580</v>
       </c>
     </row>
     <row r="6" spans="2:23" ht="13.5" thickBot="1">
-      <c r="B6" s="360" t="s">
+      <c r="B6" s="415" t="s">
         <v>582</v>
       </c>
-      <c r="C6" s="361"/>
-      <c r="D6" s="123">
+      <c r="C6" s="416"/>
+      <c r="D6" s="305">
         <v>2</v>
       </c>
-      <c r="E6" s="123">
+      <c r="E6" s="305">
         <v>5</v>
       </c>
-      <c r="F6" s="123">
+      <c r="F6" s="305">
         <v>6</v>
       </c>
-      <c r="G6" s="123">
+      <c r="G6" s="305">
         <v>7</v>
       </c>
-      <c r="H6" s="123">
+      <c r="H6" s="305">
         <v>8</v>
       </c>
-      <c r="I6" s="123">
+      <c r="I6" s="305">
         <v>9</v>
       </c>
-      <c r="J6" s="123">
+      <c r="J6" s="305">
         <v>10</v>
       </c>
-      <c r="K6" s="123">
+      <c r="K6" s="305">
         <v>7</v>
       </c>
-      <c r="L6" s="123">
+      <c r="L6" s="305">
         <v>5</v>
       </c>
-      <c r="M6" s="123">
+      <c r="M6" s="305">
         <v>6</v>
       </c>
-      <c r="N6" s="123">
+      <c r="N6" s="305">
         <v>7</v>
       </c>
-      <c r="O6" s="123">
+      <c r="O6" s="305">
         <v>8</v>
       </c>
-      <c r="P6" s="123">
+      <c r="P6" s="305">
         <v>9</v>
       </c>
-      <c r="Q6" s="123">
+      <c r="Q6" s="305">
         <v>10</v>
       </c>
-      <c r="R6" s="123">
+      <c r="R6" s="305">
         <v>11</v>
       </c>
-      <c r="S6" s="123">
+      <c r="S6" s="305">
         <v>12</v>
       </c>
-      <c r="T6" s="123">
+      <c r="T6" s="305">
         <v>14</v>
       </c>
-      <c r="U6" s="124">
+      <c r="U6" s="306">
         <v>16</v>
       </c>
-      <c r="V6" s="123">
+      <c r="V6" s="305">
         <v>20</v>
       </c>
-      <c r="W6" s="140">
+      <c r="W6" s="307" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="7" spans="2:23">
+      <c r="B7" s="292" t="s">
+        <v>583</v>
+      </c>
+      <c r="C7" s="293" t="s">
+        <v>526</v>
+      </c>
+      <c r="D7" s="308" t="s">
+        <v>584</v>
+      </c>
+      <c r="E7" s="308" t="s">
+        <v>584</v>
+      </c>
+      <c r="F7" s="308" t="s">
+        <v>584</v>
+      </c>
+      <c r="G7" s="308" t="s">
+        <v>584</v>
+      </c>
+      <c r="H7" s="308" t="s">
+        <v>584</v>
+      </c>
+      <c r="I7" s="308" t="s">
+        <v>584</v>
+      </c>
+      <c r="J7" s="308" t="s">
+        <v>584</v>
+      </c>
+      <c r="K7" s="308" t="s">
+        <v>584</v>
+      </c>
+      <c r="L7" s="308" t="s">
+        <v>584</v>
+      </c>
+      <c r="M7" s="308" t="s">
+        <v>584</v>
+      </c>
+      <c r="N7" s="308" t="s">
+        <v>584</v>
+      </c>
+      <c r="O7" s="308" t="s">
+        <v>584</v>
+      </c>
+      <c r="P7" s="308" t="s">
+        <v>584</v>
+      </c>
+      <c r="Q7" s="308" t="s">
+        <v>584</v>
+      </c>
+      <c r="R7" s="308" t="s">
+        <v>584</v>
+      </c>
+      <c r="S7" s="308" t="s">
+        <v>584</v>
+      </c>
+      <c r="T7" s="308" t="s">
+        <v>584</v>
+      </c>
+      <c r="U7" s="308" t="s">
+        <v>584</v>
+      </c>
+      <c r="V7" s="308" t="s">
+        <v>584</v>
+      </c>
+      <c r="W7" s="309" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="8" spans="2:23">
+      <c r="B8" s="217">
+        <v>0</v>
+      </c>
+      <c r="C8" s="218">
+        <v>2026</v>
+      </c>
+      <c r="D8" s="310">
+        <v>100</v>
+      </c>
+      <c r="E8" s="310">
+        <v>100</v>
+      </c>
+      <c r="F8" s="310">
+        <v>100</v>
+      </c>
+      <c r="G8" s="310">
+        <v>100</v>
+      </c>
+      <c r="H8" s="310">
+        <v>100</v>
+      </c>
+      <c r="I8" s="310">
+        <v>100</v>
+      </c>
+      <c r="J8" s="310">
+        <v>100</v>
+      </c>
+      <c r="K8" s="310">
+        <v>100</v>
+      </c>
+      <c r="L8" s="310">
+        <v>100</v>
+      </c>
+      <c r="M8" s="310">
+        <v>100</v>
+      </c>
+      <c r="N8" s="310">
+        <v>100</v>
+      </c>
+      <c r="O8" s="310">
+        <v>100</v>
+      </c>
+      <c r="P8" s="310">
+        <v>100</v>
+      </c>
+      <c r="Q8" s="310">
+        <v>100</v>
+      </c>
+      <c r="R8" s="310">
+        <v>100</v>
+      </c>
+      <c r="S8" s="310">
+        <v>100</v>
+      </c>
+      <c r="T8" s="310">
+        <v>100</v>
+      </c>
+      <c r="U8" s="310">
+        <v>100</v>
+      </c>
+      <c r="V8" s="310">
+        <v>100</v>
+      </c>
+      <c r="W8" s="311">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="9" spans="2:23">
+      <c r="B9" s="216">
+        <v>1</v>
+      </c>
+      <c r="C9" s="215">
+        <f>C8-1</f>
+        <v>2025</v>
+      </c>
+      <c r="D9" s="291">
+        <v>77</v>
+      </c>
+      <c r="E9" s="291">
+        <v>94</v>
+      </c>
+      <c r="F9" s="291">
+        <v>95</v>
+      </c>
+      <c r="G9" s="291">
+        <v>96</v>
+      </c>
+      <c r="H9" s="291">
+        <v>97</v>
+      </c>
+      <c r="I9" s="291">
+        <v>98</v>
+      </c>
+      <c r="J9" s="291">
+        <v>98</v>
+      </c>
+      <c r="K9" s="291">
+        <v>94</v>
+      </c>
+      <c r="L9" s="291">
+        <v>94</v>
+      </c>
+      <c r="M9" s="291">
+        <v>95</v>
+      </c>
+      <c r="N9" s="291">
+        <v>96</v>
+      </c>
+      <c r="O9" s="291">
+        <v>97</v>
+      </c>
+      <c r="P9" s="291">
+        <v>98</v>
+      </c>
+      <c r="Q9" s="291">
+        <v>98</v>
+      </c>
+      <c r="R9" s="291">
+        <v>98</v>
+      </c>
+      <c r="S9" s="317">
+        <v>100</v>
+      </c>
+      <c r="T9" s="317">
+        <v>100</v>
+      </c>
+      <c r="U9" s="291">
+        <v>100</v>
+      </c>
+      <c r="V9" s="291">
+        <v>100</v>
+      </c>
+      <c r="W9" s="318">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="10" spans="2:23">
+      <c r="B10" s="217">
+        <v>2</v>
+      </c>
+      <c r="C10" s="218">
+        <f t="shared" ref="C10:C36" si="0">C9-1</f>
+        <v>2024</v>
+      </c>
+      <c r="D10" s="310">
+        <v>30</v>
+      </c>
+      <c r="E10" s="310">
+        <v>79</v>
+      </c>
+      <c r="F10" s="310">
+        <v>83</v>
+      </c>
+      <c r="G10" s="310">
+        <v>86</v>
+      </c>
+      <c r="H10" s="310">
+        <v>88</v>
+      </c>
+      <c r="I10" s="310">
+        <v>90</v>
+      </c>
+      <c r="J10" s="310">
+        <v>91</v>
+      </c>
+      <c r="K10" s="310">
+        <v>85</v>
+      </c>
+      <c r="L10" s="310">
+        <v>79</v>
+      </c>
+      <c r="M10" s="310">
+        <v>83</v>
+      </c>
+      <c r="N10" s="310">
+        <v>86</v>
+      </c>
+      <c r="O10" s="310">
+        <v>88</v>
+      </c>
+      <c r="P10" s="310">
+        <v>90</v>
+      </c>
+      <c r="Q10" s="310">
+        <v>91</v>
+      </c>
+      <c r="R10" s="310">
+        <v>96</v>
+      </c>
+      <c r="S10" s="312">
+        <v>100</v>
+      </c>
+      <c r="T10" s="312">
+        <v>100</v>
+      </c>
+      <c r="U10" s="312">
+        <v>100</v>
+      </c>
+      <c r="V10" s="312">
+        <v>100</v>
+      </c>
+      <c r="W10" s="311">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="11" spans="2:23">
+      <c r="B11" s="216">
+        <v>3</v>
+      </c>
+      <c r="C11" s="215">
+        <f t="shared" si="0"/>
+        <v>2023</v>
+      </c>
+      <c r="D11" s="319">
+        <v>10</v>
+      </c>
+      <c r="E11" s="291">
+        <v>63</v>
+      </c>
+      <c r="F11" s="291">
+        <v>71</v>
+      </c>
+      <c r="G11" s="291">
+        <v>75</v>
+      </c>
+      <c r="H11" s="291">
+        <v>79</v>
+      </c>
+      <c r="I11" s="291">
+        <v>82</v>
+      </c>
+      <c r="J11" s="291">
+        <v>90</v>
+      </c>
+      <c r="K11" s="291">
+        <v>75</v>
+      </c>
+      <c r="L11" s="291">
+        <v>63</v>
+      </c>
+      <c r="M11" s="291">
+        <v>71</v>
+      </c>
+      <c r="N11" s="291">
+        <v>75</v>
+      </c>
+      <c r="O11" s="291">
+        <v>79</v>
+      </c>
+      <c r="P11" s="291">
+        <v>82</v>
+      </c>
+      <c r="Q11" s="291">
+        <v>90</v>
+      </c>
+      <c r="R11" s="291">
+        <v>94</v>
+      </c>
+      <c r="S11" s="317">
+        <v>100</v>
+      </c>
+      <c r="T11" s="317">
+        <v>100</v>
+      </c>
+      <c r="U11" s="317">
+        <v>100</v>
+      </c>
+      <c r="V11" s="317">
+        <v>100</v>
+      </c>
+      <c r="W11" s="318">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="12" spans="2:23">
+      <c r="B12" s="217">
+        <v>4</v>
+      </c>
+      <c r="C12" s="218">
+        <f t="shared" si="0"/>
+        <v>2022</v>
+      </c>
+      <c r="D12" s="310">
+        <v>10</v>
+      </c>
+      <c r="E12" s="310">
+        <v>55</v>
+      </c>
+      <c r="F12" s="310">
+        <v>66</v>
+      </c>
+      <c r="G12" s="310">
+        <v>74</v>
+      </c>
+      <c r="H12" s="310">
+        <v>77</v>
+      </c>
+      <c r="I12" s="310">
+        <v>82</v>
+      </c>
+      <c r="J12" s="310">
+        <v>89</v>
+      </c>
+      <c r="K12" s="310">
+        <v>65</v>
+      </c>
+      <c r="L12" s="310">
+        <v>55</v>
+      </c>
+      <c r="M12" s="310">
+        <v>66</v>
+      </c>
+      <c r="N12" s="310">
+        <v>74</v>
+      </c>
+      <c r="O12" s="310">
+        <v>77</v>
+      </c>
+      <c r="P12" s="310">
+        <v>82</v>
+      </c>
+      <c r="Q12" s="310">
+        <v>89</v>
+      </c>
+      <c r="R12" s="310">
+        <v>93</v>
+      </c>
+      <c r="S12" s="310">
+        <v>96</v>
+      </c>
+      <c r="T12" s="312">
+        <v>100</v>
+      </c>
+      <c r="U12" s="310">
+        <v>100</v>
+      </c>
+      <c r="V12" s="310">
+        <v>100</v>
+      </c>
+      <c r="W12" s="311">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="13" spans="2:23">
+      <c r="B13" s="216">
         <v>5</v>
       </c>
-    </row>
-[...75 lines deleted...]
-      <c r="D8" s="321">
+      <c r="C13" s="215">
+        <f t="shared" si="0"/>
+        <v>2021</v>
+      </c>
+      <c r="D13" s="291">
+        <v>10</v>
+      </c>
+      <c r="E13" s="291">
+        <v>38</v>
+      </c>
+      <c r="F13" s="291">
+        <v>54</v>
+      </c>
+      <c r="G13" s="291">
+        <v>66</v>
+      </c>
+      <c r="H13" s="291">
+        <v>74</v>
+      </c>
+      <c r="I13" s="291">
+        <v>81</v>
+      </c>
+      <c r="J13" s="291">
+        <v>86</v>
+      </c>
+      <c r="K13" s="291">
+        <v>53</v>
+      </c>
+      <c r="L13" s="291">
+        <v>38</v>
+      </c>
+      <c r="M13" s="291">
+        <v>54</v>
+      </c>
+      <c r="N13" s="291">
+        <v>66</v>
+      </c>
+      <c r="O13" s="291">
+        <v>74</v>
+      </c>
+      <c r="P13" s="291">
+        <v>81</v>
+      </c>
+      <c r="Q13" s="291">
+        <v>86</v>
+      </c>
+      <c r="R13" s="291">
+        <v>90</v>
+      </c>
+      <c r="S13" s="291">
+        <v>95</v>
+      </c>
+      <c r="T13" s="291">
         <v>100</v>
       </c>
-      <c r="E8" s="322">
+      <c r="U13" s="291">
         <v>100</v>
       </c>
-      <c r="F8" s="322">
+      <c r="V13" s="291">
         <v>100</v>
       </c>
-      <c r="G8" s="322">
+      <c r="W13" s="318">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="14" spans="2:23">
+      <c r="B14" s="217">
+        <v>6</v>
+      </c>
+      <c r="C14" s="218">
+        <f t="shared" si="0"/>
+        <v>2020</v>
+      </c>
+      <c r="D14" s="310">
+        <v>10</v>
+      </c>
+      <c r="E14" s="314">
+        <v>27</v>
+      </c>
+      <c r="F14" s="310">
+        <v>37</v>
+      </c>
+      <c r="G14" s="310">
+        <v>50</v>
+      </c>
+      <c r="H14" s="310">
+        <v>61</v>
+      </c>
+      <c r="I14" s="310">
+        <v>69</v>
+      </c>
+      <c r="J14" s="310">
+        <v>76</v>
+      </c>
+      <c r="K14" s="310">
+        <v>41</v>
+      </c>
+      <c r="L14" s="314">
+        <v>27</v>
+      </c>
+      <c r="M14" s="310">
+        <v>37</v>
+      </c>
+      <c r="N14" s="310">
+        <v>50</v>
+      </c>
+      <c r="O14" s="310">
+        <v>61</v>
+      </c>
+      <c r="P14" s="310">
+        <v>69</v>
+      </c>
+      <c r="Q14" s="310">
+        <v>76</v>
+      </c>
+      <c r="R14" s="310">
+        <v>81</v>
+      </c>
+      <c r="S14" s="310">
+        <v>85</v>
+      </c>
+      <c r="T14" s="310">
+        <v>94</v>
+      </c>
+      <c r="U14" s="310">
+        <v>99</v>
+      </c>
+      <c r="V14" s="310">
         <v>100</v>
       </c>
-      <c r="H8" s="322">
+      <c r="W14" s="313">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="15" spans="2:23">
+      <c r="B15" s="216">
+        <v>7</v>
+      </c>
+      <c r="C15" s="215">
+        <f t="shared" si="0"/>
+        <v>2019</v>
+      </c>
+      <c r="D15" s="291">
+        <v>10</v>
+      </c>
+      <c r="E15" s="291">
+        <v>28</v>
+      </c>
+      <c r="F15" s="320">
+        <v>28</v>
+      </c>
+      <c r="G15" s="291">
+        <v>37</v>
+      </c>
+      <c r="H15" s="291">
+        <v>49</v>
+      </c>
+      <c r="I15" s="291">
+        <v>59</v>
+      </c>
+      <c r="J15" s="291">
+        <v>67</v>
+      </c>
+      <c r="K15" s="291">
+        <v>29</v>
+      </c>
+      <c r="L15" s="291">
+        <v>28</v>
+      </c>
+      <c r="M15" s="320">
+        <v>28</v>
+      </c>
+      <c r="N15" s="291">
+        <v>37</v>
+      </c>
+      <c r="O15" s="291">
+        <v>49</v>
+      </c>
+      <c r="P15" s="291">
+        <v>59</v>
+      </c>
+      <c r="Q15" s="291">
+        <v>67</v>
+      </c>
+      <c r="R15" s="291">
+        <v>75</v>
+      </c>
+      <c r="S15" s="291">
+        <v>80</v>
+      </c>
+      <c r="T15" s="291">
+        <v>89</v>
+      </c>
+      <c r="U15" s="291">
+        <v>96</v>
+      </c>
+      <c r="V15" s="291">
         <v>100</v>
       </c>
-      <c r="I8" s="322">
+      <c r="W15" s="318">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="16" spans="2:23">
+      <c r="B16" s="217">
+        <v>8</v>
+      </c>
+      <c r="C16" s="218">
+        <f t="shared" si="0"/>
+        <v>2018</v>
+      </c>
+      <c r="D16" s="310">
+        <v>10</v>
+      </c>
+      <c r="E16" s="310">
+        <v>29</v>
+      </c>
+      <c r="F16" s="310">
+        <v>29</v>
+      </c>
+      <c r="G16" s="314">
+        <v>29</v>
+      </c>
+      <c r="H16" s="310">
+        <v>36</v>
+      </c>
+      <c r="I16" s="310">
+        <v>48</v>
+      </c>
+      <c r="J16" s="310">
+        <v>58</v>
+      </c>
+      <c r="K16" s="314">
+        <v>22</v>
+      </c>
+      <c r="L16" s="310">
+        <v>29</v>
+      </c>
+      <c r="M16" s="310">
+        <v>29</v>
+      </c>
+      <c r="N16" s="314">
+        <v>29</v>
+      </c>
+      <c r="O16" s="310">
+        <v>36</v>
+      </c>
+      <c r="P16" s="310">
+        <v>48</v>
+      </c>
+      <c r="Q16" s="310">
+        <v>58</v>
+      </c>
+      <c r="R16" s="310">
+        <v>65</v>
+      </c>
+      <c r="S16" s="310">
+        <v>73</v>
+      </c>
+      <c r="T16" s="310">
+        <v>83</v>
+      </c>
+      <c r="U16" s="310">
+        <v>92</v>
+      </c>
+      <c r="V16" s="310">
         <v>100</v>
       </c>
-      <c r="J8" s="322">
-[...49 lines deleted...]
-      <c r="D9" s="316">
+      <c r="W16" s="311">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="17" spans="2:23">
+      <c r="B17" s="216">
+        <v>9</v>
+      </c>
+      <c r="C17" s="215">
+        <f t="shared" si="0"/>
+        <v>2017</v>
+      </c>
+      <c r="D17" s="291">
+        <v>10</v>
+      </c>
+      <c r="E17" s="291">
+        <v>30</v>
+      </c>
+      <c r="F17" s="291">
+        <v>30</v>
+      </c>
+      <c r="G17" s="291">
+        <v>30</v>
+      </c>
+      <c r="H17" s="320">
+        <v>30</v>
+      </c>
+      <c r="I17" s="291">
+        <v>36</v>
+      </c>
+      <c r="J17" s="291">
+        <v>47</v>
+      </c>
+      <c r="K17" s="291">
+        <v>22</v>
+      </c>
+      <c r="L17" s="291">
+        <v>30</v>
+      </c>
+      <c r="M17" s="291">
+        <v>30</v>
+      </c>
+      <c r="N17" s="291">
+        <v>30</v>
+      </c>
+      <c r="O17" s="320">
+        <v>29</v>
+      </c>
+      <c r="P17" s="291">
+        <v>36</v>
+      </c>
+      <c r="Q17" s="291">
+        <v>47</v>
+      </c>
+      <c r="R17" s="291">
+        <v>56</v>
+      </c>
+      <c r="S17" s="291">
+        <v>64</v>
+      </c>
+      <c r="T17" s="291">
+        <v>76</v>
+      </c>
+      <c r="U17" s="291">
+        <v>86</v>
+      </c>
+      <c r="V17" s="291">
+        <v>98</v>
+      </c>
+      <c r="W17" s="318">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="18" spans="2:23">
+      <c r="B18" s="217">
+        <v>10</v>
+      </c>
+      <c r="C18" s="218">
+        <f t="shared" si="0"/>
+        <v>2016</v>
+      </c>
+      <c r="D18" s="310">
+        <v>10</v>
+      </c>
+      <c r="E18" s="310">
+        <v>30</v>
+      </c>
+      <c r="F18" s="310">
+        <v>30</v>
+      </c>
+      <c r="G18" s="310">
+        <v>30</v>
+      </c>
+      <c r="H18" s="310">
+        <v>30</v>
+      </c>
+      <c r="I18" s="314">
+        <v>29</v>
+      </c>
+      <c r="J18" s="310">
+        <v>35</v>
+      </c>
+      <c r="K18" s="310">
+        <v>22</v>
+      </c>
+      <c r="L18" s="310">
+        <v>30</v>
+      </c>
+      <c r="M18" s="310">
+        <v>30</v>
+      </c>
+      <c r="N18" s="310">
+        <v>30</v>
+      </c>
+      <c r="O18" s="310">
+        <v>30</v>
+      </c>
+      <c r="P18" s="314">
+        <v>29</v>
+      </c>
+      <c r="Q18" s="310">
+        <v>35</v>
+      </c>
+      <c r="R18" s="310">
+        <v>46</v>
+      </c>
+      <c r="S18" s="310">
+        <v>54</v>
+      </c>
+      <c r="T18" s="310">
+        <v>68</v>
+      </c>
+      <c r="U18" s="310">
         <v>78</v>
       </c>
-      <c r="E9" s="132">
-[...53 lines deleted...]
-      <c r="W9" s="133">
+      <c r="V18" s="310">
         <v>91</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D10" s="324">
+      <c r="W18" s="311">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="19" spans="2:23">
+      <c r="B19" s="216">
+        <v>11</v>
+      </c>
+      <c r="C19" s="215">
+        <f t="shared" si="0"/>
+        <v>2015</v>
+      </c>
+      <c r="D19" s="291">
+        <v>10</v>
+      </c>
+      <c r="E19" s="291">
+        <v>30</v>
+      </c>
+      <c r="F19" s="291">
+        <v>30</v>
+      </c>
+      <c r="G19" s="291">
+        <v>30</v>
+      </c>
+      <c r="H19" s="291">
+        <v>30</v>
+      </c>
+      <c r="I19" s="291">
+        <v>30</v>
+      </c>
+      <c r="J19" s="320">
+        <v>30</v>
+      </c>
+      <c r="K19" s="291">
+        <v>22</v>
+      </c>
+      <c r="L19" s="291">
+        <v>30</v>
+      </c>
+      <c r="M19" s="291">
+        <v>30</v>
+      </c>
+      <c r="N19" s="291">
+        <v>30</v>
+      </c>
+      <c r="O19" s="291">
+        <v>30</v>
+      </c>
+      <c r="P19" s="291">
+        <v>30</v>
+      </c>
+      <c r="Q19" s="320">
+        <v>30</v>
+      </c>
+      <c r="R19" s="291">
+        <v>36</v>
+      </c>
+      <c r="S19" s="291">
+        <v>45</v>
+      </c>
+      <c r="T19" s="291">
+        <v>59</v>
+      </c>
+      <c r="U19" s="291">
+        <v>71</v>
+      </c>
+      <c r="V19" s="291">
+        <v>86</v>
+      </c>
+      <c r="W19" s="318">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="20" spans="2:23">
+      <c r="B20" s="217">
+        <v>12</v>
+      </c>
+      <c r="C20" s="218">
+        <f t="shared" si="0"/>
+        <v>2014</v>
+      </c>
+      <c r="D20" s="310">
+        <v>10</v>
+      </c>
+      <c r="E20" s="310">
+        <v>30</v>
+      </c>
+      <c r="F20" s="310">
+        <v>30</v>
+      </c>
+      <c r="G20" s="310">
+        <v>30</v>
+      </c>
+      <c r="H20" s="310">
+        <v>30</v>
+      </c>
+      <c r="I20" s="310">
+        <v>30</v>
+      </c>
+      <c r="J20" s="310">
+        <v>30</v>
+      </c>
+      <c r="K20" s="310">
+        <v>22</v>
+      </c>
+      <c r="L20" s="310">
+        <v>30</v>
+      </c>
+      <c r="M20" s="310">
+        <v>30</v>
+      </c>
+      <c r="N20" s="310">
+        <v>30</v>
+      </c>
+      <c r="O20" s="310">
+        <v>30</v>
+      </c>
+      <c r="P20" s="310">
+        <v>30</v>
+      </c>
+      <c r="Q20" s="310">
+        <v>30</v>
+      </c>
+      <c r="R20" s="314">
+        <v>30</v>
+      </c>
+      <c r="S20" s="310">
+        <v>35</v>
+      </c>
+      <c r="T20" s="310">
+        <v>51</v>
+      </c>
+      <c r="U20" s="310">
+        <v>65</v>
+      </c>
+      <c r="V20" s="310">
+        <v>81</v>
+      </c>
+      <c r="W20" s="311">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="21" spans="2:23">
+      <c r="B21" s="216">
+        <v>13</v>
+      </c>
+      <c r="C21" s="215">
+        <f t="shared" si="0"/>
+        <v>2013</v>
+      </c>
+      <c r="D21" s="291">
+        <v>10</v>
+      </c>
+      <c r="E21" s="291">
+        <v>30</v>
+      </c>
+      <c r="F21" s="291">
+        <v>30</v>
+      </c>
+      <c r="G21" s="291">
+        <v>30</v>
+      </c>
+      <c r="H21" s="291">
+        <v>30</v>
+      </c>
+      <c r="I21" s="291">
+        <v>30</v>
+      </c>
+      <c r="J21" s="291">
+        <v>30</v>
+      </c>
+      <c r="K21" s="291">
+        <v>22</v>
+      </c>
+      <c r="L21" s="291">
+        <v>30</v>
+      </c>
+      <c r="M21" s="291">
+        <v>30</v>
+      </c>
+      <c r="N21" s="291">
+        <v>30</v>
+      </c>
+      <c r="O21" s="291">
+        <v>30</v>
+      </c>
+      <c r="P21" s="291">
+        <v>30</v>
+      </c>
+      <c r="Q21" s="291">
+        <v>30</v>
+      </c>
+      <c r="R21" s="291">
+        <v>30</v>
+      </c>
+      <c r="S21" s="320">
+        <v>30</v>
+      </c>
+      <c r="T21" s="291">
+        <v>44</v>
+      </c>
+      <c r="U21" s="291">
+        <v>58</v>
+      </c>
+      <c r="V21" s="291">
+        <v>76</v>
+      </c>
+      <c r="W21" s="318">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="22" spans="2:23">
+      <c r="B22" s="217">
+        <v>14</v>
+      </c>
+      <c r="C22" s="218">
+        <f t="shared" si="0"/>
+        <v>2012</v>
+      </c>
+      <c r="D22" s="310">
+        <v>10</v>
+      </c>
+      <c r="E22" s="310">
+        <v>31</v>
+      </c>
+      <c r="F22" s="310">
+        <v>31</v>
+      </c>
+      <c r="G22" s="310">
+        <v>31</v>
+      </c>
+      <c r="H22" s="310">
+        <v>31</v>
+      </c>
+      <c r="I22" s="310">
+        <v>31</v>
+      </c>
+      <c r="J22" s="310">
+        <v>31</v>
+      </c>
+      <c r="K22" s="310">
+        <v>22</v>
+      </c>
+      <c r="L22" s="310">
+        <v>31</v>
+      </c>
+      <c r="M22" s="310">
+        <v>31</v>
+      </c>
+      <c r="N22" s="310">
+        <v>31</v>
+      </c>
+      <c r="O22" s="310">
+        <v>31</v>
+      </c>
+      <c r="P22" s="310">
+        <v>31</v>
+      </c>
+      <c r="Q22" s="310">
+        <v>31</v>
+      </c>
+      <c r="R22" s="310">
+        <v>31</v>
+      </c>
+      <c r="S22" s="310">
+        <v>31</v>
+      </c>
+      <c r="T22" s="310">
+        <v>36</v>
+      </c>
+      <c r="U22" s="310">
+        <v>51</v>
+      </c>
+      <c r="V22" s="310">
+        <v>72</v>
+      </c>
+      <c r="W22" s="311">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="23" spans="2:23">
+      <c r="B23" s="216">
+        <v>15</v>
+      </c>
+      <c r="C23" s="215">
+        <f t="shared" si="0"/>
+        <v>2011</v>
+      </c>
+      <c r="D23" s="291">
+        <v>10</v>
+      </c>
+      <c r="E23" s="291">
         <v>32</v>
       </c>
-      <c r="E10" s="325">
-[...64 lines deleted...]
-      <c r="D11" s="318">
+      <c r="F23" s="291">
+        <v>32</v>
+      </c>
+      <c r="G23" s="291">
+        <v>32</v>
+      </c>
+      <c r="H23" s="291">
+        <v>32</v>
+      </c>
+      <c r="I23" s="291">
+        <v>32</v>
+      </c>
+      <c r="J23" s="291">
+        <v>32</v>
+      </c>
+      <c r="K23" s="291">
+        <v>22</v>
+      </c>
+      <c r="L23" s="291">
+        <v>32</v>
+      </c>
+      <c r="M23" s="291">
+        <v>32</v>
+      </c>
+      <c r="N23" s="291">
+        <v>32</v>
+      </c>
+      <c r="O23" s="291">
+        <v>32</v>
+      </c>
+      <c r="P23" s="291">
+        <v>32</v>
+      </c>
+      <c r="Q23" s="291">
+        <v>32</v>
+      </c>
+      <c r="R23" s="291">
+        <v>32</v>
+      </c>
+      <c r="S23" s="291">
+        <v>32</v>
+      </c>
+      <c r="T23" s="320">
+        <v>32</v>
+      </c>
+      <c r="U23" s="291">
+        <v>45</v>
+      </c>
+      <c r="V23" s="291">
+        <v>68</v>
+      </c>
+      <c r="W23" s="318">
         <v>10</v>
       </c>
-      <c r="E11" s="132">
-[...53 lines deleted...]
-      <c r="W11" s="133">
+    </row>
+    <row r="24" spans="2:23">
+      <c r="B24" s="217">
+        <v>16</v>
+      </c>
+      <c r="C24" s="218">
+        <f t="shared" si="0"/>
+        <v>2010</v>
+      </c>
+      <c r="D24" s="310">
+        <v>10</v>
+      </c>
+      <c r="E24" s="310">
+        <v>32</v>
+      </c>
+      <c r="F24" s="310">
+        <v>32</v>
+      </c>
+      <c r="G24" s="310">
+        <v>32</v>
+      </c>
+      <c r="H24" s="310">
+        <v>32</v>
+      </c>
+      <c r="I24" s="310">
+        <v>32</v>
+      </c>
+      <c r="J24" s="310">
+        <v>32</v>
+      </c>
+      <c r="K24" s="310">
+        <v>22</v>
+      </c>
+      <c r="L24" s="310">
+        <v>32</v>
+      </c>
+      <c r="M24" s="310">
+        <v>32</v>
+      </c>
+      <c r="N24" s="310">
+        <v>32</v>
+      </c>
+      <c r="O24" s="310">
+        <v>32</v>
+      </c>
+      <c r="P24" s="310">
+        <v>32</v>
+      </c>
+      <c r="Q24" s="310">
+        <v>32</v>
+      </c>
+      <c r="R24" s="310">
+        <v>32</v>
+      </c>
+      <c r="S24" s="310">
+        <v>32</v>
+      </c>
+      <c r="T24" s="310">
+        <v>32</v>
+      </c>
+      <c r="U24" s="310">
+        <v>37</v>
+      </c>
+      <c r="V24" s="310">
+        <v>61</v>
+      </c>
+      <c r="W24" s="311">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="25" spans="2:23">
+      <c r="B25" s="216">
+        <v>17</v>
+      </c>
+      <c r="C25" s="215">
+        <f t="shared" si="0"/>
+        <v>2009</v>
+      </c>
+      <c r="D25" s="291">
+        <v>10</v>
+      </c>
+      <c r="E25" s="291">
+        <v>33</v>
+      </c>
+      <c r="F25" s="291">
+        <v>33</v>
+      </c>
+      <c r="G25" s="291">
+        <v>33</v>
+      </c>
+      <c r="H25" s="291">
+        <v>33</v>
+      </c>
+      <c r="I25" s="291">
+        <v>33</v>
+      </c>
+      <c r="J25" s="291">
+        <v>33</v>
+      </c>
+      <c r="K25" s="291">
+        <v>22</v>
+      </c>
+      <c r="L25" s="291">
+        <v>33</v>
+      </c>
+      <c r="M25" s="291">
+        <v>33</v>
+      </c>
+      <c r="N25" s="291">
+        <v>33</v>
+      </c>
+      <c r="O25" s="291">
+        <v>33</v>
+      </c>
+      <c r="P25" s="291">
+        <v>33</v>
+      </c>
+      <c r="Q25" s="291">
+        <v>33</v>
+      </c>
+      <c r="R25" s="291">
+        <v>33</v>
+      </c>
+      <c r="S25" s="291">
+        <v>33</v>
+      </c>
+      <c r="T25" s="291">
+        <v>33</v>
+      </c>
+      <c r="U25" s="320">
+        <v>33</v>
+      </c>
+      <c r="V25" s="291">
+        <v>56</v>
+      </c>
+      <c r="W25" s="318">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="26" spans="2:23">
+      <c r="B26" s="217">
+        <v>18</v>
+      </c>
+      <c r="C26" s="218">
+        <f t="shared" si="0"/>
+        <v>2008</v>
+      </c>
+      <c r="D26" s="310">
+        <v>10</v>
+      </c>
+      <c r="E26" s="310">
+        <v>34</v>
+      </c>
+      <c r="F26" s="310">
+        <v>34</v>
+      </c>
+      <c r="G26" s="310">
+        <v>34</v>
+      </c>
+      <c r="H26" s="310">
+        <v>34</v>
+      </c>
+      <c r="I26" s="310">
+        <v>34</v>
+      </c>
+      <c r="J26" s="310">
+        <v>34</v>
+      </c>
+      <c r="K26" s="310">
+        <v>22</v>
+      </c>
+      <c r="L26" s="310">
+        <v>34</v>
+      </c>
+      <c r="M26" s="310">
+        <v>34</v>
+      </c>
+      <c r="N26" s="310">
+        <v>34</v>
+      </c>
+      <c r="O26" s="310">
+        <v>34</v>
+      </c>
+      <c r="P26" s="310">
+        <v>34</v>
+      </c>
+      <c r="Q26" s="310">
+        <v>34</v>
+      </c>
+      <c r="R26" s="310">
+        <v>34</v>
+      </c>
+      <c r="S26" s="310">
+        <v>34</v>
+      </c>
+      <c r="T26" s="310">
+        <v>34</v>
+      </c>
+      <c r="U26" s="310">
+        <v>34</v>
+      </c>
+      <c r="V26" s="310">
         <v>51</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D12" s="324">
+      <c r="W26" s="311">
         <v>10</v>
       </c>
-      <c r="E12" s="325">
-[...64 lines deleted...]
-      <c r="D13" s="316">
+    </row>
+    <row r="27" spans="2:23">
+      <c r="B27" s="216">
+        <v>19</v>
+      </c>
+      <c r="C27" s="215">
+        <f t="shared" si="0"/>
+        <v>2007</v>
+      </c>
+      <c r="D27" s="291">
         <v>10</v>
       </c>
-      <c r="E13" s="132">
-[...64 lines deleted...]
-      <c r="D14" s="324">
+      <c r="E27" s="291">
+        <v>36</v>
+      </c>
+      <c r="F27" s="291">
+        <v>36</v>
+      </c>
+      <c r="G27" s="291">
+        <v>36</v>
+      </c>
+      <c r="H27" s="291">
+        <v>36</v>
+      </c>
+      <c r="I27" s="291">
+        <v>36</v>
+      </c>
+      <c r="J27" s="291">
+        <v>36</v>
+      </c>
+      <c r="K27" s="291">
+        <v>22</v>
+      </c>
+      <c r="L27" s="291">
+        <v>36</v>
+      </c>
+      <c r="M27" s="291">
+        <v>36</v>
+      </c>
+      <c r="N27" s="291">
+        <v>36</v>
+      </c>
+      <c r="O27" s="291">
+        <v>36</v>
+      </c>
+      <c r="P27" s="291">
+        <v>36</v>
+      </c>
+      <c r="Q27" s="291">
+        <v>36</v>
+      </c>
+      <c r="R27" s="291">
+        <v>36</v>
+      </c>
+      <c r="S27" s="291">
+        <v>36</v>
+      </c>
+      <c r="T27" s="291">
+        <v>36</v>
+      </c>
+      <c r="U27" s="291">
+        <v>36</v>
+      </c>
+      <c r="V27" s="291">
+        <v>47</v>
+      </c>
+      <c r="W27" s="318">
         <v>10</v>
       </c>
-      <c r="E14" s="327">
+    </row>
+    <row r="28" spans="2:23">
+      <c r="B28" s="217">
+        <v>20</v>
+      </c>
+      <c r="C28" s="218">
+        <f t="shared" si="0"/>
+        <v>2006</v>
+      </c>
+      <c r="D28" s="310">
+        <v>10</v>
+      </c>
+      <c r="E28" s="310">
+        <v>38</v>
+      </c>
+      <c r="F28" s="310">
+        <v>38</v>
+      </c>
+      <c r="G28" s="310">
+        <v>38</v>
+      </c>
+      <c r="H28" s="310">
+        <v>38</v>
+      </c>
+      <c r="I28" s="310">
+        <v>38</v>
+      </c>
+      <c r="J28" s="310">
+        <v>38</v>
+      </c>
+      <c r="K28" s="310">
+        <v>22</v>
+      </c>
+      <c r="L28" s="310">
+        <v>38</v>
+      </c>
+      <c r="M28" s="310">
+        <v>38</v>
+      </c>
+      <c r="N28" s="310">
+        <v>38</v>
+      </c>
+      <c r="O28" s="310">
+        <v>38</v>
+      </c>
+      <c r="P28" s="310">
+        <v>38</v>
+      </c>
+      <c r="Q28" s="310">
+        <v>38</v>
+      </c>
+      <c r="R28" s="310">
+        <v>38</v>
+      </c>
+      <c r="S28" s="310">
+        <v>38</v>
+      </c>
+      <c r="T28" s="310">
+        <v>38</v>
+      </c>
+      <c r="U28" s="310">
+        <v>38</v>
+      </c>
+      <c r="V28" s="310">
+        <v>43</v>
+      </c>
+      <c r="W28" s="311">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="29" spans="2:23">
+      <c r="B29" s="216">
+        <v>21</v>
+      </c>
+      <c r="C29" s="215">
+        <f t="shared" si="0"/>
+        <v>2005</v>
+      </c>
+      <c r="D29" s="291">
+        <v>10</v>
+      </c>
+      <c r="E29" s="291">
+        <v>41</v>
+      </c>
+      <c r="F29" s="291">
+        <v>41</v>
+      </c>
+      <c r="G29" s="291">
+        <v>41</v>
+      </c>
+      <c r="H29" s="291">
+        <v>41</v>
+      </c>
+      <c r="I29" s="291">
+        <v>41</v>
+      </c>
+      <c r="J29" s="291">
+        <v>41</v>
+      </c>
+      <c r="K29" s="291">
+        <v>22</v>
+      </c>
+      <c r="L29" s="291">
+        <v>41</v>
+      </c>
+      <c r="M29" s="291">
+        <v>41</v>
+      </c>
+      <c r="N29" s="291">
+        <v>41</v>
+      </c>
+      <c r="O29" s="291">
+        <v>41</v>
+      </c>
+      <c r="P29" s="291">
+        <v>41</v>
+      </c>
+      <c r="Q29" s="291">
+        <v>41</v>
+      </c>
+      <c r="R29" s="291">
+        <v>41</v>
+      </c>
+      <c r="S29" s="291">
+        <v>41</v>
+      </c>
+      <c r="T29" s="291">
+        <v>41</v>
+      </c>
+      <c r="U29" s="291">
+        <v>41</v>
+      </c>
+      <c r="V29" s="320">
+        <v>41</v>
+      </c>
+      <c r="W29" s="318">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="30" spans="2:23">
+      <c r="B30" s="217">
+        <v>22</v>
+      </c>
+      <c r="C30" s="218">
+        <f t="shared" si="0"/>
+        <v>2004</v>
+      </c>
+      <c r="D30" s="310">
+        <v>10</v>
+      </c>
+      <c r="E30" s="310">
+        <v>42</v>
+      </c>
+      <c r="F30" s="310">
+        <v>42</v>
+      </c>
+      <c r="G30" s="310">
+        <v>42</v>
+      </c>
+      <c r="H30" s="310">
+        <v>42</v>
+      </c>
+      <c r="I30" s="310">
+        <v>42</v>
+      </c>
+      <c r="J30" s="310">
+        <v>42</v>
+      </c>
+      <c r="K30" s="310">
+        <v>22</v>
+      </c>
+      <c r="L30" s="310">
+        <v>42</v>
+      </c>
+      <c r="M30" s="310">
+        <v>42</v>
+      </c>
+      <c r="N30" s="310">
+        <v>42</v>
+      </c>
+      <c r="O30" s="310">
+        <v>42</v>
+      </c>
+      <c r="P30" s="310">
+        <v>42</v>
+      </c>
+      <c r="Q30" s="310">
+        <v>42</v>
+      </c>
+      <c r="R30" s="310">
+        <v>42</v>
+      </c>
+      <c r="S30" s="310">
+        <v>42</v>
+      </c>
+      <c r="T30" s="310">
+        <v>42</v>
+      </c>
+      <c r="U30" s="310">
+        <v>42</v>
+      </c>
+      <c r="V30" s="310">
+        <v>42</v>
+      </c>
+      <c r="W30" s="311">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="31" spans="2:23">
+      <c r="B31" s="216">
+        <v>23</v>
+      </c>
+      <c r="C31" s="215">
+        <f t="shared" si="0"/>
+        <v>2003</v>
+      </c>
+      <c r="D31" s="291">
+        <v>10</v>
+      </c>
+      <c r="E31" s="291">
+        <v>43</v>
+      </c>
+      <c r="F31" s="291">
+        <v>43</v>
+      </c>
+      <c r="G31" s="291">
+        <v>43</v>
+      </c>
+      <c r="H31" s="291">
+        <v>43</v>
+      </c>
+      <c r="I31" s="291">
+        <v>43</v>
+      </c>
+      <c r="J31" s="291">
+        <v>43</v>
+      </c>
+      <c r="K31" s="291">
+        <v>22</v>
+      </c>
+      <c r="L31" s="291">
+        <v>43</v>
+      </c>
+      <c r="M31" s="291">
+        <v>43</v>
+      </c>
+      <c r="N31" s="291">
+        <v>43</v>
+      </c>
+      <c r="O31" s="291">
+        <v>43</v>
+      </c>
+      <c r="P31" s="291">
+        <v>43</v>
+      </c>
+      <c r="Q31" s="291">
+        <v>43</v>
+      </c>
+      <c r="R31" s="291">
+        <v>43</v>
+      </c>
+      <c r="S31" s="291">
+        <v>43</v>
+      </c>
+      <c r="T31" s="291">
+        <v>43</v>
+      </c>
+      <c r="U31" s="291">
+        <v>43</v>
+      </c>
+      <c r="V31" s="291">
+        <v>43</v>
+      </c>
+      <c r="W31" s="318">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="32" spans="2:23">
+      <c r="B32" s="217">
+        <v>24</v>
+      </c>
+      <c r="C32" s="218">
+        <f t="shared" si="0"/>
+        <v>2002</v>
+      </c>
+      <c r="D32" s="310">
+        <v>10</v>
+      </c>
+      <c r="E32" s="310">
+        <v>43</v>
+      </c>
+      <c r="F32" s="310">
+        <v>43</v>
+      </c>
+      <c r="G32" s="310">
+        <v>43</v>
+      </c>
+      <c r="H32" s="310">
+        <v>43</v>
+      </c>
+      <c r="I32" s="310">
+        <v>43</v>
+      </c>
+      <c r="J32" s="310">
+        <v>43</v>
+      </c>
+      <c r="K32" s="310">
+        <v>22</v>
+      </c>
+      <c r="L32" s="310">
+        <v>43</v>
+      </c>
+      <c r="M32" s="310">
+        <v>43</v>
+      </c>
+      <c r="N32" s="310">
+        <v>43</v>
+      </c>
+      <c r="O32" s="310">
+        <v>43</v>
+      </c>
+      <c r="P32" s="310">
+        <v>43</v>
+      </c>
+      <c r="Q32" s="310">
+        <v>43</v>
+      </c>
+      <c r="R32" s="310">
+        <v>43</v>
+      </c>
+      <c r="S32" s="310">
+        <v>43</v>
+      </c>
+      <c r="T32" s="310">
+        <v>43</v>
+      </c>
+      <c r="U32" s="310">
+        <v>43</v>
+      </c>
+      <c r="V32" s="310">
+        <v>43</v>
+      </c>
+      <c r="W32" s="311">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="33" spans="2:23">
+      <c r="B33" s="216">
+        <v>25</v>
+      </c>
+      <c r="C33" s="215">
+        <f t="shared" si="0"/>
+        <v>2001</v>
+      </c>
+      <c r="D33" s="291">
+        <v>10</v>
+      </c>
+      <c r="E33" s="291">
+        <v>43</v>
+      </c>
+      <c r="F33" s="291">
+        <v>43</v>
+      </c>
+      <c r="G33" s="291">
+        <v>43</v>
+      </c>
+      <c r="H33" s="291">
+        <v>43</v>
+      </c>
+      <c r="I33" s="291">
+        <v>43</v>
+      </c>
+      <c r="J33" s="291">
+        <v>43</v>
+      </c>
+      <c r="K33" s="291">
+        <v>22</v>
+      </c>
+      <c r="L33" s="291">
+        <v>43</v>
+      </c>
+      <c r="M33" s="291">
+        <v>43</v>
+      </c>
+      <c r="N33" s="291">
+        <v>43</v>
+      </c>
+      <c r="O33" s="291">
+        <v>43</v>
+      </c>
+      <c r="P33" s="291">
+        <v>43</v>
+      </c>
+      <c r="Q33" s="291">
+        <v>43</v>
+      </c>
+      <c r="R33" s="291">
+        <v>43</v>
+      </c>
+      <c r="S33" s="291">
+        <v>43</v>
+      </c>
+      <c r="T33" s="291">
+        <v>43</v>
+      </c>
+      <c r="U33" s="291">
+        <v>43</v>
+      </c>
+      <c r="V33" s="291">
+        <v>43</v>
+      </c>
+      <c r="W33" s="318">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="34" spans="2:23">
+      <c r="B34" s="217">
+        <v>26</v>
+      </c>
+      <c r="C34" s="218">
+        <f t="shared" si="0"/>
+        <v>2000</v>
+      </c>
+      <c r="D34" s="310">
+        <v>10</v>
+      </c>
+      <c r="E34" s="310">
+        <v>44</v>
+      </c>
+      <c r="F34" s="310">
+        <v>44</v>
+      </c>
+      <c r="G34" s="310">
+        <v>44</v>
+      </c>
+      <c r="H34" s="310">
+        <v>44</v>
+      </c>
+      <c r="I34" s="310">
+        <v>44</v>
+      </c>
+      <c r="J34" s="310">
+        <v>44</v>
+      </c>
+      <c r="K34" s="310">
+        <v>22</v>
+      </c>
+      <c r="L34" s="310">
+        <v>44</v>
+      </c>
+      <c r="M34" s="310">
+        <v>44</v>
+      </c>
+      <c r="N34" s="310">
+        <v>44</v>
+      </c>
+      <c r="O34" s="310">
+        <v>44</v>
+      </c>
+      <c r="P34" s="310">
+        <v>44</v>
+      </c>
+      <c r="Q34" s="310">
+        <v>44</v>
+      </c>
+      <c r="R34" s="310">
+        <v>44</v>
+      </c>
+      <c r="S34" s="310">
+        <v>44</v>
+      </c>
+      <c r="T34" s="310">
+        <v>44</v>
+      </c>
+      <c r="U34" s="310">
+        <v>44</v>
+      </c>
+      <c r="V34" s="310">
+        <v>44</v>
+      </c>
+      <c r="W34" s="311">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="35" spans="2:23">
+      <c r="B35" s="216">
         <v>27</v>
       </c>
-      <c r="F14" s="325">
-[...50 lines deleted...]
-      <c r="W14" s="328">
+      <c r="C35" s="215">
+        <f t="shared" si="0"/>
+        <v>1999</v>
+      </c>
+      <c r="D35" s="291">
         <v>10</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D15" s="316">
+      <c r="E35" s="291">
+        <v>44</v>
+      </c>
+      <c r="F35" s="291">
+        <v>44</v>
+      </c>
+      <c r="G35" s="291">
+        <v>44</v>
+      </c>
+      <c r="H35" s="291">
+        <v>44</v>
+      </c>
+      <c r="I35" s="291">
+        <v>44</v>
+      </c>
+      <c r="J35" s="291">
+        <v>44</v>
+      </c>
+      <c r="K35" s="291">
+        <v>22</v>
+      </c>
+      <c r="L35" s="291">
+        <v>44</v>
+      </c>
+      <c r="M35" s="291">
+        <v>44</v>
+      </c>
+      <c r="N35" s="291">
+        <v>44</v>
+      </c>
+      <c r="O35" s="291">
+        <v>44</v>
+      </c>
+      <c r="P35" s="291">
+        <v>44</v>
+      </c>
+      <c r="Q35" s="291">
+        <v>44</v>
+      </c>
+      <c r="R35" s="291">
+        <v>44</v>
+      </c>
+      <c r="S35" s="291">
+        <v>44</v>
+      </c>
+      <c r="T35" s="291">
+        <v>44</v>
+      </c>
+      <c r="U35" s="291">
+        <v>44</v>
+      </c>
+      <c r="V35" s="291">
+        <v>44</v>
+      </c>
+      <c r="W35" s="318">
         <v>10</v>
       </c>
-      <c r="E15" s="132">
+    </row>
+    <row r="36" spans="2:23">
+      <c r="B36" s="217">
         <v>28</v>
       </c>
-      <c r="F15" s="317">
-[...50 lines deleted...]
-      <c r="W15" s="133">
+      <c r="C36" s="218">
+        <f t="shared" si="0"/>
+        <v>1998</v>
+      </c>
+      <c r="D36" s="310">
         <v>10</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D16" s="324">
+      <c r="E36" s="310">
+        <v>45</v>
+      </c>
+      <c r="F36" s="310">
+        <v>45</v>
+      </c>
+      <c r="G36" s="310">
+        <v>45</v>
+      </c>
+      <c r="H36" s="310">
+        <v>45</v>
+      </c>
+      <c r="I36" s="310">
+        <v>45</v>
+      </c>
+      <c r="J36" s="310">
+        <v>45</v>
+      </c>
+      <c r="K36" s="310">
+        <v>22</v>
+      </c>
+      <c r="L36" s="310">
+        <v>45</v>
+      </c>
+      <c r="M36" s="310">
+        <v>45</v>
+      </c>
+      <c r="N36" s="310">
+        <v>45</v>
+      </c>
+      <c r="O36" s="310">
+        <v>45</v>
+      </c>
+      <c r="P36" s="310">
+        <v>45</v>
+      </c>
+      <c r="Q36" s="310">
+        <v>45</v>
+      </c>
+      <c r="R36" s="310">
+        <v>45</v>
+      </c>
+      <c r="S36" s="310">
+        <v>45</v>
+      </c>
+      <c r="T36" s="310">
+        <v>45</v>
+      </c>
+      <c r="U36" s="310">
+        <v>45</v>
+      </c>
+      <c r="V36" s="310">
+        <v>45</v>
+      </c>
+      <c r="W36" s="311">
         <v>10</v>
       </c>
-      <c r="E16" s="325">
-[...17 lines deleted...]
-      <c r="K16" s="329">
+    </row>
+    <row r="37" spans="2:23">
+      <c r="B37" s="216">
+        <v>29</v>
+      </c>
+      <c r="C37" s="215">
+        <f>C36-1</f>
+        <v>1997</v>
+      </c>
+      <c r="D37" s="291">
+        <v>10</v>
+      </c>
+      <c r="E37" s="291">
+        <v>45</v>
+      </c>
+      <c r="F37" s="291">
+        <v>45</v>
+      </c>
+      <c r="G37" s="291">
+        <v>45</v>
+      </c>
+      <c r="H37" s="291">
+        <v>45</v>
+      </c>
+      <c r="I37" s="291">
+        <v>45</v>
+      </c>
+      <c r="J37" s="291">
+        <v>45</v>
+      </c>
+      <c r="K37" s="291">
         <v>22</v>
       </c>
-      <c r="L16" s="325">
-[...32 lines deleted...]
-      <c r="W16" s="326">
+      <c r="L37" s="291">
+        <v>45</v>
+      </c>
+      <c r="M37" s="291">
+        <v>45</v>
+      </c>
+      <c r="N37" s="291">
+        <v>45</v>
+      </c>
+      <c r="O37" s="291">
+        <v>45</v>
+      </c>
+      <c r="P37" s="291">
+        <v>45</v>
+      </c>
+      <c r="Q37" s="291">
+        <v>45</v>
+      </c>
+      <c r="R37" s="291">
+        <v>45</v>
+      </c>
+      <c r="S37" s="291">
+        <v>45</v>
+      </c>
+      <c r="T37" s="291">
+        <v>45</v>
+      </c>
+      <c r="U37" s="291">
+        <v>45</v>
+      </c>
+      <c r="V37" s="291">
+        <v>45</v>
+      </c>
+      <c r="W37" s="318">
         <v>10</v>
       </c>
     </row>
-    <row r="17" spans="2:23">
-[...6 lines deleted...]
-      <c r="D17" s="132">
+    <row r="38" spans="2:23" ht="13.5" thickBot="1">
+      <c r="B38" s="244">
+        <v>30</v>
+      </c>
+      <c r="C38" s="245">
+        <f>C37-1</f>
+        <v>1996</v>
+      </c>
+      <c r="D38" s="310">
         <v>10</v>
       </c>
-      <c r="E17" s="132">
-[...14 lines deleted...]
-      <c r="J17" s="132">
+      <c r="E38" s="315">
         <v>46</v>
       </c>
-      <c r="K17" s="132">
+      <c r="F38" s="315">
+        <v>46</v>
+      </c>
+      <c r="G38" s="315">
+        <v>46</v>
+      </c>
+      <c r="H38" s="315">
+        <v>46</v>
+      </c>
+      <c r="I38" s="315">
+        <v>46</v>
+      </c>
+      <c r="J38" s="315">
+        <v>46</v>
+      </c>
+      <c r="K38" s="315">
         <v>22</v>
       </c>
-      <c r="L17" s="132">
-[...14 lines deleted...]
-      <c r="Q17" s="132">
+      <c r="L38" s="315">
         <v>46</v>
       </c>
-      <c r="R17" s="132">
-[...14 lines deleted...]
-      <c r="W17" s="133">
+      <c r="M38" s="315">
+        <v>46</v>
+      </c>
+      <c r="N38" s="315">
+        <v>46</v>
+      </c>
+      <c r="O38" s="315">
+        <v>46</v>
+      </c>
+      <c r="P38" s="315">
+        <v>46</v>
+      </c>
+      <c r="Q38" s="315">
+        <v>46</v>
+      </c>
+      <c r="R38" s="315">
+        <v>46</v>
+      </c>
+      <c r="S38" s="315">
+        <v>46</v>
+      </c>
+      <c r="T38" s="315">
+        <v>46</v>
+      </c>
+      <c r="U38" s="315">
+        <v>46</v>
+      </c>
+      <c r="V38" s="315">
+        <v>46</v>
+      </c>
+      <c r="W38" s="311">
         <v>10</v>
       </c>
     </row>
-    <row r="18" spans="2:23">
-[...1426 lines deleted...]
-    </row>
     <row r="39" spans="2:23">
-      <c r="W39" s="138"/>
+      <c r="W39" s="115"/>
     </row>
     <row r="40" spans="2:23">
-      <c r="B40" s="109" t="s">
+      <c r="B40" s="102" t="s">
         <v>585</v>
       </c>
-      <c r="C40" s="109" t="s">
+      <c r="C40" s="102" t="s">
         <v>586</v>
       </c>
-      <c r="W40" s="138"/>
+      <c r="W40" s="115"/>
     </row>
     <row r="41" spans="2:23">
-      <c r="C41" s="109" t="s">
+      <c r="C41" s="102" t="s">
         <v>587</v>
       </c>
-      <c r="W41" s="138"/>
+      <c r="W41" s="115"/>
     </row>
     <row r="42" spans="2:23">
-      <c r="C42" s="109" t="s">
+      <c r="C42" s="102" t="s">
         <v>588</v>
       </c>
-      <c r="W42" s="138"/>
+      <c r="W42" s="115"/>
     </row>
     <row r="43" spans="2:23">
-      <c r="B43" s="139"/>
-      <c r="C43" s="109" t="s">
+      <c r="B43" s="116"/>
+      <c r="C43" s="102" t="s">
         <v>589</v>
       </c>
-      <c r="W43" s="138"/>
+      <c r="W43" s="115"/>
     </row>
     <row r="44" spans="2:23">
-      <c r="W44" s="138"/>
+      <c r="W44" s="115"/>
     </row>
     <row r="45" spans="2:23">
-      <c r="W45" s="138"/>
+      <c r="W45" s="115"/>
     </row>
     <row r="46" spans="2:23">
-      <c r="W46" s="138"/>
+      <c r="W46" s="115"/>
     </row>
     <row r="47" spans="2:23">
-      <c r="W47" s="138"/>
+      <c r="W47" s="115"/>
     </row>
     <row r="48" spans="2:23">
-      <c r="W48" s="138"/>
+      <c r="W48" s="115"/>
     </row>
     <row r="49" spans="23:23">
-      <c r="W49" s="138"/>
+      <c r="W49" s="115"/>
     </row>
     <row r="50" spans="23:23">
-      <c r="W50" s="138"/>
+      <c r="W50" s="115"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="B1:W1"/>
     <mergeCell ref="B2:W2"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="B6:C6"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.05" bottom="0.45" header="0" footer="0"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter xml:space="preserve">&amp;LIdaho Property Valuation Schedules
-&amp;C15
-&amp;REFO00210_01-01-2025
+&amp;C&amp;"Helv,Bold"15&amp;"Helv,Regular"
 </oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:W50"/>
   <sheetViews>
-    <sheetView topLeftCell="B1" workbookViewId="0">
-      <selection activeCell="I17" sqref="I17:J18"/>
+    <sheetView view="pageLayout" topLeftCell="C1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="X34" sqref="X34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="3" width="9.140625" style="109"/>
-[...1 lines deleted...]
-    <col min="24" max="16384" width="9.140625" style="109"/>
+    <col min="1" max="1" width="1.85546875" style="102" customWidth="1"/>
+    <col min="2" max="3" width="9.140625" style="102"/>
+    <col min="4" max="21" width="5.7109375" style="102" customWidth="1"/>
+    <col min="22" max="22" width="6.140625" style="102" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="5.7109375" style="102" customWidth="1"/>
+    <col min="24" max="16384" width="9.140625" style="102"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:23">
-      <c r="B1" s="355" t="s">
-[...22 lines deleted...]
-      <c r="W1" s="355"/>
+      <c r="B1" s="412" t="s">
+        <v>824</v>
+      </c>
+      <c r="C1" s="412"/>
+      <c r="D1" s="412"/>
+      <c r="E1" s="412"/>
+      <c r="F1" s="412"/>
+      <c r="G1" s="412"/>
+      <c r="H1" s="412"/>
+      <c r="I1" s="412"/>
+      <c r="J1" s="412"/>
+      <c r="K1" s="412"/>
+      <c r="L1" s="412"/>
+      <c r="M1" s="412"/>
+      <c r="N1" s="412"/>
+      <c r="O1" s="412"/>
+      <c r="P1" s="412"/>
+      <c r="Q1" s="412"/>
+      <c r="R1" s="412"/>
+      <c r="S1" s="412"/>
+      <c r="T1" s="412"/>
+      <c r="U1" s="412"/>
+      <c r="V1" s="412"/>
+      <c r="W1" s="412"/>
     </row>
     <row r="2" spans="2:23">
-      <c r="B2" s="355" t="s">
+      <c r="B2" s="412" t="s">
         <v>577</v>
       </c>
-      <c r="C2" s="355"/>
-[...19 lines deleted...]
-      <c r="W2" s="355"/>
+      <c r="C2" s="412"/>
+      <c r="D2" s="412"/>
+      <c r="E2" s="412"/>
+      <c r="F2" s="412"/>
+      <c r="G2" s="412"/>
+      <c r="H2" s="412"/>
+      <c r="I2" s="412"/>
+      <c r="J2" s="412"/>
+      <c r="K2" s="412"/>
+      <c r="L2" s="412"/>
+      <c r="M2" s="412"/>
+      <c r="N2" s="412"/>
+      <c r="O2" s="412"/>
+      <c r="P2" s="412"/>
+      <c r="Q2" s="412"/>
+      <c r="R2" s="412"/>
+      <c r="S2" s="412"/>
+      <c r="T2" s="412"/>
+      <c r="U2" s="412"/>
+      <c r="V2" s="412"/>
+      <c r="W2" s="412"/>
     </row>
     <row r="3" spans="2:23" ht="13.5" thickBot="1">
-      <c r="K3" s="119"/>
+      <c r="K3" s="111"/>
     </row>
     <row r="4" spans="2:23">
-      <c r="B4" s="356" t="s">
+      <c r="B4" s="417" t="s">
         <v>578</v>
       </c>
-      <c r="C4" s="357"/>
-      <c r="D4" s="120">
+      <c r="C4" s="418"/>
+      <c r="D4" s="294">
         <v>20</v>
       </c>
-      <c r="E4" s="120">
+      <c r="E4" s="294">
         <v>44</v>
       </c>
-      <c r="F4" s="120">
+      <c r="F4" s="294">
         <v>46</v>
       </c>
-      <c r="G4" s="120">
+      <c r="G4" s="294">
         <v>48</v>
       </c>
-      <c r="H4" s="120">
+      <c r="H4" s="294">
         <v>50</v>
       </c>
-      <c r="I4" s="120">
+      <c r="I4" s="294">
         <v>51</v>
       </c>
-      <c r="J4" s="120">
+      <c r="J4" s="294">
         <v>52</v>
       </c>
-      <c r="K4" s="120">
+      <c r="K4" s="294">
         <v>53</v>
       </c>
-      <c r="L4" s="120">
+      <c r="L4" s="294">
         <v>54</v>
       </c>
-      <c r="M4" s="120">
+      <c r="M4" s="294">
         <v>55</v>
       </c>
-      <c r="N4" s="120">
+      <c r="N4" s="294">
         <v>56</v>
       </c>
-      <c r="O4" s="120">
+      <c r="O4" s="294">
         <v>57</v>
       </c>
-      <c r="P4" s="120">
+      <c r="P4" s="294">
         <v>58</v>
       </c>
-      <c r="Q4" s="120">
+      <c r="Q4" s="294">
         <v>59</v>
       </c>
-      <c r="R4" s="120">
+      <c r="R4" s="294">
         <v>60</v>
       </c>
-      <c r="S4" s="120">
+      <c r="S4" s="294">
         <v>61</v>
       </c>
-      <c r="T4" s="120">
+      <c r="T4" s="294">
         <v>62</v>
       </c>
-      <c r="U4" s="121">
+      <c r="U4" s="295">
         <v>63</v>
       </c>
-      <c r="V4" s="308">
+      <c r="V4" s="294">
+        <v>81</v>
+      </c>
+      <c r="W4" s="294">
         <v>93</v>
       </c>
     </row>
     <row r="5" spans="2:23">
-      <c r="B5" s="358" t="s">
+      <c r="B5" s="419" t="s">
         <v>579</v>
       </c>
-      <c r="C5" s="359"/>
-      <c r="D5" s="123" t="s">
+      <c r="C5" s="420"/>
+      <c r="D5" s="296" t="s">
         <v>581</v>
       </c>
-      <c r="E5" s="123" t="s">
+      <c r="E5" s="296" t="s">
         <v>590</v>
       </c>
-      <c r="F5" s="123" t="s">
+      <c r="F5" s="296" t="s">
         <v>591</v>
       </c>
-      <c r="G5" s="123" t="s">
+      <c r="G5" s="296" t="s">
         <v>581</v>
       </c>
-      <c r="H5" s="123" t="s">
+      <c r="H5" s="296" t="s">
         <v>591</v>
       </c>
-      <c r="I5" s="123" t="s">
+      <c r="I5" s="296" t="s">
         <v>581</v>
       </c>
-      <c r="J5" s="123" t="s">
+      <c r="J5" s="296" t="s">
         <v>592</v>
       </c>
-      <c r="K5" s="123" t="s">
+      <c r="K5" s="296" t="s">
         <v>581</v>
       </c>
-      <c r="L5" s="123" t="s">
+      <c r="L5" s="296" t="s">
         <v>581</v>
       </c>
-      <c r="M5" s="123" t="s">
+      <c r="M5" s="296" t="s">
         <v>593</v>
       </c>
-      <c r="N5" s="123" t="s">
+      <c r="N5" s="296" t="s">
         <v>592</v>
       </c>
-      <c r="O5" s="123" t="s">
+      <c r="O5" s="296" t="s">
         <v>591</v>
       </c>
-      <c r="P5" s="123" t="s">
+      <c r="P5" s="296" t="s">
         <v>594</v>
       </c>
-      <c r="Q5" s="123" t="s">
+      <c r="Q5" s="296" t="s">
         <v>592</v>
       </c>
-      <c r="R5" s="123" t="s">
+      <c r="R5" s="296" t="s">
         <v>591</v>
       </c>
-      <c r="S5" s="123" t="s">
+      <c r="S5" s="296" t="s">
         <v>595</v>
       </c>
-      <c r="T5" s="123" t="s">
+      <c r="T5" s="296" t="s">
         <v>593</v>
       </c>
-      <c r="U5" s="123" t="s">
+      <c r="U5" s="296" t="s">
         <v>593</v>
       </c>
-      <c r="V5" s="125" t="s">
+      <c r="V5" s="296" t="s">
+        <v>773</v>
+      </c>
+      <c r="W5" s="296" t="s">
         <v>596</v>
       </c>
     </row>
     <row r="6" spans="2:23" ht="13.5" thickBot="1">
-      <c r="B6" s="362" t="s">
+      <c r="B6" s="421" t="s">
         <v>582</v>
       </c>
-      <c r="C6" s="363"/>
-      <c r="D6" s="126">
+      <c r="C6" s="422"/>
+      <c r="D6" s="321">
         <v>25</v>
       </c>
-      <c r="E6" s="126">
+      <c r="E6" s="321">
         <v>5</v>
       </c>
-      <c r="F6" s="126">
+      <c r="F6" s="321">
         <v>5</v>
       </c>
-      <c r="G6" s="126">
+      <c r="G6" s="321">
         <v>9</v>
       </c>
-      <c r="H6" s="126">
+      <c r="H6" s="321">
         <v>10</v>
       </c>
-      <c r="I6" s="126">
+      <c r="I6" s="321">
         <v>10</v>
       </c>
-      <c r="J6" s="126">
+      <c r="J6" s="321">
         <v>12</v>
       </c>
-      <c r="K6" s="126">
+      <c r="K6" s="321">
         <v>12</v>
       </c>
-      <c r="L6" s="126">
+      <c r="L6" s="321">
         <v>13</v>
       </c>
-      <c r="M6" s="126">
+      <c r="M6" s="321">
         <v>14</v>
       </c>
-      <c r="N6" s="126">
+      <c r="N6" s="321">
         <v>15</v>
       </c>
-      <c r="O6" s="126">
+      <c r="O6" s="321">
         <v>15</v>
       </c>
-      <c r="P6" s="126">
+      <c r="P6" s="321">
         <v>20</v>
       </c>
-      <c r="Q6" s="126">
+      <c r="Q6" s="321">
         <v>19</v>
       </c>
-      <c r="R6" s="126">
+      <c r="R6" s="321">
         <v>20</v>
       </c>
-      <c r="S6" s="126" t="s">
+      <c r="S6" s="321">
+        <v>0.04</v>
+      </c>
+      <c r="T6" s="321">
+        <v>15</v>
+      </c>
+      <c r="U6" s="322">
+        <v>8</v>
+      </c>
+      <c r="V6" s="321">
+        <v>0.04</v>
+      </c>
+      <c r="W6" s="321">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="7" spans="2:23">
+      <c r="B7" s="297" t="s">
+        <v>583</v>
+      </c>
+      <c r="C7" s="298" t="s">
+        <v>526</v>
+      </c>
+      <c r="D7" s="323" t="s">
+        <v>584</v>
+      </c>
+      <c r="E7" s="323" t="s">
+        <v>584</v>
+      </c>
+      <c r="F7" s="323" t="s">
+        <v>584</v>
+      </c>
+      <c r="G7" s="323" t="s">
+        <v>584</v>
+      </c>
+      <c r="H7" s="323" t="s">
+        <v>584</v>
+      </c>
+      <c r="I7" s="323" t="s">
+        <v>584</v>
+      </c>
+      <c r="J7" s="323" t="s">
+        <v>584</v>
+      </c>
+      <c r="K7" s="323" t="s">
+        <v>584</v>
+      </c>
+      <c r="L7" s="323" t="s">
+        <v>584</v>
+      </c>
+      <c r="M7" s="323" t="s">
+        <v>584</v>
+      </c>
+      <c r="N7" s="323" t="s">
+        <v>584</v>
+      </c>
+      <c r="O7" s="323" t="s">
+        <v>584</v>
+      </c>
+      <c r="P7" s="323" t="s">
+        <v>584</v>
+      </c>
+      <c r="Q7" s="323" t="s">
+        <v>584</v>
+      </c>
+      <c r="R7" s="323" t="s">
+        <v>584</v>
+      </c>
+      <c r="S7" s="323" t="s">
+        <v>584</v>
+      </c>
+      <c r="T7" s="323" t="s">
+        <v>584</v>
+      </c>
+      <c r="U7" s="323" t="s">
+        <v>584</v>
+      </c>
+      <c r="V7" s="323" t="s">
+        <v>584</v>
+      </c>
+      <c r="W7" s="323" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="8" spans="2:23">
+      <c r="B8" s="299">
+        <v>0</v>
+      </c>
+      <c r="C8" s="300">
+        <v>2026</v>
+      </c>
+      <c r="D8" s="324">
+        <v>100</v>
+      </c>
+      <c r="E8" s="324">
+        <v>100</v>
+      </c>
+      <c r="F8" s="324">
+        <v>100</v>
+      </c>
+      <c r="G8" s="324">
+        <v>100</v>
+      </c>
+      <c r="H8" s="324">
+        <v>100</v>
+      </c>
+      <c r="I8" s="324">
+        <v>100</v>
+      </c>
+      <c r="J8" s="324">
+        <v>100</v>
+      </c>
+      <c r="K8" s="324">
+        <v>100</v>
+      </c>
+      <c r="L8" s="324">
+        <v>100</v>
+      </c>
+      <c r="M8" s="324">
+        <v>100</v>
+      </c>
+      <c r="N8" s="324">
+        <v>100</v>
+      </c>
+      <c r="O8" s="324">
+        <v>100</v>
+      </c>
+      <c r="P8" s="324">
+        <v>100</v>
+      </c>
+      <c r="Q8" s="324">
+        <v>100</v>
+      </c>
+      <c r="R8" s="324">
+        <v>100</v>
+      </c>
+      <c r="S8" s="324">
+        <v>100</v>
+      </c>
+      <c r="T8" s="324">
+        <v>100</v>
+      </c>
+      <c r="U8" s="324">
+        <v>100</v>
+      </c>
+      <c r="V8" s="324">
+        <v>100</v>
+      </c>
+      <c r="W8" s="324">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="9" spans="2:23">
+      <c r="B9" s="301">
+        <v>1</v>
+      </c>
+      <c r="C9" s="302">
+        <f t="shared" ref="C9:C38" si="0">C8-1</f>
+        <v>2025</v>
+      </c>
+      <c r="D9" s="328">
+        <v>100</v>
+      </c>
+      <c r="E9" s="328">
+        <v>91</v>
+      </c>
+      <c r="F9" s="328">
+        <v>94</v>
+      </c>
+      <c r="G9" s="328">
+        <v>98</v>
+      </c>
+      <c r="H9" s="328">
+        <v>98</v>
+      </c>
+      <c r="I9" s="328">
+        <v>98</v>
+      </c>
+      <c r="J9" s="328">
+        <v>100</v>
+      </c>
+      <c r="K9" s="328">
+        <v>100</v>
+      </c>
+      <c r="L9" s="328">
+        <v>100</v>
+      </c>
+      <c r="M9" s="328">
+        <v>100</v>
+      </c>
+      <c r="N9" s="328">
+        <v>100</v>
+      </c>
+      <c r="O9" s="328">
+        <v>100</v>
+      </c>
+      <c r="P9" s="328">
+        <v>100</v>
+      </c>
+      <c r="Q9" s="328">
+        <v>100</v>
+      </c>
+      <c r="R9" s="328">
+        <v>100</v>
+      </c>
+      <c r="S9" s="328">
+        <v>100</v>
+      </c>
+      <c r="T9" s="328">
+        <v>100</v>
+      </c>
+      <c r="U9" s="328">
+        <v>97</v>
+      </c>
+      <c r="V9" s="328">
+        <v>100</v>
+      </c>
+      <c r="W9" s="328">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="10" spans="2:23">
+      <c r="B10" s="299">
+        <v>2</v>
+      </c>
+      <c r="C10" s="300">
+        <f t="shared" si="0"/>
+        <v>2024</v>
+      </c>
+      <c r="D10" s="324">
+        <v>100</v>
+      </c>
+      <c r="E10" s="324">
+        <v>70</v>
+      </c>
+      <c r="F10" s="324">
+        <v>79</v>
+      </c>
+      <c r="G10" s="324">
+        <v>94</v>
+      </c>
+      <c r="H10" s="324">
+        <v>96</v>
+      </c>
+      <c r="I10" s="324">
+        <v>95</v>
+      </c>
+      <c r="J10" s="324">
+        <v>100</v>
+      </c>
+      <c r="K10" s="324">
+        <v>100</v>
+      </c>
+      <c r="L10" s="324">
+        <v>100</v>
+      </c>
+      <c r="M10" s="324">
+        <v>100</v>
+      </c>
+      <c r="N10" s="324">
+        <v>100</v>
+      </c>
+      <c r="O10" s="324">
+        <v>100</v>
+      </c>
+      <c r="P10" s="324">
+        <v>100</v>
+      </c>
+      <c r="Q10" s="324">
+        <v>100</v>
+      </c>
+      <c r="R10" s="324">
+        <v>100</v>
+      </c>
+      <c r="S10" s="324">
+        <v>100</v>
+      </c>
+      <c r="T10" s="324">
+        <v>100</v>
+      </c>
+      <c r="U10" s="324">
+        <v>87</v>
+      </c>
+      <c r="V10" s="324">
+        <v>100</v>
+      </c>
+      <c r="W10" s="324">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="11" spans="2:23">
+      <c r="B11" s="301">
+        <v>3</v>
+      </c>
+      <c r="C11" s="302">
+        <f t="shared" si="0"/>
+        <v>2023</v>
+      </c>
+      <c r="D11" s="328">
+        <v>100</v>
+      </c>
+      <c r="E11" s="328">
+        <v>48</v>
+      </c>
+      <c r="F11" s="328">
+        <v>63</v>
+      </c>
+      <c r="G11" s="328">
+        <v>89</v>
+      </c>
+      <c r="H11" s="328">
+        <v>94</v>
+      </c>
+      <c r="I11" s="328">
+        <v>92</v>
+      </c>
+      <c r="J11" s="328">
+        <v>99</v>
+      </c>
+      <c r="K11" s="328">
+        <v>99</v>
+      </c>
+      <c r="L11" s="328">
+        <v>100</v>
+      </c>
+      <c r="M11" s="328">
+        <v>100</v>
+      </c>
+      <c r="N11" s="328">
+        <v>100</v>
+      </c>
+      <c r="O11" s="328">
+        <v>100</v>
+      </c>
+      <c r="P11" s="328">
+        <v>100</v>
+      </c>
+      <c r="Q11" s="328">
+        <v>100</v>
+      </c>
+      <c r="R11" s="328">
+        <v>100</v>
+      </c>
+      <c r="S11" s="328">
+        <v>100</v>
+      </c>
+      <c r="T11" s="328">
+        <v>100</v>
+      </c>
+      <c r="U11" s="328">
+        <v>84</v>
+      </c>
+      <c r="V11" s="328">
+        <v>100</v>
+      </c>
+      <c r="W11" s="328">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="12" spans="2:23">
+      <c r="B12" s="299">
+        <v>4</v>
+      </c>
+      <c r="C12" s="300">
+        <f t="shared" si="0"/>
+        <v>2022</v>
+      </c>
+      <c r="D12" s="324">
+        <v>100</v>
+      </c>
+      <c r="E12" s="324">
+        <v>29</v>
+      </c>
+      <c r="F12" s="324">
+        <v>56</v>
+      </c>
+      <c r="G12" s="324">
+        <v>86</v>
+      </c>
+      <c r="H12" s="324">
+        <v>91</v>
+      </c>
+      <c r="I12" s="324">
+        <v>89</v>
+      </c>
+      <c r="J12" s="324">
+        <v>96</v>
+      </c>
+      <c r="K12" s="324">
+        <v>96</v>
+      </c>
+      <c r="L12" s="324">
+        <v>97</v>
+      </c>
+      <c r="M12" s="324">
+        <v>100</v>
+      </c>
+      <c r="N12" s="324">
+        <v>100</v>
+      </c>
+      <c r="O12" s="324">
+        <v>100</v>
+      </c>
+      <c r="P12" s="324">
+        <v>100</v>
+      </c>
+      <c r="Q12" s="324">
+        <v>100</v>
+      </c>
+      <c r="R12" s="324">
+        <v>100</v>
+      </c>
+      <c r="S12" s="324">
+        <v>100</v>
+      </c>
+      <c r="T12" s="324">
+        <v>100</v>
+      </c>
+      <c r="U12" s="324">
+        <v>80</v>
+      </c>
+      <c r="V12" s="324">
+        <v>100</v>
+      </c>
+      <c r="W12" s="324">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="13" spans="2:23">
+      <c r="B13" s="301">
+        <v>5</v>
+      </c>
+      <c r="C13" s="302">
+        <f t="shared" si="0"/>
+        <v>2021</v>
+      </c>
+      <c r="D13" s="328">
+        <v>100</v>
+      </c>
+      <c r="E13" s="328">
+        <v>13</v>
+      </c>
+      <c r="F13" s="328">
+        <v>39</v>
+      </c>
+      <c r="G13" s="328">
+        <v>81</v>
+      </c>
+      <c r="H13" s="328">
+        <v>88</v>
+      </c>
+      <c r="I13" s="328">
+        <v>86</v>
+      </c>
+      <c r="J13" s="328">
+        <v>94</v>
+      </c>
+      <c r="K13" s="328">
+        <v>95</v>
+      </c>
+      <c r="L13" s="328">
+        <v>97</v>
+      </c>
+      <c r="M13" s="328">
+        <v>100</v>
+      </c>
+      <c r="N13" s="328">
+        <v>100</v>
+      </c>
+      <c r="O13" s="328">
+        <v>100</v>
+      </c>
+      <c r="P13" s="328">
+        <v>100</v>
+      </c>
+      <c r="Q13" s="328">
+        <v>100</v>
+      </c>
+      <c r="R13" s="328">
+        <v>100</v>
+      </c>
+      <c r="S13" s="328">
+        <v>100</v>
+      </c>
+      <c r="T13" s="328">
+        <v>100</v>
+      </c>
+      <c r="U13" s="328">
+        <v>76</v>
+      </c>
+      <c r="V13" s="328">
+        <v>100</v>
+      </c>
+      <c r="W13" s="328">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="14" spans="2:23">
+      <c r="B14" s="299">
+        <v>6</v>
+      </c>
+      <c r="C14" s="300">
+        <f t="shared" si="0"/>
+        <v>2020</v>
+      </c>
+      <c r="D14" s="325">
+        <v>100</v>
+      </c>
+      <c r="E14" s="326">
+        <v>10</v>
+      </c>
+      <c r="F14" s="326">
+        <v>28</v>
+      </c>
+      <c r="G14" s="325">
+        <v>69</v>
+      </c>
+      <c r="H14" s="325">
+        <v>77</v>
+      </c>
+      <c r="I14" s="325">
+        <v>76</v>
+      </c>
+      <c r="J14" s="325">
+        <v>85</v>
+      </c>
+      <c r="K14" s="325">
+        <v>85</v>
+      </c>
+      <c r="L14" s="325">
+        <v>90</v>
+      </c>
+      <c r="M14" s="325">
+        <v>97</v>
+      </c>
+      <c r="N14" s="325">
+        <v>96</v>
+      </c>
+      <c r="O14" s="325">
+        <v>98</v>
+      </c>
+      <c r="P14" s="325">
+        <v>100</v>
+      </c>
+      <c r="Q14" s="325">
+        <v>100</v>
+      </c>
+      <c r="R14" s="325">
+        <v>100</v>
+      </c>
+      <c r="S14" s="325">
+        <v>100</v>
+      </c>
+      <c r="T14" s="325">
+        <v>100</v>
+      </c>
+      <c r="U14" s="325">
+        <v>63</v>
+      </c>
+      <c r="V14" s="325">
+        <v>100</v>
+      </c>
+      <c r="W14" s="325">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="15" spans="2:23">
+      <c r="B15" s="301">
+        <v>7</v>
+      </c>
+      <c r="C15" s="302">
+        <f t="shared" si="0"/>
+        <v>2019</v>
+      </c>
+      <c r="D15" s="329">
+        <v>100</v>
+      </c>
+      <c r="E15" s="329">
+        <v>10</v>
+      </c>
+      <c r="F15" s="329">
+        <v>29</v>
+      </c>
+      <c r="G15" s="329">
+        <v>59</v>
+      </c>
+      <c r="H15" s="329">
+        <v>69</v>
+      </c>
+      <c r="I15" s="329">
+        <v>67</v>
+      </c>
+      <c r="J15" s="329">
+        <v>80</v>
+      </c>
+      <c r="K15" s="329">
+        <v>80</v>
+      </c>
+      <c r="L15" s="329">
+        <v>84</v>
+      </c>
+      <c r="M15" s="329">
+        <v>92</v>
+      </c>
+      <c r="N15" s="329">
+        <v>91</v>
+      </c>
+      <c r="O15" s="329">
+        <v>93</v>
+      </c>
+      <c r="P15" s="329">
+        <v>100</v>
+      </c>
+      <c r="Q15" s="329">
+        <v>100</v>
+      </c>
+      <c r="R15" s="329">
+        <v>100</v>
+      </c>
+      <c r="S15" s="329">
+        <v>100</v>
+      </c>
+      <c r="T15" s="329">
+        <v>95</v>
+      </c>
+      <c r="U15" s="329">
+        <v>51</v>
+      </c>
+      <c r="V15" s="329">
+        <v>100</v>
+      </c>
+      <c r="W15" s="329">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="16" spans="2:23">
+      <c r="B16" s="299">
+        <v>8</v>
+      </c>
+      <c r="C16" s="300">
+        <f t="shared" si="0"/>
+        <v>2018</v>
+      </c>
+      <c r="D16" s="325">
+        <v>100</v>
+      </c>
+      <c r="E16" s="325">
+        <v>10</v>
+      </c>
+      <c r="F16" s="325">
+        <v>30</v>
+      </c>
+      <c r="G16" s="325">
+        <v>48</v>
+      </c>
+      <c r="H16" s="325">
+        <v>59</v>
+      </c>
+      <c r="I16" s="325">
+        <v>58</v>
+      </c>
+      <c r="J16" s="325">
+        <v>73</v>
+      </c>
+      <c r="K16" s="325">
+        <v>73</v>
+      </c>
+      <c r="L16" s="325">
+        <v>79</v>
+      </c>
+      <c r="M16" s="325">
+        <v>87</v>
+      </c>
+      <c r="N16" s="325">
+        <v>87</v>
+      </c>
+      <c r="O16" s="325">
+        <v>89</v>
+      </c>
+      <c r="P16" s="325">
+        <v>100</v>
+      </c>
+      <c r="Q16" s="325">
+        <v>99</v>
+      </c>
+      <c r="R16" s="325">
+        <v>100</v>
+      </c>
+      <c r="S16" s="325">
+        <v>100</v>
+      </c>
+      <c r="T16" s="325">
+        <v>91</v>
+      </c>
+      <c r="U16" s="325">
+        <v>38</v>
+      </c>
+      <c r="V16" s="325">
+        <v>100</v>
+      </c>
+      <c r="W16" s="325">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="17" spans="2:23">
+      <c r="B17" s="301">
+        <v>9</v>
+      </c>
+      <c r="C17" s="302">
+        <f t="shared" si="0"/>
+        <v>2017</v>
+      </c>
+      <c r="D17" s="329">
+        <v>100</v>
+      </c>
+      <c r="E17" s="329">
+        <v>10</v>
+      </c>
+      <c r="F17" s="329">
+        <v>30</v>
+      </c>
+      <c r="G17" s="329">
+        <v>36</v>
+      </c>
+      <c r="H17" s="329">
+        <v>48</v>
+      </c>
+      <c r="I17" s="329">
+        <v>47</v>
+      </c>
+      <c r="J17" s="329">
+        <v>64</v>
+      </c>
+      <c r="K17" s="329">
+        <v>64</v>
+      </c>
+      <c r="L17" s="329">
+        <v>71</v>
+      </c>
+      <c r="M17" s="329">
+        <v>79</v>
+      </c>
+      <c r="N17" s="329">
+        <v>82</v>
+      </c>
+      <c r="O17" s="329">
+        <v>83</v>
+      </c>
+      <c r="P17" s="329">
+        <v>97</v>
+      </c>
+      <c r="Q17" s="329">
+        <v>95</v>
+      </c>
+      <c r="R17" s="329">
+        <v>100</v>
+      </c>
+      <c r="S17" s="329">
+        <v>100</v>
+      </c>
+      <c r="T17" s="329">
+        <v>85</v>
+      </c>
+      <c r="U17" s="330">
+        <v>31</v>
+      </c>
+      <c r="V17" s="329">
+        <v>100</v>
+      </c>
+      <c r="W17" s="329">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="18" spans="2:23">
+      <c r="B18" s="299">
+        <v>10</v>
+      </c>
+      <c r="C18" s="300">
+        <f t="shared" si="0"/>
+        <v>2016</v>
+      </c>
+      <c r="D18" s="325">
+        <v>100</v>
+      </c>
+      <c r="E18" s="325">
+        <v>10</v>
+      </c>
+      <c r="F18" s="325">
+        <v>30</v>
+      </c>
+      <c r="G18" s="326">
+        <v>29</v>
+      </c>
+      <c r="H18" s="325">
+        <v>36</v>
+      </c>
+      <c r="I18" s="325">
+        <v>35</v>
+      </c>
+      <c r="J18" s="325">
+        <v>55</v>
+      </c>
+      <c r="K18" s="325">
+        <v>54</v>
+      </c>
+      <c r="L18" s="325">
+        <v>62</v>
+      </c>
+      <c r="M18" s="325">
+        <v>71</v>
+      </c>
+      <c r="N18" s="325">
+        <v>72</v>
+      </c>
+      <c r="O18" s="325">
+        <v>73</v>
+      </c>
+      <c r="P18" s="325">
+        <v>91</v>
+      </c>
+      <c r="Q18" s="325">
+        <v>88</v>
+      </c>
+      <c r="R18" s="325">
+        <v>92</v>
+      </c>
+      <c r="S18" s="325">
+        <v>100</v>
+      </c>
+      <c r="T18" s="325">
+        <v>76</v>
+      </c>
+      <c r="U18" s="325">
+        <v>31</v>
+      </c>
+      <c r="V18" s="325">
+        <v>100</v>
+      </c>
+      <c r="W18" s="325">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="19" spans="2:23">
+      <c r="B19" s="301">
+        <v>11</v>
+      </c>
+      <c r="C19" s="302">
+        <f t="shared" si="0"/>
+        <v>2015</v>
+      </c>
+      <c r="D19" s="329">
+        <v>98</v>
+      </c>
+      <c r="E19" s="329">
+        <v>10</v>
+      </c>
+      <c r="F19" s="329">
+        <v>30</v>
+      </c>
+      <c r="G19" s="329">
+        <v>30</v>
+      </c>
+      <c r="H19" s="330">
+        <v>30</v>
+      </c>
+      <c r="I19" s="330">
+        <v>30</v>
+      </c>
+      <c r="J19" s="329">
+        <v>45</v>
+      </c>
+      <c r="K19" s="329">
+        <v>45</v>
+      </c>
+      <c r="L19" s="329">
+        <v>52</v>
+      </c>
+      <c r="M19" s="329">
+        <v>63</v>
+      </c>
+      <c r="N19" s="329">
+        <v>66</v>
+      </c>
+      <c r="O19" s="329">
+        <v>66</v>
+      </c>
+      <c r="P19" s="329">
+        <v>86</v>
+      </c>
+      <c r="Q19" s="329">
+        <v>83</v>
+      </c>
+      <c r="R19" s="329">
+        <v>87</v>
+      </c>
+      <c r="S19" s="329">
+        <v>100</v>
+      </c>
+      <c r="T19" s="329">
+        <v>69</v>
+      </c>
+      <c r="U19" s="329">
+        <v>31</v>
+      </c>
+      <c r="V19" s="329">
+        <v>100</v>
+      </c>
+      <c r="W19" s="329">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="20" spans="2:23">
+      <c r="B20" s="299">
+        <v>12</v>
+      </c>
+      <c r="C20" s="300">
+        <f t="shared" si="0"/>
+        <v>2014</v>
+      </c>
+      <c r="D20" s="325">
+        <v>95</v>
+      </c>
+      <c r="E20" s="325">
+        <v>10</v>
+      </c>
+      <c r="F20" s="325">
+        <v>30</v>
+      </c>
+      <c r="G20" s="325">
+        <v>30</v>
+      </c>
+      <c r="H20" s="325">
+        <v>30</v>
+      </c>
+      <c r="I20" s="325">
+        <v>30</v>
+      </c>
+      <c r="J20" s="325">
+        <v>35</v>
+      </c>
+      <c r="K20" s="325">
+        <v>35</v>
+      </c>
+      <c r="L20" s="325">
+        <v>44</v>
+      </c>
+      <c r="M20" s="325">
+        <v>54</v>
+      </c>
+      <c r="N20" s="325">
+        <v>59</v>
+      </c>
+      <c r="O20" s="325">
+        <v>59</v>
+      </c>
+      <c r="P20" s="325">
+        <v>81</v>
+      </c>
+      <c r="Q20" s="325">
+        <v>79</v>
+      </c>
+      <c r="R20" s="325">
+        <v>82</v>
+      </c>
+      <c r="S20" s="325">
+        <v>100</v>
+      </c>
+      <c r="T20" s="325">
+        <v>62</v>
+      </c>
+      <c r="U20" s="325">
+        <v>32</v>
+      </c>
+      <c r="V20" s="324">
+        <v>100</v>
+      </c>
+      <c r="W20" s="325">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="21" spans="2:23">
+      <c r="B21" s="301">
+        <v>13</v>
+      </c>
+      <c r="C21" s="302">
+        <f t="shared" si="0"/>
+        <v>2013</v>
+      </c>
+      <c r="D21" s="329">
+        <v>91</v>
+      </c>
+      <c r="E21" s="329">
+        <v>10</v>
+      </c>
+      <c r="F21" s="329">
+        <v>30</v>
+      </c>
+      <c r="G21" s="329">
+        <v>30</v>
+      </c>
+      <c r="H21" s="329">
+        <v>30</v>
+      </c>
+      <c r="I21" s="329">
+        <v>30</v>
+      </c>
+      <c r="J21" s="330">
+        <v>31</v>
+      </c>
+      <c r="K21" s="330">
+        <v>30</v>
+      </c>
+      <c r="L21" s="329">
+        <v>35</v>
+      </c>
+      <c r="M21" s="329">
+        <v>47</v>
+      </c>
+      <c r="N21" s="329">
+        <v>50</v>
+      </c>
+      <c r="O21" s="329">
+        <v>50</v>
+      </c>
+      <c r="P21" s="329">
+        <v>76</v>
+      </c>
+      <c r="Q21" s="329">
+        <v>72</v>
+      </c>
+      <c r="R21" s="329">
+        <v>76</v>
+      </c>
+      <c r="S21" s="329">
+        <v>97</v>
+      </c>
+      <c r="T21" s="329">
+        <v>54</v>
+      </c>
+      <c r="U21" s="329">
+        <v>32</v>
+      </c>
+      <c r="V21" s="328">
+        <v>98</v>
+      </c>
+      <c r="W21" s="329">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="22" spans="2:23">
+      <c r="B22" s="299">
+        <v>14</v>
+      </c>
+      <c r="C22" s="300">
+        <f t="shared" si="0"/>
+        <v>2012</v>
+      </c>
+      <c r="D22" s="325">
+        <v>89</v>
+      </c>
+      <c r="E22" s="325">
+        <v>10</v>
+      </c>
+      <c r="F22" s="325">
+        <v>31</v>
+      </c>
+      <c r="G22" s="325">
+        <v>31</v>
+      </c>
+      <c r="H22" s="325">
+        <v>31</v>
+      </c>
+      <c r="I22" s="325">
+        <v>31</v>
+      </c>
+      <c r="J22" s="325">
+        <v>31</v>
+      </c>
+      <c r="K22" s="325">
+        <v>31</v>
+      </c>
+      <c r="L22" s="326">
+        <v>31</v>
+      </c>
+      <c r="M22" s="325">
+        <v>38</v>
+      </c>
+      <c r="N22" s="325">
+        <v>44</v>
+      </c>
+      <c r="O22" s="325">
+        <v>44</v>
+      </c>
+      <c r="P22" s="325">
+        <v>72</v>
+      </c>
+      <c r="Q22" s="325">
+        <v>68</v>
+      </c>
+      <c r="R22" s="325">
+        <v>72</v>
+      </c>
+      <c r="S22" s="325">
+        <v>97</v>
+      </c>
+      <c r="T22" s="325">
+        <v>47</v>
+      </c>
+      <c r="U22" s="325">
+        <v>33</v>
+      </c>
+      <c r="V22" s="324">
+        <v>98</v>
+      </c>
+      <c r="W22" s="325">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="23" spans="2:23">
+      <c r="B23" s="301">
+        <v>15</v>
+      </c>
+      <c r="C23" s="302">
+        <f t="shared" si="0"/>
+        <v>2011</v>
+      </c>
+      <c r="D23" s="329">
+        <v>87</v>
+      </c>
+      <c r="E23" s="329">
+        <v>10</v>
+      </c>
+      <c r="F23" s="329">
+        <v>32</v>
+      </c>
+      <c r="G23" s="329">
+        <v>32</v>
+      </c>
+      <c r="H23" s="329">
+        <v>32</v>
+      </c>
+      <c r="I23" s="329">
+        <v>32</v>
+      </c>
+      <c r="J23" s="329">
+        <v>32</v>
+      </c>
+      <c r="K23" s="329">
+        <v>32</v>
+      </c>
+      <c r="L23" s="329">
+        <v>32</v>
+      </c>
+      <c r="M23" s="331">
+        <v>33</v>
+      </c>
+      <c r="N23" s="329">
+        <v>37</v>
+      </c>
+      <c r="O23" s="329">
+        <v>37</v>
+      </c>
+      <c r="P23" s="329">
+        <v>68</v>
+      </c>
+      <c r="Q23" s="329">
+        <v>63</v>
+      </c>
+      <c r="R23" s="329">
+        <v>68</v>
+      </c>
+      <c r="S23" s="328">
+        <v>97</v>
+      </c>
+      <c r="T23" s="329">
+        <v>39</v>
+      </c>
+      <c r="U23" s="329">
+        <v>34</v>
+      </c>
+      <c r="V23" s="328">
+        <v>98</v>
+      </c>
+      <c r="W23" s="329">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="24" spans="2:23">
+      <c r="B24" s="299">
+        <v>16</v>
+      </c>
+      <c r="C24" s="300">
+        <f t="shared" si="0"/>
+        <v>2010</v>
+      </c>
+      <c r="D24" s="325">
+        <v>80</v>
+      </c>
+      <c r="E24" s="325">
+        <v>10</v>
+      </c>
+      <c r="F24" s="325">
+        <v>32</v>
+      </c>
+      <c r="G24" s="325">
+        <v>32</v>
+      </c>
+      <c r="H24" s="325">
+        <v>32</v>
+      </c>
+      <c r="I24" s="325">
+        <v>32</v>
+      </c>
+      <c r="J24" s="325">
+        <v>32</v>
+      </c>
+      <c r="K24" s="325">
+        <v>32</v>
+      </c>
+      <c r="L24" s="325">
+        <v>32</v>
+      </c>
+      <c r="M24" s="325">
+        <v>33</v>
+      </c>
+      <c r="N24" s="326">
+        <v>32</v>
+      </c>
+      <c r="O24" s="326">
+        <v>32</v>
+      </c>
+      <c r="P24" s="325">
+        <v>61</v>
+      </c>
+      <c r="Q24" s="325">
+        <v>56</v>
+      </c>
+      <c r="R24" s="325">
+        <v>60</v>
+      </c>
+      <c r="S24" s="324">
+        <v>96</v>
+      </c>
+      <c r="T24" s="326">
+        <v>33</v>
+      </c>
+      <c r="U24" s="325">
+        <v>33</v>
+      </c>
+      <c r="V24" s="324">
+        <v>97</v>
+      </c>
+      <c r="W24" s="325">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="25" spans="2:23">
+      <c r="B25" s="301">
+        <v>17</v>
+      </c>
+      <c r="C25" s="302">
+        <f t="shared" si="0"/>
+        <v>2009</v>
+      </c>
+      <c r="D25" s="329">
+        <v>77</v>
+      </c>
+      <c r="E25" s="329">
+        <v>10</v>
+      </c>
+      <c r="F25" s="329">
+        <v>33</v>
+      </c>
+      <c r="G25" s="329">
+        <v>33</v>
+      </c>
+      <c r="H25" s="329">
+        <v>33</v>
+      </c>
+      <c r="I25" s="329">
+        <v>33</v>
+      </c>
+      <c r="J25" s="329">
+        <v>33</v>
+      </c>
+      <c r="K25" s="329">
+        <v>33</v>
+      </c>
+      <c r="L25" s="329">
+        <v>33</v>
+      </c>
+      <c r="M25" s="329">
+        <v>34</v>
+      </c>
+      <c r="N25" s="329">
+        <v>33</v>
+      </c>
+      <c r="O25" s="329">
+        <v>33</v>
+      </c>
+      <c r="P25" s="329">
+        <v>56</v>
+      </c>
+      <c r="Q25" s="329">
+        <v>51</v>
+      </c>
+      <c r="R25" s="329">
+        <v>56</v>
+      </c>
+      <c r="S25" s="328">
+        <v>94</v>
+      </c>
+      <c r="T25" s="329">
+        <v>34</v>
+      </c>
+      <c r="U25" s="329">
+        <v>34</v>
+      </c>
+      <c r="V25" s="328">
+        <v>95</v>
+      </c>
+      <c r="W25" s="329">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="26" spans="2:23">
+      <c r="B26" s="299">
+        <v>18</v>
+      </c>
+      <c r="C26" s="300">
+        <f t="shared" si="0"/>
+        <v>2008</v>
+      </c>
+      <c r="D26" s="325">
+        <v>75</v>
+      </c>
+      <c r="E26" s="325">
+        <v>10</v>
+      </c>
+      <c r="F26" s="325">
+        <v>34</v>
+      </c>
+      <c r="G26" s="325">
+        <v>34</v>
+      </c>
+      <c r="H26" s="325">
+        <v>34</v>
+      </c>
+      <c r="I26" s="325">
+        <v>34</v>
+      </c>
+      <c r="J26" s="325">
+        <v>34</v>
+      </c>
+      <c r="K26" s="325">
+        <v>34</v>
+      </c>
+      <c r="L26" s="325">
+        <v>34</v>
+      </c>
+      <c r="M26" s="325">
+        <v>36</v>
+      </c>
+      <c r="N26" s="325">
+        <v>34</v>
+      </c>
+      <c r="O26" s="325">
+        <v>34</v>
+      </c>
+      <c r="P26" s="325">
+        <v>51</v>
+      </c>
+      <c r="Q26" s="325">
+        <v>45</v>
+      </c>
+      <c r="R26" s="325">
+        <v>51</v>
+      </c>
+      <c r="S26" s="324">
+        <v>94</v>
+      </c>
+      <c r="T26" s="325">
+        <v>36</v>
+      </c>
+      <c r="U26" s="325">
+        <v>36</v>
+      </c>
+      <c r="V26" s="324">
+        <v>95</v>
+      </c>
+      <c r="W26" s="325">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="27" spans="2:23">
+      <c r="B27" s="301">
+        <v>19</v>
+      </c>
+      <c r="C27" s="302">
+        <f t="shared" si="0"/>
+        <v>2007</v>
+      </c>
+      <c r="D27" s="329">
+        <v>74</v>
+      </c>
+      <c r="E27" s="329">
+        <v>10</v>
+      </c>
+      <c r="F27" s="329">
+        <v>36</v>
+      </c>
+      <c r="G27" s="329">
+        <v>36</v>
+      </c>
+      <c r="H27" s="329">
+        <v>36</v>
+      </c>
+      <c r="I27" s="329">
+        <v>36</v>
+      </c>
+      <c r="J27" s="329">
+        <v>37</v>
+      </c>
+      <c r="K27" s="329">
+        <v>36</v>
+      </c>
+      <c r="L27" s="329">
+        <v>36</v>
+      </c>
+      <c r="M27" s="329">
+        <v>38</v>
+      </c>
+      <c r="N27" s="329">
+        <v>37</v>
+      </c>
+      <c r="O27" s="329">
+        <v>36</v>
+      </c>
+      <c r="P27" s="329">
+        <v>46</v>
+      </c>
+      <c r="Q27" s="329">
+        <v>40</v>
+      </c>
+      <c r="R27" s="329">
+        <v>47</v>
+      </c>
+      <c r="S27" s="328">
+        <v>92</v>
+      </c>
+      <c r="T27" s="329">
+        <v>38</v>
+      </c>
+      <c r="U27" s="329">
+        <v>38</v>
+      </c>
+      <c r="V27" s="328">
+        <v>93</v>
+      </c>
+      <c r="W27" s="329">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="28" spans="2:23">
+      <c r="B28" s="299">
+        <v>20</v>
+      </c>
+      <c r="C28" s="300">
+        <f t="shared" si="0"/>
+        <v>2006</v>
+      </c>
+      <c r="D28" s="325">
+        <v>72</v>
+      </c>
+      <c r="E28" s="325">
+        <v>10</v>
+      </c>
+      <c r="F28" s="325">
+        <v>38</v>
+      </c>
+      <c r="G28" s="325">
+        <v>38</v>
+      </c>
+      <c r="H28" s="325">
+        <v>38</v>
+      </c>
+      <c r="I28" s="325">
+        <v>38</v>
+      </c>
+      <c r="J28" s="325">
+        <v>38</v>
+      </c>
+      <c r="K28" s="325">
+        <v>38</v>
+      </c>
+      <c r="L28" s="325">
+        <v>38</v>
+      </c>
+      <c r="M28" s="325">
+        <v>40</v>
+      </c>
+      <c r="N28" s="325">
+        <v>38</v>
+      </c>
+      <c r="O28" s="325">
+        <v>38</v>
+      </c>
+      <c r="P28" s="325">
+        <v>41</v>
+      </c>
+      <c r="Q28" s="327">
+        <v>38</v>
+      </c>
+      <c r="R28" s="325">
+        <v>42</v>
+      </c>
+      <c r="S28" s="324">
+        <v>92</v>
+      </c>
+      <c r="T28" s="325">
+        <v>40</v>
+      </c>
+      <c r="U28" s="325">
+        <v>40</v>
+      </c>
+      <c r="V28" s="324">
+        <v>93</v>
+      </c>
+      <c r="W28" s="325">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="29" spans="2:23">
+      <c r="B29" s="301">
+        <v>21</v>
+      </c>
+      <c r="C29" s="302">
+        <f t="shared" si="0"/>
+        <v>2005</v>
+      </c>
+      <c r="D29" s="329">
+        <v>69</v>
+      </c>
+      <c r="E29" s="329">
+        <v>10</v>
+      </c>
+      <c r="F29" s="329">
+        <v>41</v>
+      </c>
+      <c r="G29" s="329">
+        <v>41</v>
+      </c>
+      <c r="H29" s="329">
+        <v>41</v>
+      </c>
+      <c r="I29" s="329">
+        <v>41</v>
+      </c>
+      <c r="J29" s="329">
+        <v>41</v>
+      </c>
+      <c r="K29" s="329">
+        <v>41</v>
+      </c>
+      <c r="L29" s="329">
+        <v>41</v>
+      </c>
+      <c r="M29" s="329">
+        <v>44</v>
+      </c>
+      <c r="N29" s="329">
+        <v>41</v>
+      </c>
+      <c r="O29" s="329">
+        <v>41</v>
+      </c>
+      <c r="P29" s="330">
+        <v>40</v>
+      </c>
+      <c r="Q29" s="329">
+        <v>41</v>
+      </c>
+      <c r="R29" s="330">
+        <v>41</v>
+      </c>
+      <c r="S29" s="328">
+        <v>91</v>
+      </c>
+      <c r="T29" s="329">
+        <v>44</v>
+      </c>
+      <c r="U29" s="329">
+        <v>44</v>
+      </c>
+      <c r="V29" s="328">
+        <v>92</v>
+      </c>
+      <c r="W29" s="329">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="30" spans="2:23">
+      <c r="B30" s="299">
+        <v>22</v>
+      </c>
+      <c r="C30" s="300">
+        <f t="shared" si="0"/>
+        <v>2004</v>
+      </c>
+      <c r="D30" s="325">
+        <v>65</v>
+      </c>
+      <c r="E30" s="325">
+        <v>10</v>
+      </c>
+      <c r="F30" s="325">
+        <v>43</v>
+      </c>
+      <c r="G30" s="325">
+        <v>42</v>
+      </c>
+      <c r="H30" s="325">
+        <v>43</v>
+      </c>
+      <c r="I30" s="325">
+        <v>42</v>
+      </c>
+      <c r="J30" s="325">
+        <v>43</v>
+      </c>
+      <c r="K30" s="325">
+        <v>42</v>
+      </c>
+      <c r="L30" s="325">
+        <v>42</v>
+      </c>
+      <c r="M30" s="325">
+        <v>47</v>
+      </c>
+      <c r="N30" s="325">
+        <v>43</v>
+      </c>
+      <c r="O30" s="325">
+        <v>43</v>
+      </c>
+      <c r="P30" s="325">
+        <v>41</v>
+      </c>
+      <c r="Q30" s="325">
+        <v>43</v>
+      </c>
+      <c r="R30" s="325">
+        <v>43</v>
+      </c>
+      <c r="S30" s="324">
+        <v>91</v>
+      </c>
+      <c r="T30" s="325">
+        <v>47</v>
+      </c>
+      <c r="U30" s="325">
+        <v>47</v>
+      </c>
+      <c r="V30" s="324">
+        <v>92</v>
+      </c>
+      <c r="W30" s="325">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="31" spans="2:23">
+      <c r="B31" s="301">
+        <v>23</v>
+      </c>
+      <c r="C31" s="302">
+        <f t="shared" si="0"/>
+        <v>2003</v>
+      </c>
+      <c r="D31" s="329">
+        <v>60</v>
+      </c>
+      <c r="E31" s="329">
+        <v>10</v>
+      </c>
+      <c r="F31" s="329">
+        <v>44</v>
+      </c>
+      <c r="G31" s="329">
+        <v>43</v>
+      </c>
+      <c r="H31" s="329">
+        <v>44</v>
+      </c>
+      <c r="I31" s="329">
+        <v>43</v>
+      </c>
+      <c r="J31" s="329">
+        <v>43</v>
+      </c>
+      <c r="K31" s="329">
+        <v>43</v>
+      </c>
+      <c r="L31" s="329">
+        <v>43</v>
+      </c>
+      <c r="M31" s="329">
+        <v>47</v>
+      </c>
+      <c r="N31" s="329">
+        <v>43</v>
+      </c>
+      <c r="O31" s="329">
+        <v>44</v>
+      </c>
+      <c r="P31" s="329">
+        <v>42</v>
+      </c>
+      <c r="Q31" s="329">
+        <v>43</v>
+      </c>
+      <c r="R31" s="329">
+        <v>44</v>
+      </c>
+      <c r="S31" s="328">
+        <v>90</v>
+      </c>
+      <c r="T31" s="329">
+        <v>47</v>
+      </c>
+      <c r="U31" s="329">
+        <v>47</v>
+      </c>
+      <c r="V31" s="328">
+        <v>91</v>
+      </c>
+      <c r="W31" s="329">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="32" spans="2:23">
+      <c r="B32" s="299">
+        <v>24</v>
+      </c>
+      <c r="C32" s="300">
+        <f t="shared" si="0"/>
+        <v>2002</v>
+      </c>
+      <c r="D32" s="325">
+        <v>54</v>
+      </c>
+      <c r="E32" s="325">
+        <v>10</v>
+      </c>
+      <c r="F32" s="325">
+        <v>44</v>
+      </c>
+      <c r="G32" s="325">
+        <v>43</v>
+      </c>
+      <c r="H32" s="325">
+        <v>44</v>
+      </c>
+      <c r="I32" s="325">
+        <v>43</v>
+      </c>
+      <c r="J32" s="325">
+        <v>44</v>
+      </c>
+      <c r="K32" s="325">
+        <v>43</v>
+      </c>
+      <c r="L32" s="325">
+        <v>43</v>
+      </c>
+      <c r="M32" s="325">
+        <v>48</v>
+      </c>
+      <c r="N32" s="325">
+        <v>44</v>
+      </c>
+      <c r="O32" s="325">
+        <v>44</v>
+      </c>
+      <c r="P32" s="325">
+        <v>42</v>
+      </c>
+      <c r="Q32" s="325">
+        <v>44</v>
+      </c>
+      <c r="R32" s="325">
+        <v>44</v>
+      </c>
+      <c r="S32" s="324">
+        <v>90</v>
+      </c>
+      <c r="T32" s="325">
+        <v>48</v>
+      </c>
+      <c r="U32" s="325">
+        <v>48</v>
+      </c>
+      <c r="V32" s="324">
+        <v>91</v>
+      </c>
+      <c r="W32" s="325">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="33" spans="2:23">
+      <c r="B33" s="301">
+        <v>25</v>
+      </c>
+      <c r="C33" s="302">
+        <f t="shared" si="0"/>
+        <v>2001</v>
+      </c>
+      <c r="D33" s="329">
+        <v>48</v>
+      </c>
+      <c r="E33" s="329">
+        <v>10</v>
+      </c>
+      <c r="F33" s="329">
+        <v>44</v>
+      </c>
+      <c r="G33" s="329">
+        <v>43</v>
+      </c>
+      <c r="H33" s="329">
+        <v>44</v>
+      </c>
+      <c r="I33" s="329">
+        <v>43</v>
+      </c>
+      <c r="J33" s="329">
+        <v>44</v>
+      </c>
+      <c r="K33" s="329">
+        <v>43</v>
+      </c>
+      <c r="L33" s="329">
+        <v>43</v>
+      </c>
+      <c r="M33" s="329">
+        <v>49</v>
+      </c>
+      <c r="N33" s="329">
+        <v>44</v>
+      </c>
+      <c r="O33" s="329">
+        <v>44</v>
+      </c>
+      <c r="P33" s="329">
+        <v>42</v>
+      </c>
+      <c r="Q33" s="329">
+        <v>44</v>
+      </c>
+      <c r="R33" s="329">
+        <v>44</v>
+      </c>
+      <c r="S33" s="328">
+        <v>89</v>
+      </c>
+      <c r="T33" s="329">
+        <v>49</v>
+      </c>
+      <c r="U33" s="329">
+        <v>49</v>
+      </c>
+      <c r="V33" s="328">
+        <v>90</v>
+      </c>
+      <c r="W33" s="329">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="34" spans="2:23">
+      <c r="B34" s="299">
+        <v>26</v>
+      </c>
+      <c r="C34" s="300">
+        <f t="shared" si="0"/>
+        <v>2000</v>
+      </c>
+      <c r="D34" s="326">
+        <v>44</v>
+      </c>
+      <c r="E34" s="325">
+        <v>10</v>
+      </c>
+      <c r="F34" s="325">
+        <v>45</v>
+      </c>
+      <c r="G34" s="325">
+        <v>44</v>
+      </c>
+      <c r="H34" s="325">
+        <v>45</v>
+      </c>
+      <c r="I34" s="325">
+        <v>44</v>
+      </c>
+      <c r="J34" s="325">
+        <v>45</v>
+      </c>
+      <c r="K34" s="325">
+        <v>44</v>
+      </c>
+      <c r="L34" s="325">
+        <v>44</v>
+      </c>
+      <c r="M34" s="325">
+        <v>51</v>
+      </c>
+      <c r="N34" s="325">
+        <v>45</v>
+      </c>
+      <c r="O34" s="325">
+        <v>45</v>
+      </c>
+      <c r="P34" s="325">
+        <v>43</v>
+      </c>
+      <c r="Q34" s="325">
+        <v>45</v>
+      </c>
+      <c r="R34" s="325">
+        <v>45</v>
+      </c>
+      <c r="S34" s="324">
+        <v>89</v>
+      </c>
+      <c r="T34" s="325">
+        <v>51</v>
+      </c>
+      <c r="U34" s="325">
+        <v>51</v>
+      </c>
+      <c r="V34" s="324">
+        <v>90</v>
+      </c>
+      <c r="W34" s="326">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="35" spans="2:23">
+      <c r="B35" s="301">
+        <v>27</v>
+      </c>
+      <c r="C35" s="302">
+        <f t="shared" si="0"/>
+        <v>1999</v>
+      </c>
+      <c r="D35" s="329">
+        <v>44</v>
+      </c>
+      <c r="E35" s="329">
+        <v>10</v>
+      </c>
+      <c r="F35" s="329">
+        <v>45</v>
+      </c>
+      <c r="G35" s="329">
+        <v>44</v>
+      </c>
+      <c r="H35" s="329">
+        <v>45</v>
+      </c>
+      <c r="I35" s="329">
+        <v>44</v>
+      </c>
+      <c r="J35" s="329">
+        <v>45</v>
+      </c>
+      <c r="K35" s="329">
+        <v>44</v>
+      </c>
+      <c r="L35" s="329">
+        <v>44</v>
+      </c>
+      <c r="M35" s="329">
+        <v>52</v>
+      </c>
+      <c r="N35" s="329">
+        <v>45</v>
+      </c>
+      <c r="O35" s="329">
+        <v>45</v>
+      </c>
+      <c r="P35" s="329">
+        <v>43</v>
+      </c>
+      <c r="Q35" s="329">
+        <v>45</v>
+      </c>
+      <c r="R35" s="329">
+        <v>45</v>
+      </c>
+      <c r="S35" s="328">
+        <v>87</v>
+      </c>
+      <c r="T35" s="329">
+        <v>52</v>
+      </c>
+      <c r="U35" s="329">
+        <v>52</v>
+      </c>
+      <c r="V35" s="328">
+        <v>88</v>
+      </c>
+      <c r="W35" s="329">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="36" spans="2:23">
+      <c r="B36" s="299">
+        <v>28</v>
+      </c>
+      <c r="C36" s="300">
+        <f t="shared" si="0"/>
+        <v>1998</v>
+      </c>
+      <c r="D36" s="325">
+        <v>45</v>
+      </c>
+      <c r="E36" s="325">
+        <v>10</v>
+      </c>
+      <c r="F36" s="325">
+        <v>45</v>
+      </c>
+      <c r="G36" s="325">
+        <v>45</v>
+      </c>
+      <c r="H36" s="325">
+        <v>45</v>
+      </c>
+      <c r="I36" s="325">
+        <v>45</v>
+      </c>
+      <c r="J36" s="325">
+        <v>46</v>
+      </c>
+      <c r="K36" s="325">
+        <v>45</v>
+      </c>
+      <c r="L36" s="325">
+        <v>45</v>
+      </c>
+      <c r="M36" s="325">
+        <v>53</v>
+      </c>
+      <c r="N36" s="325">
+        <v>46</v>
+      </c>
+      <c r="O36" s="325">
+        <v>45</v>
+      </c>
+      <c r="P36" s="325">
+        <v>44</v>
+      </c>
+      <c r="Q36" s="325">
+        <v>46</v>
+      </c>
+      <c r="R36" s="325">
+        <v>45</v>
+      </c>
+      <c r="S36" s="324">
+        <v>87</v>
+      </c>
+      <c r="T36" s="325">
+        <v>53</v>
+      </c>
+      <c r="U36" s="325">
+        <v>53</v>
+      </c>
+      <c r="V36" s="324">
+        <v>88</v>
+      </c>
+      <c r="W36" s="325">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="37" spans="2:23">
+      <c r="B37" s="301">
+        <v>29</v>
+      </c>
+      <c r="C37" s="302">
+        <f t="shared" si="0"/>
+        <v>1997</v>
+      </c>
+      <c r="D37" s="329">
+        <v>45</v>
+      </c>
+      <c r="E37" s="329">
+        <v>10</v>
+      </c>
+      <c r="F37" s="329">
+        <v>46</v>
+      </c>
+      <c r="G37" s="329">
+        <v>45</v>
+      </c>
+      <c r="H37" s="329">
+        <v>46</v>
+      </c>
+      <c r="I37" s="329">
+        <v>45</v>
+      </c>
+      <c r="J37" s="329">
+        <v>47</v>
+      </c>
+      <c r="K37" s="329">
+        <v>45</v>
+      </c>
+      <c r="L37" s="329">
+        <v>45</v>
+      </c>
+      <c r="M37" s="329">
+        <v>54</v>
+      </c>
+      <c r="N37" s="329">
+        <v>47</v>
+      </c>
+      <c r="O37" s="329">
+        <v>46</v>
+      </c>
+      <c r="P37" s="329">
+        <v>45</v>
+      </c>
+      <c r="Q37" s="329">
+        <v>47</v>
+      </c>
+      <c r="R37" s="329">
+        <v>46</v>
+      </c>
+      <c r="S37" s="328">
+        <v>85</v>
+      </c>
+      <c r="T37" s="329">
+        <v>54</v>
+      </c>
+      <c r="U37" s="329">
+        <v>54</v>
+      </c>
+      <c r="V37" s="328">
+        <v>87</v>
+      </c>
+      <c r="W37" s="329">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="38" spans="2:23" ht="13.5" thickBot="1">
+      <c r="B38" s="303">
+        <v>30</v>
+      </c>
+      <c r="C38" s="300">
+        <f t="shared" si="0"/>
+        <v>1996</v>
+      </c>
+      <c r="D38" s="325">
+        <v>46</v>
+      </c>
+      <c r="E38" s="325">
+        <v>10</v>
+      </c>
+      <c r="F38" s="325">
+        <v>47</v>
+      </c>
+      <c r="G38" s="325">
+        <v>46</v>
+      </c>
+      <c r="H38" s="325">
+        <v>47</v>
+      </c>
+      <c r="I38" s="325">
+        <v>46</v>
+      </c>
+      <c r="J38" s="325">
+        <v>47</v>
+      </c>
+      <c r="K38" s="325">
+        <v>46</v>
+      </c>
+      <c r="L38" s="325">
+        <v>46</v>
+      </c>
+      <c r="M38" s="325">
+        <v>55</v>
+      </c>
+      <c r="N38" s="325">
+        <v>47</v>
+      </c>
+      <c r="O38" s="325">
+        <v>47</v>
+      </c>
+      <c r="P38" s="325">
+        <v>45</v>
+      </c>
+      <c r="Q38" s="325">
+        <v>47</v>
+      </c>
+      <c r="R38" s="325">
+        <v>47</v>
+      </c>
+      <c r="S38" s="324">
+        <v>83</v>
+      </c>
+      <c r="T38" s="325">
+        <v>55</v>
+      </c>
+      <c r="U38" s="325">
+        <v>55</v>
+      </c>
+      <c r="V38" s="324">
+        <v>86</v>
+      </c>
+      <c r="W38" s="325">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="39" spans="2:23">
+      <c r="W39" s="115"/>
+    </row>
+    <row r="40" spans="2:23">
+      <c r="B40" s="102" t="s">
+        <v>585</v>
+      </c>
+      <c r="C40" s="102" t="s">
         <v>597</v>
       </c>
-      <c r="T6" s="126">
-[...2096 lines deleted...]
-      <c r="C40" s="109" t="s">
+      <c r="W40" s="115"/>
+    </row>
+    <row r="41" spans="2:23">
+      <c r="C41" s="102" t="s">
         <v>598</v>
       </c>
-      <c r="W40" s="138"/>
-[...2 lines deleted...]
-      <c r="C41" s="109" t="s">
+      <c r="W41" s="115"/>
+    </row>
+    <row r="42" spans="2:23">
+      <c r="C42" s="102" t="s">
         <v>599</v>
       </c>
-      <c r="W41" s="138"/>
-[...5 lines deleted...]
-      <c r="W42" s="138"/>
+      <c r="W42" s="115"/>
     </row>
     <row r="43" spans="2:23">
-      <c r="B43" s="139"/>
-      <c r="W43" s="138"/>
+      <c r="B43" s="116"/>
+      <c r="C43" s="102" t="s">
+        <v>830</v>
+      </c>
+      <c r="W43" s="115"/>
     </row>
     <row r="44" spans="2:23">
-      <c r="W44" s="138"/>
+      <c r="W44" s="115"/>
     </row>
     <row r="45" spans="2:23">
-      <c r="W45" s="138"/>
+      <c r="W45" s="115"/>
     </row>
     <row r="46" spans="2:23">
-      <c r="W46" s="138"/>
+      <c r="W46" s="115"/>
     </row>
     <row r="47" spans="2:23">
-      <c r="W47" s="138"/>
+      <c r="W47" s="115"/>
     </row>
     <row r="48" spans="2:23">
-      <c r="W48" s="138"/>
+      <c r="W48" s="115"/>
     </row>
     <row r="49" spans="23:23">
-      <c r="W49" s="138"/>
+      <c r="W49" s="115"/>
     </row>
     <row r="50" spans="23:23">
-      <c r="W50" s="138"/>
+      <c r="W50" s="115"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="B1:W1"/>
     <mergeCell ref="B2:W2"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="B6:C6"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.05" bottom="0.45" header="0" footer="0"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter xml:space="preserve">&amp;LIdaho Property Valuation Schedules
-&amp;C16
-&amp;REFO00210_01-01-2025
+&amp;C&amp;"Helv,Bold" 16&amp;"Helv,Regular"
+&amp;R
 </oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010034FC942C33666F4A859168EB163198B2" ma:contentTypeVersion="5" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7103e4b66a0cfb9cd8516c3fe473974d">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="8594631d-6d2c-4a1f-9532-be9dc19a67ab" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8cd887e56e4b419699b8a8d6304ebd77" ns3:_="">
     <xsd:import namespace="8594631d-6d2c-4a1f-9532-be9dc19a67ab"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8594631d-6d2c-4a1f-9532-be9dc19a67ab" elementFormDefault="qualified">
@@ -33339,135 +41426,139 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{56B911C4-988D-40BD-8175-B80591C49839}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C726D39D-9A55-4413-A7D2-3F0EA706615A}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="8594631d-6d2c-4a1f-9532-be9dc19a67ab"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F3C75060-9526-44F3-A0CB-F31A326005A1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8594631d-6d2c-4a1f-9532-be9dc19a67ab"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C726D39D-9A55-4413-A7D2-3F0EA706615A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{56B911C4-988D-40BD-8175-B80591C49839}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>15</vt:i4>
+        <vt:i4>16</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>18</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="33" baseType="lpstr">
+    <vt:vector size="34" baseType="lpstr">
       <vt:lpstr>changes</vt:lpstr>
       <vt:lpstr>memorandum</vt:lpstr>
       <vt:lpstr>contents</vt:lpstr>
       <vt:lpstr>index pg 1-10</vt:lpstr>
       <vt:lpstr>notes pg11-12</vt:lpstr>
       <vt:lpstr>trends pg13</vt:lpstr>
       <vt:lpstr>pp example pg14</vt:lpstr>
       <vt:lpstr>personal prop pg15</vt:lpstr>
       <vt:lpstr>industrial pg16</vt:lpstr>
       <vt:lpstr>agriculture pg17</vt:lpstr>
       <vt:lpstr>construction pg18</vt:lpstr>
       <vt:lpstr>supplemental pg19</vt:lpstr>
       <vt:lpstr>catv pg20</vt:lpstr>
       <vt:lpstr>wireless pg21</vt:lpstr>
       <vt:lpstr>isp pg22</vt:lpstr>
+      <vt:lpstr>Depreciation</vt:lpstr>
       <vt:lpstr>'pp example pg14'!OLE_LINK3</vt:lpstr>
       <vt:lpstr>'agriculture pg17'!Print_Area</vt:lpstr>
       <vt:lpstr>'catv pg20'!Print_Area</vt:lpstr>
       <vt:lpstr>changes!Print_Area</vt:lpstr>
       <vt:lpstr>'construction pg18'!Print_Area</vt:lpstr>
       <vt:lpstr>contents!Print_Area</vt:lpstr>
       <vt:lpstr>'index pg 1-10'!Print_Area</vt:lpstr>
       <vt:lpstr>'industrial pg16'!Print_Area</vt:lpstr>
       <vt:lpstr>'isp pg22'!Print_Area</vt:lpstr>
       <vt:lpstr>memorandum!Print_Area</vt:lpstr>
       <vt:lpstr>'notes pg11-12'!Print_Area</vt:lpstr>
       <vt:lpstr>'personal prop pg15'!Print_Area</vt:lpstr>
       <vt:lpstr>'pp example pg14'!Print_Area</vt:lpstr>
       <vt:lpstr>'supplemental pg19'!Print_Area</vt:lpstr>
       <vt:lpstr>'trends pg13'!Print_Area</vt:lpstr>
       <vt:lpstr>'wireless pg21'!Print_Area</vt:lpstr>
       <vt:lpstr>'index pg 1-10'!Print_Titles</vt:lpstr>
       <vt:lpstr>'notes pg11-12'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>