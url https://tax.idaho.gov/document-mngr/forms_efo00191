--- v0 (2025-10-01)
+++ v1 (2026-02-22)
@@ -16,60 +16,60 @@
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\AllisonD\Website Updates Documents\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{567A3152-D565-407C-AE1F-A66954FDA52F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{A1E080E8-B345-4CBE-B6FA-A1BAED60C90E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="629" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="629" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Cover" sheetId="18" r:id="rId1"/>
     <sheet name="Instructions Pg1" sheetId="2" r:id="rId2"/>
     <sheet name="market info Pg2" sheetId="3" r:id="rId3"/>
     <sheet name="Summary Pg3" sheetId="4" r:id="rId4"/>
     <sheet name="Bldgs Pg4" sheetId="5" r:id="rId5"/>
     <sheet name="FF&amp;E Pg5" sheetId="7" r:id="rId6"/>
     <sheet name="M&amp;E Pg6" sheetId="8" r:id="rId7"/>
     <sheet name="Mobile Equipment Pg7" sheetId="9" r:id="rId8"/>
     <sheet name="Misc., Yard Items Pg8" sheetId="10" r:id="rId9"/>
     <sheet name="CWIP Pg9" sheetId="11" r:id="rId10"/>
     <sheet name="Land Pg10" sheetId="12" r:id="rId11"/>
     <sheet name="Pollution Pg11" sheetId="13" r:id="rId12"/>
     <sheet name="Leased Pg12" sheetId="14" r:id="rId13"/>
     <sheet name="ExemptInLieuTxCr8-7-03 Pg13" sheetId="26" r:id="rId14"/>
     <sheet name="IntangExempt Pg14" sheetId="22" r:id="rId15"/>
     <sheet name="LegalDescrip Pg15" sheetId="25" r:id="rId16"/>
     <sheet name="Income Pg16 " sheetId="17" r:id="rId17"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="14">'IntangExempt Pg14'!$A$1:$G$26</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="15">'LegalDescrip Pg15'!$A$1:$F$37</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
@@ -896,63 +896,63 @@
     </r>
   </si>
   <si>
     <r>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>For the percentage (%) column, report the percentage of the described asset that is devoted exclusively to water and/or air pollution control.</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Idaho Code §63-602P provides a property tax exemption for property which is designed, installed, and utilized for the elimination, control, or prevention of water and/or air pollution.  See Idaho Code §63-602P and Property Tax Administrative Rule 619 (IDAPA 35.01.03.619) for qualifications for this property tax exemption.  Lack of required information below shall be grounds for denial. </t>
   </si>
   <si>
     <t>Taxpayers will avoid the need to file a separate exemption application by completing and filing this page with the rest of their Annual Report completion.</t>
   </si>
   <si>
     <t xml:space="preserve">I hereby declare the following property items control water or air pollution, and petition the Board of Commissioners for a property tax exemption.   </t>
   </si>
   <si>
-    <t>Return to county assessor's office by March 14, 2025</t>
-[...11 lines deleted...]
-    <t xml:space="preserve"> have not been included elsewhere in this report.  Report the costs as of December 31, 2024.  (Report actual costs.  Do not deduct for</t>
+    <t>This report and any additional documentation apply to all property assessable on January 1, 2026.</t>
+  </si>
+  <si>
+    <t>2026.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> have not been included elsewhere in this report.  Report the costs as of December 31, 2025.  (Report actual costs.  Do not deduct for</t>
+  </si>
+  <si>
+    <t>Return to county assessor's office by March 15, 2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">You must submit this information to the _______________ county assessor's office by March 15,  </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
@@ -3793,83 +3793,84 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
+    <tabColor theme="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L47"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B36" sqref="B36"/>
+    <sheetView tabSelected="1" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="L15" sqref="L15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2" customWidth="1"/>
     <col min="2" max="2" width="10" customWidth="1"/>
     <col min="3" max="3" width="9.7109375" customWidth="1"/>
     <col min="4" max="4" width="7.42578125" customWidth="1"/>
     <col min="5" max="5" width="17.28515625" customWidth="1"/>
     <col min="6" max="8" width="12.42578125" customWidth="1"/>
     <col min="9" max="9" width="7.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A1" s="114"/>
       <c r="B1" s="115"/>
       <c r="C1" s="115"/>
       <c r="D1" s="115"/>
       <c r="E1" s="115"/>
       <c r="F1" s="115"/>
       <c r="G1" s="115"/>
       <c r="H1" s="115"/>
       <c r="I1" s="116"/>
     </row>
     <row r="2" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="156">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="B2" s="157"/>
       <c r="C2" s="157"/>
       <c r="D2" s="157"/>
       <c r="E2" s="157"/>
       <c r="F2" s="157"/>
       <c r="G2" s="157"/>
       <c r="H2" s="157"/>
       <c r="I2" s="158"/>
     </row>
     <row r="3" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="156" t="s">
         <v>67</v>
       </c>
       <c r="B3" s="157"/>
       <c r="C3" s="157"/>
       <c r="D3" s="157"/>
       <c r="E3" s="157"/>
       <c r="F3" s="157"/>
       <c r="G3" s="157"/>
       <c r="H3" s="157"/>
       <c r="I3" s="158"/>
     </row>
     <row r="4" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="156" t="s">
@@ -4110,51 +4111,51 @@
       <c r="D33" s="1"/>
       <c r="E33" s="1"/>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
       <c r="I33" s="5"/>
     </row>
     <row r="34" spans="1:9" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A34" s="8"/>
       <c r="B34" s="9"/>
       <c r="C34" s="9"/>
       <c r="D34" s="22"/>
       <c r="E34" s="9"/>
       <c r="F34" s="9"/>
       <c r="G34" s="9"/>
       <c r="H34" s="9"/>
       <c r="I34" s="10"/>
     </row>
     <row r="35" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="4"/>
       <c r="I35" s="5"/>
     </row>
     <row r="36" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="4"/>
       <c r="B36" s="12" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="I36" s="5"/>
     </row>
     <row r="37" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="4"/>
       <c r="I37" s="5"/>
     </row>
     <row r="38" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="4"/>
       <c r="I38" s="5"/>
     </row>
     <row r="39" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="4"/>
       <c r="I39" s="5"/>
     </row>
     <row r="40" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="4"/>
       <c r="I40" s="5"/>
     </row>
     <row r="41" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="4"/>
       <c r="I41" s="5"/>
     </row>
     <row r="42" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="4"/>
@@ -4180,56 +4181,57 @@
       <c r="E46" s="9"/>
       <c r="F46" s="9"/>
       <c r="G46" s="9"/>
       <c r="H46" s="9"/>
       <c r="I46" s="10"/>
     </row>
     <row r="47" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A5:I5"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.75" right="0.75" top="0.5" bottom="0.5" header="0.25" footer="0.25"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <sheetPr>
+    <tabColor theme="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K67"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="A8" sqref="A8"/>
+    <sheetView topLeftCell="A11" workbookViewId="0">
+      <selection activeCell="I32" sqref="I32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="7.5703125" customWidth="1"/>
     <col min="3" max="3" width="56.5703125" customWidth="1"/>
     <col min="4" max="5" width="7.5703125" customWidth="1"/>
     <col min="6" max="6" width="15.42578125" customWidth="1"/>
     <col min="8" max="8" width="25.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="15" x14ac:dyDescent="0.2">
       <c r="A1" s="114"/>
       <c r="B1" s="129"/>
       <c r="C1" s="129"/>
       <c r="D1" s="129"/>
       <c r="E1" s="129"/>
       <c r="F1" s="129"/>
       <c r="G1" s="129"/>
       <c r="H1" s="130"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
     </row>
     <row r="2" spans="1:11" s="72" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
@@ -4276,51 +4278,51 @@
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="14"/>
       <c r="I5" s="2"/>
       <c r="J5" s="2"/>
       <c r="K5" s="2"/>
     </row>
     <row r="6" spans="1:11" ht="15" x14ac:dyDescent="0.2">
       <c r="A6" s="6" t="s">
         <v>192</v>
       </c>
       <c r="C6" s="2"/>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="14"/>
       <c r="I6" s="2"/>
       <c r="J6" s="2"/>
       <c r="K6" s="2"/>
     </row>
     <row r="7" spans="1:11" ht="15" x14ac:dyDescent="0.2">
       <c r="A7" s="6" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
     </row>
     <row r="8" spans="1:11" ht="15" x14ac:dyDescent="0.2">
       <c r="A8" s="6" t="s">
         <v>159</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="14"/>
       <c r="I8" s="2"/>
       <c r="J8" s="2"/>
       <c r="K8" s="2"/>
@@ -5085,51 +5087,51 @@
       <c r="D67" s="2"/>
       <c r="E67" s="2"/>
       <c r="F67" s="2"/>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
       <c r="I67" s="2"/>
       <c r="J67" s="2"/>
       <c r="K67" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A22:H22"/>
     <mergeCell ref="C14:E14"/>
     <mergeCell ref="C18:E18"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A9:H9"/>
     <mergeCell ref="A10:B10"/>
     <mergeCell ref="C10:E10"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0.25" footer="0.25"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;L&amp;8Industrial Property Report&amp;C&amp;8 9&amp;R&amp;8EFO00191_01-01-2025</oddFooter>
+    <oddFooter>&amp;L&amp;8Industrial Property Report&amp;C&amp;8 9</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H70"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A9" sqref="A9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="15.28515625" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" customWidth="1"/>
     <col min="3" max="3" width="67.140625" customWidth="1"/>
     <col min="4" max="4" width="15.42578125" customWidth="1"/>
     <col min="5" max="5" width="25.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" x14ac:dyDescent="0.2">
@@ -5845,52 +5847,51 @@
       <c r="E69" s="2"/>
       <c r="F69" s="2"/>
       <c r="G69" s="2"/>
       <c r="H69" s="2"/>
     </row>
     <row r="70" spans="1:8" ht="15" x14ac:dyDescent="0.2">
       <c r="A70" s="2"/>
       <c r="B70" s="2"/>
       <c r="C70" s="2"/>
       <c r="D70" s="2"/>
       <c r="E70" s="2"/>
       <c r="F70" s="2"/>
       <c r="G70" s="2"/>
       <c r="H70" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0.25" footer="0.25"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter xml:space="preserve">&amp;L&amp;8Industrial Property Report&amp;C&amp;8 10&amp;R&amp;8EFO00191_01-01-2025
-</oddFooter>
+    <oddFooter>&amp;L&amp;8Industrial Property Report&amp;C&amp;8 10</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H60"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A13" sqref="A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="15.28515625" customWidth="1"/>
     <col min="2" max="2" width="71.140625" customWidth="1"/>
     <col min="3" max="3" width="17.7109375" customWidth="1"/>
     <col min="4" max="4" width="23.5703125" customWidth="1"/>
     <col min="5" max="5" width="8.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
@@ -6493,63 +6494,63 @@
       <c r="H59" s="2"/>
     </row>
     <row r="60" spans="1:8" ht="15" x14ac:dyDescent="0.2">
       <c r="A60" s="2"/>
       <c r="B60" s="2"/>
       <c r="C60" s="2"/>
       <c r="D60" s="2"/>
       <c r="E60" s="2"/>
       <c r="F60" s="2"/>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A6:E6"/>
     <mergeCell ref="A8:E8"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0.25" footer="0.25"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;L&amp;8Industrial Property Report&amp;C&amp;8 11&amp;R&amp;8EFO00191_01-01-2025</oddFooter>
+    <oddFooter>&amp;L&amp;8Industrial Property Report&amp;C&amp;8 11</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H37"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
+    <sheetView topLeftCell="A8" workbookViewId="0">
       <selection activeCell="B11" sqref="B11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" customWidth="1"/>
     <col min="2" max="2" width="49.5703125" customWidth="1"/>
     <col min="3" max="3" width="31.7109375" customWidth="1"/>
     <col min="4" max="4" width="9.85546875" customWidth="1"/>
     <col min="5" max="5" width="8.5703125" customWidth="1"/>
     <col min="6" max="6" width="8.7109375" customWidth="1"/>
     <col min="7" max="7" width="12.140625" customWidth="1"/>
     <col min="8" max="8" width="13.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A1" s="114"/>
       <c r="B1" s="115"/>
       <c r="C1" s="115"/>
       <c r="D1" s="115"/>
       <c r="E1" s="115"/>
       <c r="F1" s="115"/>
       <c r="G1" s="115"/>
       <c r="H1" s="116"/>
     </row>
@@ -6912,51 +6913,51 @@
       <c r="A36" s="8"/>
       <c r="B36" s="77"/>
       <c r="C36" s="68"/>
       <c r="D36" s="68"/>
       <c r="E36" s="68"/>
       <c r="F36" s="68"/>
       <c r="G36" s="68"/>
       <c r="H36" s="10"/>
     </row>
     <row r="37" spans="1:8" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A37" s="39" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A6:H6"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0.25" footer="0.25"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;L&amp;8Industrial Property Report&amp;C&amp;8 12&amp;R&amp;8EFO00191_01-01-2025</oddFooter>
+    <oddFooter>&amp;L&amp;8Industrial Property Report&amp;C&amp;8 12</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:F36"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A15" sqref="A15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="15.5703125" customWidth="1"/>
     <col min="2" max="2" width="60.7109375" customWidth="1"/>
     <col min="3" max="3" width="10.5703125" customWidth="1"/>
     <col min="4" max="5" width="12.7109375" customWidth="1"/>
     <col min="6" max="6" width="22.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.2">
@@ -7279,51 +7280,51 @@
       <c r="A35" s="2"/>
       <c r="B35" s="2"/>
       <c r="C35" s="2"/>
       <c r="D35" s="2"/>
       <c r="E35" s="2"/>
       <c r="F35" s="2"/>
     </row>
     <row r="36" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A36" s="70"/>
       <c r="B36" s="70"/>
       <c r="C36" s="70"/>
       <c r="D36" s="70"/>
       <c r="E36" s="70"/>
       <c r="F36" s="70"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A2:F2"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0.25" footer="0.25"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;L&amp;8Industrial Property Report&amp;C&amp;8 13&amp;R&amp;8EFO00191_01-01-2025</oddFooter>
+    <oddFooter>&amp;L&amp;8Industrial Property Report&amp;C&amp;8 13</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I60"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B12" sqref="B12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.7109375" customWidth="1"/>
     <col min="2" max="2" width="18.140625" customWidth="1"/>
     <col min="3" max="3" width="59.5703125" customWidth="1"/>
     <col min="4" max="4" width="15.5703125" customWidth="1"/>
     <col min="5" max="6" width="20" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" customWidth="1"/>
     <col min="9" max="9" width="16.42578125" customWidth="1"/>
     <col min="10" max="10" width="14.5703125" customWidth="1"/>
@@ -7967,51 +7968,51 @@
       <c r="I58" s="69"/>
     </row>
     <row r="60" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A60" s="69"/>
       <c r="B60" s="69"/>
       <c r="C60" s="69"/>
       <c r="D60" s="69"/>
       <c r="E60" s="69"/>
       <c r="F60" s="69"/>
       <c r="G60" s="69"/>
       <c r="H60" s="69"/>
       <c r="I60" s="69"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0.25" footer="0.25"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;L&amp;8Industrial Property Report&amp;C&amp;8 14&amp;R&amp;8EFO00191_01-01-2025</oddFooter>
+    <oddFooter>&amp;L&amp;8Industrial Property Report&amp;C&amp;8 14</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I37"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B7" sqref="B7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="6.5703125" customWidth="1"/>
     <col min="2" max="5" width="22.7109375" customWidth="1"/>
     <col min="6" max="6" width="6.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="206" t="s">
         <v>154</v>
@@ -8302,64 +8303,64 @@
       <c r="F35" s="5"/>
     </row>
     <row r="36" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A36" s="4"/>
       <c r="F36" s="5"/>
     </row>
     <row r="37" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A37" s="8"/>
       <c r="B37" s="9"/>
       <c r="C37" s="9"/>
       <c r="D37" s="9"/>
       <c r="E37" s="9"/>
       <c r="F37" s="10"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="B5:E5"/>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0.25" footer="0.25"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;L&amp;8Industrial Property Report&amp;C&amp;8 15&amp;R&amp;8EFO00191_01-01-2025</oddFooter>
+    <oddFooter>&amp;L&amp;8Industrial Property Report&amp;C&amp;8 15</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:J30"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="Q29" sqref="Q29"/>
+    <sheetView topLeftCell="A22" workbookViewId="0">
+      <selection activeCell="K44" sqref="K44"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <sheetData>
     <row r="1" spans="1:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="114"/>
       <c r="B1" s="115"/>
       <c r="C1" s="115"/>
       <c r="D1" s="115"/>
       <c r="E1" s="115"/>
       <c r="F1" s="115"/>
       <c r="G1" s="115"/>
       <c r="H1" s="115"/>
       <c r="I1" s="115"/>
       <c r="J1" s="116"/>
     </row>
     <row r="2" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="169" t="s">
         <v>155</v>
       </c>
       <c r="B2" s="170"/>
       <c r="C2" s="170"/>
       <c r="D2" s="170"/>
       <c r="E2" s="170"/>
       <c r="F2" s="170"/>
@@ -8731,64 +8732,65 @@
       <c r="J29" s="14"/>
     </row>
     <row r="30" spans="1:10" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A30" s="8"/>
       <c r="B30" s="9"/>
       <c r="C30" s="9"/>
       <c r="D30" s="9"/>
       <c r="E30" s="9"/>
       <c r="F30" s="9"/>
       <c r="G30" s="9"/>
       <c r="H30" s="9"/>
       <c r="I30" s="9"/>
       <c r="J30" s="10"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A3:J3"/>
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="A14:J14"/>
     <mergeCell ref="A15:J15"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="0.5" bottom="0.52" header="0.5" footer="0.5"/>
   <pageSetup scale="93" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;L&amp;8Industrial Property Report&amp;C&amp;8 16&amp;R&amp;8EFO00191_01-01-2025</oddFooter>
+    <oddFooter>&amp;L&amp;8Industrial Property Report&amp;C&amp;8 16</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
+    <tabColor theme="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L67"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C8" sqref="C8"/>
+      <selection activeCell="L8" sqref="L8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1" customWidth="1"/>
     <col min="2" max="2" width="3.7109375" customWidth="1"/>
     <col min="12" max="12" width="17.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="159" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="160"/>
       <c r="C1" s="161"/>
       <c r="D1" s="161"/>
       <c r="E1" s="161"/>
       <c r="F1" s="161"/>
       <c r="G1" s="161"/>
       <c r="H1" s="161"/>
       <c r="I1" s="161"/>
       <c r="J1" s="161"/>
       <c r="K1" s="161"/>
       <c r="L1" s="162"/>
     </row>
@@ -8854,67 +8856,67 @@
       <c r="I5" s="2"/>
       <c r="J5" s="2"/>
       <c r="K5" s="2"/>
       <c r="L5" s="14"/>
     </row>
     <row r="6" spans="1:12" ht="15" x14ac:dyDescent="0.2">
       <c r="A6" s="6"/>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
       <c r="J6" s="2"/>
       <c r="K6" s="2"/>
       <c r="L6" s="14"/>
     </row>
     <row r="7" spans="1:12" ht="15" x14ac:dyDescent="0.2">
       <c r="A7" s="108"/>
       <c r="B7" s="112" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="14"/>
     </row>
     <row r="8" spans="1:12" ht="15" x14ac:dyDescent="0.2">
       <c r="A8" s="6"/>
       <c r="B8" s="2"/>
       <c r="C8" s="2" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
       <c r="J8" s="2"/>
       <c r="K8" s="2"/>
       <c r="L8" s="14"/>
     </row>
     <row r="9" spans="1:12" ht="15" x14ac:dyDescent="0.2">
       <c r="A9" s="6"/>
       <c r="B9" s="2"/>
       <c r="C9" s="112" t="s">
         <v>246</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
       <c r="I9" s="2"/>
       <c r="J9" s="2"/>
       <c r="K9" s="2"/>
@@ -9790,64 +9792,65 @@
       <c r="L66" s="2"/>
     </row>
     <row r="67" spans="1:12" ht="15" x14ac:dyDescent="0.2">
       <c r="A67" s="2"/>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
       <c r="D67" s="2"/>
       <c r="E67" s="2"/>
       <c r="F67" s="2"/>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
       <c r="I67" s="2"/>
       <c r="J67" s="2"/>
       <c r="K67" s="2"/>
       <c r="L67" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:L1"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0.25" footer="0.25"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;L&amp;8Industrial Property Report&amp;C&amp;8 1&amp;R&amp;8EFO00191_01-01-2025</oddFooter>
+    <oddFooter>&amp;L&amp;8Industrial Property Report&amp;C&amp;8 1</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
+    <tabColor theme="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L116"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="O15" sqref="O15"/>
+    <sheetView topLeftCell="A12" workbookViewId="0">
+      <selection activeCell="D16" sqref="D16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.7109375" customWidth="1"/>
     <col min="2" max="2" width="9" customWidth="1"/>
     <col min="4" max="4" width="7.7109375" customWidth="1"/>
     <col min="5" max="5" width="10.28515625" customWidth="1"/>
     <col min="7" max="7" width="5.7109375" customWidth="1"/>
     <col min="8" max="8" width="14.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="114"/>
       <c r="B1" s="115"/>
       <c r="C1" s="115"/>
       <c r="D1" s="115"/>
       <c r="E1" s="115"/>
       <c r="F1" s="115"/>
       <c r="G1" s="115"/>
       <c r="H1" s="115"/>
       <c r="I1" s="115"/>
       <c r="J1" s="115"/>
       <c r="K1" s="115"/>
       <c r="L1" s="116"/>
@@ -10024,195 +10027,195 @@
       <c r="J12" s="3"/>
       <c r="K12" s="3"/>
       <c r="L12" s="14"/>
     </row>
     <row r="13" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="6"/>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="7"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
       <c r="J13" s="2"/>
       <c r="K13" s="2"/>
       <c r="L13" s="14"/>
     </row>
     <row r="14" spans="1:12" ht="18" x14ac:dyDescent="0.2">
       <c r="A14" s="6"/>
       <c r="B14" s="2" t="s">
         <v>84</v>
       </c>
       <c r="C14" s="2"/>
       <c r="D14" s="2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="E14" s="3"/>
       <c r="F14" s="3"/>
       <c r="G14" s="11" t="s">
         <v>22</v>
       </c>
       <c r="H14" s="3"/>
       <c r="I14" s="19" t="s">
         <v>23</v>
       </c>
       <c r="J14" s="19" t="s">
         <v>24</v>
       </c>
       <c r="K14" s="19" t="s">
         <v>25</v>
       </c>
       <c r="L14" s="14"/>
     </row>
     <row r="15" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="6"/>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="19"/>
       <c r="L15" s="14"/>
     </row>
     <row r="16" spans="1:12" ht="18" x14ac:dyDescent="0.2">
       <c r="A16" s="6"/>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2">
         <f>D14-1</f>
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E16" s="3"/>
       <c r="F16" s="3"/>
       <c r="G16" s="11" t="s">
         <v>22</v>
       </c>
       <c r="H16" s="3"/>
       <c r="I16" s="19" t="s">
         <v>23</v>
       </c>
       <c r="J16" s="19" t="s">
         <v>24</v>
       </c>
       <c r="K16" s="19" t="s">
         <v>25</v>
       </c>
       <c r="L16" s="14"/>
     </row>
     <row r="17" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="6"/>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="19"/>
       <c r="L17" s="14"/>
     </row>
     <row r="18" spans="1:12" ht="18" x14ac:dyDescent="0.2">
       <c r="A18" s="6"/>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="2">
         <f>D16-1</f>
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="11" t="s">
         <v>22</v>
       </c>
       <c r="H18" s="3"/>
       <c r="I18" s="19" t="s">
         <v>23</v>
       </c>
       <c r="J18" s="19" t="s">
         <v>24</v>
       </c>
       <c r="K18" s="19" t="s">
         <v>25</v>
       </c>
       <c r="L18" s="14"/>
     </row>
     <row r="19" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="6"/>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="19"/>
       <c r="L19" s="14"/>
     </row>
     <row r="20" spans="1:12" ht="18" x14ac:dyDescent="0.2">
       <c r="A20" s="6"/>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="2">
         <f>D18-1</f>
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="11" t="s">
         <v>22</v>
       </c>
       <c r="H20" s="3"/>
       <c r="I20" s="19" t="s">
         <v>23</v>
       </c>
       <c r="J20" s="19" t="s">
         <v>24</v>
       </c>
       <c r="K20" s="19" t="s">
         <v>25</v>
       </c>
       <c r="L20" s="14"/>
     </row>
     <row r="21" spans="1:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="6"/>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="2"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="19"/>
       <c r="L21" s="14"/>
     </row>
     <row r="22" spans="1:12" ht="18" x14ac:dyDescent="0.2">
       <c r="A22" s="6"/>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="2">
         <f>D20-1</f>
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="11" t="s">
         <v>22</v>
       </c>
       <c r="H22" s="3"/>
       <c r="I22" s="19" t="s">
         <v>23</v>
       </c>
       <c r="J22" s="19" t="s">
         <v>24</v>
       </c>
       <c r="K22" s="19" t="s">
         <v>25</v>
       </c>
       <c r="L22" s="14"/>
     </row>
     <row r="23" spans="1:12" ht="18" x14ac:dyDescent="0.2">
       <c r="A23" s="6"/>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="2"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
@@ -11549,64 +11552,64 @@
       <c r="A116" s="2"/>
       <c r="B116" s="2"/>
       <c r="C116" s="2"/>
       <c r="D116" s="2"/>
       <c r="E116" s="2"/>
       <c r="F116" s="2"/>
       <c r="G116" s="2"/>
       <c r="H116" s="2"/>
       <c r="I116" s="2"/>
       <c r="J116" s="2"/>
       <c r="K116" s="2"/>
       <c r="L116" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A49:L49"/>
     <mergeCell ref="A31:L31"/>
     <mergeCell ref="A3:L3"/>
     <mergeCell ref="A2:L2"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0.25" footer="0.25"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;L&amp;8Industrial Property Report&amp;C&amp;8 2&amp;R&amp;8EFO00191_01-01-2025</oddFooter>
+    <oddFooter>&amp;L&amp;8Industrial Property Report&amp;C&amp;8 2</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:M47"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
+    <sheetView topLeftCell="A5" workbookViewId="0">
       <selection activeCell="G8" sqref="G8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.7109375" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" customWidth="1"/>
     <col min="3" max="3" width="11.5703125" customWidth="1"/>
     <col min="4" max="4" width="19.42578125" customWidth="1"/>
     <col min="5" max="5" width="34.42578125" customWidth="1"/>
     <col min="6" max="6" width="1.5703125" customWidth="1"/>
     <col min="7" max="7" width="21.85546875" customWidth="1"/>
     <col min="8" max="8" width="1.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="114"/>
       <c r="B1" s="115"/>
       <c r="C1" s="115"/>
       <c r="D1" s="115"/>
       <c r="E1" s="115"/>
       <c r="F1" s="115"/>
       <c r="G1" s="115"/>
       <c r="H1" s="116"/>
     </row>
@@ -12356,51 +12359,51 @@
       <c r="E47" s="2"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
       <c r="I47" s="2"/>
       <c r="J47" s="2"/>
       <c r="K47" s="2"/>
       <c r="L47" s="2"/>
       <c r="M47" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A6:H6"/>
     <mergeCell ref="A28:H28"/>
     <mergeCell ref="D14:D15"/>
     <mergeCell ref="D23:E23"/>
     <mergeCell ref="D22:E22"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0.25" footer="0.25"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;L&amp;8Industrial Property Report&amp;C&amp;8 3&amp;R&amp;8EFO00191_01-01-2025</oddFooter>
+    <oddFooter>&amp;L&amp;8Industrial Property Report&amp;C&amp;8 3</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H70"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A11" sqref="A11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="15.28515625" customWidth="1"/>
     <col min="2" max="2" width="71.5703125" customWidth="1"/>
     <col min="3" max="3" width="15.42578125" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" x14ac:dyDescent="0.2">
       <c r="A1" s="128"/>
@@ -13118,63 +13121,63 @@
       <c r="F69" s="2"/>
       <c r="G69" s="2"/>
       <c r="H69" s="2"/>
     </row>
     <row r="70" spans="1:8" ht="15" x14ac:dyDescent="0.2">
       <c r="A70" s="2"/>
       <c r="B70" s="2"/>
       <c r="C70" s="2"/>
       <c r="D70" s="2"/>
       <c r="E70" s="2"/>
       <c r="F70" s="2"/>
       <c r="G70" s="2"/>
       <c r="H70" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A9:E9"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0.25" footer="0.25"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;L&amp;8Industrial Property Report&amp;C&amp;8 4&amp;R&amp;8EFO00191_01-01-2025</oddFooter>
+    <oddFooter>&amp;L&amp;8Industrial Property Report&amp;C&amp;8 4</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H72"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
+    <sheetView topLeftCell="A2" workbookViewId="0">
       <selection activeCell="A11" sqref="A11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="15.28515625" customWidth="1"/>
     <col min="2" max="2" width="71.5703125" customWidth="1"/>
     <col min="3" max="3" width="15.42578125" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" x14ac:dyDescent="0.2">
       <c r="A1" s="128"/>
       <c r="B1" s="129"/>
       <c r="C1" s="129"/>
       <c r="D1" s="129"/>
       <c r="E1" s="130"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
     </row>
     <row r="2" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="169" t="s">
         <v>92</v>
       </c>
@@ -13897,63 +13900,63 @@
       <c r="F71" s="2"/>
       <c r="G71" s="2"/>
       <c r="H71" s="2"/>
     </row>
     <row r="72" spans="1:8" ht="15" x14ac:dyDescent="0.2">
       <c r="A72" s="2"/>
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
       <c r="D72" s="2"/>
       <c r="E72" s="2"/>
       <c r="F72" s="2"/>
       <c r="G72" s="2"/>
       <c r="H72" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A9:E9"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0.25" footer="0.25"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;L&amp;8Industrial Property Report&amp;C&amp;8 5&amp;R&amp;8EFO00191_01-01-2025</oddFooter>
+    <oddFooter>&amp;L&amp;8Industrial Property Report&amp;C&amp;8 5</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H73"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
+    <sheetView topLeftCell="A12" workbookViewId="0">
       <selection activeCell="A12" sqref="A12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="15.28515625" customWidth="1"/>
     <col min="2" max="2" width="71.5703125" customWidth="1"/>
     <col min="3" max="3" width="15.42578125" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" x14ac:dyDescent="0.2">
       <c r="A1" s="128"/>
       <c r="B1" s="129"/>
       <c r="C1" s="129"/>
       <c r="D1" s="129"/>
       <c r="E1" s="130"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
     </row>
     <row r="2" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="169" t="s">
         <v>99</v>
       </c>
@@ -14689,63 +14692,63 @@
       <c r="F72" s="2"/>
       <c r="G72" s="2"/>
       <c r="H72" s="2"/>
     </row>
     <row r="73" spans="1:8" ht="15" x14ac:dyDescent="0.2">
       <c r="A73" s="2"/>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
       <c r="D73" s="2"/>
       <c r="E73" s="2"/>
       <c r="F73" s="2"/>
       <c r="G73" s="2"/>
       <c r="H73" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0.25" footer="0.25"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;L&amp;8Industrial Property Report&amp;C&amp;8 6&amp;R&amp;8EFO00191_01-01-2025</oddFooter>
+    <oddFooter>&amp;L&amp;8Industrial Property Report&amp;C&amp;8 6</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H73"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
+    <sheetView topLeftCell="A17" workbookViewId="0">
       <selection activeCell="A12" sqref="A12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="15.28515625" customWidth="1"/>
     <col min="2" max="2" width="71.5703125" customWidth="1"/>
     <col min="3" max="3" width="15.42578125" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" x14ac:dyDescent="0.2">
       <c r="A1" s="128"/>
       <c r="B1" s="129"/>
       <c r="C1" s="129"/>
       <c r="D1" s="129"/>
       <c r="E1" s="130"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
     </row>
     <row r="2" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="169" t="s">
         <v>101</v>
       </c>
@@ -15481,51 +15484,51 @@
       <c r="F72" s="2"/>
       <c r="G72" s="2"/>
       <c r="H72" s="2"/>
     </row>
     <row r="73" spans="1:8" ht="15" x14ac:dyDescent="0.2">
       <c r="A73" s="2"/>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
       <c r="D73" s="2"/>
       <c r="E73" s="2"/>
       <c r="F73" s="2"/>
       <c r="G73" s="2"/>
       <c r="H73" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0.25" footer="0.25"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;L&amp;8Industrial Property Report&amp;C&amp;8 7&amp;R&amp;8EFO00191_01-01-2025</oddFooter>
+    <oddFooter>&amp;L&amp;8Industrial Property Report&amp;C&amp;8 7</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H73"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A12" sqref="A12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="15.28515625" customWidth="1"/>
     <col min="2" max="2" width="71.5703125" customWidth="1"/>
     <col min="3" max="3" width="15.42578125" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" x14ac:dyDescent="0.2">
       <c r="A1" s="128"/>
@@ -16273,51 +16276,51 @@
       <c r="F72" s="2"/>
       <c r="G72" s="2"/>
       <c r="H72" s="2"/>
     </row>
     <row r="73" spans="1:8" ht="15" x14ac:dyDescent="0.2">
       <c r="A73" s="2"/>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
       <c r="D73" s="2"/>
       <c r="E73" s="2"/>
       <c r="F73" s="2"/>
       <c r="G73" s="2"/>
       <c r="H73" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0.25" footer="0.25"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;L&amp;8Industrial Property Report&amp;C&amp;8 8&amp;R&amp;8EFO00191_01-01-2025</oddFooter>
+    <oddFooter>&amp;L&amp;8Industrial Property Report&amp;C&amp;8 8</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>17</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>