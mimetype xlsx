--- v0 (2025-10-09)
+++ v1 (2026-03-29)
@@ -1,156 +1,169 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
+  <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\AllisonD\Website Updates Documents\Operating Property\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\AllisonD\Website Updates Documents\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{4F7E9302-C8C7-42CC-B2E1-4E0332D28FDB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{CB3DD603-6684-49DD-919B-045643BF658B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="mBYV/el3+ZEbZ0tz6+bn8OH9ntCKm8lAdNX4yvvCHgkd06icvZNbw4Xa/kxZJ0LCteoGHytvvWVVOImQcNj8SA==" workbookSaltValue="1xgDbIc6b3rBKCAiu3FYmQ==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="390" yWindow="390" windowWidth="21600" windowHeight="11385" tabRatio="857" activeTab="9" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="857" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Cover Letter" sheetId="48" r:id="rId1"/>
+    <sheet name="Cover Letter" sheetId="49" r:id="rId1"/>
     <sheet name="Cover Sheet" sheetId="1" r:id="rId2"/>
-    <sheet name="Table of Contents" sheetId="38" r:id="rId3"/>
-[...2 lines deleted...]
-    <sheet name="Forms" sheetId="42" r:id="rId6"/>
+    <sheet name="Table of Contents" sheetId="54" r:id="rId3"/>
+    <sheet name="General Instructions 1" sheetId="50" r:id="rId4"/>
+    <sheet name="General Instructions 2" sheetId="51" r:id="rId5"/>
+    <sheet name="Forms" sheetId="52" r:id="rId6"/>
     <sheet name="Contact Info" sheetId="14" r:id="rId7"/>
     <sheet name="Information Collection" sheetId="45" r:id="rId8"/>
     <sheet name="Cost Data" sheetId="46" r:id="rId9"/>
     <sheet name="Sales Data" sheetId="47" r:id="rId10"/>
   </sheets>
+  <externalReferences>
+    <externalReference r:id="rId11"/>
+    <externalReference r:id="rId12"/>
+  </externalReferences>
   <definedNames>
+    <definedName name="__ico1">[1]INTERCOxNOM!#REF!</definedName>
+    <definedName name="_1A">#REF!</definedName>
+    <definedName name="_ico1">[1]INTERCOxNOM!#REF!</definedName>
+    <definedName name="AT">#REF!</definedName>
+    <definedName name="BT_ASSETS_DETAILS">#REF!</definedName>
+    <definedName name="_xlnm.Database">[1]NOMINALS!#REF!</definedName>
+    <definedName name="DETAIL">#REF!</definedName>
+    <definedName name="DETAIL1">#REF!</definedName>
+    <definedName name="DETAIL2">#REF!</definedName>
+    <definedName name="DETAIL3">#REF!</definedName>
+    <definedName name="DETAIL4">#REF!</definedName>
+    <definedName name="DETAIL5">#REF!</definedName>
+    <definedName name="DETAIL6">#REF!</definedName>
+    <definedName name="DETAIL7">#REF!</definedName>
+    <definedName name="DETAIL8">#REF!</definedName>
+    <definedName name="LINE12">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="6">'Contact Info'!$A$1:$G$43</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="8">'Cost Data'!$A$1:$F$37</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Cover Letter'!$A$1:$D$52</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Cover Letter'!$A$1:$D$54</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Cover Sheet'!$A$1:$K$47</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="5">Forms!$A$1:$K$60</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="3">'General Instructions 1'!$A$1:$K$56</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="5">Forms!$A$1:$K$61</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">'General Instructions 1'!$A$1:$K$58</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'General Instructions 2'!$A$1:$K$57</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="7">'Information Collection'!$A$1:$K$52</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="9">'Sales Data'!$A$1:$G$35</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Table of Contents'!$A$1:$D$45</definedName>
+    <definedName name="SCHMREC">#REF!</definedName>
+    <definedName name="wrn.PRINT._.LTD." localSheetId="5" hidden="1">{"INT PAY",#N/A,FALSE,"LTD";"LTD=DWOY",#N/A,FALSE,"LTD"}</definedName>
+    <definedName name="wrn.PRINT._.LTD." localSheetId="3" hidden="1">{"INT PAY",#N/A,FALSE,"LTD";"LTD=DWOY",#N/A,FALSE,"LTD"}</definedName>
+    <definedName name="wrn.PRINT._.LTD." localSheetId="4" hidden="1">{"INT PAY",#N/A,FALSE,"LTD";"LTD=DWOY",#N/A,FALSE,"LTD"}</definedName>
+    <definedName name="wrn.PRINT._.LTD." localSheetId="2" hidden="1">{"INT PAY",#N/A,FALSE,"LTD";"LTD=DWOY",#N/A,FALSE,"LTD"}</definedName>
+    <definedName name="wrn.PRINT._.LTD." hidden="1">{"INT PAY",#N/A,FALSE,"LTD";"LTD=DWOY",#N/A,FALSE,"LTD"}</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="A12" i="48" l="1"/>
-[...1 lines deleted...]
-  <c r="A6" i="48"/>
+  <c r="B4" i="51" l="1"/>
+  <c r="B3" i="51"/>
+  <c r="B3" i="50"/>
+  <c r="B4" i="50"/>
+  <c r="A22" i="49"/>
+  <c r="A12" i="49"/>
+  <c r="B8" i="1" l="1"/>
   <c r="A22" i="45"/>
   <c r="A7" i="45"/>
-  <c r="B4" i="41"/>
-[...6 lines deleted...]
-  <c r="E6" i="45" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1466" uniqueCount="550">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="147" uniqueCount="113">
   <si>
     <t>Signature</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Idaho State Tax Commission</t>
-  </si>
-[...13 lines deleted...]
-    <t>propertytax@tax.idaho.gov</t>
   </si>
   <si>
     <t xml:space="preserve">Representative </t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Address Line 1</t>
   </si>
   <si>
     <t>Address Line 2</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Zip Code</t>
   </si>
   <si>
     <t>Country (if not in the U.S.)</t>
   </si>
@@ -225,145 +238,71 @@
       <t>Mapping and Tax Code Area Representative</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(receives tax code area mapping information)</t>
     </r>
   </si>
   <si>
     <t>THIS REPORT SHALL NOT BE CONSIDERED FILED IF NOT COMPLETED IN FULL</t>
   </si>
   <si>
-    <t>General Instructions</t>
-[...1 lines deleted...]
-  <si>
     <t>Contact Information</t>
   </si>
   <si>
     <t>Additional Information:</t>
   </si>
   <si>
     <t>Company Name:</t>
   </si>
   <si>
     <t>Printed Name and Title</t>
   </si>
   <si>
     <t>Under penalty of perjury, I hereby certify that this statement has been prepared under my direction 
 and supervision from the original books and records of said company and that the facts, statements, 
 and schedules in this statement are true, correct, and complete to the best of my knowledge.</t>
   </si>
   <si>
-    <t>Table of Contents</t>
-[...1 lines deleted...]
-  <si>
     <t>Tax Account ID #:</t>
   </si>
   <si>
-    <t>Page</t>
-[...67 lines deleted...]
-    <t xml:space="preserve">of the following: </t>
+    <t>Private Railcar Industry</t>
   </si>
   <si>
     <t>Fleet Information</t>
   </si>
   <si>
     <t>Information Collection</t>
   </si>
   <si>
     <t xml:space="preserve">  1.  Cars in fleet at beginning of year</t>
   </si>
   <si>
     <t xml:space="preserve">  4.  Cars in fleet at end of year</t>
   </si>
   <si>
     <t xml:space="preserve">  2.  Plus: Cars added during the year</t>
   </si>
   <si>
     <t xml:space="preserve">  3.  Less: Cars retired during the year</t>
   </si>
   <si>
     <t>Mileage Information</t>
   </si>
   <si>
     <t xml:space="preserve">  6.  Total system miles traveled by all cars owned, held, possessed, or controlled</t>
   </si>
@@ -395,50 +334,53 @@
     <t>Palouse River &amp; Coulee City (PRCC)</t>
   </si>
   <si>
     <t>Montana Rail Link (MRL)</t>
   </si>
   <si>
     <t>Pend Oreille Valley (POVR)</t>
   </si>
   <si>
     <t>St. Maries River (SMRR)</t>
   </si>
   <si>
     <t>Union Pacific (UPRR)</t>
   </si>
   <si>
     <t>Washington &amp; Idaho (WIR)</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Cost Data</t>
   </si>
   <si>
     <t>Sales Data</t>
+  </si>
+  <si>
+    <t>AAR Car Type1</t>
   </si>
   <si>
     <t>Year Built</t>
   </si>
   <si>
     <t>Year Acquired</t>
   </si>
   <si>
     <t>Quantity of Cars</t>
   </si>
   <si>
     <t>Acquisition Cost</t>
   </si>
   <si>
     <t>Complete this section for cars and locomotives acquired before the reporting year and sold during the reporting year for the purpose of transporting products by rail. Omit sales of wrecked cars.</t>
   </si>
   <si>
     <r>
       <t>AAR Car Type</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
@@ -521,50 +463,234 @@
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>³</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Replacement cost is the cost of a new car having comparable utility.</t>
     </r>
   </si>
   <si>
     <t>(Optional) Replacement Cost</t>
   </si>
   <si>
     <t>Total Mileage (should equal Mileage Information # 7):</t>
   </si>
   <si>
+    <t>Dear Operating Property Owner/Representative:</t>
+  </si>
+  <si>
+    <t>attached the statement in Microsoft Excel format. If you would prefer a paper copy, please contact us and we will</t>
+  </si>
+  <si>
+    <t>mail it to you.</t>
+  </si>
+  <si>
+    <t>Our goal is to provide a fair and equitable valuation for your property, and an accurate and complete submission</t>
+  </si>
+  <si>
+    <t>helps us achieve this. Under Idaho Code §63-404 (4), failing to submit a timely and complete statement may result</t>
+  </si>
+  <si>
+    <t>in an arbitrary assessment. Please review the instructions carefully and fill out all requested information to ensure</t>
+  </si>
+  <si>
+    <t>a correct assessment.</t>
+  </si>
+  <si>
+    <t>For your convenience, we encourage you to use the provided Excel format and submit the completed statement via</t>
+  </si>
+  <si>
+    <t>on the electronic form is legally binding under Idaho Code §28-50-107 (d).</t>
+  </si>
+  <si>
+    <t>Return the statement via email at:</t>
+  </si>
+  <si>
+    <t>propertytax@tax.idaho.gov</t>
+  </si>
+  <si>
+    <t>Or, if using a paper copy, please mail to:</t>
+  </si>
+  <si>
+    <t>Property Appraisal Bureau</t>
+  </si>
+  <si>
+    <t>P O Box 36</t>
+  </si>
+  <si>
+    <t>Boise, ID 83722</t>
+  </si>
+  <si>
+    <t>Please contact us if you have any questions.</t>
+  </si>
+  <si>
+    <t>Sincerely,</t>
+  </si>
+  <si>
+    <t>Jerott Rudd, Operating Property Tax Manager</t>
+  </si>
+  <si>
+    <t>Property Tax Division</t>
+  </si>
+  <si>
+    <t>(208) 334-7739</t>
+  </si>
+  <si>
+    <t>Company Number:</t>
+  </si>
+  <si>
+    <t>NORTHWEST PIPELINE CORP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GAS TRANSMISSION NORTHWEST </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Complete all forms as provided.  If a form does not apply, please write N/A on the form.  Be sure to follow each form’s header and footnote guidance.  If additional space is required to complete any form, subsequent pages may be designated and attached as needed.  At the discretion of the Centrally Assessed Property Section large volumes of subsequent pages may be requested in an electronic format.
+Explain unusual entries and discrepancies on pages containing space for remarks or referenced supplemental pages.  
+Please submit any additional information that may impact the value of the property, and/or assist staff in determining fair market value.  For example, if the entity that operates the property performed an impairment test last year on booked goodwill, then provide the fair value estimate of the reporting unit that was used in the impairment test, per ASC 350 (formerly FAS 142).  All information contained in this report will be held confidential according to Idaho Code §74-107.
+If requested information has already been created, copies of that information may be substituted.
+Include the following additional reports prepared in the normal course of business: the annual report to partners and stockholders, externally audited year-end financial statements, and all annual regulatory reports as required by Idaho Code §63-404.
+Additional forms may be retrieved from our website at </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF002060"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>tax.idaho.gov</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">.  Please call us if you need assistance.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>PLEASE COMPLETE OPERATOR STATEMENT IN FULL AS IT IS PRESENTED
+AND DO NOT DETACH ANY PAGES</t>
+    </r>
+  </si>
+  <si>
+    <t>Filing Information</t>
+  </si>
+  <si>
+    <t>The purpose of this report is to provide information necessary to determine the fair market value of respondent's operating property, and to ultimately distribute the rightful share of such value to the taxing districts of Idaho's counties (Idaho Codes §63-401 &amp; §63-405 and Idaho Administrative Rules 404 &amp; 405).</t>
+  </si>
+  <si>
+    <t>Purpose Of This Report</t>
+  </si>
+  <si>
+    <t>General Instructions</t>
+  </si>
+  <si>
+    <t>Submission Information</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Any request for extension of the filing date of this operator statement will be granted at the discretion of Tax Commission staff.  Such request must be made in writing by April 30th. An extension is granted only if a written response from Staff granting the extension is received.
+The taxpayer or an authorized agent must provide all information requested by the Idaho State Tax Commission. The information provided must be correct and reliable.  </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>If the requested information is not provided, the Tax Commission will assess the property as fairly and equitably as possible using the best information it possesses. The taxpayer will have no right to appeal such assessment.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> See Idaho Code section §63-404 and Idaho Administrative Rule 35.01.03.404.06. 
+Return the completed Operator Statement via email to our general mailbox at </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF002060"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>propertytax@tax.idaho.gov</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">. You may also return the completed Operator Statement via regular mail to the address noted below.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+THIS REPORT SHALL NOT BE CONSIDERED FILED IF NOT COMPLETED IN FULL</t>
+    </r>
+  </si>
+  <si>
     <r>
       <t xml:space="preserve">If there are any questions regarding the completion of this form, please contact the Idaho State Tax Commission at </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF002060"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>propertytax@tax.idaho.gov</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
@@ -594,1636 +720,189 @@
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 The Idaho State Tax Commission may also be contacted via regular mail at</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 Property Appraisal Bureau         
 Idaho State Tax Commission         
 P O Box 36         
 Boise, ID  83722</t>
     </r>
   </si>
   <si>
     <t>Questions</t>
   </si>
   <si>
-    <t>Please return the statement electronically to:</t>
+    <t>Forms</t>
   </si>
   <si>
-    <t>Property Appraisal Bureau</t>
-[...1328 lines deleted...]
-    <t>GATX FINANCIAL CORPORATION CAPITAL</t>
+    <t>Power of Attorney (POA)</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">If you have any additional questions regarding this project, you may contact the
-[...98 lines deleted...]
-Additional forms may be retrieved from our website at </t>
+      <t xml:space="preserve">A Power of Attorney (POA) is a legal document authorizing someone to act as your representative.  You, the taxpayer/grantor, must complete, sign and return this form if you want to grant power of attorney to an accountant, tax return preparer, attorney, family member or anyone else to act on your behalf with the Tax Commission. It doesn’t apply to matters before other state or federal agencies, including the IRS.  This form is effective on the date signed and it remains in effect until the expiration date, if specially designated, or if you revoke it, whichever is earlier.
+If a third party (tax rep., attorney, etc.) represents an operating property, a Power of Attorney (POA) form must be filed with the Idaho State Tax Commission in order for staff to communicate and release information pertaining to the company and their valuation.  If this situation pertains to you, please read the following instructions and complete the POA form.  A quick way to find the form is type POA in the Search field on the main page of our website: </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF002060"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>tax.idaho.gov</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
+        <color rgb="FF002060"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">.  Please call us if you need assistance.
-[...27 lines deleted...]
-      <t>If the requested information is not provided, the Tax Commission will assess the property as fairly and equitably as possible using the best information it possesses. The taxpayer will have no right to appeal such assessment.</t>
+      <t>.</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> See Idaho Code section §63-404 and Idaho Administrative Rule 35.01.03.404.06. 
-Return the completed Operator Statement via email to our general mailbox at </t>
+      <t xml:space="preserve">
+You can appoint, change or add representative(s) at any time by submitting a POA.  If you previously filed a POA with the Tax Commission, submitting another POA with the same tax or fee matters and periods will automatically replace and revoke all previous POAs on file.  If you want to add a representative, but not replace or revoke previous POAs, check the box in Section 5 and attach a copy of all POAs that are to remain in effect.  
+You may revoke a POA or the representative may withdraw at any time by submitting a copy of the previously executed POA with “REVOKE” written across the top of the form with your signature and date.  You can also submit a written statement specifying your intention to revoke a POA or withdraw a representative.  You must sign and date the statement and include the name, address and SSN/EIN of the taxpayer/grantor and the name and address of the representatives whose authority is being revoked or withdrawn.</t>
+    </r>
+  </si>
+  <si>
+    <t>Send POAs to any</t>
+  </si>
+  <si>
+    <t>Email:</t>
+  </si>
+  <si>
+    <t>processing@tax.idaho.gov</t>
+  </si>
+  <si>
+    <t>Mail:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">of the following: </t>
+  </si>
+  <si>
+    <t>Fax:</t>
+  </si>
+  <si>
+    <t>208-334-5364</t>
+  </si>
+  <si>
+    <t>PO Box 36</t>
+  </si>
+  <si>
+    <t>Boise ID 83722-0410</t>
+  </si>
+  <si>
+    <t>Table of Contents</t>
+  </si>
+  <si>
+    <t>Page</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">If you have any additional questions regarding this project, you may contact the
+Idaho State Tax Commission via email, phone number or address as noted above.
+You may also contact the Appraiser for this industry, Shyanne Massie, at
+</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF002060"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>propertytax@tax.idaho.gov</t>
+      <t xml:space="preserve">shyanne.massie@tax.idaho.gov </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">. You may also return the completed Operator Statement via regular mail to the address noted below.
-</t>
+      <t>or (</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">
-THIS REPORT SHALL NOT BE CONSIDERED FILED IF NOT COMPLETED IN FULL</t>
+      <t>208) 334-7722.</t>
     </r>
-  </si>
-[...13 lines deleted...]
-    <t xml:space="preserve"> </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="17">
+  <numFmts count="13">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
-    <numFmt numFmtId="164" formatCode="&quot;This operator's statement and all additional documentation apply to the calendar year ending December 31,&quot;\ ####&quot;.&quot;\ \ "/>
-[...14 lines deleted...]
-    <numFmt numFmtId="179" formatCode="yyyy\ &quot;Operator Statement&quot;"/>
+    <numFmt numFmtId="164" formatCode="mm/dd/yy;@"/>
+    <numFmt numFmtId="165" formatCode="####\ &quot;Operator Statement&quot;"/>
+    <numFmt numFmtId="166" formatCode="\ &quot; 5.  List all car marks owned, held, possessed, or controlled as of December 31,&quot;\ ####"/>
+    <numFmt numFmtId="167" formatCode="\ &quot; 8.  Check all railroads on which you had mileage between January 1,&quot;\ ####&quot; and December 31,&quot;\ ####"/>
+    <numFmt numFmtId="168" formatCode="&quot;$&quot;#,##0"/>
+    <numFmt numFmtId="169" formatCode="0#######"/>
+    <numFmt numFmtId="170" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
+    <numFmt numFmtId="171" formatCode="&quot;The&quot;\ ####\ &quot;Operator Statement for your state-assessed property is now available and is due by April 30th. We have&quot;"/>
+    <numFmt numFmtId="172" formatCode="&quot;email. Please note that we can only accept the current version of the form for the&quot;\ ####\ &quot;tax year. A typed signature&quot;"/>
+    <numFmt numFmtId="173" formatCode="000000000"/>
+    <numFmt numFmtId="174" formatCode="&quot;The statement must be signed and submitted to the Idaho State Tax Commission by April 30,&quot;\ ####&quot;.&quot;"/>
+    <numFmt numFmtId="175" formatCode="&quot;This operator's statement and all additional documentation apply to the calendar year ending December 31,&quot;\ ####&quot;.&quot;\ \ "/>
   </numFmts>
-  <fonts count="63" x14ac:knownFonts="1">
+  <fonts count="65" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
-    </font>
-[...12 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -2265,55 +944,50 @@
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color theme="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="16"/>
-[...3 lines deleted...]
-    <font>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -2325,351 +999,353 @@
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10.5"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10.5"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <u/>
-[...14 lines deleted...]
-    <font>
       <b/>
       <sz val="12"/>
       <name val="Century"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="28"/>
       <name val="Century"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="24"/>
       <name val="Century"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Century"/>
       <family val="1"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="12"/>
       <name val="Century"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="24"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <u/>
-[...6 lines deleted...]
-      <b/>
       <sz val="18"/>
       <name val="Century"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="18"/>
       <name val="Century"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Century"/>
       <family val="1"/>
-    </font>
-[...20 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="24"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="24"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-[...4 lines deleted...]
-    <font>
       <b/>
       <sz val="20"/>
       <name val="Century"/>
       <family val="1"/>
-    </font>
-[...45 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
+      <vertAlign val="superscript"/>
+      <sz val="12"/>
+      <name val="Segoe Script"/>
+      <family val="4"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Segoe Script"/>
+      <family val="4"/>
+    </font>
+    <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="11"/>
-[...1 lines deleted...]
-      <name val="Calibri"/>
+      <sz val="10"/>
+      <color rgb="FFF8F8F8"/>
+      <name val="Arial"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="9"/>
+      <color rgb="FFF8F8F8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <color rgb="FFF8F8F8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
       <sz val="11"/>
+      <color rgb="FF002060"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="16"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="16"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
+      <sz val="16"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="16"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF002060"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
       <sz val="10"/>
-      <color theme="4" tint="0.79998168889431442"/>
-[...1 lines deleted...]
-      <family val="1"/>
+      <color theme="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="10"/>
+      <color theme="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="14"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="7">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
-    </fill>
-[...4 lines deleted...]
-      </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="4" tint="0.39997558519241921"/>
-[...11 lines deleted...]
-        <fgColor theme="0" tint="-0.14999847407452621"/>
+        <fgColor rgb="FFBDD7EE"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="82">
+  <borders count="81">
     <border>
       <left/>
       <right/>
       <top/>
-      <bottom/>
-[...9 lines deleted...]
-      </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
@@ -3534,1657 +2210,1657 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="double">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="double">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...1 lines deleted...]
-      </left>
+      <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="9">
+  <cellStyleXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="467">
+  <cellXfs count="450">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left"/>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="6"/>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="57" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="4" fillId="2" borderId="10" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="0" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="4" fillId="2" borderId="13" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="0" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="72" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="19" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="19" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="168" fontId="19" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="18" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="19" fillId="2" borderId="56" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="19" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="18" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="19" fillId="2" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="19" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="18" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="19" fillId="2" borderId="56" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="19" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="18" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="19" fillId="2" borderId="56" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="37" fontId="20" fillId="2" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="37" fontId="37" fillId="2" borderId="55" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="25" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="35" fillId="3" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="35" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="35" fillId="3" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="30" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="30" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="30" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="9" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="9"/>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="46" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="46" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="46" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="43" fontId="47" fillId="0" borderId="0" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="9" applyFont="1"/>
+    <xf numFmtId="43" fontId="48" fillId="0" borderId="0" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="1" fontId="47" fillId="0" borderId="0" xfId="8" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="43" fontId="47" fillId="0" borderId="0" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="173" fontId="47" fillId="0" borderId="0" xfId="8" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="43" fontId="49" fillId="0" borderId="0" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="43" fontId="50" fillId="0" borderId="0" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="1" fontId="50" fillId="0" borderId="0" xfId="8" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="43" fontId="50" fillId="0" borderId="0" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="1" fontId="50" fillId="0" borderId="0" xfId="8" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="43" fontId="50" fillId="0" borderId="0" xfId="8" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="173" fontId="50" fillId="0" borderId="0" xfId="8" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="49" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="2" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="22" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="174" fontId="16" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="174" fontId="20" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="174" fontId="18" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="175" fontId="0" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="175" fontId="16" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="3" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="2"/>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="59" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="3" borderId="3" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="59" fillId="2" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="19" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="2" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="20" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="16" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="49" fontId="22" fillId="3" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="7" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="7" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="79" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="16" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="22" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="175" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="174" fontId="16" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="2" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...51 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="171" fontId="1" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...53 lines deleted...]
-    <xf numFmtId="0" fontId="37" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="171" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...57 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="170" fontId="1" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...76 lines deleted...]
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="60" fillId="0" borderId="0" xfId="8" applyFont="1" applyAlignment="1">
-[...18 lines deleted...]
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="8" applyFont="1" applyAlignment="1">
+    <xf numFmtId="170" fontId="1" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="8" applyFont="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...67 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="168" fontId="0" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...142 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="8" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="9" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="172" fontId="1" fillId="0" borderId="0" xfId="9" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="172" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="169" fontId="34" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="3" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="27" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="3" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="3" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="169" fontId="29" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="169" fontId="30" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="169" fontId="30" fillId="3" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="3" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="3" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="3" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="35" fillId="3" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="35" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="35" fillId="3" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="3" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="3" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="2" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="174" fontId="19" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="174" fontId="18" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="175" fontId="18" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="175" fontId="10" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="174" fontId="18" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="174" fontId="20" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="3" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="175" fontId="20" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="3" borderId="37" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="3" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="53" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="58" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="58" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="59" fillId="0" borderId="0" xfId="8" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="58" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="60" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="61" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="62" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="63" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="61" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="8" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="172" fontId="22" fillId="0" borderId="0" xfId="8" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="172" fontId="3" fillId="0" borderId="0" xfId="8" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="22" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="58" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="172" fontId="4" fillId="0" borderId="0" xfId="8" applyNumberFormat="1" applyAlignment="1">
-[...317 lines deleted...]
-    <xf numFmtId="0" fontId="25" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="22" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="22" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="25" fillId="3" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="20" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="0" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="21" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="24" fillId="3" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="0" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="0" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="21" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="24" fillId="3" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="3" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="3" borderId="78" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="169" fontId="6" fillId="3" borderId="19" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="4" fillId="2" borderId="18" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="169" fontId="6" fillId="3" borderId="11" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="4" fillId="2" borderId="10" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="169" fontId="6" fillId="3" borderId="11" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="4" fillId="2" borderId="10" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="19" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="2" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="2" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="2" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="2" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="19" fillId="2" borderId="63" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="63" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="58" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="19" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="2" borderId="16" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="54" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="62" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="15" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="63" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="54" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="2" borderId="18" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="2" borderId="10" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="2" borderId="19" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="20" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="13" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="18" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="10" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="169" fontId="22" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="4" fillId="2" borderId="1" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="4" fillId="2" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="0" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="2" borderId="22" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="22" xfId="6" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="2" borderId="67" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="0" fillId="2" borderId="68" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="0" fillId="2" borderId="69" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="0" fillId="2" borderId="70" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="71" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="3" fillId="2" borderId="78" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="78" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="37" fontId="0" fillId="2" borderId="78" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="78" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="70" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="52" fillId="6" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...55 lines deleted...]
-    <xf numFmtId="168" fontId="0" fillId="3" borderId="17" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="3" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0"/>
-[...205 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyBorder="1" applyAlignment="1">
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="38" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="39" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="3" borderId="4" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="40" fillId="2" borderId="3" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="3" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="3" borderId="19" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="40" fillId="2" borderId="18" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="20" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="19" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="3" borderId="2" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="40" fillId="2" borderId="1" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="9">
-    <cellStyle name="Comma" xfId="7" builtinId="3"/>
+  <cellStyles count="10">
+    <cellStyle name="Comma" xfId="8" builtinId="3"/>
     <cellStyle name="Comma 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 2 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 2 2 2 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Normal 2 2 2 2 2" xfId="6" xr:uid="{511D9242-BBC9-4A86-9119-2F6121E56E5C}"/>
-    <cellStyle name="Normal 3" xfId="8" xr:uid="{F7C4E1AF-3E6C-4DA7-A456-CEB08A9E6A52}"/>
+    <cellStyle name="Normal 3" xfId="7" xr:uid="{F7C4E1AF-3E6C-4DA7-A456-CEB08A9E6A52}"/>
+    <cellStyle name="Normal 3 2" xfId="9" xr:uid="{965D1B98-E6B9-4843-BBC7-5AF787A95388}"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <font>
         <color theme="0" tint="-4.9989318521683403E-2"/>
       </font>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
+      <color rgb="FFBDD7EE"/>
+      <color rgb="FFDDEBF7"/>
       <color rgb="FFF8F8F8"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>38100</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>9525</xdr:rowOff>
+      <xdr:colOff>47626</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>2602230</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>180975</xdr:rowOff>
+      <xdr:colOff>2611756</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="Picture 3">
+        <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F367B242-4369-4D2E-A7A1-040E80B20AA0}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C190838-3B33-454A-89C9-D5F8A44E893B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="38100" y="4962525"/>
+          <a:off x="47626" y="6515100"/>
           <a:ext cx="2564130" cy="742950"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1104901</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1200150</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="Picture 5">
+        <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2A8396B1-E982-47C6-A150-72786CA0C4CB}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{58E6419F-E5C6-4A8E-A969-8B79E4C818B9}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1104901" y="28575"/>
-          <a:ext cx="4991099" cy="733425"/>
+          <a:ext cx="5000624" cy="733425"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>28576</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>723900</xdr:colOff>
       <xdr:row>34</xdr:row>
-      <xdr:rowOff>97800</xdr:rowOff>
+      <xdr:rowOff>101610</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Picture 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0F5B4F6A-EAF9-4148-8B46-C41E2309EDBA}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill rotWithShape="1">
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:srcRect l="1545" t="775" r="1545" b="1163"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1762126" y="3819525"/>
           <a:ext cx="3667124" cy="3696345"/>
         </a:xfrm>
         <a:prstGeom prst="ellipse">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
+</file>
+
+<file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\Cal_acctng\DATA\A-RECONCILIATIONS\RECS-ATEMP\Reconciliaton%20Binder" TargetMode="External"/></Relationships>
+</file>
+
+<file path=xl/externalLinks/_rels/externalLink2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///Z:\SHYANNE\2026\Operator%20Statements\Gas%20Transmission%20Operator%20Statement.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///Z:\SHYANNE\2026\Operator%20Statements\Gas%20Transmission%20Operator%20Statement.xlsx" TargetMode="External"/></Relationships>
+</file>
+
+<file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
+  <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
+    <sheetNames>
+      <sheetName val="NOMINALS"/>
+      <sheetName val="INTERCOxNOM"/>
+    </sheetNames>
+    <sheetDataSet>
+      <sheetData sheetId="0" refreshError="1"/>
+      <sheetData sheetId="1" refreshError="1"/>
+    </sheetDataSet>
+  </externalBook>
+</externalLink>
+</file>
+
+<file path=xl/externalLinks/externalLink2.xml><?xml version="1.0" encoding="utf-8"?>
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
+  <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
+    <xxl21:alternateUrls>
+      <xxl21:absoluteUrl r:id="rId2"/>
+    </xxl21:alternateUrls>
+    <sheetNames>
+      <sheetName val="Cover Letter"/>
+      <sheetName val="Cover Sheet"/>
+      <sheetName val="Table of Contents"/>
+      <sheetName val="General Instructions 1"/>
+      <sheetName val="General Instructions 2"/>
+      <sheetName val="General Instructions 3"/>
+      <sheetName val="Forms"/>
+      <sheetName val="Forms 2"/>
+      <sheetName val="Contact Info"/>
+      <sheetName val="Exemptions"/>
+      <sheetName val="PP Exemption"/>
+      <sheetName val="Changes - Unfillable"/>
+      <sheetName val="Cost Indicator Data"/>
+      <sheetName val="Income Indicator"/>
+      <sheetName val="Five-Year Projections"/>
+      <sheetName val="Common Stock "/>
+      <sheetName val="Preferred Stock"/>
+      <sheetName val="Long-Term Debt"/>
+      <sheetName val="Balance Sheet 1 "/>
+      <sheetName val="Balance Sheet 2"/>
+      <sheetName val="Balance Sheet 3"/>
+      <sheetName val="Mileage (TCA)"/>
+      <sheetName val="Situs"/>
+      <sheetName val="Mach.-Equip. Leases"/>
+      <sheetName val="Non-Capitalized Leases"/>
+      <sheetName val="Projections "/>
+    </sheetNames>
+    <sheetDataSet>
+      <sheetData sheetId="0"/>
+      <sheetData sheetId="1">
+        <row r="8">
+          <cell r="B8">
+            <v>2026</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="2"/>
+      <sheetData sheetId="3" refreshError="1"/>
+      <sheetData sheetId="4" refreshError="1"/>
+      <sheetData sheetId="5"/>
+      <sheetData sheetId="6"/>
+      <sheetData sheetId="7"/>
+      <sheetData sheetId="8" refreshError="1"/>
+      <sheetData sheetId="9" refreshError="1"/>
+      <sheetData sheetId="10" refreshError="1"/>
+      <sheetData sheetId="11" refreshError="1"/>
+      <sheetData sheetId="12" refreshError="1"/>
+      <sheetData sheetId="13" refreshError="1"/>
+      <sheetData sheetId="14" refreshError="1"/>
+      <sheetData sheetId="15" refreshError="1"/>
+      <sheetData sheetId="16" refreshError="1"/>
+      <sheetData sheetId="17" refreshError="1"/>
+      <sheetData sheetId="18" refreshError="1"/>
+      <sheetData sheetId="19" refreshError="1"/>
+      <sheetData sheetId="20" refreshError="1"/>
+      <sheetData sheetId="21" refreshError="1"/>
+      <sheetData sheetId="22" refreshError="1"/>
+      <sheetData sheetId="23" refreshError="1"/>
+      <sheetData sheetId="24" refreshError="1"/>
+      <sheetData sheetId="25" refreshError="1"/>
+    </sheetDataSet>
+  </externalBook>
+</externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5445,18790 +4121,14767 @@
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:processing@tax.idaho.gov" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:propertytax@tax.idaho.gov" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{01E7DB03-E9D0-4C28-BE28-826C3FACD779}">
-  <dimension ref="A1:AA595"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E1AB16D8-E58B-4CB5-A524-2BEBE72DBD03}">
+  <dimension ref="A1:R907"/>
   <sheetViews>
-    <sheetView view="pageLayout" topLeftCell="A8" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A20" sqref="A20:D20"/>
+    <sheetView showGridLines="0" tabSelected="1" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A6" sqref="A6:D6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="7" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="39.5703125" style="133" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="10" max="10" width="5" customWidth="1"/>
+    <col min="1" max="1" width="39.5703125" style="106" customWidth="1"/>
+    <col min="2" max="2" width="1.42578125" style="106" customWidth="1"/>
+    <col min="3" max="3" width="29" style="106" customWidth="1"/>
+    <col min="4" max="4" width="32.5703125" style="106" customWidth="1"/>
+    <col min="7" max="7" width="7.85546875" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="8.7109375" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="7.140625" bestFit="1" customWidth="1"/>
-    <col min="12" max="12" width="14.28515625" bestFit="1" customWidth="1"/>
-    <col min="19" max="27" width="7" style="204"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="236"/>
-[...2 lines deleted...]
-      <c r="D1" s="228"/>
+      <c r="A1" s="218"/>
+      <c r="B1" s="219"/>
+      <c r="C1" s="219"/>
+      <c r="D1" s="219"/>
     </row>
     <row r="2" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="236"/>
-[...2 lines deleted...]
-      <c r="D2" s="228"/>
+      <c r="A2" s="218"/>
+      <c r="B2" s="219"/>
+      <c r="C2" s="219"/>
+      <c r="D2" s="219"/>
     </row>
     <row r="3" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="236"/>
-[...2 lines deleted...]
-      <c r="D3" s="228"/>
+      <c r="A3" s="218"/>
+      <c r="B3" s="219"/>
+      <c r="C3" s="219"/>
+      <c r="D3" s="219"/>
     </row>
     <row r="4" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="237"/>
-[...2 lines deleted...]
-      <c r="D4" s="228"/>
+      <c r="A4" s="218"/>
+      <c r="B4" s="219"/>
+      <c r="C4" s="219"/>
+      <c r="D4" s="219"/>
     </row>
     <row r="5" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="237"/>
-[...2 lines deleted...]
-      <c r="D5" s="228"/>
+      <c r="A5" s="218"/>
+      <c r="B5" s="219"/>
+      <c r="C5" s="219"/>
+      <c r="D5" s="219"/>
     </row>
     <row r="6" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="234" t="str">
-[...1 lines deleted...]
-        <v>January 1, 2025</v>
+      <c r="A6" s="220">
+        <v>46023</v>
       </c>
-      <c r="B6" s="235"/>
-[...1 lines deleted...]
-      <c r="D6" s="235"/>
+      <c r="B6" s="221"/>
+      <c r="C6" s="221"/>
+      <c r="D6" s="221"/>
     </row>
     <row r="7" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="233"/>
-[...6 lines deleted...]
-      <c r="I7" s="20"/>
+      <c r="A7" s="218"/>
+      <c r="B7" s="219"/>
+      <c r="C7" s="219"/>
+      <c r="D7" s="219"/>
+      <c r="F7" s="22"/>
+      <c r="G7" s="22"/>
+      <c r="H7" s="23"/>
+      <c r="I7" s="17"/>
     </row>
     <row r="8" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="233"/>
-[...6 lines deleted...]
-      <c r="I8" s="20"/>
+      <c r="A8" s="218"/>
+      <c r="B8" s="219"/>
+      <c r="C8" s="219"/>
+      <c r="D8" s="219"/>
+      <c r="F8" s="22"/>
+      <c r="G8" s="22"/>
+      <c r="H8" s="23"/>
+      <c r="I8" s="17"/>
     </row>
     <row r="9" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A9" s="231"/>
-[...2 lines deleted...]
-      <c r="D9" s="228"/>
+      <c r="A9" s="222"/>
+      <c r="B9" s="219"/>
+      <c r="C9" s="219"/>
+      <c r="D9" s="219"/>
     </row>
     <row r="10" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="231" t="s">
-        <v>531</v>
+      <c r="A10" s="222" t="s">
+        <v>66</v>
       </c>
-      <c r="B10" s="227"/>
-[...1 lines deleted...]
-      <c r="D10" s="227"/>
+      <c r="B10" s="223"/>
+      <c r="C10" s="223"/>
+      <c r="D10" s="223"/>
     </row>
     <row r="11" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="231"/>
-[...2 lines deleted...]
-      <c r="D11" s="227"/>
+      <c r="A11" s="222"/>
+      <c r="B11" s="223"/>
+      <c r="C11" s="223"/>
+      <c r="D11" s="223"/>
     </row>
     <row r="12" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="238" t="str">
-[...1 lines deleted...]
-        <v>The 2025 Operator Statement for your state assessed property is attached.  This year's filing deadline is April 30th. The</v>
+      <c r="A12" s="216">
+        <f>'[2]Cover Sheet'!B8</f>
+        <v>2026</v>
       </c>
-      <c r="B12" s="239"/>
-[...1 lines deleted...]
-      <c r="D12" s="239"/>
+      <c r="B12" s="217"/>
+      <c r="C12" s="217"/>
+      <c r="D12" s="217"/>
     </row>
     <row r="13" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="225" t="s">
-        <v>535</v>
+      <c r="A13" s="222" t="s">
+        <v>67</v>
       </c>
-      <c r="B13" s="227"/>
-[...1 lines deleted...]
-      <c r="D13" s="227"/>
+      <c r="B13" s="223"/>
+      <c r="C13" s="223"/>
+      <c r="D13" s="223"/>
     </row>
     <row r="14" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="225"/>
-[...2 lines deleted...]
-      <c r="D14" s="227"/>
+      <c r="A14" s="222" t="s">
+        <v>68</v>
+      </c>
+      <c r="B14" s="223"/>
+      <c r="C14" s="223"/>
+      <c r="D14" s="223"/>
     </row>
     <row r="15" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="225" t="s">
-        <v>536</v>
+      <c r="A15" s="222"/>
+      <c r="B15" s="223"/>
+      <c r="C15" s="223"/>
+      <c r="D15" s="223"/>
+    </row>
+    <row r="16" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="222" t="s">
+        <v>69</v>
       </c>
-      <c r="B15" s="227"/>
-[...5 lines deleted...]
-        <v>537</v>
+      <c r="B16" s="223"/>
+      <c r="C16" s="223"/>
+      <c r="D16" s="223"/>
+    </row>
+    <row r="17" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="222" t="s">
+        <v>70</v>
       </c>
-      <c r="B16" s="227"/>
-[...5 lines deleted...]
-        <v>538</v>
+      <c r="B17" s="223"/>
+      <c r="C17" s="223"/>
+      <c r="D17" s="223"/>
+    </row>
+    <row r="18" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="222" t="s">
+        <v>71</v>
       </c>
-      <c r="B17" s="227"/>
-[...7 lines deleted...]
-      <c r="D18" s="227"/>
+      <c r="B18" s="223"/>
+      <c r="C18" s="223"/>
+      <c r="D18" s="223"/>
     </row>
     <row r="19" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="225" t="s">
-        <v>539</v>
+      <c r="A19" s="222" t="s">
+        <v>72</v>
       </c>
-      <c r="B19" s="227"/>
-[...1 lines deleted...]
-      <c r="D19" s="227"/>
+      <c r="B19" s="223"/>
+      <c r="C19" s="223"/>
+      <c r="D19" s="223"/>
     </row>
     <row r="20" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="240">
-[...1 lines deleted...]
-        <v>2025</v>
+      <c r="A20" s="222"/>
+      <c r="B20" s="223"/>
+      <c r="C20" s="223"/>
+      <c r="D20" s="223"/>
+    </row>
+    <row r="21" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="222" t="s">
+        <v>73</v>
       </c>
-      <c r="B20" s="241"/>
-[...5 lines deleted...]
-        <v>540</v>
+      <c r="B21" s="223"/>
+      <c r="C21" s="223"/>
+      <c r="D21" s="223"/>
+    </row>
+    <row r="22" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="224">
+        <f>'[2]Cover Sheet'!B8</f>
+        <v>2026</v>
       </c>
-      <c r="B21" s="227"/>
-[...7 lines deleted...]
-      <c r="D22" s="227"/>
+      <c r="B22" s="225"/>
+      <c r="C22" s="225"/>
+      <c r="D22" s="225"/>
     </row>
     <row r="23" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="225"/>
-[...6 lines deleted...]
-        <v>85</v>
+      <c r="A23" s="222" t="s">
+        <v>74</v>
       </c>
-      <c r="B24" s="227"/>
-[...1 lines deleted...]
-        <v>7</v>
+      <c r="B23" s="223"/>
+      <c r="C23" s="223"/>
+      <c r="D23" s="223"/>
+    </row>
+    <row r="24" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="223"/>
+      <c r="B24" s="219"/>
+      <c r="C24" s="219"/>
+      <c r="D24" s="219"/>
+    </row>
+    <row r="25" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="222" t="s">
+        <v>75</v>
       </c>
-      <c r="D24" s="154"/>
-[...9 lines deleted...]
-        <v>276</v>
+      <c r="B25" s="223"/>
+      <c r="C25" s="105" t="s">
+        <v>76</v>
       </c>
-      <c r="C26" s="153" t="s">
-        <v>86</v>
+    </row>
+    <row r="26" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="222"/>
+      <c r="B26" s="219"/>
+      <c r="C26" s="219"/>
+      <c r="D26" s="219"/>
+    </row>
+    <row r="27" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="104" t="s">
+        <v>77</v>
       </c>
-      <c r="D26" s="154"/>
-[...3 lines deleted...]
-      <c r="C27" s="153" t="s">
+      <c r="C27" s="104" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C28" s="104" t="s">
         <v>2</v>
       </c>
-      <c r="D27" s="154"/>
-[...4 lines deleted...]
-        <v>87</v>
+    </row>
+    <row r="29" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C29" s="104" t="s">
+        <v>79</v>
       </c>
-      <c r="D28" s="154"/>
-[...4 lines deleted...]
-        <v>88</v>
+    </row>
+    <row r="30" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C30" s="104" t="s">
+        <v>80</v>
       </c>
-      <c r="D29" s="154"/>
-[...5 lines deleted...]
-      <c r="D30" s="228"/>
     </row>
     <row r="31" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="225" t="s">
-        <v>89</v>
+      <c r="A31" s="222"/>
+      <c r="B31" s="219"/>
+      <c r="C31" s="219"/>
+      <c r="D31" s="219"/>
+    </row>
+    <row r="32" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="222" t="s">
+        <v>81</v>
       </c>
-      <c r="B31" s="226"/>
-[...4 lines deleted...]
-      <c r="A32" s="225"/>
       <c r="B32" s="226"/>
       <c r="C32" s="226"/>
       <c r="D32" s="226"/>
     </row>
     <row r="33" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="225" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A33" s="222"/>
       <c r="B33" s="226"/>
       <c r="C33" s="226"/>
       <c r="D33" s="226"/>
     </row>
-    <row r="34" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D35" s="148"/>
+    <row r="34" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="222" t="s">
+        <v>82</v>
+      </c>
+      <c r="B34" s="226"/>
+      <c r="C34" s="226"/>
+      <c r="D34" s="226"/>
+    </row>
+    <row r="35" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="222"/>
+      <c r="B35" s="226"/>
+      <c r="C35" s="226"/>
+      <c r="D35" s="226"/>
     </row>
     <row r="36" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="231"/>
-[...2 lines deleted...]
-      <c r="D36" s="228"/>
+      <c r="A36" s="222"/>
+      <c r="B36" s="226"/>
+      <c r="C36" s="226"/>
+      <c r="D36" s="226"/>
     </row>
     <row r="37" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="231"/>
-[...2 lines deleted...]
-      <c r="D37" s="232"/>
+      <c r="A37" s="222"/>
+      <c r="B37" s="226"/>
+      <c r="C37" s="226"/>
+      <c r="D37" s="226"/>
     </row>
     <row r="38" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="231"/>
-[...2 lines deleted...]
-      <c r="D38" s="232"/>
+      <c r="A38" s="222"/>
+      <c r="B38" s="226"/>
+      <c r="C38" s="226"/>
+      <c r="D38" s="226"/>
     </row>
     <row r="39" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A39" s="231"/>
-[...2 lines deleted...]
-      <c r="D39" s="232"/>
+      <c r="A39" s="222" t="s">
+        <v>83</v>
+      </c>
+      <c r="B39" s="226"/>
+      <c r="C39" s="226"/>
+      <c r="D39" s="226"/>
     </row>
     <row r="40" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A40" s="231"/>
-[...2 lines deleted...]
-      <c r="D40" s="232"/>
+      <c r="A40" s="222" t="s">
+        <v>84</v>
+      </c>
+      <c r="B40" s="226"/>
+      <c r="C40" s="226"/>
+      <c r="D40" s="226"/>
     </row>
     <row r="41" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="231"/>
-[...2 lines deleted...]
-      <c r="D41" s="232"/>
+      <c r="A41" s="222" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" s="226"/>
+      <c r="C41" s="226"/>
+      <c r="D41" s="226"/>
     </row>
     <row r="42" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A42" s="231"/>
-[...2 lines deleted...]
-      <c r="D42" s="232"/>
+      <c r="A42" s="222"/>
+      <c r="B42" s="219"/>
+      <c r="C42" s="219"/>
+      <c r="D42" s="219"/>
     </row>
     <row r="43" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A43" s="231"/>
-[...2 lines deleted...]
-      <c r="D43" s="232"/>
+      <c r="A43" s="104"/>
+      <c r="B43" s="103"/>
+      <c r="C43" s="103"/>
+      <c r="D43" s="103"/>
     </row>
     <row r="44" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A44" s="231"/>
-[...2 lines deleted...]
-      <c r="D44" s="232"/>
+      <c r="A44" s="104"/>
+      <c r="B44" s="103"/>
+      <c r="C44" s="103"/>
+      <c r="D44" s="103"/>
     </row>
     <row r="45" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A45" s="231"/>
-[...2 lines deleted...]
-      <c r="D45" s="232"/>
+      <c r="A45" s="104"/>
+      <c r="B45" s="103"/>
+      <c r="C45" s="103"/>
+      <c r="D45" s="103"/>
     </row>
     <row r="46" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A46" s="231"/>
-[...2 lines deleted...]
-      <c r="D46" s="232"/>
+      <c r="A46" s="104"/>
+      <c r="B46" s="103"/>
+      <c r="C46" s="103"/>
+      <c r="D46" s="103"/>
     </row>
     <row r="47" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A47" s="231"/>
-[...2 lines deleted...]
-      <c r="D47" s="228"/>
+      <c r="A47" s="104"/>
+      <c r="B47" s="103"/>
+      <c r="C47" s="103"/>
+      <c r="D47" s="103"/>
     </row>
     <row r="48" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A48" s="231"/>
-[...47 lines deleted...]
-        <v>91</v>
+      <c r="A48" s="104"/>
+      <c r="B48" s="103"/>
+      <c r="C48" s="103"/>
+      <c r="D48" s="103"/>
+    </row>
+    <row r="49" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="104"/>
+      <c r="B49" s="103"/>
+      <c r="C49" s="103"/>
+      <c r="D49" s="103"/>
+    </row>
+    <row r="50" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="104"/>
+      <c r="B50" s="103"/>
+      <c r="C50" s="103"/>
+      <c r="D50" s="103"/>
+    </row>
+    <row r="51" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="104"/>
+      <c r="B51" s="103"/>
+      <c r="C51" s="103"/>
+      <c r="D51" s="103"/>
+    </row>
+    <row r="52" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="222"/>
+      <c r="B52" s="222"/>
+      <c r="C52" s="222"/>
+      <c r="D52" s="222"/>
+    </row>
+    <row r="53" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="222"/>
+      <c r="B53" s="222"/>
+      <c r="C53" s="222"/>
+      <c r="D53" s="222"/>
+    </row>
+    <row r="54" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="222"/>
+      <c r="B54" s="222"/>
+      <c r="C54" s="222"/>
+      <c r="D54" s="222"/>
+    </row>
+    <row r="55" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="222"/>
+      <c r="B55" s="219"/>
+      <c r="C55" s="219"/>
+      <c r="D55" s="219"/>
+      <c r="E55" s="107"/>
+      <c r="F55" s="107"/>
+      <c r="G55" s="107"/>
+      <c r="H55" s="107"/>
+      <c r="I55" s="107"/>
+      <c r="J55" s="107"/>
+      <c r="K55" s="107"/>
+      <c r="L55" s="107"/>
+      <c r="M55" s="107"/>
+      <c r="N55" s="107"/>
+      <c r="O55" s="107"/>
+      <c r="P55" s="107"/>
+      <c r="Q55" s="107"/>
+      <c r="R55" s="107"/>
+    </row>
+    <row r="56" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="222"/>
+      <c r="B56" s="219"/>
+      <c r="C56" s="219"/>
+      <c r="D56" s="219"/>
+      <c r="E56" s="107"/>
+      <c r="F56" s="107"/>
+      <c r="G56" s="107"/>
+      <c r="H56" s="107"/>
+      <c r="I56" s="107"/>
+      <c r="J56" s="107"/>
+      <c r="K56" s="107"/>
+      <c r="L56" s="107"/>
+      <c r="M56" s="107"/>
+      <c r="N56" s="107"/>
+      <c r="O56" s="107"/>
+      <c r="P56" s="107"/>
+      <c r="Q56" s="107"/>
+      <c r="R56" s="107"/>
+    </row>
+    <row r="57" spans="1:18" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A57" s="108"/>
+      <c r="B57" s="109"/>
+      <c r="C57" s="110"/>
+      <c r="D57" s="111"/>
+      <c r="E57" s="107"/>
+      <c r="F57" s="112"/>
+      <c r="G57" s="112"/>
+      <c r="H57" s="112"/>
+      <c r="I57" s="112"/>
+      <c r="J57" s="112"/>
+      <c r="K57" s="112"/>
+      <c r="L57" s="112"/>
+      <c r="M57" s="113"/>
+      <c r="N57" s="113"/>
+      <c r="O57" s="107"/>
+      <c r="P57" s="107"/>
+      <c r="Q57" s="107"/>
+      <c r="R57" s="107"/>
+    </row>
+    <row r="58" spans="1:18" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A58" s="108"/>
+      <c r="B58" s="114"/>
+      <c r="C58" s="110"/>
+      <c r="D58" s="111"/>
+      <c r="E58" s="107"/>
+      <c r="F58" s="115" t="s">
+        <v>86</v>
       </c>
-      <c r="G55" s="207">
-        <v>9187621</v>
+      <c r="G58" s="116">
+        <v>12002521</v>
       </c>
-      <c r="H55" s="208"/>
-[...3 lines deleted...]
-        <v>28</v>
+      <c r="H58" s="112"/>
+      <c r="I58" s="112"/>
+      <c r="J58" s="115"/>
+      <c r="K58" s="115" t="s">
+        <v>22</v>
       </c>
-      <c r="L55" s="208" t="s">
-        <v>309</v>
+      <c r="L58" s="112" t="s">
+        <v>87</v>
       </c>
-      <c r="M55" s="209"/>
-[...12 lines deleted...]
-        <v>91</v>
+      <c r="M58" s="113"/>
+      <c r="N58" s="113"/>
+      <c r="O58" s="107"/>
+      <c r="P58" s="107"/>
+      <c r="Q58" s="107"/>
+      <c r="R58" s="107"/>
+    </row>
+    <row r="59" spans="1:18" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A59" s="108"/>
+      <c r="B59" s="114"/>
+      <c r="C59" s="110"/>
+      <c r="D59" s="111"/>
+      <c r="E59" s="107"/>
+      <c r="F59" s="115" t="s">
+        <v>86</v>
       </c>
-      <c r="G56" s="207">
-        <v>9187321</v>
+      <c r="G59" s="116">
+        <v>12003021</v>
       </c>
-      <c r="H56" s="208"/>
-[...3 lines deleted...]
-        <v>28</v>
+      <c r="H59" s="112"/>
+      <c r="I59" s="112"/>
+      <c r="J59" s="115"/>
+      <c r="K59" s="115" t="s">
+        <v>22</v>
       </c>
-      <c r="L56" s="208" t="s">
-        <v>545</v>
+      <c r="L59" s="117" t="s">
+        <v>88</v>
       </c>
-      <c r="M56" s="209"/>
-[...13576 lines deleted...]
-      <c r="L595" s="219"/>
+      <c r="M59" s="113"/>
+      <c r="N59" s="113"/>
+      <c r="O59" s="107"/>
+      <c r="P59" s="107"/>
+      <c r="Q59" s="107"/>
+      <c r="R59" s="107"/>
+    </row>
+    <row r="60" spans="1:18" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A60" s="108"/>
+      <c r="B60" s="114"/>
+      <c r="C60" s="110"/>
+      <c r="D60" s="111"/>
+      <c r="E60" s="107"/>
+      <c r="F60" s="115"/>
+      <c r="G60" s="117"/>
+      <c r="H60" s="117"/>
+      <c r="I60" s="117"/>
+      <c r="J60" s="112"/>
+      <c r="K60" s="112"/>
+      <c r="L60" s="117"/>
+      <c r="M60" s="113"/>
+      <c r="N60" s="113"/>
+      <c r="O60" s="107"/>
+      <c r="P60" s="107"/>
+      <c r="Q60" s="107"/>
+      <c r="R60" s="107"/>
+    </row>
+    <row r="61" spans="1:18" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A61" s="108"/>
+      <c r="B61" s="114"/>
+      <c r="C61" s="110"/>
+      <c r="D61" s="111"/>
+      <c r="E61" s="107"/>
+      <c r="F61" s="115"/>
+      <c r="G61" s="117"/>
+      <c r="H61" s="117"/>
+      <c r="I61" s="117"/>
+      <c r="J61" s="115"/>
+      <c r="K61" s="115"/>
+      <c r="L61" s="112"/>
+      <c r="M61" s="113"/>
+      <c r="N61" s="113"/>
+      <c r="O61" s="107"/>
+      <c r="P61" s="107"/>
+      <c r="Q61" s="107"/>
+      <c r="R61" s="107"/>
+    </row>
+    <row r="62" spans="1:18" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A62" s="108"/>
+      <c r="B62" s="114"/>
+      <c r="C62" s="110"/>
+      <c r="D62" s="111"/>
+      <c r="E62" s="107"/>
+      <c r="F62" s="115"/>
+      <c r="G62" s="112"/>
+      <c r="H62" s="112"/>
+      <c r="I62" s="116"/>
+      <c r="J62" s="115"/>
+      <c r="K62" s="112"/>
+      <c r="L62" s="112"/>
+      <c r="M62" s="113"/>
+      <c r="N62" s="113"/>
+      <c r="O62" s="107"/>
+      <c r="P62" s="107"/>
+      <c r="Q62" s="107"/>
+      <c r="R62" s="107"/>
+    </row>
+    <row r="63" spans="1:18" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A63" s="108"/>
+      <c r="B63" s="114"/>
+      <c r="C63" s="110"/>
+      <c r="D63" s="111"/>
+      <c r="E63" s="107"/>
+      <c r="F63" s="115"/>
+      <c r="G63" s="112"/>
+      <c r="H63" s="112"/>
+      <c r="I63" s="112"/>
+      <c r="J63" s="115"/>
+      <c r="K63" s="115"/>
+      <c r="L63" s="112"/>
+      <c r="M63" s="113"/>
+      <c r="N63" s="113"/>
+      <c r="O63" s="107"/>
+      <c r="P63" s="107"/>
+      <c r="Q63" s="107"/>
+      <c r="R63" s="107"/>
+    </row>
+    <row r="64" spans="1:18" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A64" s="108"/>
+      <c r="B64" s="114"/>
+      <c r="C64" s="110"/>
+      <c r="D64" s="111"/>
+      <c r="E64" s="107"/>
+      <c r="F64" s="115"/>
+      <c r="G64" s="112"/>
+      <c r="H64" s="112"/>
+      <c r="I64" s="112"/>
+      <c r="J64" s="115"/>
+      <c r="K64" s="115"/>
+      <c r="L64" s="112"/>
+      <c r="M64" s="113"/>
+      <c r="N64" s="113"/>
+      <c r="O64" s="107"/>
+      <c r="P64" s="107"/>
+      <c r="Q64" s="107"/>
+      <c r="R64" s="107"/>
+    </row>
+    <row r="65" spans="1:18" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A65" s="108"/>
+      <c r="B65" s="114"/>
+      <c r="C65" s="110"/>
+      <c r="D65" s="111"/>
+      <c r="E65" s="107"/>
+      <c r="F65" s="112"/>
+      <c r="G65" s="112"/>
+      <c r="H65" s="112"/>
+      <c r="I65" s="112"/>
+      <c r="J65" s="112"/>
+      <c r="K65" s="112"/>
+      <c r="L65" s="112"/>
+      <c r="M65" s="113"/>
+      <c r="N65" s="113"/>
+      <c r="O65" s="107"/>
+      <c r="P65" s="107"/>
+      <c r="Q65" s="107"/>
+      <c r="R65" s="107"/>
+    </row>
+    <row r="66" spans="1:18" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A66" s="108"/>
+      <c r="B66" s="114"/>
+      <c r="C66" s="110"/>
+      <c r="D66" s="111"/>
+      <c r="E66" s="107"/>
+      <c r="F66" s="115"/>
+      <c r="G66" s="116"/>
+      <c r="H66" s="112"/>
+      <c r="I66" s="112"/>
+      <c r="J66" s="115"/>
+      <c r="K66" s="115"/>
+      <c r="L66" s="112"/>
+      <c r="M66" s="113"/>
+      <c r="N66" s="113"/>
+      <c r="O66" s="107"/>
+      <c r="P66" s="107"/>
+      <c r="Q66" s="107"/>
+      <c r="R66" s="107"/>
+    </row>
+    <row r="67" spans="1:18" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A67" s="108"/>
+      <c r="B67" s="114"/>
+      <c r="C67" s="110"/>
+      <c r="D67" s="111"/>
+      <c r="E67" s="107"/>
+      <c r="F67" s="115"/>
+      <c r="G67" s="112"/>
+      <c r="H67" s="112"/>
+      <c r="I67" s="112"/>
+      <c r="J67" s="115"/>
+      <c r="K67" s="115"/>
+      <c r="L67" s="112"/>
+      <c r="M67" s="113"/>
+      <c r="N67" s="113"/>
+      <c r="O67" s="107"/>
+      <c r="P67" s="107"/>
+      <c r="Q67" s="107"/>
+      <c r="R67" s="107"/>
+    </row>
+    <row r="68" spans="1:18" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A68" s="108"/>
+      <c r="B68" s="114"/>
+      <c r="C68" s="110"/>
+      <c r="D68" s="111"/>
+      <c r="E68" s="107"/>
+      <c r="F68" s="115"/>
+      <c r="G68" s="112"/>
+      <c r="H68" s="112"/>
+      <c r="I68" s="116"/>
+      <c r="J68" s="115"/>
+      <c r="K68" s="112"/>
+      <c r="L68" s="112"/>
+      <c r="M68" s="113"/>
+      <c r="N68" s="113"/>
+      <c r="O68" s="107"/>
+      <c r="P68" s="107"/>
+      <c r="Q68" s="107"/>
+      <c r="R68" s="107"/>
+    </row>
+    <row r="69" spans="1:18" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A69" s="108"/>
+      <c r="B69" s="114"/>
+      <c r="C69" s="110"/>
+      <c r="D69" s="111"/>
+      <c r="E69" s="107"/>
+      <c r="F69" s="115"/>
+      <c r="G69" s="112"/>
+      <c r="H69" s="112"/>
+      <c r="I69" s="112"/>
+      <c r="J69" s="115"/>
+      <c r="K69" s="115"/>
+      <c r="L69" s="112"/>
+      <c r="M69" s="113"/>
+      <c r="N69" s="113"/>
+      <c r="O69" s="107"/>
+      <c r="P69" s="107"/>
+      <c r="Q69" s="107"/>
+      <c r="R69" s="107"/>
+    </row>
+    <row r="70" spans="1:18" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A70" s="108"/>
+      <c r="B70" s="114"/>
+      <c r="C70" s="110"/>
+      <c r="D70" s="111"/>
+      <c r="E70" s="107"/>
+      <c r="F70" s="115"/>
+      <c r="G70" s="112"/>
+      <c r="H70" s="112"/>
+      <c r="I70" s="112"/>
+      <c r="J70" s="115"/>
+      <c r="K70" s="115"/>
+      <c r="L70" s="112"/>
+      <c r="M70" s="113"/>
+      <c r="N70" s="113"/>
+      <c r="O70" s="107"/>
+      <c r="P70" s="107"/>
+      <c r="Q70" s="107"/>
+      <c r="R70" s="107"/>
+    </row>
+    <row r="71" spans="1:18" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A71" s="108"/>
+      <c r="B71" s="114"/>
+      <c r="C71" s="110"/>
+      <c r="D71" s="111"/>
+      <c r="E71" s="107"/>
+      <c r="F71" s="112"/>
+      <c r="G71" s="112"/>
+      <c r="H71" s="112"/>
+      <c r="I71" s="112"/>
+      <c r="J71" s="112"/>
+      <c r="K71" s="112"/>
+      <c r="L71" s="112"/>
+      <c r="M71" s="113"/>
+      <c r="N71" s="113"/>
+      <c r="O71" s="107"/>
+      <c r="P71" s="107"/>
+      <c r="Q71" s="107"/>
+      <c r="R71" s="107"/>
+    </row>
+    <row r="72" spans="1:18" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A72" s="108"/>
+      <c r="B72" s="114"/>
+      <c r="C72" s="110"/>
+      <c r="D72" s="111"/>
+      <c r="E72" s="107"/>
+      <c r="F72" s="115"/>
+      <c r="G72" s="116"/>
+      <c r="H72" s="112"/>
+      <c r="I72" s="112"/>
+      <c r="J72" s="115"/>
+      <c r="K72" s="115"/>
+      <c r="L72" s="112"/>
+      <c r="M72" s="113"/>
+      <c r="N72" s="113"/>
+      <c r="O72" s="107"/>
+      <c r="P72" s="107"/>
+      <c r="Q72" s="107"/>
+      <c r="R72" s="107"/>
+    </row>
+    <row r="73" spans="1:18" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A73" s="108"/>
+      <c r="B73" s="114"/>
+      <c r="C73" s="110"/>
+      <c r="D73" s="111"/>
+      <c r="E73" s="107"/>
+      <c r="F73" s="115"/>
+      <c r="G73" s="112"/>
+      <c r="H73" s="112"/>
+      <c r="I73" s="112"/>
+      <c r="J73" s="115"/>
+      <c r="K73" s="115"/>
+      <c r="L73" s="112"/>
+      <c r="M73" s="113"/>
+      <c r="N73" s="113"/>
+      <c r="O73" s="107"/>
+      <c r="P73" s="107"/>
+      <c r="Q73" s="107"/>
+      <c r="R73" s="107"/>
+    </row>
+    <row r="74" spans="1:18" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A74" s="108"/>
+      <c r="B74" s="114"/>
+      <c r="C74" s="110"/>
+      <c r="D74" s="111"/>
+      <c r="E74" s="107"/>
+      <c r="F74" s="115"/>
+      <c r="G74" s="112"/>
+      <c r="H74" s="112"/>
+      <c r="I74" s="118"/>
+      <c r="J74" s="115"/>
+      <c r="K74" s="112"/>
+      <c r="L74" s="112"/>
+      <c r="M74" s="113"/>
+      <c r="N74" s="113"/>
+      <c r="O74" s="107"/>
+      <c r="P74" s="107"/>
+      <c r="Q74" s="107"/>
+      <c r="R74" s="107"/>
+    </row>
+    <row r="75" spans="1:18" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A75" s="108"/>
+      <c r="B75" s="114"/>
+      <c r="C75" s="110"/>
+      <c r="D75" s="111"/>
+      <c r="E75" s="107"/>
+      <c r="F75" s="115"/>
+      <c r="G75" s="112"/>
+      <c r="H75" s="112"/>
+      <c r="I75" s="112"/>
+      <c r="J75" s="115"/>
+      <c r="K75" s="115"/>
+      <c r="L75" s="112"/>
+      <c r="M75" s="113"/>
+      <c r="N75" s="113"/>
+      <c r="O75" s="107"/>
+      <c r="P75" s="107"/>
+      <c r="Q75" s="107"/>
+      <c r="R75" s="107"/>
+    </row>
+    <row r="76" spans="1:18" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A76" s="108"/>
+      <c r="B76" s="114"/>
+      <c r="C76" s="110"/>
+      <c r="D76" s="111"/>
+      <c r="F76" s="119"/>
+      <c r="G76" s="120"/>
+      <c r="H76" s="120"/>
+      <c r="I76" s="120"/>
+      <c r="J76" s="119"/>
+      <c r="K76" s="119"/>
+      <c r="L76" s="120"/>
+      <c r="M76" s="121"/>
+      <c r="N76" s="121"/>
+    </row>
+    <row r="77" spans="1:18" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A77" s="108"/>
+      <c r="B77" s="114"/>
+      <c r="C77" s="110"/>
+      <c r="D77" s="111"/>
+      <c r="F77" s="120"/>
+      <c r="G77" s="120"/>
+      <c r="H77" s="120"/>
+      <c r="I77" s="120"/>
+      <c r="J77" s="120"/>
+      <c r="K77" s="120"/>
+      <c r="L77" s="120"/>
+      <c r="M77" s="121"/>
+      <c r="N77" s="121"/>
+    </row>
+    <row r="78" spans="1:18" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A78" s="108"/>
+      <c r="B78" s="114"/>
+      <c r="C78" s="110"/>
+      <c r="D78" s="111"/>
+      <c r="F78" s="119"/>
+      <c r="G78" s="122"/>
+      <c r="H78" s="120"/>
+      <c r="I78" s="120"/>
+      <c r="J78" s="119"/>
+      <c r="K78" s="119"/>
+      <c r="L78" s="120"/>
+      <c r="M78" s="121"/>
+      <c r="N78" s="121"/>
+    </row>
+    <row r="79" spans="1:18" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A79" s="108"/>
+      <c r="B79" s="114"/>
+      <c r="C79" s="110"/>
+      <c r="D79" s="111"/>
+      <c r="F79" s="119"/>
+      <c r="G79" s="120"/>
+      <c r="H79" s="120"/>
+      <c r="I79" s="120"/>
+      <c r="J79" s="119"/>
+      <c r="K79" s="119"/>
+      <c r="L79" s="120"/>
+      <c r="M79" s="121"/>
+      <c r="N79" s="121"/>
+    </row>
+    <row r="80" spans="1:18" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A80" s="108"/>
+      <c r="B80" s="114"/>
+      <c r="C80" s="110"/>
+      <c r="D80" s="111"/>
+      <c r="F80" s="119"/>
+      <c r="G80" s="120"/>
+      <c r="H80" s="120"/>
+      <c r="I80" s="122"/>
+      <c r="J80" s="119"/>
+      <c r="K80" s="120"/>
+      <c r="L80" s="120"/>
+      <c r="M80" s="121"/>
+      <c r="N80" s="121"/>
+    </row>
+    <row r="81" spans="1:14" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A81" s="108"/>
+      <c r="B81" s="114"/>
+      <c r="C81" s="110"/>
+      <c r="D81" s="111"/>
+      <c r="F81" s="119"/>
+      <c r="G81" s="120"/>
+      <c r="H81" s="120"/>
+      <c r="I81" s="120"/>
+      <c r="J81" s="119"/>
+      <c r="K81" s="119"/>
+      <c r="L81" s="120"/>
+      <c r="M81" s="121"/>
+      <c r="N81" s="121"/>
+    </row>
+    <row r="82" spans="1:14" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A82" s="108"/>
+      <c r="B82" s="114"/>
+      <c r="C82" s="110"/>
+      <c r="D82" s="111"/>
+      <c r="F82" s="119"/>
+      <c r="G82" s="120"/>
+      <c r="H82" s="120"/>
+      <c r="I82" s="120"/>
+      <c r="J82" s="119"/>
+      <c r="K82" s="119"/>
+      <c r="L82" s="120"/>
+      <c r="M82" s="121"/>
+      <c r="N82" s="121"/>
+    </row>
+    <row r="83" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="F83" s="120"/>
+      <c r="G83" s="120"/>
+      <c r="H83" s="120"/>
+      <c r="I83" s="120"/>
+      <c r="J83" s="120"/>
+      <c r="K83" s="120"/>
+      <c r="L83" s="120"/>
+      <c r="M83" s="121"/>
+      <c r="N83" s="121"/>
+    </row>
+    <row r="84" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="F84" s="120"/>
+      <c r="G84" s="120"/>
+      <c r="H84" s="120"/>
+      <c r="I84" s="120"/>
+      <c r="J84" s="123"/>
+      <c r="K84" s="124"/>
+      <c r="L84" s="123"/>
+      <c r="M84" s="121"/>
+      <c r="N84" s="121"/>
+    </row>
+    <row r="85" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="F85" s="120"/>
+      <c r="G85" s="120"/>
+      <c r="H85" s="120"/>
+      <c r="I85" s="120"/>
+      <c r="J85" s="120"/>
+      <c r="K85" s="120"/>
+      <c r="L85" s="120"/>
+      <c r="M85" s="121"/>
+      <c r="N85" s="121"/>
+    </row>
+    <row r="86" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="F86" s="119"/>
+      <c r="G86" s="119"/>
+      <c r="H86" s="119"/>
+      <c r="I86" s="120"/>
+      <c r="J86" s="120"/>
+      <c r="K86" s="120"/>
+      <c r="L86" s="120"/>
+      <c r="M86" s="121"/>
+      <c r="N86" s="121"/>
+    </row>
+    <row r="87" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="F87" s="120"/>
+      <c r="G87" s="120"/>
+      <c r="H87" s="120"/>
+      <c r="I87" s="120"/>
+      <c r="J87" s="120"/>
+      <c r="K87" s="120"/>
+      <c r="L87" s="120"/>
+      <c r="M87" s="121"/>
+      <c r="N87" s="121"/>
+    </row>
+    <row r="88" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="F88" s="120"/>
+      <c r="G88" s="120"/>
+      <c r="H88" s="120"/>
+      <c r="I88" s="120"/>
+      <c r="J88" s="120"/>
+      <c r="K88" s="120"/>
+      <c r="L88" s="120"/>
+      <c r="M88" s="121"/>
+      <c r="N88" s="121"/>
+    </row>
+    <row r="89" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="F89" s="120"/>
+      <c r="G89" s="120"/>
+      <c r="H89" s="120"/>
+      <c r="I89" s="120"/>
+      <c r="J89" s="120"/>
+      <c r="K89" s="120"/>
+      <c r="L89" s="120"/>
+      <c r="M89" s="121"/>
+      <c r="N89" s="121"/>
+    </row>
+    <row r="90" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="F90" s="119"/>
+      <c r="G90" s="122"/>
+      <c r="H90" s="120"/>
+      <c r="I90" s="120"/>
+      <c r="J90" s="119"/>
+      <c r="K90" s="119"/>
+      <c r="L90" s="120"/>
+      <c r="M90" s="121"/>
+      <c r="N90" s="121"/>
+    </row>
+    <row r="91" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="F91" s="119"/>
+      <c r="G91" s="120"/>
+      <c r="H91" s="120"/>
+      <c r="I91" s="120"/>
+      <c r="J91" s="119"/>
+      <c r="K91" s="119"/>
+      <c r="L91" s="120"/>
+      <c r="M91" s="121"/>
+      <c r="N91" s="121"/>
+    </row>
+    <row r="92" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="F92" s="119"/>
+      <c r="G92" s="120"/>
+      <c r="H92" s="120"/>
+      <c r="I92" s="122"/>
+      <c r="J92" s="119"/>
+      <c r="K92" s="120"/>
+      <c r="L92" s="120"/>
+      <c r="M92" s="121"/>
+      <c r="N92" s="121"/>
+    </row>
+    <row r="93" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="F93" s="119"/>
+      <c r="G93" s="120"/>
+      <c r="H93" s="120"/>
+      <c r="I93" s="120"/>
+      <c r="J93" s="119"/>
+      <c r="K93" s="119"/>
+      <c r="L93" s="120"/>
+      <c r="M93" s="121"/>
+      <c r="N93" s="121"/>
+    </row>
+    <row r="94" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="F94" s="119"/>
+      <c r="G94" s="120"/>
+      <c r="H94" s="120"/>
+      <c r="I94" s="120"/>
+      <c r="J94" s="119"/>
+      <c r="K94" s="119"/>
+      <c r="L94" s="120"/>
+      <c r="M94" s="121"/>
+      <c r="N94" s="121"/>
+    </row>
+    <row r="95" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="F95" s="120"/>
+      <c r="G95" s="120"/>
+      <c r="H95" s="120"/>
+      <c r="I95" s="120"/>
+      <c r="J95" s="120"/>
+      <c r="K95" s="120"/>
+      <c r="L95" s="120"/>
+      <c r="M95" s="121"/>
+      <c r="N95" s="121"/>
+    </row>
+    <row r="96" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="F96" s="119"/>
+      <c r="G96" s="122"/>
+      <c r="H96" s="120"/>
+      <c r="I96" s="120"/>
+      <c r="J96" s="119"/>
+      <c r="K96" s="119"/>
+      <c r="L96" s="120"/>
+      <c r="M96" s="121"/>
+      <c r="N96" s="121"/>
+    </row>
+    <row r="97" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F97" s="119"/>
+      <c r="G97" s="125"/>
+      <c r="H97" s="125"/>
+      <c r="I97" s="125"/>
+      <c r="J97" s="120"/>
+      <c r="K97" s="120"/>
+      <c r="L97" s="120"/>
+      <c r="M97" s="121"/>
+      <c r="N97" s="121"/>
+    </row>
+    <row r="98" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F98" s="119"/>
+      <c r="G98" s="125"/>
+      <c r="H98" s="125"/>
+      <c r="I98" s="125"/>
+      <c r="J98" s="119"/>
+      <c r="K98" s="119"/>
+      <c r="L98" s="120"/>
+      <c r="M98" s="121"/>
+      <c r="N98" s="121"/>
+    </row>
+    <row r="99" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F99" s="119"/>
+      <c r="G99" s="120"/>
+      <c r="H99" s="120"/>
+      <c r="I99" s="122"/>
+      <c r="J99" s="119"/>
+      <c r="K99" s="120"/>
+      <c r="L99" s="120"/>
+      <c r="M99" s="121"/>
+      <c r="N99" s="121"/>
+    </row>
+    <row r="100" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F100" s="119"/>
+      <c r="G100" s="120"/>
+      <c r="H100" s="120"/>
+      <c r="I100" s="120"/>
+      <c r="J100" s="119"/>
+      <c r="K100" s="119"/>
+      <c r="L100" s="120"/>
+      <c r="M100" s="121"/>
+      <c r="N100" s="121"/>
+    </row>
+    <row r="101" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F101" s="119"/>
+      <c r="G101" s="120"/>
+      <c r="H101" s="120"/>
+      <c r="I101" s="120"/>
+      <c r="J101" s="119"/>
+      <c r="K101" s="119"/>
+      <c r="L101" s="120"/>
+      <c r="M101" s="121"/>
+      <c r="N101" s="121"/>
+    </row>
+    <row r="102" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F102" s="120"/>
+      <c r="G102" s="120"/>
+      <c r="H102" s="120"/>
+      <c r="I102" s="120"/>
+      <c r="J102" s="120"/>
+      <c r="K102" s="120"/>
+      <c r="L102" s="120"/>
+      <c r="M102" s="121"/>
+      <c r="N102" s="121"/>
+    </row>
+    <row r="103" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F103" s="119"/>
+      <c r="G103" s="122"/>
+      <c r="H103" s="120"/>
+      <c r="I103" s="120"/>
+      <c r="J103" s="119"/>
+      <c r="K103" s="119"/>
+      <c r="L103" s="120"/>
+      <c r="M103" s="121"/>
+      <c r="N103" s="121"/>
+    </row>
+    <row r="104" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F104" s="119"/>
+      <c r="G104" s="120"/>
+      <c r="H104" s="120"/>
+      <c r="I104" s="120"/>
+      <c r="J104" s="119"/>
+      <c r="K104" s="119"/>
+      <c r="L104" s="120"/>
+      <c r="M104" s="121"/>
+      <c r="N104" s="121"/>
+    </row>
+    <row r="105" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F105" s="119"/>
+      <c r="G105" s="120"/>
+      <c r="H105" s="120"/>
+      <c r="I105" s="122"/>
+      <c r="J105" s="119"/>
+      <c r="K105" s="120"/>
+      <c r="L105" s="120"/>
+      <c r="M105" s="121"/>
+      <c r="N105" s="121"/>
+    </row>
+    <row r="106" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F106" s="119"/>
+      <c r="G106" s="120"/>
+      <c r="H106" s="120"/>
+      <c r="I106" s="120"/>
+      <c r="J106" s="119"/>
+      <c r="K106" s="119"/>
+      <c r="L106" s="120"/>
+      <c r="M106" s="121"/>
+      <c r="N106" s="121"/>
+    </row>
+    <row r="107" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F107" s="119"/>
+      <c r="G107" s="120"/>
+      <c r="H107" s="120"/>
+      <c r="I107" s="120"/>
+      <c r="J107" s="119"/>
+      <c r="K107" s="119"/>
+      <c r="L107" s="120"/>
+      <c r="M107" s="121"/>
+      <c r="N107" s="121"/>
+    </row>
+    <row r="108" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F108" s="120"/>
+      <c r="G108" s="120"/>
+      <c r="H108" s="120"/>
+      <c r="I108" s="120"/>
+      <c r="J108" s="120"/>
+      <c r="K108" s="120"/>
+      <c r="L108" s="120"/>
+      <c r="M108" s="121"/>
+      <c r="N108" s="121"/>
+    </row>
+    <row r="109" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F109" s="119"/>
+      <c r="G109" s="122"/>
+      <c r="H109" s="120"/>
+      <c r="I109" s="120"/>
+      <c r="J109" s="119"/>
+      <c r="K109" s="119"/>
+      <c r="L109" s="120"/>
+      <c r="M109" s="121"/>
+      <c r="N109" s="121"/>
+    </row>
+    <row r="110" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F110" s="119"/>
+      <c r="G110" s="120"/>
+      <c r="H110" s="120"/>
+      <c r="I110" s="120"/>
+      <c r="J110" s="119"/>
+      <c r="K110" s="119"/>
+      <c r="L110" s="120"/>
+      <c r="M110" s="121"/>
+      <c r="N110" s="121"/>
+    </row>
+    <row r="111" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F111" s="119"/>
+      <c r="G111" s="120"/>
+      <c r="H111" s="120"/>
+      <c r="I111" s="122"/>
+      <c r="J111" s="119"/>
+      <c r="K111" s="120"/>
+      <c r="L111" s="120"/>
+      <c r="M111" s="121"/>
+      <c r="N111" s="121"/>
+    </row>
+    <row r="112" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F112" s="119"/>
+      <c r="G112" s="120"/>
+      <c r="H112" s="120"/>
+      <c r="I112" s="120"/>
+      <c r="J112" s="119"/>
+      <c r="K112" s="119"/>
+      <c r="L112" s="120"/>
+      <c r="M112" s="121"/>
+      <c r="N112" s="121"/>
+    </row>
+    <row r="113" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F113" s="119"/>
+      <c r="G113" s="120"/>
+      <c r="H113" s="120"/>
+      <c r="I113" s="120"/>
+      <c r="J113" s="119"/>
+      <c r="K113" s="119"/>
+      <c r="L113" s="120"/>
+      <c r="M113" s="121"/>
+      <c r="N113" s="121"/>
+    </row>
+    <row r="114" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F114" s="120"/>
+      <c r="G114" s="120"/>
+      <c r="H114" s="120"/>
+      <c r="I114" s="120"/>
+      <c r="J114" s="120"/>
+      <c r="K114" s="120"/>
+      <c r="L114" s="120"/>
+      <c r="M114" s="121"/>
+      <c r="N114" s="121"/>
+    </row>
+    <row r="115" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F115" s="119"/>
+      <c r="G115" s="122"/>
+      <c r="H115" s="120"/>
+      <c r="I115" s="120"/>
+      <c r="J115" s="119"/>
+      <c r="K115" s="119"/>
+      <c r="L115" s="120"/>
+      <c r="M115" s="121"/>
+      <c r="N115" s="121"/>
+    </row>
+    <row r="116" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F116" s="119"/>
+      <c r="G116" s="120"/>
+      <c r="H116" s="120"/>
+      <c r="I116" s="120"/>
+      <c r="J116" s="119"/>
+      <c r="K116" s="119"/>
+      <c r="L116" s="120"/>
+      <c r="M116" s="121"/>
+      <c r="N116" s="121"/>
+    </row>
+    <row r="117" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F117" s="119"/>
+      <c r="G117" s="120"/>
+      <c r="H117" s="120"/>
+      <c r="I117" s="122"/>
+      <c r="J117" s="119"/>
+      <c r="K117" s="120"/>
+      <c r="L117" s="120"/>
+      <c r="M117" s="121"/>
+      <c r="N117" s="121"/>
+    </row>
+    <row r="118" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F118" s="119"/>
+      <c r="G118" s="120"/>
+      <c r="H118" s="120"/>
+      <c r="I118" s="120"/>
+      <c r="J118" s="119"/>
+      <c r="K118" s="119"/>
+      <c r="L118" s="120"/>
+      <c r="M118" s="121"/>
+      <c r="N118" s="121"/>
+    </row>
+    <row r="119" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F119" s="119"/>
+      <c r="G119" s="120"/>
+      <c r="H119" s="120"/>
+      <c r="I119" s="120"/>
+      <c r="J119" s="119"/>
+      <c r="K119" s="119"/>
+      <c r="L119" s="120"/>
+      <c r="M119" s="121"/>
+      <c r="N119" s="121"/>
+    </row>
+    <row r="120" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F120" s="120"/>
+      <c r="G120" s="120"/>
+      <c r="H120" s="120"/>
+      <c r="I120" s="120"/>
+      <c r="J120" s="120"/>
+      <c r="K120" s="120"/>
+      <c r="L120" s="120"/>
+      <c r="M120" s="121"/>
+      <c r="N120" s="121"/>
+    </row>
+    <row r="121" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F121" s="119"/>
+      <c r="G121" s="122"/>
+      <c r="H121" s="120"/>
+      <c r="I121" s="120"/>
+      <c r="J121" s="119"/>
+      <c r="K121" s="119"/>
+      <c r="L121" s="120"/>
+      <c r="M121" s="121"/>
+      <c r="N121" s="121"/>
+    </row>
+    <row r="122" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F122" s="119"/>
+      <c r="G122" s="120"/>
+      <c r="H122" s="120"/>
+      <c r="I122" s="120"/>
+      <c r="J122" s="119"/>
+      <c r="K122" s="119"/>
+      <c r="L122" s="120"/>
+      <c r="M122" s="121"/>
+      <c r="N122" s="121"/>
+    </row>
+    <row r="123" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F123" s="119"/>
+      <c r="G123" s="120"/>
+      <c r="H123" s="120"/>
+      <c r="I123" s="122"/>
+      <c r="J123" s="119"/>
+      <c r="K123" s="120"/>
+      <c r="L123" s="120"/>
+      <c r="M123" s="121"/>
+      <c r="N123" s="121"/>
+    </row>
+    <row r="124" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F124" s="119"/>
+      <c r="G124" s="120"/>
+      <c r="H124" s="120"/>
+      <c r="I124" s="120"/>
+      <c r="J124" s="119"/>
+      <c r="K124" s="119"/>
+      <c r="L124" s="120"/>
+      <c r="M124" s="121"/>
+      <c r="N124" s="121"/>
+    </row>
+    <row r="125" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F125" s="119"/>
+      <c r="G125" s="120"/>
+      <c r="H125" s="120"/>
+      <c r="I125" s="120"/>
+      <c r="J125" s="119"/>
+      <c r="K125" s="119"/>
+      <c r="L125" s="120"/>
+      <c r="M125" s="121"/>
+      <c r="N125" s="121"/>
+    </row>
+    <row r="126" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F126" s="120"/>
+      <c r="G126" s="120"/>
+      <c r="H126" s="120"/>
+      <c r="I126" s="120"/>
+      <c r="J126" s="120"/>
+      <c r="K126" s="120"/>
+      <c r="L126" s="120"/>
+      <c r="M126" s="121"/>
+      <c r="N126" s="121"/>
+    </row>
+    <row r="127" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F127" s="119"/>
+      <c r="G127" s="122"/>
+      <c r="H127" s="120"/>
+      <c r="I127" s="120"/>
+      <c r="J127" s="119"/>
+      <c r="K127" s="119"/>
+      <c r="L127" s="120"/>
+      <c r="M127" s="121"/>
+      <c r="N127" s="121"/>
+    </row>
+    <row r="128" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F128" s="119"/>
+      <c r="G128" s="120"/>
+      <c r="H128" s="120"/>
+      <c r="I128" s="120"/>
+      <c r="J128" s="119"/>
+      <c r="K128" s="119"/>
+      <c r="L128" s="120"/>
+      <c r="M128" s="121"/>
+      <c r="N128" s="121"/>
+    </row>
+    <row r="129" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F129" s="119"/>
+      <c r="G129" s="120"/>
+      <c r="H129" s="120"/>
+      <c r="I129" s="122"/>
+      <c r="J129" s="119"/>
+      <c r="K129" s="120"/>
+      <c r="L129" s="120"/>
+      <c r="M129" s="121"/>
+      <c r="N129" s="121"/>
+    </row>
+    <row r="130" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F130" s="119"/>
+      <c r="G130" s="120"/>
+      <c r="H130" s="120"/>
+      <c r="I130" s="120"/>
+      <c r="J130" s="119"/>
+      <c r="K130" s="119"/>
+      <c r="L130" s="120"/>
+      <c r="M130" s="121"/>
+      <c r="N130" s="121"/>
+    </row>
+    <row r="131" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F131" s="119"/>
+      <c r="G131" s="120"/>
+      <c r="H131" s="120"/>
+      <c r="I131" s="120"/>
+      <c r="J131" s="119"/>
+      <c r="K131" s="119"/>
+      <c r="L131" s="120"/>
+      <c r="M131" s="121"/>
+      <c r="N131" s="121"/>
+    </row>
+    <row r="132" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F132" s="120"/>
+      <c r="G132" s="120"/>
+      <c r="H132" s="120"/>
+      <c r="I132" s="120"/>
+      <c r="J132" s="120"/>
+      <c r="K132" s="120"/>
+      <c r="L132" s="120"/>
+      <c r="M132" s="121"/>
+      <c r="N132" s="121"/>
+    </row>
+    <row r="133" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F133" s="120"/>
+      <c r="G133" s="120"/>
+      <c r="H133" s="120"/>
+      <c r="I133" s="120"/>
+      <c r="J133" s="123"/>
+      <c r="K133" s="124"/>
+      <c r="L133" s="123"/>
+      <c r="M133" s="121"/>
+      <c r="N133" s="121"/>
+    </row>
+    <row r="134" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F134" s="120"/>
+      <c r="G134" s="120"/>
+      <c r="H134" s="120"/>
+      <c r="I134" s="120"/>
+      <c r="J134" s="120"/>
+      <c r="K134" s="120"/>
+      <c r="L134" s="120"/>
+      <c r="M134" s="121"/>
+      <c r="N134" s="121"/>
+    </row>
+    <row r="135" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F135" s="119"/>
+      <c r="G135" s="119"/>
+      <c r="H135" s="119"/>
+      <c r="I135" s="120"/>
+      <c r="J135" s="120"/>
+      <c r="K135" s="120"/>
+      <c r="L135" s="120"/>
+      <c r="M135" s="121"/>
+      <c r="N135" s="121"/>
+    </row>
+    <row r="136" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F136" s="120"/>
+      <c r="G136" s="120"/>
+      <c r="H136" s="120"/>
+      <c r="I136" s="120"/>
+      <c r="J136" s="120"/>
+      <c r="K136" s="120"/>
+      <c r="L136" s="120"/>
+      <c r="M136" s="121"/>
+      <c r="N136" s="121"/>
+    </row>
+    <row r="137" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F137" s="120"/>
+      <c r="G137" s="120"/>
+      <c r="H137" s="120"/>
+      <c r="I137" s="120"/>
+      <c r="J137" s="120"/>
+      <c r="K137" s="120"/>
+      <c r="L137" s="120"/>
+      <c r="M137" s="121"/>
+      <c r="N137" s="121"/>
+    </row>
+    <row r="138" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F138" s="120"/>
+      <c r="G138" s="120"/>
+      <c r="H138" s="120"/>
+      <c r="I138" s="120"/>
+      <c r="J138" s="120"/>
+      <c r="K138" s="120"/>
+      <c r="L138" s="120"/>
+      <c r="M138" s="121"/>
+      <c r="N138" s="121"/>
+    </row>
+    <row r="139" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F139" s="119"/>
+      <c r="G139" s="122"/>
+      <c r="H139" s="120"/>
+      <c r="I139" s="120"/>
+      <c r="J139" s="119"/>
+      <c r="K139" s="119"/>
+      <c r="L139" s="120"/>
+      <c r="M139" s="121"/>
+      <c r="N139" s="121"/>
+    </row>
+    <row r="140" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F140" s="119"/>
+      <c r="G140" s="120"/>
+      <c r="H140" s="120"/>
+      <c r="I140" s="120"/>
+      <c r="J140" s="119"/>
+      <c r="K140" s="119"/>
+      <c r="L140" s="120"/>
+      <c r="M140" s="121"/>
+      <c r="N140" s="121"/>
+    </row>
+    <row r="141" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F141" s="119"/>
+      <c r="G141" s="120"/>
+      <c r="H141" s="120"/>
+      <c r="I141" s="122"/>
+      <c r="J141" s="119"/>
+      <c r="K141" s="120"/>
+      <c r="L141" s="120"/>
+      <c r="M141" s="121"/>
+      <c r="N141" s="121"/>
+    </row>
+    <row r="142" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F142" s="119"/>
+      <c r="G142" s="120"/>
+      <c r="H142" s="120"/>
+      <c r="I142" s="120"/>
+      <c r="J142" s="119"/>
+      <c r="K142" s="119"/>
+      <c r="L142" s="120"/>
+      <c r="M142" s="121"/>
+      <c r="N142" s="121"/>
+    </row>
+    <row r="143" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F143" s="119"/>
+      <c r="G143" s="120"/>
+      <c r="H143" s="120"/>
+      <c r="I143" s="120"/>
+      <c r="J143" s="119"/>
+      <c r="K143" s="119"/>
+      <c r="L143" s="120"/>
+      <c r="M143" s="121"/>
+      <c r="N143" s="121"/>
+    </row>
+    <row r="144" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F144" s="120"/>
+      <c r="G144" s="120"/>
+      <c r="H144" s="120"/>
+      <c r="I144" s="120"/>
+      <c r="J144" s="120"/>
+      <c r="K144" s="120"/>
+      <c r="L144" s="120"/>
+      <c r="M144" s="121"/>
+      <c r="N144" s="121"/>
+    </row>
+    <row r="145" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F145" s="119"/>
+      <c r="G145" s="122"/>
+      <c r="H145" s="120"/>
+      <c r="I145" s="120"/>
+      <c r="J145" s="119"/>
+      <c r="K145" s="119"/>
+      <c r="L145" s="120"/>
+      <c r="M145" s="121"/>
+      <c r="N145" s="121"/>
+    </row>
+    <row r="146" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F146" s="119"/>
+      <c r="G146" s="120"/>
+      <c r="H146" s="120"/>
+      <c r="I146" s="120"/>
+      <c r="J146" s="119"/>
+      <c r="K146" s="119"/>
+      <c r="L146" s="120"/>
+      <c r="M146" s="121"/>
+      <c r="N146" s="121"/>
+    </row>
+    <row r="147" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F147" s="119"/>
+      <c r="G147" s="120"/>
+      <c r="H147" s="120"/>
+      <c r="I147" s="122"/>
+      <c r="J147" s="119"/>
+      <c r="K147" s="120"/>
+      <c r="L147" s="120"/>
+      <c r="M147" s="121"/>
+      <c r="N147" s="121"/>
+    </row>
+    <row r="148" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F148" s="119"/>
+      <c r="G148" s="120"/>
+      <c r="H148" s="120"/>
+      <c r="I148" s="120"/>
+      <c r="J148" s="119"/>
+      <c r="K148" s="119"/>
+      <c r="L148" s="120"/>
+      <c r="M148" s="121"/>
+      <c r="N148" s="121"/>
+    </row>
+    <row r="149" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F149" s="119"/>
+      <c r="G149" s="120"/>
+      <c r="H149" s="120"/>
+      <c r="I149" s="120"/>
+      <c r="J149" s="119"/>
+      <c r="K149" s="119"/>
+      <c r="L149" s="120"/>
+      <c r="M149" s="121"/>
+      <c r="N149" s="121"/>
+    </row>
+    <row r="150" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F150" s="120"/>
+      <c r="G150" s="120"/>
+      <c r="H150" s="120"/>
+      <c r="I150" s="120"/>
+      <c r="J150" s="120"/>
+      <c r="K150" s="120"/>
+      <c r="L150" s="120"/>
+      <c r="M150" s="121"/>
+      <c r="N150" s="121"/>
+    </row>
+    <row r="151" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F151" s="119"/>
+      <c r="G151" s="122"/>
+      <c r="H151" s="120"/>
+      <c r="I151" s="120"/>
+      <c r="J151" s="119"/>
+      <c r="K151" s="119"/>
+      <c r="L151" s="120"/>
+      <c r="M151" s="121"/>
+      <c r="N151" s="121"/>
+    </row>
+    <row r="152" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F152" s="119"/>
+      <c r="G152" s="120"/>
+      <c r="H152" s="120"/>
+      <c r="I152" s="120"/>
+      <c r="J152" s="119"/>
+      <c r="K152" s="119"/>
+      <c r="L152" s="120"/>
+      <c r="M152" s="121"/>
+      <c r="N152" s="121"/>
+    </row>
+    <row r="153" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F153" s="119"/>
+      <c r="G153" s="120"/>
+      <c r="H153" s="120"/>
+      <c r="I153" s="122"/>
+      <c r="J153" s="119"/>
+      <c r="K153" s="120"/>
+      <c r="L153" s="120"/>
+      <c r="M153" s="121"/>
+      <c r="N153" s="121"/>
+    </row>
+    <row r="154" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F154" s="119"/>
+      <c r="G154" s="120"/>
+      <c r="H154" s="120"/>
+      <c r="I154" s="120"/>
+      <c r="J154" s="119"/>
+      <c r="K154" s="119"/>
+      <c r="L154" s="120"/>
+      <c r="M154" s="121"/>
+      <c r="N154" s="121"/>
+    </row>
+    <row r="155" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F155" s="119"/>
+      <c r="G155" s="120"/>
+      <c r="H155" s="120"/>
+      <c r="I155" s="120"/>
+      <c r="J155" s="119"/>
+      <c r="K155" s="119"/>
+      <c r="L155" s="120"/>
+      <c r="M155" s="121"/>
+      <c r="N155" s="121"/>
+    </row>
+    <row r="156" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F156" s="120"/>
+      <c r="G156" s="120"/>
+      <c r="H156" s="120"/>
+      <c r="I156" s="120"/>
+      <c r="J156" s="120"/>
+      <c r="K156" s="120"/>
+      <c r="L156" s="120"/>
+      <c r="M156" s="121"/>
+      <c r="N156" s="121"/>
+    </row>
+    <row r="157" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F157" s="119"/>
+      <c r="G157" s="122"/>
+      <c r="H157" s="120"/>
+      <c r="I157" s="120"/>
+      <c r="J157" s="119"/>
+      <c r="K157" s="119"/>
+      <c r="L157" s="120"/>
+      <c r="M157" s="121"/>
+      <c r="N157" s="121"/>
+    </row>
+    <row r="158" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F158" s="119"/>
+      <c r="G158" s="120"/>
+      <c r="H158" s="120"/>
+      <c r="I158" s="120"/>
+      <c r="J158" s="119"/>
+      <c r="K158" s="119"/>
+      <c r="L158" s="120"/>
+      <c r="M158" s="121"/>
+      <c r="N158" s="121"/>
+    </row>
+    <row r="159" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F159" s="119"/>
+      <c r="G159" s="120"/>
+      <c r="H159" s="120"/>
+      <c r="I159" s="122"/>
+      <c r="J159" s="119"/>
+      <c r="K159" s="120"/>
+      <c r="L159" s="120"/>
+      <c r="M159" s="121"/>
+      <c r="N159" s="121"/>
+    </row>
+    <row r="160" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F160" s="119"/>
+      <c r="G160" s="120"/>
+      <c r="H160" s="120"/>
+      <c r="I160" s="120"/>
+      <c r="J160" s="119"/>
+      <c r="K160" s="119"/>
+      <c r="L160" s="120"/>
+      <c r="M160" s="121"/>
+      <c r="N160" s="121"/>
+    </row>
+    <row r="161" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F161" s="119"/>
+      <c r="G161" s="120"/>
+      <c r="H161" s="120"/>
+      <c r="I161" s="120"/>
+      <c r="J161" s="119"/>
+      <c r="K161" s="119"/>
+      <c r="L161" s="120"/>
+      <c r="M161" s="121"/>
+      <c r="N161" s="121"/>
+    </row>
+    <row r="162" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F162" s="120"/>
+      <c r="G162" s="120"/>
+      <c r="H162" s="120"/>
+      <c r="I162" s="120"/>
+      <c r="J162" s="120"/>
+      <c r="K162" s="120"/>
+      <c r="L162" s="120"/>
+      <c r="M162" s="121"/>
+      <c r="N162" s="121"/>
+    </row>
+    <row r="163" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F163" s="119"/>
+      <c r="G163" s="122"/>
+      <c r="H163" s="120"/>
+      <c r="I163" s="120"/>
+      <c r="J163" s="119"/>
+      <c r="K163" s="119"/>
+      <c r="L163" s="120"/>
+      <c r="M163" s="121"/>
+      <c r="N163" s="121"/>
+    </row>
+    <row r="164" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F164" s="119"/>
+      <c r="G164" s="120"/>
+      <c r="H164" s="120"/>
+      <c r="I164" s="120"/>
+      <c r="J164" s="119"/>
+      <c r="K164" s="119"/>
+      <c r="L164" s="120"/>
+      <c r="M164" s="121"/>
+      <c r="N164" s="121"/>
+    </row>
+    <row r="165" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F165" s="119"/>
+      <c r="G165" s="120"/>
+      <c r="H165" s="120"/>
+      <c r="I165" s="126"/>
+      <c r="J165" s="119"/>
+      <c r="K165" s="120"/>
+      <c r="L165" s="120"/>
+      <c r="M165" s="121"/>
+      <c r="N165" s="121"/>
+    </row>
+    <row r="166" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F166" s="119"/>
+      <c r="G166" s="120"/>
+      <c r="H166" s="120"/>
+      <c r="I166" s="120"/>
+      <c r="J166" s="119"/>
+      <c r="K166" s="119"/>
+      <c r="L166" s="120"/>
+      <c r="M166" s="121"/>
+      <c r="N166" s="121"/>
+    </row>
+    <row r="167" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F167" s="119"/>
+      <c r="G167" s="120"/>
+      <c r="H167" s="120"/>
+      <c r="I167" s="120"/>
+      <c r="J167" s="119"/>
+      <c r="K167" s="119"/>
+      <c r="L167" s="120"/>
+      <c r="M167" s="121"/>
+      <c r="N167" s="121"/>
+    </row>
+    <row r="168" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F168" s="120"/>
+      <c r="G168" s="120"/>
+      <c r="H168" s="120"/>
+      <c r="I168" s="120"/>
+      <c r="J168" s="120"/>
+      <c r="K168" s="120"/>
+      <c r="L168" s="120"/>
+      <c r="M168" s="121"/>
+      <c r="N168" s="121"/>
+    </row>
+    <row r="169" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F169" s="119"/>
+      <c r="G169" s="122"/>
+      <c r="H169" s="120"/>
+      <c r="I169" s="120"/>
+      <c r="J169" s="119"/>
+      <c r="K169" s="119"/>
+      <c r="L169" s="120"/>
+      <c r="M169" s="121"/>
+      <c r="N169" s="121"/>
+    </row>
+    <row r="170" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F170" s="119"/>
+      <c r="G170" s="120"/>
+      <c r="H170" s="120"/>
+      <c r="I170" s="120"/>
+      <c r="J170" s="119"/>
+      <c r="K170" s="119"/>
+      <c r="L170" s="120"/>
+      <c r="M170" s="121"/>
+      <c r="N170" s="121"/>
+    </row>
+    <row r="171" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F171" s="119"/>
+      <c r="G171" s="120"/>
+      <c r="H171" s="120"/>
+      <c r="I171" s="122"/>
+      <c r="J171" s="119"/>
+      <c r="K171" s="120"/>
+      <c r="L171" s="120"/>
+      <c r="M171" s="121"/>
+      <c r="N171" s="121"/>
+    </row>
+    <row r="172" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F172" s="119"/>
+      <c r="G172" s="120"/>
+      <c r="H172" s="120"/>
+      <c r="I172" s="120"/>
+      <c r="J172" s="119"/>
+      <c r="K172" s="119"/>
+      <c r="L172" s="120"/>
+      <c r="M172" s="121"/>
+      <c r="N172" s="121"/>
+    </row>
+    <row r="173" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F173" s="119"/>
+      <c r="G173" s="120"/>
+      <c r="H173" s="120"/>
+      <c r="I173" s="120"/>
+      <c r="J173" s="119"/>
+      <c r="K173" s="119"/>
+      <c r="L173" s="120"/>
+      <c r="M173" s="121"/>
+      <c r="N173" s="121"/>
+    </row>
+    <row r="174" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F174" s="120"/>
+      <c r="G174" s="120"/>
+      <c r="H174" s="120"/>
+      <c r="I174" s="120"/>
+      <c r="J174" s="120"/>
+      <c r="K174" s="120"/>
+      <c r="L174" s="120"/>
+      <c r="M174" s="121"/>
+      <c r="N174" s="121"/>
+    </row>
+    <row r="175" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F175" s="119"/>
+      <c r="G175" s="122"/>
+      <c r="H175" s="120"/>
+      <c r="I175" s="120"/>
+      <c r="J175" s="119"/>
+      <c r="K175" s="119"/>
+      <c r="L175" s="120"/>
+      <c r="M175" s="121"/>
+      <c r="N175" s="121"/>
+    </row>
+    <row r="176" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F176" s="119"/>
+      <c r="G176" s="120"/>
+      <c r="H176" s="120"/>
+      <c r="I176" s="120"/>
+      <c r="J176" s="119"/>
+      <c r="K176" s="119"/>
+      <c r="L176" s="120"/>
+      <c r="M176" s="121"/>
+      <c r="N176" s="121"/>
+    </row>
+    <row r="177" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F177" s="119"/>
+      <c r="G177" s="120"/>
+      <c r="H177" s="120"/>
+      <c r="I177" s="126"/>
+      <c r="J177" s="119"/>
+      <c r="K177" s="120"/>
+      <c r="L177" s="120"/>
+      <c r="M177" s="121"/>
+      <c r="N177" s="121"/>
+    </row>
+    <row r="178" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F178" s="119"/>
+      <c r="G178" s="120"/>
+      <c r="H178" s="120"/>
+      <c r="I178" s="120"/>
+      <c r="J178" s="119"/>
+      <c r="K178" s="119"/>
+      <c r="L178" s="120"/>
+      <c r="M178" s="121"/>
+      <c r="N178" s="121"/>
+    </row>
+    <row r="179" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F179" s="119"/>
+      <c r="G179" s="120"/>
+      <c r="H179" s="120"/>
+      <c r="I179" s="120"/>
+      <c r="J179" s="119"/>
+      <c r="K179" s="119"/>
+      <c r="L179" s="120"/>
+      <c r="M179" s="121"/>
+      <c r="N179" s="121"/>
+    </row>
+    <row r="180" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F180" s="120"/>
+      <c r="G180" s="120"/>
+      <c r="H180" s="120"/>
+      <c r="I180" s="120"/>
+      <c r="J180" s="120"/>
+      <c r="K180" s="120"/>
+      <c r="L180" s="120"/>
+      <c r="M180" s="121"/>
+      <c r="N180" s="121"/>
+    </row>
+    <row r="181" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F181" s="120"/>
+      <c r="G181" s="120"/>
+      <c r="H181" s="120"/>
+      <c r="I181" s="120"/>
+      <c r="J181" s="123"/>
+      <c r="K181" s="124"/>
+      <c r="L181" s="123"/>
+      <c r="M181" s="121"/>
+      <c r="N181" s="121"/>
+    </row>
+    <row r="182" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F182" s="120"/>
+      <c r="G182" s="120"/>
+      <c r="H182" s="120"/>
+      <c r="I182" s="120"/>
+      <c r="J182" s="120"/>
+      <c r="K182" s="120"/>
+      <c r="L182" s="120"/>
+      <c r="M182" s="121"/>
+      <c r="N182" s="121"/>
+    </row>
+    <row r="183" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F183" s="119"/>
+      <c r="G183" s="119"/>
+      <c r="H183" s="119"/>
+      <c r="I183" s="120"/>
+      <c r="J183" s="120"/>
+      <c r="K183" s="120"/>
+      <c r="L183" s="120"/>
+      <c r="M183" s="121"/>
+      <c r="N183" s="121"/>
+    </row>
+    <row r="184" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F184" s="120"/>
+      <c r="G184" s="120"/>
+      <c r="H184" s="120"/>
+      <c r="I184" s="120"/>
+      <c r="J184" s="120"/>
+      <c r="K184" s="120"/>
+      <c r="L184" s="120"/>
+      <c r="M184" s="121"/>
+      <c r="N184" s="121"/>
+    </row>
+    <row r="185" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F185" s="120"/>
+      <c r="G185" s="120"/>
+      <c r="H185" s="120"/>
+      <c r="I185" s="120"/>
+      <c r="J185" s="120"/>
+      <c r="K185" s="120"/>
+      <c r="L185" s="120"/>
+      <c r="M185" s="121"/>
+      <c r="N185" s="121"/>
+    </row>
+    <row r="186" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F186" s="120"/>
+      <c r="G186" s="120"/>
+      <c r="H186" s="120"/>
+      <c r="I186" s="120"/>
+      <c r="J186" s="120"/>
+      <c r="K186" s="120"/>
+      <c r="L186" s="120"/>
+      <c r="M186" s="121"/>
+      <c r="N186" s="121"/>
+    </row>
+    <row r="187" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F187" s="119"/>
+      <c r="G187" s="122"/>
+      <c r="H187" s="120"/>
+      <c r="I187" s="120"/>
+      <c r="J187" s="119"/>
+      <c r="K187" s="119"/>
+      <c r="L187" s="120"/>
+      <c r="M187" s="121"/>
+      <c r="N187" s="121"/>
+    </row>
+    <row r="188" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F188" s="119"/>
+      <c r="G188" s="125"/>
+      <c r="H188" s="125"/>
+      <c r="I188" s="125"/>
+      <c r="J188" s="120"/>
+      <c r="K188" s="120"/>
+      <c r="L188" s="120"/>
+      <c r="M188" s="121"/>
+      <c r="N188" s="121"/>
+    </row>
+    <row r="189" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F189" s="119"/>
+      <c r="G189" s="125"/>
+      <c r="H189" s="125"/>
+      <c r="I189" s="125"/>
+      <c r="J189" s="119"/>
+      <c r="K189" s="119"/>
+      <c r="L189" s="120"/>
+      <c r="M189" s="121"/>
+      <c r="N189" s="121"/>
+    </row>
+    <row r="190" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F190" s="119"/>
+      <c r="G190" s="120"/>
+      <c r="H190" s="120"/>
+      <c r="I190" s="122"/>
+      <c r="J190" s="119"/>
+      <c r="K190" s="120"/>
+      <c r="L190" s="120"/>
+      <c r="M190" s="121"/>
+      <c r="N190" s="121"/>
+    </row>
+    <row r="191" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F191" s="119"/>
+      <c r="G191" s="120"/>
+      <c r="H191" s="120"/>
+      <c r="I191" s="120"/>
+      <c r="J191" s="119"/>
+      <c r="K191" s="119"/>
+      <c r="L191" s="120"/>
+      <c r="M191" s="121"/>
+      <c r="N191" s="121"/>
+    </row>
+    <row r="192" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F192" s="119"/>
+      <c r="G192" s="120"/>
+      <c r="H192" s="120"/>
+      <c r="I192" s="120"/>
+      <c r="J192" s="119"/>
+      <c r="K192" s="119"/>
+      <c r="L192" s="120"/>
+      <c r="M192" s="121"/>
+      <c r="N192" s="121"/>
+    </row>
+    <row r="193" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F193" s="120"/>
+      <c r="G193" s="120"/>
+      <c r="H193" s="120"/>
+      <c r="I193" s="120"/>
+      <c r="J193" s="120"/>
+      <c r="K193" s="120"/>
+      <c r="L193" s="120"/>
+      <c r="M193" s="121"/>
+      <c r="N193" s="121"/>
+    </row>
+    <row r="194" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F194" s="119"/>
+      <c r="G194" s="122"/>
+      <c r="H194" s="120"/>
+      <c r="I194" s="120"/>
+      <c r="J194" s="119"/>
+      <c r="K194" s="119"/>
+      <c r="L194" s="120"/>
+      <c r="M194" s="121"/>
+      <c r="N194" s="121"/>
+    </row>
+    <row r="195" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F195" s="119"/>
+      <c r="G195" s="120"/>
+      <c r="H195" s="120"/>
+      <c r="I195" s="120"/>
+      <c r="J195" s="119"/>
+      <c r="K195" s="119"/>
+      <c r="L195" s="120"/>
+      <c r="M195" s="121"/>
+      <c r="N195" s="121"/>
+    </row>
+    <row r="196" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F196" s="119"/>
+      <c r="G196" s="120"/>
+      <c r="H196" s="120"/>
+      <c r="I196" s="122"/>
+      <c r="J196" s="119"/>
+      <c r="K196" s="120"/>
+      <c r="L196" s="120"/>
+      <c r="M196" s="121"/>
+      <c r="N196" s="121"/>
+    </row>
+    <row r="197" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F197" s="119"/>
+      <c r="G197" s="120"/>
+      <c r="H197" s="120"/>
+      <c r="I197" s="120"/>
+      <c r="J197" s="119"/>
+      <c r="K197" s="119"/>
+      <c r="L197" s="120"/>
+      <c r="M197" s="121"/>
+      <c r="N197" s="121"/>
+    </row>
+    <row r="198" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F198" s="119"/>
+      <c r="G198" s="120"/>
+      <c r="H198" s="120"/>
+      <c r="I198" s="120"/>
+      <c r="J198" s="119"/>
+      <c r="K198" s="119"/>
+      <c r="L198" s="120"/>
+      <c r="M198" s="121"/>
+      <c r="N198" s="121"/>
+    </row>
+    <row r="199" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F199" s="120"/>
+      <c r="G199" s="120"/>
+      <c r="H199" s="120"/>
+      <c r="I199" s="120"/>
+      <c r="J199" s="120"/>
+      <c r="K199" s="120"/>
+      <c r="L199" s="120"/>
+      <c r="M199" s="121"/>
+      <c r="N199" s="121"/>
+    </row>
+    <row r="200" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F200" s="119"/>
+      <c r="G200" s="122"/>
+      <c r="H200" s="120"/>
+      <c r="I200" s="120"/>
+      <c r="J200" s="119"/>
+      <c r="K200" s="119"/>
+      <c r="L200" s="125"/>
+      <c r="M200" s="121"/>
+      <c r="N200" s="121"/>
+    </row>
+    <row r="201" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F201" s="120"/>
+      <c r="G201" s="120"/>
+      <c r="H201" s="120"/>
+      <c r="I201" s="120"/>
+      <c r="J201" s="120"/>
+      <c r="K201" s="120"/>
+      <c r="L201" s="125"/>
+      <c r="M201" s="121"/>
+      <c r="N201" s="121"/>
+    </row>
+    <row r="202" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F202" s="119"/>
+      <c r="G202" s="120"/>
+      <c r="H202" s="120"/>
+      <c r="I202" s="120"/>
+      <c r="J202" s="119"/>
+      <c r="K202" s="119"/>
+      <c r="L202" s="120"/>
+      <c r="M202" s="121"/>
+      <c r="N202" s="121"/>
+    </row>
+    <row r="203" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F203" s="119"/>
+      <c r="G203" s="120"/>
+      <c r="H203" s="120"/>
+      <c r="I203" s="122"/>
+      <c r="J203" s="119"/>
+      <c r="K203" s="120"/>
+      <c r="L203" s="120"/>
+      <c r="M203" s="121"/>
+      <c r="N203" s="121"/>
+    </row>
+    <row r="204" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F204" s="119"/>
+      <c r="G204" s="120"/>
+      <c r="H204" s="120"/>
+      <c r="I204" s="120"/>
+      <c r="J204" s="119"/>
+      <c r="K204" s="119"/>
+      <c r="L204" s="120"/>
+      <c r="M204" s="121"/>
+      <c r="N204" s="121"/>
+    </row>
+    <row r="205" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F205" s="119"/>
+      <c r="G205" s="120"/>
+      <c r="H205" s="120"/>
+      <c r="I205" s="120"/>
+      <c r="J205" s="119"/>
+      <c r="K205" s="119"/>
+      <c r="L205" s="120"/>
+      <c r="M205" s="121"/>
+      <c r="N205" s="121"/>
+    </row>
+    <row r="206" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F206" s="120"/>
+      <c r="G206" s="120"/>
+      <c r="H206" s="120"/>
+      <c r="I206" s="120"/>
+      <c r="J206" s="120"/>
+      <c r="K206" s="120"/>
+      <c r="L206" s="120"/>
+      <c r="M206" s="121"/>
+      <c r="N206" s="121"/>
+    </row>
+    <row r="207" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F207" s="119"/>
+      <c r="G207" s="122"/>
+      <c r="H207" s="120"/>
+      <c r="I207" s="120"/>
+      <c r="J207" s="119"/>
+      <c r="K207" s="119"/>
+      <c r="L207" s="120"/>
+      <c r="M207" s="121"/>
+      <c r="N207" s="121"/>
+    </row>
+    <row r="208" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F208" s="119"/>
+      <c r="G208" s="120"/>
+      <c r="H208" s="120"/>
+      <c r="I208" s="120"/>
+      <c r="J208" s="119"/>
+      <c r="K208" s="119"/>
+      <c r="L208" s="120"/>
+      <c r="M208" s="121"/>
+      <c r="N208" s="121"/>
+    </row>
+    <row r="209" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F209" s="119"/>
+      <c r="G209" s="120"/>
+      <c r="H209" s="120"/>
+      <c r="I209" s="122"/>
+      <c r="J209" s="119"/>
+      <c r="K209" s="120"/>
+      <c r="L209" s="120"/>
+      <c r="M209" s="121"/>
+      <c r="N209" s="121"/>
+    </row>
+    <row r="210" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F210" s="119"/>
+      <c r="G210" s="120"/>
+      <c r="H210" s="120"/>
+      <c r="I210" s="120"/>
+      <c r="J210" s="119"/>
+      <c r="K210" s="119"/>
+      <c r="L210" s="120"/>
+      <c r="M210" s="121"/>
+      <c r="N210" s="121"/>
+    </row>
+    <row r="211" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F211" s="119"/>
+      <c r="G211" s="120"/>
+      <c r="H211" s="120"/>
+      <c r="I211" s="120"/>
+      <c r="J211" s="119"/>
+      <c r="K211" s="119"/>
+      <c r="L211" s="120"/>
+      <c r="M211" s="121"/>
+      <c r="N211" s="121"/>
+    </row>
+    <row r="212" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F212" s="120"/>
+      <c r="G212" s="120"/>
+      <c r="H212" s="120"/>
+      <c r="I212" s="120"/>
+      <c r="J212" s="120"/>
+      <c r="K212" s="120"/>
+      <c r="L212" s="120"/>
+      <c r="M212" s="121"/>
+      <c r="N212" s="121"/>
+    </row>
+    <row r="213" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F213" s="119"/>
+      <c r="G213" s="122"/>
+      <c r="H213" s="120"/>
+      <c r="I213" s="120"/>
+      <c r="J213" s="119"/>
+      <c r="K213" s="119"/>
+      <c r="L213" s="120"/>
+      <c r="M213" s="121"/>
+      <c r="N213" s="121"/>
+    </row>
+    <row r="214" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F214" s="119"/>
+      <c r="G214" s="120"/>
+      <c r="H214" s="120"/>
+      <c r="I214" s="120"/>
+      <c r="J214" s="119"/>
+      <c r="K214" s="119"/>
+      <c r="L214" s="120"/>
+      <c r="M214" s="121"/>
+      <c r="N214" s="121"/>
+    </row>
+    <row r="215" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F215" s="119"/>
+      <c r="G215" s="120"/>
+      <c r="H215" s="120"/>
+      <c r="I215" s="122"/>
+      <c r="J215" s="119"/>
+      <c r="K215" s="120"/>
+      <c r="L215" s="120"/>
+      <c r="M215" s="121"/>
+      <c r="N215" s="121"/>
+    </row>
+    <row r="216" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F216" s="119"/>
+      <c r="G216" s="120"/>
+      <c r="H216" s="120"/>
+      <c r="I216" s="120"/>
+      <c r="J216" s="119"/>
+      <c r="K216" s="119"/>
+      <c r="L216" s="120"/>
+      <c r="M216" s="121"/>
+      <c r="N216" s="121"/>
+    </row>
+    <row r="217" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F217" s="119"/>
+      <c r="G217" s="120"/>
+      <c r="H217" s="120"/>
+      <c r="I217" s="120"/>
+      <c r="J217" s="119"/>
+      <c r="K217" s="119"/>
+      <c r="L217" s="120"/>
+      <c r="M217" s="121"/>
+      <c r="N217" s="121"/>
+    </row>
+    <row r="218" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F218" s="120"/>
+      <c r="G218" s="120"/>
+      <c r="H218" s="120"/>
+      <c r="I218" s="120"/>
+      <c r="J218" s="120"/>
+      <c r="K218" s="120"/>
+      <c r="L218" s="120"/>
+      <c r="M218" s="121"/>
+      <c r="N218" s="121"/>
+    </row>
+    <row r="219" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F219" s="119"/>
+      <c r="G219" s="122"/>
+      <c r="H219" s="120"/>
+      <c r="I219" s="120"/>
+      <c r="J219" s="119"/>
+      <c r="K219" s="119"/>
+      <c r="L219" s="120"/>
+      <c r="M219" s="121"/>
+      <c r="N219" s="121"/>
+    </row>
+    <row r="220" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F220" s="119"/>
+      <c r="G220" s="120"/>
+      <c r="H220" s="120"/>
+      <c r="I220" s="120"/>
+      <c r="J220" s="119"/>
+      <c r="K220" s="119"/>
+      <c r="L220" s="120"/>
+      <c r="M220" s="121"/>
+      <c r="N220" s="121"/>
+    </row>
+    <row r="221" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F221" s="119"/>
+      <c r="G221" s="120"/>
+      <c r="H221" s="120"/>
+      <c r="I221" s="122"/>
+      <c r="J221" s="119"/>
+      <c r="K221" s="120"/>
+      <c r="L221" s="120"/>
+      <c r="M221" s="121"/>
+      <c r="N221" s="121"/>
+    </row>
+    <row r="222" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F222" s="119"/>
+      <c r="G222" s="120"/>
+      <c r="H222" s="120"/>
+      <c r="I222" s="120"/>
+      <c r="J222" s="119"/>
+      <c r="K222" s="119"/>
+      <c r="L222" s="120"/>
+      <c r="M222" s="121"/>
+      <c r="N222" s="121"/>
+    </row>
+    <row r="223" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F223" s="119"/>
+      <c r="G223" s="120"/>
+      <c r="H223" s="120"/>
+      <c r="I223" s="120"/>
+      <c r="J223" s="119"/>
+      <c r="K223" s="119"/>
+      <c r="L223" s="120"/>
+      <c r="M223" s="121"/>
+      <c r="N223" s="121"/>
+    </row>
+    <row r="224" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F224" s="120"/>
+      <c r="G224" s="120"/>
+      <c r="H224" s="120"/>
+      <c r="I224" s="120"/>
+      <c r="J224" s="120"/>
+      <c r="K224" s="120"/>
+      <c r="L224" s="120"/>
+      <c r="M224" s="121"/>
+      <c r="N224" s="121"/>
+    </row>
+    <row r="225" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F225" s="119"/>
+      <c r="G225" s="122"/>
+      <c r="H225" s="120"/>
+      <c r="I225" s="120"/>
+      <c r="J225" s="119"/>
+      <c r="K225" s="119"/>
+      <c r="L225" s="120"/>
+      <c r="M225" s="121"/>
+      <c r="N225" s="121"/>
+    </row>
+    <row r="226" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F226" s="119"/>
+      <c r="G226" s="120"/>
+      <c r="H226" s="120"/>
+      <c r="I226" s="120"/>
+      <c r="J226" s="119"/>
+      <c r="K226" s="119"/>
+      <c r="L226" s="120"/>
+      <c r="M226" s="121"/>
+      <c r="N226" s="121"/>
+    </row>
+    <row r="227" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F227" s="119"/>
+      <c r="G227" s="125"/>
+      <c r="H227" s="120"/>
+      <c r="I227" s="122"/>
+      <c r="J227" s="119"/>
+      <c r="K227" s="120"/>
+      <c r="L227" s="120"/>
+      <c r="M227" s="121"/>
+      <c r="N227" s="121"/>
+    </row>
+    <row r="228" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F228" s="119"/>
+      <c r="G228" s="125"/>
+      <c r="H228" s="120"/>
+      <c r="I228" s="120"/>
+      <c r="J228" s="119"/>
+      <c r="K228" s="119"/>
+      <c r="L228" s="120"/>
+      <c r="M228" s="121"/>
+      <c r="N228" s="121"/>
+    </row>
+    <row r="229" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F229" s="119"/>
+      <c r="G229" s="120"/>
+      <c r="H229" s="120"/>
+      <c r="I229" s="120"/>
+      <c r="J229" s="119"/>
+      <c r="K229" s="119"/>
+      <c r="L229" s="120"/>
+      <c r="M229" s="121"/>
+      <c r="N229" s="121"/>
+    </row>
+    <row r="230" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F230" s="120"/>
+      <c r="G230" s="120"/>
+      <c r="H230" s="120"/>
+      <c r="I230" s="120"/>
+      <c r="J230" s="120"/>
+      <c r="K230" s="120"/>
+      <c r="L230" s="120"/>
+      <c r="M230" s="121"/>
+      <c r="N230" s="121"/>
+    </row>
+    <row r="231" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F231" s="120"/>
+      <c r="G231" s="120"/>
+      <c r="H231" s="120"/>
+      <c r="I231" s="120"/>
+      <c r="J231" s="123"/>
+      <c r="K231" s="124"/>
+      <c r="L231" s="123"/>
+      <c r="M231" s="121"/>
+      <c r="N231" s="121"/>
+    </row>
+    <row r="232" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F232" s="120"/>
+      <c r="G232" s="120"/>
+      <c r="H232" s="120"/>
+      <c r="I232" s="120"/>
+      <c r="J232" s="120"/>
+      <c r="K232" s="120"/>
+      <c r="L232" s="120"/>
+      <c r="M232" s="121"/>
+      <c r="N232" s="121"/>
+    </row>
+    <row r="233" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F233" s="119"/>
+      <c r="G233" s="119"/>
+      <c r="H233" s="119"/>
+      <c r="I233" s="120"/>
+      <c r="J233" s="120"/>
+      <c r="K233" s="120"/>
+      <c r="L233" s="120"/>
+      <c r="M233" s="121"/>
+      <c r="N233" s="121"/>
+    </row>
+    <row r="234" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F234" s="120"/>
+      <c r="G234" s="120"/>
+      <c r="H234" s="120"/>
+      <c r="I234" s="120"/>
+      <c r="J234" s="120"/>
+      <c r="K234" s="120"/>
+      <c r="L234" s="120"/>
+      <c r="M234" s="121"/>
+      <c r="N234" s="121"/>
+    </row>
+    <row r="235" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F235" s="120"/>
+      <c r="G235" s="120"/>
+      <c r="H235" s="120"/>
+      <c r="I235" s="120"/>
+      <c r="J235" s="120"/>
+      <c r="K235" s="120"/>
+      <c r="L235" s="120"/>
+      <c r="M235" s="121"/>
+      <c r="N235" s="121"/>
+    </row>
+    <row r="236" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F236" s="120"/>
+      <c r="G236" s="120"/>
+      <c r="H236" s="120"/>
+      <c r="I236" s="120"/>
+      <c r="J236" s="120"/>
+      <c r="K236" s="120"/>
+      <c r="L236" s="120"/>
+      <c r="M236" s="121"/>
+      <c r="N236" s="121"/>
+    </row>
+    <row r="237" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F237" s="119"/>
+      <c r="G237" s="122"/>
+      <c r="H237" s="120"/>
+      <c r="I237" s="120"/>
+      <c r="J237" s="119"/>
+      <c r="K237" s="119"/>
+      <c r="L237" s="120"/>
+      <c r="M237" s="121"/>
+      <c r="N237" s="121"/>
+    </row>
+    <row r="238" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F238" s="119"/>
+      <c r="G238" s="120"/>
+      <c r="H238" s="120"/>
+      <c r="I238" s="120"/>
+      <c r="J238" s="119"/>
+      <c r="K238" s="119"/>
+      <c r="L238" s="120"/>
+      <c r="M238" s="121"/>
+      <c r="N238" s="121"/>
+    </row>
+    <row r="239" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F239" s="119"/>
+      <c r="G239" s="120"/>
+      <c r="H239" s="120"/>
+      <c r="I239" s="122"/>
+      <c r="J239" s="119"/>
+      <c r="K239" s="120"/>
+      <c r="L239" s="120"/>
+      <c r="M239" s="121"/>
+      <c r="N239" s="121"/>
+    </row>
+    <row r="240" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F240" s="119"/>
+      <c r="G240" s="120"/>
+      <c r="H240" s="120"/>
+      <c r="I240" s="120"/>
+      <c r="J240" s="119"/>
+      <c r="K240" s="119"/>
+      <c r="L240" s="120"/>
+      <c r="M240" s="121"/>
+      <c r="N240" s="121"/>
+    </row>
+    <row r="241" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F241" s="119"/>
+      <c r="G241" s="120"/>
+      <c r="H241" s="120"/>
+      <c r="I241" s="120"/>
+      <c r="J241" s="119"/>
+      <c r="K241" s="119"/>
+      <c r="L241" s="120"/>
+      <c r="M241" s="121"/>
+      <c r="N241" s="121"/>
+    </row>
+    <row r="242" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F242" s="120"/>
+      <c r="G242" s="120"/>
+      <c r="H242" s="120"/>
+      <c r="I242" s="120"/>
+      <c r="J242" s="120"/>
+      <c r="K242" s="120"/>
+      <c r="L242" s="120"/>
+      <c r="M242" s="121"/>
+      <c r="N242" s="121"/>
+    </row>
+    <row r="243" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F243" s="119"/>
+      <c r="G243" s="122"/>
+      <c r="H243" s="120"/>
+      <c r="I243" s="120"/>
+      <c r="J243" s="119"/>
+      <c r="K243" s="119"/>
+      <c r="L243" s="120"/>
+      <c r="M243" s="121"/>
+      <c r="N243" s="121"/>
+    </row>
+    <row r="244" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F244" s="119"/>
+      <c r="G244" s="120"/>
+      <c r="H244" s="120"/>
+      <c r="I244" s="120"/>
+      <c r="J244" s="119"/>
+      <c r="K244" s="119"/>
+      <c r="L244" s="120"/>
+      <c r="M244" s="121"/>
+      <c r="N244" s="121"/>
+    </row>
+    <row r="245" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F245" s="119"/>
+      <c r="G245" s="120"/>
+      <c r="H245" s="120"/>
+      <c r="I245" s="122"/>
+      <c r="J245" s="119"/>
+      <c r="K245" s="120"/>
+      <c r="L245" s="120"/>
+      <c r="M245" s="121"/>
+      <c r="N245" s="121"/>
+    </row>
+    <row r="246" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F246" s="119"/>
+      <c r="G246" s="120"/>
+      <c r="H246" s="120"/>
+      <c r="I246" s="120"/>
+      <c r="J246" s="119"/>
+      <c r="K246" s="119"/>
+      <c r="L246" s="120"/>
+      <c r="M246" s="121"/>
+      <c r="N246" s="121"/>
+    </row>
+    <row r="247" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F247" s="119"/>
+      <c r="G247" s="120"/>
+      <c r="H247" s="120"/>
+      <c r="I247" s="120"/>
+      <c r="J247" s="119"/>
+      <c r="K247" s="119"/>
+      <c r="L247" s="120"/>
+      <c r="M247" s="121"/>
+      <c r="N247" s="121"/>
+    </row>
+    <row r="248" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F248" s="120"/>
+      <c r="G248" s="120"/>
+      <c r="H248" s="120"/>
+      <c r="I248" s="120"/>
+      <c r="J248" s="120"/>
+      <c r="K248" s="120"/>
+      <c r="L248" s="120"/>
+      <c r="M248" s="121"/>
+      <c r="N248" s="121"/>
+    </row>
+    <row r="249" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F249" s="119"/>
+      <c r="G249" s="122"/>
+      <c r="H249" s="120"/>
+      <c r="I249" s="120"/>
+      <c r="J249" s="119"/>
+      <c r="K249" s="119"/>
+      <c r="L249" s="120"/>
+      <c r="M249" s="121"/>
+      <c r="N249" s="121"/>
+    </row>
+    <row r="250" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F250" s="119"/>
+      <c r="G250" s="120"/>
+      <c r="H250" s="120"/>
+      <c r="I250" s="120"/>
+      <c r="J250" s="119"/>
+      <c r="K250" s="119"/>
+      <c r="L250" s="120"/>
+      <c r="M250" s="121"/>
+      <c r="N250" s="121"/>
+    </row>
+    <row r="251" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F251" s="119"/>
+      <c r="G251" s="120"/>
+      <c r="H251" s="120"/>
+      <c r="I251" s="120"/>
+      <c r="J251" s="119"/>
+      <c r="K251" s="120"/>
+      <c r="L251" s="120"/>
+      <c r="M251" s="121"/>
+      <c r="N251" s="121"/>
+    </row>
+    <row r="252" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F252" s="119"/>
+      <c r="G252" s="120"/>
+      <c r="H252" s="120"/>
+      <c r="I252" s="120"/>
+      <c r="J252" s="119"/>
+      <c r="K252" s="119"/>
+      <c r="L252" s="120"/>
+      <c r="M252" s="121"/>
+      <c r="N252" s="121"/>
+    </row>
+    <row r="253" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F253" s="119"/>
+      <c r="G253" s="120"/>
+      <c r="H253" s="120"/>
+      <c r="I253" s="120"/>
+      <c r="J253" s="119"/>
+      <c r="K253" s="119"/>
+      <c r="L253" s="120"/>
+      <c r="M253" s="121"/>
+      <c r="N253" s="121"/>
+    </row>
+    <row r="254" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F254" s="120"/>
+      <c r="G254" s="120"/>
+      <c r="H254" s="120"/>
+      <c r="I254" s="120"/>
+      <c r="J254" s="120"/>
+      <c r="K254" s="120"/>
+      <c r="L254" s="120"/>
+      <c r="M254" s="121"/>
+      <c r="N254" s="121"/>
+    </row>
+    <row r="255" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F255" s="119"/>
+      <c r="G255" s="122"/>
+      <c r="H255" s="120"/>
+      <c r="I255" s="120"/>
+      <c r="J255" s="119"/>
+      <c r="K255" s="119"/>
+      <c r="L255" s="120"/>
+      <c r="M255" s="121"/>
+      <c r="N255" s="121"/>
+    </row>
+    <row r="256" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F256" s="119"/>
+      <c r="G256" s="120"/>
+      <c r="H256" s="120"/>
+      <c r="I256" s="120"/>
+      <c r="J256" s="119"/>
+      <c r="K256" s="119"/>
+      <c r="L256" s="120"/>
+      <c r="M256" s="121"/>
+      <c r="N256" s="121"/>
+    </row>
+    <row r="257" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F257" s="119"/>
+      <c r="G257" s="120"/>
+      <c r="H257" s="120"/>
+      <c r="I257" s="122"/>
+      <c r="J257" s="119"/>
+      <c r="K257" s="120"/>
+      <c r="L257" s="120"/>
+      <c r="M257" s="121"/>
+      <c r="N257" s="121"/>
+    </row>
+    <row r="258" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F258" s="119"/>
+      <c r="G258" s="120"/>
+      <c r="H258" s="120"/>
+      <c r="I258" s="120"/>
+      <c r="J258" s="119"/>
+      <c r="K258" s="119"/>
+      <c r="L258" s="120"/>
+      <c r="M258" s="121"/>
+      <c r="N258" s="121"/>
+    </row>
+    <row r="259" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F259" s="119"/>
+      <c r="G259" s="120"/>
+      <c r="H259" s="120"/>
+      <c r="I259" s="120"/>
+      <c r="J259" s="119"/>
+      <c r="K259" s="119"/>
+      <c r="L259" s="120"/>
+      <c r="M259" s="121"/>
+      <c r="N259" s="121"/>
+    </row>
+    <row r="260" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F260" s="120"/>
+      <c r="G260" s="120"/>
+      <c r="H260" s="120"/>
+      <c r="I260" s="120"/>
+      <c r="J260" s="120"/>
+      <c r="K260" s="120"/>
+      <c r="L260" s="120"/>
+      <c r="M260" s="121"/>
+      <c r="N260" s="121"/>
+    </row>
+    <row r="261" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F261" s="119"/>
+      <c r="G261" s="122"/>
+      <c r="H261" s="120"/>
+      <c r="I261" s="120"/>
+      <c r="J261" s="119"/>
+      <c r="K261" s="119"/>
+      <c r="L261" s="120"/>
+      <c r="M261" s="121"/>
+      <c r="N261" s="121"/>
+    </row>
+    <row r="262" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F262" s="119"/>
+      <c r="G262" s="120"/>
+      <c r="H262" s="120"/>
+      <c r="I262" s="120"/>
+      <c r="J262" s="119"/>
+      <c r="K262" s="119"/>
+      <c r="L262" s="120"/>
+      <c r="M262" s="121"/>
+      <c r="N262" s="121"/>
+    </row>
+    <row r="263" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F263" s="119"/>
+      <c r="G263" s="120"/>
+      <c r="H263" s="120"/>
+      <c r="I263" s="122"/>
+      <c r="J263" s="119"/>
+      <c r="K263" s="120"/>
+      <c r="L263" s="120"/>
+      <c r="M263" s="121"/>
+      <c r="N263" s="121"/>
+    </row>
+    <row r="264" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F264" s="119"/>
+      <c r="G264" s="120"/>
+      <c r="H264" s="120"/>
+      <c r="I264" s="120"/>
+      <c r="J264" s="119"/>
+      <c r="K264" s="119"/>
+      <c r="L264" s="120"/>
+      <c r="M264" s="121"/>
+      <c r="N264" s="121"/>
+    </row>
+    <row r="265" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F265" s="119"/>
+      <c r="G265" s="120"/>
+      <c r="H265" s="120"/>
+      <c r="I265" s="120"/>
+      <c r="J265" s="119"/>
+      <c r="K265" s="119"/>
+      <c r="L265" s="120"/>
+      <c r="M265" s="121"/>
+      <c r="N265" s="121"/>
+    </row>
+    <row r="266" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F266" s="120"/>
+      <c r="G266" s="120"/>
+      <c r="H266" s="120"/>
+      <c r="I266" s="120"/>
+      <c r="J266" s="120"/>
+      <c r="K266" s="120"/>
+      <c r="L266" s="120"/>
+      <c r="M266" s="121"/>
+      <c r="N266" s="121"/>
+    </row>
+    <row r="267" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F267" s="119"/>
+      <c r="G267" s="122"/>
+      <c r="H267" s="120"/>
+      <c r="I267" s="120"/>
+      <c r="J267" s="119"/>
+      <c r="K267" s="119"/>
+      <c r="L267" s="120"/>
+      <c r="M267" s="121"/>
+      <c r="N267" s="121"/>
+    </row>
+    <row r="268" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F268" s="119"/>
+      <c r="G268" s="120"/>
+      <c r="H268" s="120"/>
+      <c r="I268" s="120"/>
+      <c r="J268" s="119"/>
+      <c r="K268" s="119"/>
+      <c r="L268" s="120"/>
+      <c r="M268" s="121"/>
+      <c r="N268" s="121"/>
+    </row>
+    <row r="269" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F269" s="119"/>
+      <c r="G269" s="120"/>
+      <c r="H269" s="120"/>
+      <c r="I269" s="122"/>
+      <c r="J269" s="119"/>
+      <c r="K269" s="120"/>
+      <c r="L269" s="120"/>
+      <c r="M269" s="121"/>
+      <c r="N269" s="121"/>
+    </row>
+    <row r="270" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F270" s="119"/>
+      <c r="G270" s="120"/>
+      <c r="H270" s="120"/>
+      <c r="I270" s="120"/>
+      <c r="J270" s="119"/>
+      <c r="K270" s="119"/>
+      <c r="L270" s="120"/>
+      <c r="M270" s="121"/>
+      <c r="N270" s="121"/>
+    </row>
+    <row r="271" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F271" s="119"/>
+      <c r="G271" s="120"/>
+      <c r="H271" s="120"/>
+      <c r="I271" s="120"/>
+      <c r="J271" s="119"/>
+      <c r="K271" s="119"/>
+      <c r="L271" s="120"/>
+      <c r="M271" s="121"/>
+      <c r="N271" s="121"/>
+    </row>
+    <row r="272" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F272" s="120"/>
+      <c r="G272" s="120"/>
+      <c r="H272" s="120"/>
+      <c r="I272" s="120"/>
+      <c r="J272" s="120"/>
+      <c r="K272" s="120"/>
+      <c r="L272" s="120"/>
+      <c r="M272" s="121"/>
+      <c r="N272" s="121"/>
+    </row>
+    <row r="273" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F273" s="119"/>
+      <c r="G273" s="122"/>
+      <c r="H273" s="120"/>
+      <c r="I273" s="120"/>
+      <c r="J273" s="119"/>
+      <c r="K273" s="119"/>
+      <c r="L273" s="120"/>
+      <c r="M273" s="121"/>
+      <c r="N273" s="121"/>
+    </row>
+    <row r="274" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F274" s="119"/>
+      <c r="G274" s="120"/>
+      <c r="H274" s="120"/>
+      <c r="I274" s="120"/>
+      <c r="J274" s="119"/>
+      <c r="K274" s="119"/>
+      <c r="L274" s="120"/>
+      <c r="M274" s="121"/>
+      <c r="N274" s="121"/>
+    </row>
+    <row r="275" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F275" s="119"/>
+      <c r="G275" s="125"/>
+      <c r="H275" s="120"/>
+      <c r="I275" s="122"/>
+      <c r="J275" s="119"/>
+      <c r="K275" s="120"/>
+      <c r="L275" s="120"/>
+      <c r="M275" s="121"/>
+      <c r="N275" s="121"/>
+    </row>
+    <row r="276" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F276" s="119"/>
+      <c r="G276" s="125"/>
+      <c r="H276" s="120"/>
+      <c r="I276" s="120"/>
+      <c r="J276" s="119"/>
+      <c r="K276" s="119"/>
+      <c r="L276" s="120"/>
+      <c r="M276" s="121"/>
+      <c r="N276" s="121"/>
+    </row>
+    <row r="277" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F277" s="119"/>
+      <c r="G277" s="120"/>
+      <c r="H277" s="120"/>
+      <c r="I277" s="120"/>
+      <c r="J277" s="119"/>
+      <c r="K277" s="119"/>
+      <c r="L277" s="120"/>
+      <c r="M277" s="121"/>
+      <c r="N277" s="121"/>
+    </row>
+    <row r="278" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F278" s="120"/>
+      <c r="G278" s="120"/>
+      <c r="H278" s="120"/>
+      <c r="I278" s="120"/>
+      <c r="J278" s="120"/>
+      <c r="K278" s="120"/>
+      <c r="L278" s="120"/>
+      <c r="M278" s="121"/>
+      <c r="N278" s="121"/>
+    </row>
+    <row r="279" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F279" s="120"/>
+      <c r="G279" s="120"/>
+      <c r="H279" s="120"/>
+      <c r="I279" s="120"/>
+      <c r="J279" s="123"/>
+      <c r="K279" s="124"/>
+      <c r="L279" s="123"/>
+      <c r="M279" s="121"/>
+      <c r="N279" s="121"/>
+    </row>
+    <row r="280" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F280" s="120"/>
+      <c r="G280" s="120"/>
+      <c r="H280" s="120"/>
+      <c r="I280" s="120"/>
+      <c r="J280" s="120"/>
+      <c r="K280" s="120"/>
+      <c r="L280" s="120"/>
+      <c r="M280" s="121"/>
+      <c r="N280" s="121"/>
+    </row>
+    <row r="281" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F281" s="119"/>
+      <c r="G281" s="119"/>
+      <c r="H281" s="119"/>
+      <c r="I281" s="120"/>
+      <c r="J281" s="120"/>
+      <c r="K281" s="120"/>
+      <c r="L281" s="120"/>
+      <c r="M281" s="121"/>
+      <c r="N281" s="121"/>
+    </row>
+    <row r="282" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F282" s="120"/>
+      <c r="G282" s="120"/>
+      <c r="H282" s="120"/>
+      <c r="I282" s="120"/>
+      <c r="J282" s="120"/>
+      <c r="K282" s="120"/>
+      <c r="L282" s="120"/>
+      <c r="M282" s="121"/>
+      <c r="N282" s="121"/>
+    </row>
+    <row r="283" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F283" s="120"/>
+      <c r="G283" s="120"/>
+      <c r="H283" s="120"/>
+      <c r="I283" s="120"/>
+      <c r="J283" s="120"/>
+      <c r="K283" s="120"/>
+      <c r="L283" s="120"/>
+      <c r="M283" s="121"/>
+      <c r="N283" s="121"/>
+    </row>
+    <row r="284" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F284" s="120"/>
+      <c r="G284" s="120"/>
+      <c r="H284" s="120"/>
+      <c r="I284" s="120"/>
+      <c r="J284" s="120"/>
+      <c r="K284" s="120"/>
+      <c r="L284" s="120"/>
+      <c r="M284" s="121"/>
+      <c r="N284" s="121"/>
+    </row>
+    <row r="285" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F285" s="119"/>
+      <c r="G285" s="122"/>
+      <c r="H285" s="120"/>
+      <c r="I285" s="120"/>
+      <c r="J285" s="119"/>
+      <c r="K285" s="119"/>
+      <c r="L285" s="120"/>
+      <c r="M285" s="121"/>
+      <c r="N285" s="121"/>
+    </row>
+    <row r="286" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F286" s="119"/>
+      <c r="G286" s="120"/>
+      <c r="H286" s="120"/>
+      <c r="I286" s="120"/>
+      <c r="J286" s="119"/>
+      <c r="K286" s="119"/>
+      <c r="L286" s="120"/>
+      <c r="M286" s="121"/>
+      <c r="N286" s="121"/>
+    </row>
+    <row r="287" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F287" s="119"/>
+      <c r="G287" s="120"/>
+      <c r="H287" s="120"/>
+      <c r="I287" s="122"/>
+      <c r="J287" s="119"/>
+      <c r="K287" s="120"/>
+      <c r="L287" s="120"/>
+      <c r="M287" s="121"/>
+      <c r="N287" s="121"/>
+    </row>
+    <row r="288" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F288" s="119"/>
+      <c r="G288" s="120"/>
+      <c r="H288" s="120"/>
+      <c r="I288" s="120"/>
+      <c r="J288" s="119"/>
+      <c r="K288" s="119"/>
+      <c r="L288" s="120"/>
+      <c r="M288" s="121"/>
+      <c r="N288" s="121"/>
+    </row>
+    <row r="289" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F289" s="119"/>
+      <c r="G289" s="120"/>
+      <c r="H289" s="120"/>
+      <c r="I289" s="120"/>
+      <c r="J289" s="119"/>
+      <c r="K289" s="119"/>
+      <c r="L289" s="120"/>
+      <c r="M289" s="121"/>
+      <c r="N289" s="121"/>
+    </row>
+    <row r="290" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F290" s="120"/>
+      <c r="G290" s="120"/>
+      <c r="H290" s="120"/>
+      <c r="I290" s="120"/>
+      <c r="J290" s="120"/>
+      <c r="K290" s="120"/>
+      <c r="L290" s="120"/>
+      <c r="M290" s="121"/>
+      <c r="N290" s="121"/>
+    </row>
+    <row r="291" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F291" s="119"/>
+      <c r="G291" s="122"/>
+      <c r="H291" s="120"/>
+      <c r="I291" s="120"/>
+      <c r="J291" s="119"/>
+      <c r="K291" s="119"/>
+      <c r="L291" s="120"/>
+      <c r="M291" s="121"/>
+      <c r="N291" s="121"/>
+    </row>
+    <row r="292" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F292" s="119"/>
+      <c r="G292" s="120"/>
+      <c r="H292" s="120"/>
+      <c r="I292" s="120"/>
+      <c r="J292" s="119"/>
+      <c r="K292" s="119"/>
+      <c r="L292" s="120"/>
+      <c r="M292" s="121"/>
+      <c r="N292" s="121"/>
+    </row>
+    <row r="293" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F293" s="119"/>
+      <c r="G293" s="120"/>
+      <c r="H293" s="120"/>
+      <c r="I293" s="122"/>
+      <c r="J293" s="119"/>
+      <c r="K293" s="120"/>
+      <c r="L293" s="120"/>
+      <c r="M293" s="121"/>
+      <c r="N293" s="121"/>
+    </row>
+    <row r="294" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F294" s="119"/>
+      <c r="G294" s="120"/>
+      <c r="H294" s="120"/>
+      <c r="I294" s="120"/>
+      <c r="J294" s="119"/>
+      <c r="K294" s="119"/>
+      <c r="L294" s="120"/>
+      <c r="M294" s="121"/>
+      <c r="N294" s="121"/>
+    </row>
+    <row r="295" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F295" s="119"/>
+      <c r="G295" s="120"/>
+      <c r="H295" s="120"/>
+      <c r="I295" s="120"/>
+      <c r="J295" s="119"/>
+      <c r="K295" s="119"/>
+      <c r="L295" s="120"/>
+      <c r="M295" s="121"/>
+      <c r="N295" s="121"/>
+    </row>
+    <row r="296" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F296" s="120"/>
+      <c r="G296" s="120"/>
+      <c r="H296" s="120"/>
+      <c r="I296" s="120"/>
+      <c r="J296" s="120"/>
+      <c r="K296" s="120"/>
+      <c r="L296" s="120"/>
+      <c r="M296" s="121"/>
+      <c r="N296" s="121"/>
+    </row>
+    <row r="297" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F297" s="119"/>
+      <c r="G297" s="122"/>
+      <c r="H297" s="120"/>
+      <c r="I297" s="120"/>
+      <c r="J297" s="119"/>
+      <c r="K297" s="119"/>
+      <c r="L297" s="120"/>
+      <c r="M297" s="121"/>
+      <c r="N297" s="121"/>
+    </row>
+    <row r="298" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F298" s="119"/>
+      <c r="G298" s="120"/>
+      <c r="H298" s="120"/>
+      <c r="I298" s="120"/>
+      <c r="J298" s="119"/>
+      <c r="K298" s="119"/>
+      <c r="L298" s="120"/>
+      <c r="M298" s="121"/>
+      <c r="N298" s="121"/>
+    </row>
+    <row r="299" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F299" s="119"/>
+      <c r="G299" s="120"/>
+      <c r="H299" s="120"/>
+      <c r="I299" s="122"/>
+      <c r="J299" s="119"/>
+      <c r="K299" s="120"/>
+      <c r="L299" s="120"/>
+      <c r="M299" s="121"/>
+      <c r="N299" s="121"/>
+    </row>
+    <row r="300" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F300" s="119"/>
+      <c r="G300" s="120"/>
+      <c r="H300" s="120"/>
+      <c r="I300" s="120"/>
+      <c r="J300" s="119"/>
+      <c r="K300" s="119"/>
+      <c r="L300" s="120"/>
+      <c r="M300" s="121"/>
+      <c r="N300" s="121"/>
+    </row>
+    <row r="301" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F301" s="119"/>
+      <c r="G301" s="120"/>
+      <c r="H301" s="120"/>
+      <c r="I301" s="120"/>
+      <c r="J301" s="119"/>
+      <c r="K301" s="119"/>
+      <c r="L301" s="120"/>
+      <c r="M301" s="121"/>
+      <c r="N301" s="121"/>
+    </row>
+    <row r="302" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F302" s="120"/>
+      <c r="G302" s="120"/>
+      <c r="H302" s="120"/>
+      <c r="I302" s="120"/>
+      <c r="J302" s="120"/>
+      <c r="K302" s="120"/>
+      <c r="L302" s="120"/>
+      <c r="M302" s="121"/>
+      <c r="N302" s="121"/>
+    </row>
+    <row r="303" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F303" s="119"/>
+      <c r="G303" s="122"/>
+      <c r="H303" s="120"/>
+      <c r="I303" s="120"/>
+      <c r="J303" s="119"/>
+      <c r="K303" s="119"/>
+      <c r="L303" s="120"/>
+      <c r="M303" s="121"/>
+      <c r="N303" s="121"/>
+    </row>
+    <row r="304" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F304" s="119"/>
+      <c r="G304" s="120"/>
+      <c r="H304" s="120"/>
+      <c r="I304" s="120"/>
+      <c r="J304" s="119"/>
+      <c r="K304" s="119"/>
+      <c r="L304" s="120"/>
+      <c r="M304" s="121"/>
+      <c r="N304" s="121"/>
+    </row>
+    <row r="305" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F305" s="119"/>
+      <c r="G305" s="120"/>
+      <c r="H305" s="120"/>
+      <c r="I305" s="126"/>
+      <c r="J305" s="119"/>
+      <c r="K305" s="120"/>
+      <c r="L305" s="120"/>
+      <c r="M305" s="121"/>
+      <c r="N305" s="121"/>
+    </row>
+    <row r="306" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F306" s="119"/>
+      <c r="G306" s="120"/>
+      <c r="H306" s="120"/>
+      <c r="I306" s="120"/>
+      <c r="J306" s="119"/>
+      <c r="K306" s="119"/>
+      <c r="L306" s="120"/>
+      <c r="M306" s="121"/>
+      <c r="N306" s="121"/>
+    </row>
+    <row r="307" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F307" s="119"/>
+      <c r="G307" s="120"/>
+      <c r="H307" s="120"/>
+      <c r="I307" s="120"/>
+      <c r="J307" s="119"/>
+      <c r="K307" s="119"/>
+      <c r="L307" s="120"/>
+      <c r="M307" s="121"/>
+      <c r="N307" s="121"/>
+    </row>
+    <row r="308" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F308" s="120"/>
+      <c r="G308" s="120"/>
+      <c r="H308" s="120"/>
+      <c r="I308" s="120"/>
+      <c r="J308" s="120"/>
+      <c r="K308" s="120"/>
+      <c r="L308" s="120"/>
+      <c r="M308" s="121"/>
+      <c r="N308" s="121"/>
+    </row>
+    <row r="309" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F309" s="119"/>
+      <c r="G309" s="122"/>
+      <c r="H309" s="120"/>
+      <c r="I309" s="120"/>
+      <c r="J309" s="119"/>
+      <c r="K309" s="119"/>
+      <c r="L309" s="120"/>
+      <c r="M309" s="121"/>
+      <c r="N309" s="121"/>
+    </row>
+    <row r="310" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F310" s="119"/>
+      <c r="G310" s="120"/>
+      <c r="H310" s="120"/>
+      <c r="I310" s="120"/>
+      <c r="J310" s="119"/>
+      <c r="K310" s="119"/>
+      <c r="L310" s="120"/>
+      <c r="M310" s="121"/>
+      <c r="N310" s="121"/>
+    </row>
+    <row r="311" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F311" s="119"/>
+      <c r="G311" s="120"/>
+      <c r="H311" s="120"/>
+      <c r="I311" s="122"/>
+      <c r="J311" s="119"/>
+      <c r="K311" s="120"/>
+      <c r="L311" s="120"/>
+      <c r="M311" s="121"/>
+      <c r="N311" s="121"/>
+    </row>
+    <row r="312" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F312" s="119"/>
+      <c r="G312" s="120"/>
+      <c r="H312" s="120"/>
+      <c r="I312" s="120"/>
+      <c r="J312" s="119"/>
+      <c r="K312" s="119"/>
+      <c r="L312" s="120"/>
+      <c r="M312" s="121"/>
+      <c r="N312" s="121"/>
+    </row>
+    <row r="313" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F313" s="119"/>
+      <c r="G313" s="120"/>
+      <c r="H313" s="120"/>
+      <c r="I313" s="120"/>
+      <c r="J313" s="119"/>
+      <c r="K313" s="119"/>
+      <c r="L313" s="120"/>
+      <c r="M313" s="121"/>
+      <c r="N313" s="121"/>
+    </row>
+    <row r="314" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F314" s="120"/>
+      <c r="G314" s="120"/>
+      <c r="H314" s="120"/>
+      <c r="I314" s="120"/>
+      <c r="J314" s="120"/>
+      <c r="K314" s="120"/>
+      <c r="L314" s="120"/>
+      <c r="M314" s="121"/>
+      <c r="N314" s="121"/>
+    </row>
+    <row r="315" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F315" s="119"/>
+      <c r="G315" s="122"/>
+      <c r="H315" s="120"/>
+      <c r="I315" s="120"/>
+      <c r="J315" s="119"/>
+      <c r="K315" s="119"/>
+      <c r="L315" s="120"/>
+      <c r="M315" s="121"/>
+      <c r="N315" s="121"/>
+    </row>
+    <row r="316" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F316" s="119"/>
+      <c r="G316" s="120"/>
+      <c r="H316" s="120"/>
+      <c r="I316" s="120"/>
+      <c r="J316" s="119"/>
+      <c r="K316" s="119"/>
+      <c r="L316" s="120"/>
+      <c r="M316" s="121"/>
+      <c r="N316" s="121"/>
+    </row>
+    <row r="317" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F317" s="119"/>
+      <c r="G317" s="120"/>
+      <c r="H317" s="120"/>
+      <c r="I317" s="122"/>
+      <c r="J317" s="119"/>
+      <c r="K317" s="120"/>
+      <c r="L317" s="120"/>
+      <c r="M317" s="121"/>
+      <c r="N317" s="121"/>
+    </row>
+    <row r="318" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F318" s="119"/>
+      <c r="G318" s="120"/>
+      <c r="H318" s="120"/>
+      <c r="I318" s="120"/>
+      <c r="J318" s="119"/>
+      <c r="K318" s="119"/>
+      <c r="L318" s="120"/>
+      <c r="M318" s="121"/>
+      <c r="N318" s="121"/>
+    </row>
+    <row r="319" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F319" s="119"/>
+      <c r="G319" s="120"/>
+      <c r="H319" s="120"/>
+      <c r="I319" s="120"/>
+      <c r="J319" s="119"/>
+      <c r="K319" s="119"/>
+      <c r="L319" s="120"/>
+      <c r="M319" s="121"/>
+      <c r="N319" s="121"/>
+    </row>
+    <row r="320" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F320" s="120"/>
+      <c r="G320" s="120"/>
+      <c r="H320" s="120"/>
+      <c r="I320" s="120"/>
+      <c r="J320" s="120"/>
+      <c r="K320" s="120"/>
+      <c r="L320" s="120"/>
+      <c r="M320" s="121"/>
+      <c r="N320" s="121"/>
+    </row>
+    <row r="321" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F321" s="119"/>
+      <c r="G321" s="122"/>
+      <c r="H321" s="120"/>
+      <c r="I321" s="120"/>
+      <c r="J321" s="119"/>
+      <c r="K321" s="119"/>
+      <c r="L321" s="120"/>
+      <c r="M321" s="121"/>
+      <c r="N321" s="121"/>
+    </row>
+    <row r="322" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F322" s="119"/>
+      <c r="G322" s="120"/>
+      <c r="H322" s="120"/>
+      <c r="I322" s="120"/>
+      <c r="J322" s="119"/>
+      <c r="K322" s="119"/>
+      <c r="L322" s="120"/>
+      <c r="M322" s="121"/>
+      <c r="N322" s="121"/>
+    </row>
+    <row r="323" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F323" s="119"/>
+      <c r="G323" s="120"/>
+      <c r="H323" s="120"/>
+      <c r="I323" s="122"/>
+      <c r="J323" s="119"/>
+      <c r="K323" s="120"/>
+      <c r="L323" s="120"/>
+      <c r="M323" s="121"/>
+      <c r="N323" s="121"/>
+    </row>
+    <row r="324" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F324" s="119"/>
+      <c r="G324" s="120"/>
+      <c r="H324" s="120"/>
+      <c r="I324" s="120"/>
+      <c r="J324" s="119"/>
+      <c r="K324" s="119"/>
+      <c r="L324" s="120"/>
+      <c r="M324" s="121"/>
+      <c r="N324" s="121"/>
+    </row>
+    <row r="325" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F325" s="119"/>
+      <c r="G325" s="120"/>
+      <c r="H325" s="120"/>
+      <c r="I325" s="120"/>
+      <c r="J325" s="119"/>
+      <c r="K325" s="119"/>
+      <c r="L325" s="120"/>
+      <c r="M325" s="121"/>
+      <c r="N325" s="121"/>
+    </row>
+    <row r="326" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F326" s="120"/>
+      <c r="G326" s="120"/>
+      <c r="H326" s="120"/>
+      <c r="I326" s="120"/>
+      <c r="J326" s="120"/>
+      <c r="K326" s="120"/>
+      <c r="L326" s="120"/>
+      <c r="M326" s="121"/>
+      <c r="N326" s="121"/>
+    </row>
+    <row r="327" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F327" s="120"/>
+      <c r="G327" s="120"/>
+      <c r="H327" s="120"/>
+      <c r="I327" s="120"/>
+      <c r="J327" s="123"/>
+      <c r="K327" s="124"/>
+      <c r="L327" s="123"/>
+      <c r="M327" s="121"/>
+      <c r="N327" s="121"/>
+    </row>
+    <row r="328" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F328" s="120"/>
+      <c r="G328" s="120"/>
+      <c r="H328" s="120"/>
+      <c r="I328" s="120"/>
+      <c r="J328" s="120"/>
+      <c r="K328" s="120"/>
+      <c r="L328" s="120"/>
+      <c r="M328" s="121"/>
+      <c r="N328" s="121"/>
+    </row>
+    <row r="329" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F329" s="119"/>
+      <c r="G329" s="119"/>
+      <c r="H329" s="119"/>
+      <c r="I329" s="120"/>
+      <c r="J329" s="120"/>
+      <c r="K329" s="120"/>
+      <c r="L329" s="120"/>
+      <c r="M329" s="121"/>
+      <c r="N329" s="121"/>
+    </row>
+    <row r="330" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F330" s="120"/>
+      <c r="G330" s="120"/>
+      <c r="H330" s="120"/>
+      <c r="I330" s="120"/>
+      <c r="J330" s="120"/>
+      <c r="K330" s="120"/>
+      <c r="L330" s="120"/>
+      <c r="M330" s="121"/>
+      <c r="N330" s="121"/>
+    </row>
+    <row r="331" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F331" s="120"/>
+      <c r="G331" s="120"/>
+      <c r="H331" s="120"/>
+      <c r="I331" s="120"/>
+      <c r="J331" s="120"/>
+      <c r="K331" s="120"/>
+      <c r="L331" s="120"/>
+      <c r="M331" s="121"/>
+      <c r="N331" s="121"/>
+    </row>
+    <row r="332" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F332" s="120"/>
+      <c r="G332" s="120"/>
+      <c r="H332" s="120"/>
+      <c r="I332" s="120"/>
+      <c r="J332" s="120"/>
+      <c r="K332" s="120"/>
+      <c r="L332" s="120"/>
+      <c r="M332" s="121"/>
+      <c r="N332" s="121"/>
+    </row>
+    <row r="333" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F333" s="119"/>
+      <c r="G333" s="122"/>
+      <c r="H333" s="120"/>
+      <c r="I333" s="120"/>
+      <c r="J333" s="119"/>
+      <c r="K333" s="119"/>
+      <c r="L333" s="120"/>
+      <c r="M333" s="121"/>
+      <c r="N333" s="121"/>
+    </row>
+    <row r="334" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F334" s="119"/>
+      <c r="G334" s="120"/>
+      <c r="H334" s="120"/>
+      <c r="I334" s="120"/>
+      <c r="J334" s="119"/>
+      <c r="K334" s="119"/>
+      <c r="L334" s="120"/>
+      <c r="M334" s="121"/>
+      <c r="N334" s="121"/>
+    </row>
+    <row r="335" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F335" s="119"/>
+      <c r="G335" s="120"/>
+      <c r="H335" s="120"/>
+      <c r="I335" s="122"/>
+      <c r="J335" s="119"/>
+      <c r="K335" s="120"/>
+      <c r="L335" s="120"/>
+      <c r="M335" s="121"/>
+      <c r="N335" s="121"/>
+    </row>
+    <row r="336" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F336" s="119"/>
+      <c r="G336" s="120"/>
+      <c r="H336" s="120"/>
+      <c r="I336" s="120"/>
+      <c r="J336" s="119"/>
+      <c r="K336" s="119"/>
+      <c r="L336" s="120"/>
+      <c r="M336" s="121"/>
+      <c r="N336" s="121"/>
+    </row>
+    <row r="337" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F337" s="119"/>
+      <c r="G337" s="120"/>
+      <c r="H337" s="120"/>
+      <c r="I337" s="120"/>
+      <c r="J337" s="119"/>
+      <c r="K337" s="119"/>
+      <c r="L337" s="120"/>
+      <c r="M337" s="121"/>
+      <c r="N337" s="121"/>
+    </row>
+    <row r="338" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F338" s="120"/>
+      <c r="G338" s="120"/>
+      <c r="H338" s="120"/>
+      <c r="I338" s="120"/>
+      <c r="J338" s="120"/>
+      <c r="K338" s="120"/>
+      <c r="L338" s="120"/>
+      <c r="M338" s="121"/>
+      <c r="N338" s="121"/>
+    </row>
+    <row r="339" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F339" s="119"/>
+      <c r="G339" s="122"/>
+      <c r="H339" s="120"/>
+      <c r="I339" s="120"/>
+      <c r="J339" s="119"/>
+      <c r="K339" s="119"/>
+      <c r="L339" s="120"/>
+      <c r="M339" s="121"/>
+      <c r="N339" s="121"/>
+    </row>
+    <row r="340" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F340" s="119"/>
+      <c r="G340" s="120"/>
+      <c r="H340" s="120"/>
+      <c r="I340" s="120"/>
+      <c r="J340" s="119"/>
+      <c r="K340" s="119"/>
+      <c r="L340" s="120"/>
+      <c r="M340" s="121"/>
+      <c r="N340" s="121"/>
+    </row>
+    <row r="341" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F341" s="119"/>
+      <c r="G341" s="120"/>
+      <c r="H341" s="120"/>
+      <c r="I341" s="122"/>
+      <c r="J341" s="119"/>
+      <c r="K341" s="120"/>
+      <c r="L341" s="120"/>
+      <c r="M341" s="121"/>
+      <c r="N341" s="121"/>
+    </row>
+    <row r="342" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F342" s="119"/>
+      <c r="G342" s="120"/>
+      <c r="H342" s="120"/>
+      <c r="I342" s="120"/>
+      <c r="J342" s="119"/>
+      <c r="K342" s="119"/>
+      <c r="L342" s="120"/>
+      <c r="M342" s="121"/>
+      <c r="N342" s="121"/>
+    </row>
+    <row r="343" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F343" s="119"/>
+      <c r="G343" s="120"/>
+      <c r="H343" s="120"/>
+      <c r="I343" s="120"/>
+      <c r="J343" s="119"/>
+      <c r="K343" s="119"/>
+      <c r="L343" s="120"/>
+      <c r="M343" s="121"/>
+      <c r="N343" s="121"/>
+    </row>
+    <row r="344" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F344" s="120"/>
+      <c r="G344" s="120"/>
+      <c r="H344" s="120"/>
+      <c r="I344" s="120"/>
+      <c r="J344" s="120"/>
+      <c r="K344" s="120"/>
+      <c r="L344" s="120"/>
+      <c r="M344" s="121"/>
+      <c r="N344" s="121"/>
+    </row>
+    <row r="345" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F345" s="119"/>
+      <c r="G345" s="122"/>
+      <c r="H345" s="120"/>
+      <c r="I345" s="120"/>
+      <c r="J345" s="119"/>
+      <c r="K345" s="119"/>
+      <c r="L345" s="120"/>
+      <c r="M345" s="121"/>
+      <c r="N345" s="121"/>
+    </row>
+    <row r="346" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F346" s="119"/>
+      <c r="G346" s="120"/>
+      <c r="H346" s="120"/>
+      <c r="I346" s="120"/>
+      <c r="J346" s="119"/>
+      <c r="K346" s="119"/>
+      <c r="L346" s="120"/>
+      <c r="M346" s="121"/>
+      <c r="N346" s="121"/>
+    </row>
+    <row r="347" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F347" s="119"/>
+      <c r="G347" s="125"/>
+      <c r="H347" s="120"/>
+      <c r="I347" s="122"/>
+      <c r="J347" s="119"/>
+      <c r="K347" s="120"/>
+      <c r="L347" s="120"/>
+      <c r="M347" s="121"/>
+      <c r="N347" s="121"/>
+    </row>
+    <row r="348" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F348" s="119"/>
+      <c r="G348" s="125"/>
+      <c r="H348" s="120"/>
+      <c r="I348" s="120"/>
+      <c r="J348" s="119"/>
+      <c r="K348" s="119"/>
+      <c r="L348" s="120"/>
+      <c r="M348" s="121"/>
+      <c r="N348" s="121"/>
+    </row>
+    <row r="349" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F349" s="119"/>
+      <c r="G349" s="120"/>
+      <c r="H349" s="120"/>
+      <c r="I349" s="120"/>
+      <c r="J349" s="119"/>
+      <c r="K349" s="119"/>
+      <c r="L349" s="120"/>
+      <c r="M349" s="121"/>
+      <c r="N349" s="121"/>
+    </row>
+    <row r="350" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F350" s="120"/>
+      <c r="G350" s="120"/>
+      <c r="H350" s="120"/>
+      <c r="I350" s="120"/>
+      <c r="J350" s="120"/>
+      <c r="K350" s="120"/>
+      <c r="L350" s="120"/>
+      <c r="M350" s="121"/>
+      <c r="N350" s="121"/>
+    </row>
+    <row r="351" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F351" s="119"/>
+      <c r="G351" s="122"/>
+      <c r="H351" s="120"/>
+      <c r="I351" s="120"/>
+      <c r="J351" s="119"/>
+      <c r="K351" s="119"/>
+      <c r="L351" s="120"/>
+      <c r="M351" s="121"/>
+      <c r="N351" s="121"/>
+    </row>
+    <row r="352" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F352" s="119"/>
+      <c r="G352" s="120"/>
+      <c r="H352" s="120"/>
+      <c r="I352" s="120"/>
+      <c r="J352" s="119"/>
+      <c r="K352" s="119"/>
+      <c r="L352" s="120"/>
+      <c r="M352" s="121"/>
+      <c r="N352" s="121"/>
+    </row>
+    <row r="353" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F353" s="119"/>
+      <c r="G353" s="120"/>
+      <c r="H353" s="120"/>
+      <c r="I353" s="122"/>
+      <c r="J353" s="119"/>
+      <c r="K353" s="120"/>
+      <c r="L353" s="120"/>
+      <c r="M353" s="121"/>
+      <c r="N353" s="121"/>
+    </row>
+    <row r="354" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F354" s="119"/>
+      <c r="G354" s="120"/>
+      <c r="H354" s="120"/>
+      <c r="I354" s="120"/>
+      <c r="J354" s="119"/>
+      <c r="K354" s="119"/>
+      <c r="L354" s="120"/>
+      <c r="M354" s="121"/>
+      <c r="N354" s="121"/>
+    </row>
+    <row r="355" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F355" s="119"/>
+      <c r="G355" s="120"/>
+      <c r="H355" s="120"/>
+      <c r="I355" s="120"/>
+      <c r="J355" s="119"/>
+      <c r="K355" s="119"/>
+      <c r="L355" s="120"/>
+      <c r="M355" s="121"/>
+      <c r="N355" s="121"/>
+    </row>
+    <row r="356" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F356" s="120"/>
+      <c r="G356" s="120"/>
+      <c r="H356" s="120"/>
+      <c r="I356" s="120"/>
+      <c r="J356" s="120"/>
+      <c r="K356" s="120"/>
+      <c r="L356" s="120"/>
+      <c r="M356" s="121"/>
+      <c r="N356" s="121"/>
+    </row>
+    <row r="357" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F357" s="119"/>
+      <c r="G357" s="122"/>
+      <c r="H357" s="120"/>
+      <c r="I357" s="120"/>
+      <c r="J357" s="119"/>
+      <c r="K357" s="119"/>
+      <c r="L357" s="120"/>
+      <c r="M357" s="121"/>
+      <c r="N357" s="121"/>
+    </row>
+    <row r="358" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F358" s="119"/>
+      <c r="G358" s="120"/>
+      <c r="H358" s="120"/>
+      <c r="I358" s="120"/>
+      <c r="J358" s="119"/>
+      <c r="K358" s="119"/>
+      <c r="L358" s="120"/>
+      <c r="M358" s="121"/>
+      <c r="N358" s="121"/>
+    </row>
+    <row r="359" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F359" s="119"/>
+      <c r="G359" s="120"/>
+      <c r="H359" s="120"/>
+      <c r="I359" s="122"/>
+      <c r="J359" s="119"/>
+      <c r="K359" s="120"/>
+      <c r="L359" s="120"/>
+      <c r="M359" s="121"/>
+      <c r="N359" s="121"/>
+    </row>
+    <row r="360" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F360" s="119"/>
+      <c r="G360" s="120"/>
+      <c r="H360" s="120"/>
+      <c r="I360" s="120"/>
+      <c r="J360" s="119"/>
+      <c r="K360" s="119"/>
+      <c r="L360" s="120"/>
+      <c r="M360" s="121"/>
+      <c r="N360" s="121"/>
+    </row>
+    <row r="361" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F361" s="119"/>
+      <c r="G361" s="120"/>
+      <c r="H361" s="120"/>
+      <c r="I361" s="120"/>
+      <c r="J361" s="119"/>
+      <c r="K361" s="119"/>
+      <c r="L361" s="120"/>
+      <c r="M361" s="121"/>
+      <c r="N361" s="121"/>
+    </row>
+    <row r="362" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F362" s="120"/>
+      <c r="G362" s="120"/>
+      <c r="H362" s="120"/>
+      <c r="I362" s="120"/>
+      <c r="J362" s="120"/>
+      <c r="K362" s="120"/>
+      <c r="L362" s="120"/>
+      <c r="M362" s="121"/>
+      <c r="N362" s="121"/>
+    </row>
+    <row r="363" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F363" s="119"/>
+      <c r="G363" s="122"/>
+      <c r="H363" s="120"/>
+      <c r="I363" s="120"/>
+      <c r="J363" s="119"/>
+      <c r="K363" s="119"/>
+      <c r="L363" s="120"/>
+      <c r="M363" s="121"/>
+      <c r="N363" s="121"/>
+    </row>
+    <row r="364" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F364" s="119"/>
+      <c r="G364" s="120"/>
+      <c r="H364" s="120"/>
+      <c r="I364" s="120"/>
+      <c r="J364" s="119"/>
+      <c r="K364" s="119"/>
+      <c r="L364" s="120"/>
+      <c r="M364" s="121"/>
+      <c r="N364" s="121"/>
+    </row>
+    <row r="365" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F365" s="119"/>
+      <c r="G365" s="120"/>
+      <c r="H365" s="120"/>
+      <c r="I365" s="122"/>
+      <c r="J365" s="119"/>
+      <c r="K365" s="120"/>
+      <c r="L365" s="120"/>
+      <c r="M365" s="121"/>
+      <c r="N365" s="121"/>
+    </row>
+    <row r="366" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F366" s="119"/>
+      <c r="G366" s="120"/>
+      <c r="H366" s="120"/>
+      <c r="I366" s="120"/>
+      <c r="J366" s="119"/>
+      <c r="K366" s="119"/>
+      <c r="L366" s="120"/>
+      <c r="M366" s="121"/>
+      <c r="N366" s="121"/>
+    </row>
+    <row r="367" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F367" s="119"/>
+      <c r="G367" s="120"/>
+      <c r="H367" s="120"/>
+      <c r="I367" s="120"/>
+      <c r="J367" s="119"/>
+      <c r="K367" s="119"/>
+      <c r="L367" s="120"/>
+      <c r="M367" s="121"/>
+      <c r="N367" s="121"/>
+    </row>
+    <row r="368" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F368" s="120"/>
+      <c r="G368" s="120"/>
+      <c r="H368" s="120"/>
+      <c r="I368" s="120"/>
+      <c r="J368" s="120"/>
+      <c r="K368" s="120"/>
+      <c r="L368" s="120"/>
+      <c r="M368" s="121"/>
+      <c r="N368" s="121"/>
+    </row>
+    <row r="369" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F369" s="119"/>
+      <c r="G369" s="122"/>
+      <c r="H369" s="120"/>
+      <c r="I369" s="120"/>
+      <c r="J369" s="119"/>
+      <c r="K369" s="119"/>
+      <c r="L369" s="125"/>
+      <c r="M369" s="121"/>
+      <c r="N369" s="121"/>
+    </row>
+    <row r="370" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F370" s="120"/>
+      <c r="G370" s="120"/>
+      <c r="H370" s="120"/>
+      <c r="I370" s="120"/>
+      <c r="J370" s="120"/>
+      <c r="K370" s="120"/>
+      <c r="L370" s="125"/>
+      <c r="M370" s="121"/>
+      <c r="N370" s="121"/>
+    </row>
+    <row r="371" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F371" s="119"/>
+      <c r="G371" s="120"/>
+      <c r="H371" s="120"/>
+      <c r="I371" s="120"/>
+      <c r="J371" s="119"/>
+      <c r="K371" s="119"/>
+      <c r="L371" s="120"/>
+      <c r="M371" s="121"/>
+      <c r="N371" s="121"/>
+    </row>
+    <row r="372" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F372" s="119"/>
+      <c r="G372" s="120"/>
+      <c r="H372" s="120"/>
+      <c r="I372" s="122"/>
+      <c r="J372" s="119"/>
+      <c r="K372" s="120"/>
+      <c r="L372" s="120"/>
+      <c r="M372" s="121"/>
+      <c r="N372" s="121"/>
+    </row>
+    <row r="373" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F373" s="119"/>
+      <c r="G373" s="120"/>
+      <c r="H373" s="120"/>
+      <c r="I373" s="120"/>
+      <c r="J373" s="119"/>
+      <c r="K373" s="119"/>
+      <c r="L373" s="120"/>
+      <c r="M373" s="121"/>
+      <c r="N373" s="121"/>
+    </row>
+    <row r="374" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F374" s="119"/>
+      <c r="G374" s="120"/>
+      <c r="H374" s="120"/>
+      <c r="I374" s="120"/>
+      <c r="J374" s="119"/>
+      <c r="K374" s="119"/>
+      <c r="L374" s="120"/>
+      <c r="M374" s="121"/>
+      <c r="N374" s="121"/>
+    </row>
+    <row r="375" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F375" s="120"/>
+      <c r="G375" s="120"/>
+      <c r="H375" s="120"/>
+      <c r="I375" s="120"/>
+      <c r="J375" s="120"/>
+      <c r="K375" s="120"/>
+      <c r="L375" s="120"/>
+      <c r="M375" s="121"/>
+      <c r="N375" s="121"/>
+    </row>
+    <row r="376" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F376" s="120"/>
+      <c r="G376" s="120"/>
+      <c r="H376" s="120"/>
+      <c r="I376" s="120"/>
+      <c r="J376" s="123"/>
+      <c r="K376" s="124"/>
+      <c r="L376" s="123"/>
+      <c r="M376" s="121"/>
+      <c r="N376" s="121"/>
+    </row>
+    <row r="377" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F377" s="120"/>
+      <c r="G377" s="120"/>
+      <c r="H377" s="120"/>
+      <c r="I377" s="120"/>
+      <c r="J377" s="120"/>
+      <c r="K377" s="120"/>
+      <c r="L377" s="120"/>
+      <c r="M377" s="121"/>
+      <c r="N377" s="121"/>
+    </row>
+    <row r="378" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F378" s="119"/>
+      <c r="G378" s="119"/>
+      <c r="H378" s="119"/>
+      <c r="I378" s="120"/>
+      <c r="J378" s="120"/>
+      <c r="K378" s="120"/>
+      <c r="L378" s="120"/>
+      <c r="M378" s="121"/>
+      <c r="N378" s="121"/>
+    </row>
+    <row r="379" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F379" s="120"/>
+      <c r="G379" s="120"/>
+      <c r="H379" s="120"/>
+      <c r="I379" s="120"/>
+      <c r="J379" s="120"/>
+      <c r="K379" s="120"/>
+      <c r="L379" s="120"/>
+      <c r="M379" s="121"/>
+      <c r="N379" s="121"/>
+    </row>
+    <row r="380" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F380" s="120"/>
+      <c r="G380" s="120"/>
+      <c r="H380" s="120"/>
+      <c r="I380" s="120"/>
+      <c r="J380" s="120"/>
+      <c r="K380" s="120"/>
+      <c r="L380" s="120"/>
+      <c r="M380" s="121"/>
+      <c r="N380" s="121"/>
+    </row>
+    <row r="381" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F381" s="120"/>
+      <c r="G381" s="120"/>
+      <c r="H381" s="120"/>
+      <c r="I381" s="120"/>
+      <c r="J381" s="120"/>
+      <c r="K381" s="120"/>
+      <c r="L381" s="120"/>
+      <c r="M381" s="121"/>
+      <c r="N381" s="121"/>
+    </row>
+    <row r="382" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F382" s="119"/>
+      <c r="G382" s="122"/>
+      <c r="H382" s="120"/>
+      <c r="I382" s="120"/>
+      <c r="J382" s="119"/>
+      <c r="K382" s="119"/>
+      <c r="L382" s="120"/>
+      <c r="M382" s="121"/>
+      <c r="N382" s="121"/>
+    </row>
+    <row r="383" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F383" s="119"/>
+      <c r="G383" s="120"/>
+      <c r="H383" s="120"/>
+      <c r="I383" s="120"/>
+      <c r="J383" s="119"/>
+      <c r="K383" s="119"/>
+      <c r="L383" s="120"/>
+      <c r="M383" s="121"/>
+      <c r="N383" s="121"/>
+    </row>
+    <row r="384" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F384" s="119"/>
+      <c r="G384" s="120"/>
+      <c r="H384" s="120"/>
+      <c r="I384" s="122"/>
+      <c r="J384" s="119"/>
+      <c r="K384" s="120"/>
+      <c r="L384" s="120"/>
+      <c r="M384" s="121"/>
+      <c r="N384" s="121"/>
+    </row>
+    <row r="385" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F385" s="119"/>
+      <c r="G385" s="120"/>
+      <c r="H385" s="120"/>
+      <c r="I385" s="120"/>
+      <c r="J385" s="119"/>
+      <c r="K385" s="119"/>
+      <c r="L385" s="120"/>
+      <c r="M385" s="121"/>
+      <c r="N385" s="121"/>
+    </row>
+    <row r="386" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F386" s="119"/>
+      <c r="G386" s="120"/>
+      <c r="H386" s="120"/>
+      <c r="I386" s="120"/>
+      <c r="J386" s="119"/>
+      <c r="K386" s="119"/>
+      <c r="L386" s="120"/>
+      <c r="M386" s="121"/>
+      <c r="N386" s="121"/>
+    </row>
+    <row r="387" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F387" s="120"/>
+      <c r="G387" s="120"/>
+      <c r="H387" s="120"/>
+      <c r="I387" s="120"/>
+      <c r="J387" s="120"/>
+      <c r="K387" s="120"/>
+      <c r="L387" s="120"/>
+      <c r="M387" s="121"/>
+      <c r="N387" s="121"/>
+    </row>
+    <row r="388" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F388" s="119"/>
+      <c r="G388" s="122"/>
+      <c r="H388" s="120"/>
+      <c r="I388" s="120"/>
+      <c r="J388" s="119"/>
+      <c r="K388" s="119"/>
+      <c r="L388" s="120"/>
+      <c r="M388" s="121"/>
+      <c r="N388" s="121"/>
+    </row>
+    <row r="389" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F389" s="119"/>
+      <c r="G389" s="120"/>
+      <c r="H389" s="120"/>
+      <c r="I389" s="120"/>
+      <c r="J389" s="119"/>
+      <c r="K389" s="119"/>
+      <c r="L389" s="120"/>
+      <c r="M389" s="121"/>
+      <c r="N389" s="121"/>
+    </row>
+    <row r="390" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F390" s="119"/>
+      <c r="G390" s="120"/>
+      <c r="H390" s="120"/>
+      <c r="I390" s="126"/>
+      <c r="J390" s="119"/>
+      <c r="K390" s="120"/>
+      <c r="L390" s="120"/>
+      <c r="M390" s="121"/>
+      <c r="N390" s="121"/>
+    </row>
+    <row r="391" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F391" s="119"/>
+      <c r="G391" s="120"/>
+      <c r="H391" s="120"/>
+      <c r="I391" s="120"/>
+      <c r="J391" s="119"/>
+      <c r="K391" s="119"/>
+      <c r="L391" s="120"/>
+      <c r="M391" s="121"/>
+      <c r="N391" s="121"/>
+    </row>
+    <row r="392" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F392" s="119"/>
+      <c r="G392" s="120"/>
+      <c r="H392" s="120"/>
+      <c r="I392" s="120"/>
+      <c r="J392" s="119"/>
+      <c r="K392" s="119"/>
+      <c r="L392" s="120"/>
+      <c r="M392" s="121"/>
+      <c r="N392" s="121"/>
+    </row>
+    <row r="393" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F393" s="120"/>
+      <c r="G393" s="120"/>
+      <c r="H393" s="120"/>
+      <c r="I393" s="120"/>
+      <c r="J393" s="120"/>
+      <c r="K393" s="120"/>
+      <c r="L393" s="120"/>
+      <c r="M393" s="121"/>
+      <c r="N393" s="121"/>
+    </row>
+    <row r="394" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F394" s="119"/>
+      <c r="G394" s="122"/>
+      <c r="H394" s="120"/>
+      <c r="I394" s="120"/>
+      <c r="J394" s="119"/>
+      <c r="K394" s="119"/>
+      <c r="L394" s="120"/>
+      <c r="M394" s="121"/>
+      <c r="N394" s="121"/>
+    </row>
+    <row r="395" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F395" s="119"/>
+      <c r="G395" s="120"/>
+      <c r="H395" s="120"/>
+      <c r="I395" s="120"/>
+      <c r="J395" s="119"/>
+      <c r="K395" s="119"/>
+      <c r="L395" s="120"/>
+      <c r="M395" s="121"/>
+      <c r="N395" s="121"/>
+    </row>
+    <row r="396" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F396" s="119"/>
+      <c r="G396" s="120"/>
+      <c r="H396" s="120"/>
+      <c r="I396" s="122"/>
+      <c r="J396" s="119"/>
+      <c r="K396" s="120"/>
+      <c r="L396" s="120"/>
+      <c r="M396" s="121"/>
+      <c r="N396" s="121"/>
+    </row>
+    <row r="397" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F397" s="119"/>
+      <c r="G397" s="120"/>
+      <c r="H397" s="120"/>
+      <c r="I397" s="120"/>
+      <c r="J397" s="119"/>
+      <c r="K397" s="119"/>
+      <c r="L397" s="120"/>
+      <c r="M397" s="121"/>
+      <c r="N397" s="121"/>
+    </row>
+    <row r="398" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F398" s="119"/>
+      <c r="G398" s="120"/>
+      <c r="H398" s="120"/>
+      <c r="I398" s="120"/>
+      <c r="J398" s="119"/>
+      <c r="K398" s="119"/>
+      <c r="L398" s="120"/>
+      <c r="M398" s="121"/>
+      <c r="N398" s="121"/>
+    </row>
+    <row r="399" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F399" s="120"/>
+      <c r="G399" s="120"/>
+      <c r="H399" s="120"/>
+      <c r="I399" s="120"/>
+      <c r="J399" s="120"/>
+      <c r="K399" s="120"/>
+      <c r="L399" s="120"/>
+      <c r="M399" s="121"/>
+      <c r="N399" s="121"/>
+    </row>
+    <row r="400" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F400" s="119"/>
+      <c r="G400" s="122"/>
+      <c r="H400" s="120"/>
+      <c r="I400" s="120"/>
+      <c r="J400" s="119"/>
+      <c r="K400" s="119"/>
+      <c r="L400" s="120"/>
+      <c r="M400" s="121"/>
+      <c r="N400" s="121"/>
+    </row>
+    <row r="401" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F401" s="119"/>
+      <c r="G401" s="120"/>
+      <c r="H401" s="120"/>
+      <c r="I401" s="120"/>
+      <c r="J401" s="119"/>
+      <c r="K401" s="119"/>
+      <c r="L401" s="120"/>
+      <c r="M401" s="121"/>
+      <c r="N401" s="121"/>
+    </row>
+    <row r="402" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F402" s="119"/>
+      <c r="G402" s="120"/>
+      <c r="H402" s="120"/>
+      <c r="I402" s="122"/>
+      <c r="J402" s="119"/>
+      <c r="K402" s="120"/>
+      <c r="L402" s="120"/>
+      <c r="M402" s="121"/>
+      <c r="N402" s="121"/>
+    </row>
+    <row r="403" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F403" s="119"/>
+      <c r="G403" s="120"/>
+      <c r="H403" s="120"/>
+      <c r="I403" s="120"/>
+      <c r="J403" s="119"/>
+      <c r="K403" s="119"/>
+      <c r="L403" s="120"/>
+      <c r="M403" s="121"/>
+      <c r="N403" s="121"/>
+    </row>
+    <row r="404" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F404" s="119"/>
+      <c r="G404" s="120"/>
+      <c r="H404" s="120"/>
+      <c r="I404" s="120"/>
+      <c r="J404" s="119"/>
+      <c r="K404" s="119"/>
+      <c r="L404" s="120"/>
+      <c r="M404" s="121"/>
+      <c r="N404" s="121"/>
+    </row>
+    <row r="405" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F405" s="120"/>
+      <c r="G405" s="120"/>
+      <c r="H405" s="120"/>
+      <c r="I405" s="120"/>
+      <c r="J405" s="120"/>
+      <c r="K405" s="120"/>
+      <c r="L405" s="120"/>
+      <c r="M405" s="121"/>
+      <c r="N405" s="121"/>
+    </row>
+    <row r="406" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F406" s="119"/>
+      <c r="G406" s="122"/>
+      <c r="H406" s="120"/>
+      <c r="I406" s="120"/>
+      <c r="J406" s="119"/>
+      <c r="K406" s="119"/>
+      <c r="L406" s="120"/>
+      <c r="M406" s="121"/>
+      <c r="N406" s="121"/>
+    </row>
+    <row r="407" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F407" s="119"/>
+      <c r="G407" s="120"/>
+      <c r="H407" s="120"/>
+      <c r="I407" s="120"/>
+      <c r="J407" s="119"/>
+      <c r="K407" s="119"/>
+      <c r="L407" s="120"/>
+      <c r="M407" s="121"/>
+      <c r="N407" s="121"/>
+    </row>
+    <row r="408" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F408" s="119"/>
+      <c r="G408" s="120"/>
+      <c r="H408" s="120"/>
+      <c r="I408" s="122"/>
+      <c r="J408" s="119"/>
+      <c r="K408" s="120"/>
+      <c r="L408" s="120"/>
+      <c r="M408" s="121"/>
+      <c r="N408" s="121"/>
+    </row>
+    <row r="409" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F409" s="119"/>
+      <c r="G409" s="120"/>
+      <c r="H409" s="120"/>
+      <c r="I409" s="120"/>
+      <c r="J409" s="119"/>
+      <c r="K409" s="119"/>
+      <c r="L409" s="120"/>
+      <c r="M409" s="121"/>
+      <c r="N409" s="121"/>
+    </row>
+    <row r="410" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F410" s="119"/>
+      <c r="G410" s="120"/>
+      <c r="H410" s="120"/>
+      <c r="I410" s="120"/>
+      <c r="J410" s="119"/>
+      <c r="K410" s="119"/>
+      <c r="L410" s="120"/>
+      <c r="M410" s="121"/>
+      <c r="N410" s="121"/>
+    </row>
+    <row r="411" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F411" s="120"/>
+      <c r="G411" s="120"/>
+      <c r="H411" s="120"/>
+      <c r="I411" s="120"/>
+      <c r="J411" s="120"/>
+      <c r="K411" s="120"/>
+      <c r="L411" s="120"/>
+      <c r="M411" s="121"/>
+      <c r="N411" s="121"/>
+    </row>
+    <row r="412" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F412" s="119"/>
+      <c r="G412" s="122"/>
+      <c r="H412" s="120"/>
+      <c r="I412" s="120"/>
+      <c r="J412" s="119"/>
+      <c r="K412" s="119"/>
+      <c r="L412" s="120"/>
+      <c r="M412" s="121"/>
+      <c r="N412" s="121"/>
+    </row>
+    <row r="413" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F413" s="119"/>
+      <c r="G413" s="120"/>
+      <c r="H413" s="120"/>
+      <c r="I413" s="120"/>
+      <c r="J413" s="119"/>
+      <c r="K413" s="119"/>
+      <c r="L413" s="120"/>
+      <c r="M413" s="121"/>
+      <c r="N413" s="121"/>
+    </row>
+    <row r="414" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F414" s="119"/>
+      <c r="G414" s="120"/>
+      <c r="H414" s="120"/>
+      <c r="I414" s="122"/>
+      <c r="J414" s="119"/>
+      <c r="K414" s="120"/>
+      <c r="L414" s="120"/>
+      <c r="M414" s="121"/>
+      <c r="N414" s="121"/>
+    </row>
+    <row r="415" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F415" s="119"/>
+      <c r="G415" s="120"/>
+      <c r="H415" s="120"/>
+      <c r="I415" s="120"/>
+      <c r="J415" s="119"/>
+      <c r="K415" s="119"/>
+      <c r="L415" s="120"/>
+      <c r="M415" s="121"/>
+      <c r="N415" s="121"/>
+    </row>
+    <row r="416" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F416" s="119"/>
+      <c r="G416" s="120"/>
+      <c r="H416" s="120"/>
+      <c r="I416" s="120"/>
+      <c r="J416" s="119"/>
+      <c r="K416" s="119"/>
+      <c r="L416" s="120"/>
+      <c r="M416" s="121"/>
+      <c r="N416" s="121"/>
+    </row>
+    <row r="417" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F417" s="120"/>
+      <c r="G417" s="120"/>
+      <c r="H417" s="120"/>
+      <c r="I417" s="120"/>
+      <c r="J417" s="120"/>
+      <c r="K417" s="120"/>
+      <c r="L417" s="120"/>
+      <c r="M417" s="121"/>
+      <c r="N417" s="121"/>
+    </row>
+    <row r="418" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F418" s="119"/>
+      <c r="G418" s="122"/>
+      <c r="H418" s="120"/>
+      <c r="I418" s="120"/>
+      <c r="J418" s="119"/>
+      <c r="K418" s="119"/>
+      <c r="L418" s="120"/>
+      <c r="M418" s="121"/>
+      <c r="N418" s="121"/>
+    </row>
+    <row r="419" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F419" s="119"/>
+      <c r="G419" s="120"/>
+      <c r="H419" s="120"/>
+      <c r="I419" s="120"/>
+      <c r="J419" s="119"/>
+      <c r="K419" s="119"/>
+      <c r="L419" s="120"/>
+      <c r="M419" s="121"/>
+      <c r="N419" s="121"/>
+    </row>
+    <row r="420" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F420" s="119"/>
+      <c r="G420" s="120"/>
+      <c r="H420" s="120"/>
+      <c r="I420" s="122"/>
+      <c r="J420" s="119"/>
+      <c r="K420" s="120"/>
+      <c r="L420" s="120"/>
+      <c r="M420" s="121"/>
+      <c r="N420" s="121"/>
+    </row>
+    <row r="421" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F421" s="119"/>
+      <c r="G421" s="120"/>
+      <c r="H421" s="120"/>
+      <c r="I421" s="120"/>
+      <c r="J421" s="119"/>
+      <c r="K421" s="119"/>
+      <c r="L421" s="120"/>
+      <c r="M421" s="121"/>
+      <c r="N421" s="121"/>
+    </row>
+    <row r="422" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F422" s="119"/>
+      <c r="G422" s="120"/>
+      <c r="H422" s="120"/>
+      <c r="I422" s="120"/>
+      <c r="J422" s="119"/>
+      <c r="K422" s="119"/>
+      <c r="L422" s="120"/>
+      <c r="M422" s="121"/>
+      <c r="N422" s="121"/>
+    </row>
+    <row r="423" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F423" s="120"/>
+      <c r="G423" s="120"/>
+      <c r="H423" s="120"/>
+      <c r="I423" s="120"/>
+      <c r="J423" s="120"/>
+      <c r="K423" s="120"/>
+      <c r="L423" s="120"/>
+      <c r="M423" s="121"/>
+      <c r="N423" s="121"/>
+    </row>
+    <row r="424" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F424" s="120"/>
+      <c r="G424" s="120"/>
+      <c r="H424" s="120"/>
+      <c r="I424" s="120"/>
+      <c r="J424" s="123"/>
+      <c r="K424" s="124"/>
+      <c r="L424" s="123"/>
+      <c r="M424" s="121"/>
+      <c r="N424" s="121"/>
+    </row>
+    <row r="425" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F425" s="120"/>
+      <c r="G425" s="120"/>
+      <c r="H425" s="120"/>
+      <c r="I425" s="120"/>
+      <c r="J425" s="120"/>
+      <c r="K425" s="120"/>
+      <c r="L425" s="120"/>
+      <c r="M425" s="121"/>
+      <c r="N425" s="121"/>
+    </row>
+    <row r="426" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F426" s="119"/>
+      <c r="G426" s="119"/>
+      <c r="H426" s="119"/>
+      <c r="I426" s="120"/>
+      <c r="J426" s="120"/>
+      <c r="K426" s="120"/>
+      <c r="L426" s="120"/>
+      <c r="M426" s="121"/>
+      <c r="N426" s="121"/>
+    </row>
+    <row r="427" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F427" s="120"/>
+      <c r="G427" s="120"/>
+      <c r="H427" s="120"/>
+      <c r="I427" s="120"/>
+      <c r="J427" s="120"/>
+      <c r="K427" s="120"/>
+      <c r="L427" s="120"/>
+      <c r="M427" s="121"/>
+      <c r="N427" s="121"/>
+    </row>
+    <row r="428" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F428" s="120"/>
+      <c r="G428" s="120"/>
+      <c r="H428" s="120"/>
+      <c r="I428" s="120"/>
+      <c r="J428" s="120"/>
+      <c r="K428" s="120"/>
+      <c r="L428" s="120"/>
+      <c r="M428" s="121"/>
+      <c r="N428" s="121"/>
+    </row>
+    <row r="429" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F429" s="120"/>
+      <c r="G429" s="120"/>
+      <c r="H429" s="120"/>
+      <c r="I429" s="120"/>
+      <c r="J429" s="120"/>
+      <c r="K429" s="120"/>
+      <c r="L429" s="120"/>
+      <c r="M429" s="121"/>
+      <c r="N429" s="121"/>
+    </row>
+    <row r="430" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F430" s="119"/>
+      <c r="G430" s="122"/>
+      <c r="H430" s="120"/>
+      <c r="I430" s="120"/>
+      <c r="J430" s="119"/>
+      <c r="K430" s="119"/>
+      <c r="L430" s="120"/>
+      <c r="M430" s="121"/>
+      <c r="N430" s="121"/>
+    </row>
+    <row r="431" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F431" s="119"/>
+      <c r="G431" s="120"/>
+      <c r="H431" s="120"/>
+      <c r="I431" s="120"/>
+      <c r="J431" s="119"/>
+      <c r="K431" s="119"/>
+      <c r="L431" s="120"/>
+      <c r="M431" s="121"/>
+      <c r="N431" s="121"/>
+    </row>
+    <row r="432" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F432" s="119"/>
+      <c r="G432" s="120"/>
+      <c r="H432" s="120"/>
+      <c r="I432" s="122"/>
+      <c r="J432" s="119"/>
+      <c r="K432" s="120"/>
+      <c r="L432" s="120"/>
+      <c r="M432" s="121"/>
+      <c r="N432" s="121"/>
+    </row>
+    <row r="433" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F433" s="119"/>
+      <c r="G433" s="120"/>
+      <c r="H433" s="120"/>
+      <c r="I433" s="120"/>
+      <c r="J433" s="119"/>
+      <c r="K433" s="119"/>
+      <c r="L433" s="120"/>
+      <c r="M433" s="121"/>
+      <c r="N433" s="121"/>
+    </row>
+    <row r="434" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F434" s="119"/>
+      <c r="G434" s="120"/>
+      <c r="H434" s="120"/>
+      <c r="I434" s="120"/>
+      <c r="J434" s="119"/>
+      <c r="K434" s="119"/>
+      <c r="L434" s="120"/>
+      <c r="M434" s="121"/>
+      <c r="N434" s="121"/>
+    </row>
+    <row r="435" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F435" s="120"/>
+      <c r="G435" s="120"/>
+      <c r="H435" s="120"/>
+      <c r="I435" s="120"/>
+      <c r="J435" s="120"/>
+      <c r="K435" s="120"/>
+      <c r="L435" s="120"/>
+      <c r="M435" s="121"/>
+      <c r="N435" s="121"/>
+    </row>
+    <row r="436" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F436" s="119"/>
+      <c r="G436" s="122"/>
+      <c r="H436" s="120"/>
+      <c r="I436" s="120"/>
+      <c r="J436" s="119"/>
+      <c r="K436" s="119"/>
+      <c r="L436" s="120"/>
+      <c r="M436" s="121"/>
+      <c r="N436" s="121"/>
+    </row>
+    <row r="437" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F437" s="119"/>
+      <c r="G437" s="120"/>
+      <c r="H437" s="120"/>
+      <c r="I437" s="120"/>
+      <c r="J437" s="119"/>
+      <c r="K437" s="119"/>
+      <c r="L437" s="120"/>
+      <c r="M437" s="121"/>
+      <c r="N437" s="121"/>
+    </row>
+    <row r="438" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F438" s="119"/>
+      <c r="G438" s="120"/>
+      <c r="H438" s="120"/>
+      <c r="I438" s="122"/>
+      <c r="J438" s="119"/>
+      <c r="K438" s="120"/>
+      <c r="L438" s="120"/>
+      <c r="M438" s="121"/>
+      <c r="N438" s="121"/>
+    </row>
+    <row r="439" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F439" s="119"/>
+      <c r="G439" s="120"/>
+      <c r="H439" s="120"/>
+      <c r="I439" s="120"/>
+      <c r="J439" s="119"/>
+      <c r="K439" s="119"/>
+      <c r="L439" s="120"/>
+      <c r="M439" s="121"/>
+      <c r="N439" s="121"/>
+    </row>
+    <row r="440" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F440" s="119"/>
+      <c r="G440" s="120"/>
+      <c r="H440" s="120"/>
+      <c r="I440" s="120"/>
+      <c r="J440" s="119"/>
+      <c r="K440" s="119"/>
+      <c r="L440" s="120"/>
+      <c r="M440" s="121"/>
+      <c r="N440" s="121"/>
+    </row>
+    <row r="441" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F441" s="120"/>
+      <c r="G441" s="120"/>
+      <c r="H441" s="120"/>
+      <c r="I441" s="120"/>
+      <c r="J441" s="120"/>
+      <c r="K441" s="120"/>
+      <c r="L441" s="120"/>
+      <c r="M441" s="121"/>
+      <c r="N441" s="121"/>
+    </row>
+    <row r="442" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F442" s="119"/>
+      <c r="G442" s="122"/>
+      <c r="H442" s="120"/>
+      <c r="I442" s="120"/>
+      <c r="J442" s="119"/>
+      <c r="K442" s="119"/>
+      <c r="L442" s="120"/>
+      <c r="M442" s="121"/>
+      <c r="N442" s="121"/>
+    </row>
+    <row r="443" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F443" s="119"/>
+      <c r="G443" s="120"/>
+      <c r="H443" s="120"/>
+      <c r="I443" s="120"/>
+      <c r="J443" s="119"/>
+      <c r="K443" s="119"/>
+      <c r="L443" s="120"/>
+      <c r="M443" s="121"/>
+      <c r="N443" s="121"/>
+    </row>
+    <row r="444" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F444" s="119"/>
+      <c r="G444" s="120"/>
+      <c r="H444" s="120"/>
+      <c r="I444" s="122"/>
+      <c r="J444" s="119"/>
+      <c r="K444" s="120"/>
+      <c r="L444" s="120"/>
+      <c r="M444" s="121"/>
+      <c r="N444" s="121"/>
+    </row>
+    <row r="445" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F445" s="119"/>
+      <c r="G445" s="120"/>
+      <c r="H445" s="120"/>
+      <c r="I445" s="120"/>
+      <c r="J445" s="119"/>
+      <c r="K445" s="119"/>
+      <c r="L445" s="120"/>
+      <c r="M445" s="121"/>
+      <c r="N445" s="121"/>
+    </row>
+    <row r="446" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F446" s="119"/>
+      <c r="G446" s="120"/>
+      <c r="H446" s="120"/>
+      <c r="I446" s="120"/>
+      <c r="J446" s="119"/>
+      <c r="K446" s="119"/>
+      <c r="L446" s="120"/>
+      <c r="M446" s="121"/>
+      <c r="N446" s="121"/>
+    </row>
+    <row r="447" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F447" s="120"/>
+      <c r="G447" s="120"/>
+      <c r="H447" s="120"/>
+      <c r="I447" s="120"/>
+      <c r="J447" s="120"/>
+      <c r="K447" s="120"/>
+      <c r="L447" s="120"/>
+      <c r="M447" s="121"/>
+      <c r="N447" s="121"/>
+    </row>
+    <row r="448" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F448" s="119"/>
+      <c r="G448" s="122"/>
+      <c r="H448" s="120"/>
+      <c r="I448" s="120"/>
+      <c r="J448" s="119"/>
+      <c r="K448" s="119"/>
+      <c r="L448" s="120"/>
+      <c r="M448" s="121"/>
+      <c r="N448" s="121"/>
+    </row>
+    <row r="449" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F449" s="119"/>
+      <c r="G449" s="120"/>
+      <c r="H449" s="120"/>
+      <c r="I449" s="120"/>
+      <c r="J449" s="119"/>
+      <c r="K449" s="119"/>
+      <c r="L449" s="120"/>
+      <c r="M449" s="121"/>
+      <c r="N449" s="121"/>
+    </row>
+    <row r="450" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F450" s="119"/>
+      <c r="G450" s="120"/>
+      <c r="H450" s="120"/>
+      <c r="I450" s="122"/>
+      <c r="J450" s="119"/>
+      <c r="K450" s="120"/>
+      <c r="L450" s="120"/>
+      <c r="M450" s="121"/>
+      <c r="N450" s="121"/>
+    </row>
+    <row r="451" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F451" s="119"/>
+      <c r="G451" s="120"/>
+      <c r="H451" s="120"/>
+      <c r="I451" s="120"/>
+      <c r="J451" s="119"/>
+      <c r="K451" s="119"/>
+      <c r="L451" s="120"/>
+      <c r="M451" s="121"/>
+      <c r="N451" s="121"/>
+    </row>
+    <row r="452" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F452" s="119"/>
+      <c r="G452" s="120"/>
+      <c r="H452" s="120"/>
+      <c r="I452" s="120"/>
+      <c r="J452" s="119"/>
+      <c r="K452" s="119"/>
+      <c r="L452" s="120"/>
+      <c r="M452" s="121"/>
+      <c r="N452" s="121"/>
+    </row>
+    <row r="453" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F453" s="120"/>
+      <c r="G453" s="120"/>
+      <c r="H453" s="120"/>
+      <c r="I453" s="120"/>
+      <c r="J453" s="120"/>
+      <c r="K453" s="120"/>
+      <c r="L453" s="120"/>
+      <c r="M453" s="121"/>
+      <c r="N453" s="121"/>
+    </row>
+    <row r="454" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F454" s="119"/>
+      <c r="G454" s="122"/>
+      <c r="H454" s="120"/>
+      <c r="I454" s="120"/>
+      <c r="J454" s="119"/>
+      <c r="K454" s="119"/>
+      <c r="L454" s="120"/>
+      <c r="M454" s="121"/>
+      <c r="N454" s="121"/>
+    </row>
+    <row r="455" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F455" s="119"/>
+      <c r="G455" s="120"/>
+      <c r="H455" s="120"/>
+      <c r="I455" s="120"/>
+      <c r="J455" s="119"/>
+      <c r="K455" s="119"/>
+      <c r="L455" s="120"/>
+      <c r="M455" s="121"/>
+      <c r="N455" s="121"/>
+    </row>
+    <row r="456" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F456" s="119"/>
+      <c r="G456" s="120"/>
+      <c r="H456" s="120"/>
+      <c r="I456" s="122"/>
+      <c r="J456" s="119"/>
+      <c r="K456" s="120"/>
+      <c r="L456" s="120"/>
+      <c r="M456" s="121"/>
+      <c r="N456" s="121"/>
+    </row>
+    <row r="457" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F457" s="119"/>
+      <c r="G457" s="120"/>
+      <c r="H457" s="120"/>
+      <c r="I457" s="120"/>
+      <c r="J457" s="119"/>
+      <c r="K457" s="119"/>
+      <c r="L457" s="120"/>
+      <c r="M457" s="121"/>
+      <c r="N457" s="121"/>
+    </row>
+    <row r="458" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F458" s="119"/>
+      <c r="G458" s="120"/>
+      <c r="H458" s="120"/>
+      <c r="I458" s="120"/>
+      <c r="J458" s="119"/>
+      <c r="K458" s="119"/>
+      <c r="L458" s="120"/>
+      <c r="M458" s="121"/>
+      <c r="N458" s="121"/>
+    </row>
+    <row r="459" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F459" s="120"/>
+      <c r="G459" s="120"/>
+      <c r="H459" s="120"/>
+      <c r="I459" s="120"/>
+      <c r="J459" s="120"/>
+      <c r="K459" s="120"/>
+      <c r="L459" s="120"/>
+      <c r="M459" s="121"/>
+      <c r="N459" s="121"/>
+    </row>
+    <row r="460" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F460" s="119"/>
+      <c r="G460" s="122"/>
+      <c r="H460" s="120"/>
+      <c r="I460" s="120"/>
+      <c r="J460" s="119"/>
+      <c r="K460" s="119"/>
+      <c r="L460" s="120"/>
+      <c r="M460" s="121"/>
+      <c r="N460" s="121"/>
+    </row>
+    <row r="461" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F461" s="119"/>
+      <c r="G461" s="125"/>
+      <c r="H461" s="125"/>
+      <c r="I461" s="125"/>
+      <c r="J461" s="120"/>
+      <c r="K461" s="120"/>
+      <c r="L461" s="120"/>
+      <c r="M461" s="121"/>
+      <c r="N461" s="121"/>
+    </row>
+    <row r="462" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F462" s="119"/>
+      <c r="G462" s="125"/>
+      <c r="H462" s="125"/>
+      <c r="I462" s="125"/>
+      <c r="J462" s="119"/>
+      <c r="K462" s="119"/>
+      <c r="L462" s="120"/>
+      <c r="M462" s="121"/>
+      <c r="N462" s="121"/>
+    </row>
+    <row r="463" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F463" s="119"/>
+      <c r="G463" s="120"/>
+      <c r="H463" s="120"/>
+      <c r="I463" s="122"/>
+      <c r="J463" s="119"/>
+      <c r="K463" s="120"/>
+      <c r="L463" s="120"/>
+      <c r="M463" s="121"/>
+      <c r="N463" s="121"/>
+    </row>
+    <row r="464" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F464" s="119"/>
+      <c r="G464" s="120"/>
+      <c r="H464" s="120"/>
+      <c r="I464" s="120"/>
+      <c r="J464" s="119"/>
+      <c r="K464" s="119"/>
+      <c r="L464" s="120"/>
+      <c r="M464" s="121"/>
+      <c r="N464" s="121"/>
+    </row>
+    <row r="465" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F465" s="119"/>
+      <c r="G465" s="120"/>
+      <c r="H465" s="120"/>
+      <c r="I465" s="120"/>
+      <c r="J465" s="119"/>
+      <c r="K465" s="119"/>
+      <c r="L465" s="120"/>
+      <c r="M465" s="121"/>
+      <c r="N465" s="121"/>
+    </row>
+    <row r="466" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F466" s="120"/>
+      <c r="G466" s="120"/>
+      <c r="H466" s="120"/>
+      <c r="I466" s="120"/>
+      <c r="J466" s="120"/>
+      <c r="K466" s="120"/>
+      <c r="L466" s="120"/>
+      <c r="M466" s="121"/>
+      <c r="N466" s="121"/>
+    </row>
+    <row r="467" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F467" s="119"/>
+      <c r="G467" s="122"/>
+      <c r="H467" s="120"/>
+      <c r="I467" s="120"/>
+      <c r="J467" s="119"/>
+      <c r="K467" s="119"/>
+      <c r="L467" s="120"/>
+      <c r="M467" s="121"/>
+      <c r="N467" s="121"/>
+    </row>
+    <row r="468" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F468" s="119"/>
+      <c r="G468" s="125"/>
+      <c r="H468" s="125"/>
+      <c r="I468" s="125"/>
+      <c r="J468" s="120"/>
+      <c r="K468" s="120"/>
+      <c r="L468" s="120"/>
+      <c r="M468" s="121"/>
+      <c r="N468" s="121"/>
+    </row>
+    <row r="469" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F469" s="119"/>
+      <c r="G469" s="125"/>
+      <c r="H469" s="125"/>
+      <c r="I469" s="125"/>
+      <c r="J469" s="119"/>
+      <c r="K469" s="119"/>
+      <c r="L469" s="120"/>
+      <c r="M469" s="121"/>
+      <c r="N469" s="121"/>
+    </row>
+    <row r="470" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F470" s="119"/>
+      <c r="G470" s="120"/>
+      <c r="H470" s="120"/>
+      <c r="I470" s="122"/>
+      <c r="J470" s="119"/>
+      <c r="K470" s="120"/>
+      <c r="L470" s="120"/>
+      <c r="M470" s="121"/>
+      <c r="N470" s="121"/>
+    </row>
+    <row r="471" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F471" s="119"/>
+      <c r="G471" s="120"/>
+      <c r="H471" s="120"/>
+      <c r="I471" s="120"/>
+      <c r="J471" s="119"/>
+      <c r="K471" s="119"/>
+      <c r="L471" s="120"/>
+      <c r="M471" s="121"/>
+      <c r="N471" s="121"/>
+    </row>
+    <row r="472" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F472" s="119"/>
+      <c r="G472" s="120"/>
+      <c r="H472" s="120"/>
+      <c r="I472" s="120"/>
+      <c r="J472" s="119"/>
+      <c r="K472" s="119"/>
+      <c r="L472" s="120"/>
+      <c r="M472" s="121"/>
+      <c r="N472" s="121"/>
+    </row>
+    <row r="473" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F473" s="120"/>
+      <c r="G473" s="120"/>
+      <c r="H473" s="120"/>
+      <c r="I473" s="120"/>
+      <c r="J473" s="120"/>
+      <c r="K473" s="120"/>
+      <c r="L473" s="120"/>
+      <c r="M473" s="121"/>
+      <c r="N473" s="121"/>
+    </row>
+    <row r="474" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F474" s="120"/>
+      <c r="G474" s="120"/>
+      <c r="H474" s="120"/>
+      <c r="I474" s="120"/>
+      <c r="J474" s="123"/>
+      <c r="K474" s="124"/>
+      <c r="L474" s="123"/>
+      <c r="M474" s="121"/>
+      <c r="N474" s="121"/>
+    </row>
+    <row r="475" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F475" s="120"/>
+      <c r="G475" s="120"/>
+      <c r="H475" s="120"/>
+      <c r="I475" s="120"/>
+      <c r="J475" s="120"/>
+      <c r="K475" s="120"/>
+      <c r="L475" s="120"/>
+      <c r="M475" s="121"/>
+      <c r="N475" s="121"/>
+    </row>
+    <row r="476" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F476" s="119"/>
+      <c r="G476" s="119"/>
+      <c r="H476" s="119"/>
+      <c r="I476" s="120"/>
+      <c r="J476" s="120"/>
+      <c r="K476" s="120"/>
+      <c r="L476" s="120"/>
+      <c r="M476" s="121"/>
+      <c r="N476" s="121"/>
+    </row>
+    <row r="477" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F477" s="120"/>
+      <c r="G477" s="120"/>
+      <c r="H477" s="120"/>
+      <c r="I477" s="120"/>
+      <c r="J477" s="120"/>
+      <c r="K477" s="120"/>
+      <c r="L477" s="120"/>
+      <c r="M477" s="121"/>
+      <c r="N477" s="121"/>
+    </row>
+    <row r="478" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F478" s="120"/>
+      <c r="G478" s="120"/>
+      <c r="H478" s="120"/>
+      <c r="I478" s="120"/>
+      <c r="J478" s="120"/>
+      <c r="K478" s="120"/>
+      <c r="L478" s="120"/>
+      <c r="M478" s="121"/>
+      <c r="N478" s="121"/>
+    </row>
+    <row r="479" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F479" s="120"/>
+      <c r="G479" s="120"/>
+      <c r="H479" s="120"/>
+      <c r="I479" s="120"/>
+      <c r="J479" s="120"/>
+      <c r="K479" s="120"/>
+      <c r="L479" s="120"/>
+      <c r="M479" s="121"/>
+      <c r="N479" s="121"/>
+    </row>
+    <row r="480" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F480" s="119"/>
+      <c r="G480" s="122"/>
+      <c r="H480" s="120"/>
+      <c r="I480" s="120"/>
+      <c r="J480" s="119"/>
+      <c r="K480" s="119"/>
+      <c r="L480" s="120"/>
+      <c r="M480" s="121"/>
+      <c r="N480" s="121"/>
+    </row>
+    <row r="481" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F481" s="119"/>
+      <c r="G481" s="120"/>
+      <c r="H481" s="120"/>
+      <c r="I481" s="120"/>
+      <c r="J481" s="119"/>
+      <c r="K481" s="119"/>
+      <c r="L481" s="120"/>
+      <c r="M481" s="121"/>
+      <c r="N481" s="121"/>
+    </row>
+    <row r="482" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F482" s="119"/>
+      <c r="G482" s="120"/>
+      <c r="H482" s="120"/>
+      <c r="I482" s="122"/>
+      <c r="J482" s="119"/>
+      <c r="K482" s="120"/>
+      <c r="L482" s="120"/>
+      <c r="M482" s="121"/>
+      <c r="N482" s="121"/>
+    </row>
+    <row r="483" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F483" s="119"/>
+      <c r="G483" s="120"/>
+      <c r="H483" s="120"/>
+      <c r="I483" s="120"/>
+      <c r="J483" s="119"/>
+      <c r="K483" s="119"/>
+      <c r="L483" s="120"/>
+      <c r="M483" s="121"/>
+      <c r="N483" s="121"/>
+    </row>
+    <row r="484" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F484" s="119"/>
+      <c r="G484" s="120"/>
+      <c r="H484" s="120"/>
+      <c r="I484" s="120"/>
+      <c r="J484" s="119"/>
+      <c r="K484" s="119"/>
+      <c r="L484" s="120"/>
+      <c r="M484" s="121"/>
+      <c r="N484" s="121"/>
+    </row>
+    <row r="485" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F485" s="120"/>
+      <c r="G485" s="120"/>
+      <c r="H485" s="120"/>
+      <c r="I485" s="120"/>
+      <c r="J485" s="120"/>
+      <c r="K485" s="120"/>
+      <c r="L485" s="120"/>
+      <c r="M485" s="121"/>
+      <c r="N485" s="121"/>
+    </row>
+    <row r="486" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F486" s="119"/>
+      <c r="G486" s="122"/>
+      <c r="H486" s="120"/>
+      <c r="I486" s="120"/>
+      <c r="J486" s="119"/>
+      <c r="K486" s="119"/>
+      <c r="L486" s="120"/>
+      <c r="M486" s="121"/>
+      <c r="N486" s="121"/>
+    </row>
+    <row r="487" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F487" s="119"/>
+      <c r="G487" s="120"/>
+      <c r="H487" s="120"/>
+      <c r="I487" s="120"/>
+      <c r="J487" s="119"/>
+      <c r="K487" s="119"/>
+      <c r="L487" s="120"/>
+      <c r="M487" s="121"/>
+      <c r="N487" s="121"/>
+    </row>
+    <row r="488" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F488" s="119"/>
+      <c r="G488" s="120"/>
+      <c r="H488" s="120"/>
+      <c r="I488" s="122"/>
+      <c r="J488" s="119"/>
+      <c r="K488" s="120"/>
+      <c r="L488" s="120"/>
+      <c r="M488" s="121"/>
+      <c r="N488" s="121"/>
+    </row>
+    <row r="489" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F489" s="119"/>
+      <c r="G489" s="120"/>
+      <c r="H489" s="120"/>
+      <c r="I489" s="120"/>
+      <c r="J489" s="119"/>
+      <c r="K489" s="119"/>
+      <c r="L489" s="120"/>
+      <c r="M489" s="121"/>
+      <c r="N489" s="121"/>
+    </row>
+    <row r="490" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F490" s="119"/>
+      <c r="G490" s="120"/>
+      <c r="H490" s="120"/>
+      <c r="I490" s="120"/>
+      <c r="J490" s="119"/>
+      <c r="K490" s="119"/>
+      <c r="L490" s="120"/>
+      <c r="M490" s="121"/>
+      <c r="N490" s="121"/>
+    </row>
+    <row r="491" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F491" s="120"/>
+      <c r="G491" s="120"/>
+      <c r="H491" s="120"/>
+      <c r="I491" s="120"/>
+      <c r="J491" s="120"/>
+      <c r="K491" s="120"/>
+      <c r="L491" s="120"/>
+      <c r="M491" s="121"/>
+      <c r="N491" s="121"/>
+    </row>
+    <row r="492" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F492" s="119"/>
+      <c r="G492" s="122"/>
+      <c r="H492" s="120"/>
+      <c r="I492" s="120"/>
+      <c r="J492" s="119"/>
+      <c r="K492" s="119"/>
+      <c r="L492" s="120"/>
+      <c r="M492" s="121"/>
+      <c r="N492" s="121"/>
+    </row>
+    <row r="493" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F493" s="119"/>
+      <c r="G493" s="120"/>
+      <c r="H493" s="120"/>
+      <c r="I493" s="120"/>
+      <c r="J493" s="119"/>
+      <c r="K493" s="119"/>
+      <c r="L493" s="120"/>
+      <c r="M493" s="121"/>
+      <c r="N493" s="121"/>
+    </row>
+    <row r="494" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F494" s="119"/>
+      <c r="G494" s="120"/>
+      <c r="H494" s="120"/>
+      <c r="I494" s="122"/>
+      <c r="J494" s="119"/>
+      <c r="K494" s="120"/>
+      <c r="L494" s="120"/>
+      <c r="M494" s="121"/>
+      <c r="N494" s="121"/>
+    </row>
+    <row r="495" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F495" s="119"/>
+      <c r="G495" s="120"/>
+      <c r="H495" s="120"/>
+      <c r="I495" s="120"/>
+      <c r="J495" s="119"/>
+      <c r="K495" s="119"/>
+      <c r="L495" s="120"/>
+      <c r="M495" s="121"/>
+      <c r="N495" s="121"/>
+    </row>
+    <row r="496" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F496" s="119"/>
+      <c r="G496" s="120"/>
+      <c r="H496" s="120"/>
+      <c r="I496" s="120"/>
+      <c r="J496" s="119"/>
+      <c r="K496" s="119"/>
+      <c r="L496" s="120"/>
+      <c r="M496" s="121"/>
+      <c r="N496" s="121"/>
+    </row>
+    <row r="497" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F497" s="120"/>
+      <c r="G497" s="120"/>
+      <c r="H497" s="120"/>
+      <c r="I497" s="120"/>
+      <c r="J497" s="120"/>
+      <c r="K497" s="120"/>
+      <c r="L497" s="120"/>
+      <c r="M497" s="121"/>
+      <c r="N497" s="121"/>
+    </row>
+    <row r="498" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F498" s="119"/>
+      <c r="G498" s="122"/>
+      <c r="H498" s="120"/>
+      <c r="I498" s="120"/>
+      <c r="J498" s="119"/>
+      <c r="K498" s="119"/>
+      <c r="L498" s="120"/>
+      <c r="M498" s="121"/>
+      <c r="N498" s="121"/>
+    </row>
+    <row r="499" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F499" s="119"/>
+      <c r="G499" s="120"/>
+      <c r="H499" s="120"/>
+      <c r="I499" s="120"/>
+      <c r="J499" s="119"/>
+      <c r="K499" s="119"/>
+      <c r="L499" s="120"/>
+      <c r="M499" s="121"/>
+      <c r="N499" s="121"/>
+    </row>
+    <row r="500" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F500" s="119"/>
+      <c r="G500" s="120"/>
+      <c r="H500" s="120"/>
+      <c r="I500" s="122"/>
+      <c r="J500" s="119"/>
+      <c r="K500" s="120"/>
+      <c r="L500" s="120"/>
+      <c r="M500" s="121"/>
+      <c r="N500" s="121"/>
+    </row>
+    <row r="501" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F501" s="119"/>
+      <c r="G501" s="120"/>
+      <c r="H501" s="120"/>
+      <c r="I501" s="120"/>
+      <c r="J501" s="119"/>
+      <c r="K501" s="119"/>
+      <c r="L501" s="120"/>
+      <c r="M501" s="121"/>
+      <c r="N501" s="121"/>
+    </row>
+    <row r="502" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F502" s="119"/>
+      <c r="G502" s="120"/>
+      <c r="H502" s="120"/>
+      <c r="I502" s="120"/>
+      <c r="J502" s="119"/>
+      <c r="K502" s="119"/>
+      <c r="L502" s="120"/>
+      <c r="M502" s="121"/>
+      <c r="N502" s="121"/>
+    </row>
+    <row r="503" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F503" s="120"/>
+      <c r="G503" s="120"/>
+      <c r="H503" s="120"/>
+      <c r="I503" s="120"/>
+      <c r="J503" s="120"/>
+      <c r="K503" s="120"/>
+      <c r="L503" s="120"/>
+      <c r="M503" s="121"/>
+      <c r="N503" s="121"/>
+    </row>
+    <row r="504" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F504" s="119"/>
+      <c r="G504" s="122"/>
+      <c r="H504" s="120"/>
+      <c r="I504" s="120"/>
+      <c r="J504" s="119"/>
+      <c r="K504" s="119"/>
+      <c r="L504" s="120"/>
+      <c r="M504" s="121"/>
+      <c r="N504" s="121"/>
+    </row>
+    <row r="505" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F505" s="119"/>
+      <c r="G505" s="120"/>
+      <c r="H505" s="120"/>
+      <c r="I505" s="120"/>
+      <c r="J505" s="119"/>
+      <c r="K505" s="119"/>
+      <c r="L505" s="120"/>
+      <c r="M505" s="121"/>
+      <c r="N505" s="121"/>
+    </row>
+    <row r="506" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F506" s="119"/>
+      <c r="G506" s="120"/>
+      <c r="H506" s="120"/>
+      <c r="I506" s="122"/>
+      <c r="J506" s="119"/>
+      <c r="K506" s="120"/>
+      <c r="L506" s="120"/>
+      <c r="M506" s="121"/>
+      <c r="N506" s="121"/>
+    </row>
+    <row r="507" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F507" s="119"/>
+      <c r="G507" s="120"/>
+      <c r="H507" s="120"/>
+      <c r="I507" s="120"/>
+      <c r="J507" s="119"/>
+      <c r="K507" s="119"/>
+      <c r="L507" s="120"/>
+      <c r="M507" s="121"/>
+      <c r="N507" s="121"/>
+    </row>
+    <row r="508" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F508" s="119"/>
+      <c r="G508" s="120"/>
+      <c r="H508" s="120"/>
+      <c r="I508" s="120"/>
+      <c r="J508" s="119"/>
+      <c r="K508" s="119"/>
+      <c r="L508" s="120"/>
+      <c r="M508" s="121"/>
+      <c r="N508" s="121"/>
+    </row>
+    <row r="509" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F509" s="120"/>
+      <c r="G509" s="120"/>
+      <c r="H509" s="120"/>
+      <c r="I509" s="120"/>
+      <c r="J509" s="120"/>
+      <c r="K509" s="120"/>
+      <c r="L509" s="120"/>
+      <c r="M509" s="121"/>
+      <c r="N509" s="121"/>
+    </row>
+    <row r="510" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F510" s="119"/>
+      <c r="G510" s="122"/>
+      <c r="H510" s="120"/>
+      <c r="I510" s="120"/>
+      <c r="J510" s="119"/>
+      <c r="K510" s="119"/>
+      <c r="L510" s="120"/>
+      <c r="M510" s="121"/>
+      <c r="N510" s="121"/>
+    </row>
+    <row r="511" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F511" s="119"/>
+      <c r="G511" s="120"/>
+      <c r="H511" s="120"/>
+      <c r="I511" s="120"/>
+      <c r="J511" s="119"/>
+      <c r="K511" s="119"/>
+      <c r="L511" s="120"/>
+      <c r="M511" s="121"/>
+      <c r="N511" s="121"/>
+    </row>
+    <row r="512" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F512" s="119"/>
+      <c r="G512" s="120"/>
+      <c r="H512" s="120"/>
+      <c r="I512" s="122"/>
+      <c r="J512" s="119"/>
+      <c r="K512" s="120"/>
+      <c r="L512" s="120"/>
+      <c r="M512" s="121"/>
+      <c r="N512" s="121"/>
+    </row>
+    <row r="513" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F513" s="119"/>
+      <c r="G513" s="120"/>
+      <c r="H513" s="120"/>
+      <c r="I513" s="120"/>
+      <c r="J513" s="119"/>
+      <c r="K513" s="119"/>
+      <c r="L513" s="120"/>
+      <c r="M513" s="121"/>
+      <c r="N513" s="121"/>
+    </row>
+    <row r="514" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F514" s="119"/>
+      <c r="G514" s="120"/>
+      <c r="H514" s="120"/>
+      <c r="I514" s="120"/>
+      <c r="J514" s="119"/>
+      <c r="K514" s="119"/>
+      <c r="L514" s="120"/>
+      <c r="M514" s="121"/>
+      <c r="N514" s="121"/>
+    </row>
+    <row r="515" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F515" s="120"/>
+      <c r="G515" s="120"/>
+      <c r="H515" s="120"/>
+      <c r="I515" s="120"/>
+      <c r="J515" s="120"/>
+      <c r="K515" s="120"/>
+      <c r="L515" s="120"/>
+      <c r="M515" s="121"/>
+      <c r="N515" s="121"/>
+    </row>
+    <row r="516" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F516" s="119"/>
+      <c r="G516" s="122"/>
+      <c r="H516" s="120"/>
+      <c r="I516" s="120"/>
+      <c r="J516" s="119"/>
+      <c r="K516" s="119"/>
+      <c r="L516" s="120"/>
+      <c r="M516" s="121"/>
+      <c r="N516" s="121"/>
+    </row>
+    <row r="517" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F517" s="119"/>
+      <c r="G517" s="120"/>
+      <c r="H517" s="120"/>
+      <c r="I517" s="120"/>
+      <c r="J517" s="119"/>
+      <c r="K517" s="119"/>
+      <c r="L517" s="120"/>
+      <c r="M517" s="121"/>
+      <c r="N517" s="121"/>
+    </row>
+    <row r="518" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F518" s="119"/>
+      <c r="G518" s="120"/>
+      <c r="H518" s="120"/>
+      <c r="I518" s="122"/>
+      <c r="J518" s="119"/>
+      <c r="K518" s="120"/>
+      <c r="L518" s="120"/>
+      <c r="M518" s="121"/>
+      <c r="N518" s="121"/>
+    </row>
+    <row r="519" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F519" s="119"/>
+      <c r="G519" s="120"/>
+      <c r="H519" s="120"/>
+      <c r="I519" s="120"/>
+      <c r="J519" s="119"/>
+      <c r="K519" s="119"/>
+      <c r="L519" s="120"/>
+      <c r="M519" s="121"/>
+      <c r="N519" s="121"/>
+    </row>
+    <row r="520" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F520" s="119"/>
+      <c r="G520" s="120"/>
+      <c r="H520" s="120"/>
+      <c r="I520" s="120"/>
+      <c r="J520" s="119"/>
+      <c r="K520" s="119"/>
+      <c r="L520" s="120"/>
+      <c r="M520" s="121"/>
+      <c r="N520" s="121"/>
+    </row>
+    <row r="521" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F521" s="120"/>
+      <c r="G521" s="120"/>
+      <c r="H521" s="120"/>
+      <c r="I521" s="120"/>
+      <c r="J521" s="120"/>
+      <c r="K521" s="120"/>
+      <c r="L521" s="120"/>
+      <c r="M521" s="121"/>
+      <c r="N521" s="121"/>
+    </row>
+    <row r="522" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F522" s="120"/>
+      <c r="G522" s="120"/>
+      <c r="H522" s="120"/>
+      <c r="I522" s="120"/>
+      <c r="J522" s="123"/>
+      <c r="K522" s="124"/>
+      <c r="L522" s="123"/>
+      <c r="M522" s="121"/>
+      <c r="N522" s="121"/>
+    </row>
+    <row r="523" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F523" s="120"/>
+      <c r="G523" s="120"/>
+      <c r="H523" s="120"/>
+      <c r="I523" s="120"/>
+      <c r="J523" s="120"/>
+      <c r="K523" s="120"/>
+      <c r="L523" s="120"/>
+      <c r="M523" s="121"/>
+      <c r="N523" s="121"/>
+    </row>
+    <row r="524" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F524" s="119"/>
+      <c r="G524" s="119"/>
+      <c r="H524" s="119"/>
+      <c r="I524" s="120"/>
+      <c r="J524" s="120"/>
+      <c r="K524" s="120"/>
+      <c r="L524" s="120"/>
+      <c r="M524" s="121"/>
+      <c r="N524" s="121"/>
+    </row>
+    <row r="525" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F525" s="120"/>
+      <c r="G525" s="120"/>
+      <c r="H525" s="120"/>
+      <c r="I525" s="120"/>
+      <c r="J525" s="120"/>
+      <c r="K525" s="120"/>
+      <c r="L525" s="120"/>
+      <c r="M525" s="121"/>
+      <c r="N525" s="121"/>
+    </row>
+    <row r="526" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F526" s="120"/>
+      <c r="G526" s="120"/>
+      <c r="H526" s="120"/>
+      <c r="I526" s="120"/>
+      <c r="J526" s="120"/>
+      <c r="K526" s="120"/>
+      <c r="L526" s="120"/>
+      <c r="M526" s="121"/>
+      <c r="N526" s="121"/>
+    </row>
+    <row r="527" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F527" s="120"/>
+      <c r="G527" s="120"/>
+      <c r="H527" s="120"/>
+      <c r="I527" s="120"/>
+      <c r="J527" s="120"/>
+      <c r="K527" s="120"/>
+      <c r="L527" s="120"/>
+      <c r="M527" s="121"/>
+      <c r="N527" s="121"/>
+    </row>
+    <row r="528" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F528" s="119"/>
+      <c r="G528" s="122"/>
+      <c r="H528" s="120"/>
+      <c r="I528" s="120"/>
+      <c r="J528" s="119"/>
+      <c r="K528" s="119"/>
+      <c r="L528" s="120"/>
+      <c r="M528" s="121"/>
+      <c r="N528" s="121"/>
+    </row>
+    <row r="529" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F529" s="119"/>
+      <c r="G529" s="120"/>
+      <c r="H529" s="120"/>
+      <c r="I529" s="120"/>
+      <c r="J529" s="119"/>
+      <c r="K529" s="119"/>
+      <c r="L529" s="120"/>
+      <c r="M529" s="121"/>
+      <c r="N529" s="121"/>
+    </row>
+    <row r="530" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F530" s="119"/>
+      <c r="G530" s="120"/>
+      <c r="H530" s="120"/>
+      <c r="I530" s="122"/>
+      <c r="J530" s="119"/>
+      <c r="K530" s="120"/>
+      <c r="L530" s="120"/>
+      <c r="M530" s="121"/>
+      <c r="N530" s="121"/>
+    </row>
+    <row r="531" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F531" s="119"/>
+      <c r="G531" s="120"/>
+      <c r="H531" s="120"/>
+      <c r="I531" s="120"/>
+      <c r="J531" s="119"/>
+      <c r="K531" s="119"/>
+      <c r="L531" s="120"/>
+      <c r="M531" s="121"/>
+      <c r="N531" s="121"/>
+    </row>
+    <row r="532" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F532" s="119"/>
+      <c r="G532" s="120"/>
+      <c r="H532" s="120"/>
+      <c r="I532" s="120"/>
+      <c r="J532" s="119"/>
+      <c r="K532" s="119"/>
+      <c r="L532" s="120"/>
+      <c r="M532" s="121"/>
+      <c r="N532" s="121"/>
+    </row>
+    <row r="533" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F533" s="120"/>
+      <c r="G533" s="120"/>
+      <c r="H533" s="120"/>
+      <c r="I533" s="120"/>
+      <c r="J533" s="120"/>
+      <c r="K533" s="120"/>
+      <c r="L533" s="120"/>
+      <c r="M533" s="121"/>
+      <c r="N533" s="121"/>
+    </row>
+    <row r="534" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F534" s="119"/>
+      <c r="G534" s="122"/>
+      <c r="H534" s="120"/>
+      <c r="I534" s="120"/>
+      <c r="J534" s="119"/>
+      <c r="K534" s="119"/>
+      <c r="L534" s="120"/>
+      <c r="M534" s="121"/>
+      <c r="N534" s="121"/>
+    </row>
+    <row r="535" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F535" s="119"/>
+      <c r="G535" s="120"/>
+      <c r="H535" s="120"/>
+      <c r="I535" s="120"/>
+      <c r="J535" s="119"/>
+      <c r="K535" s="119"/>
+      <c r="L535" s="120"/>
+      <c r="M535" s="121"/>
+      <c r="N535" s="121"/>
+    </row>
+    <row r="536" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F536" s="119"/>
+      <c r="G536" s="120"/>
+      <c r="H536" s="120"/>
+      <c r="I536" s="122"/>
+      <c r="J536" s="119"/>
+      <c r="K536" s="120"/>
+      <c r="L536" s="120"/>
+      <c r="M536" s="121"/>
+      <c r="N536" s="121"/>
+    </row>
+    <row r="537" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F537" s="119"/>
+      <c r="G537" s="120"/>
+      <c r="H537" s="120"/>
+      <c r="I537" s="120"/>
+      <c r="J537" s="119"/>
+      <c r="K537" s="119"/>
+      <c r="L537" s="120"/>
+      <c r="M537" s="121"/>
+      <c r="N537" s="121"/>
+    </row>
+    <row r="538" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F538" s="119"/>
+      <c r="G538" s="120"/>
+      <c r="H538" s="120"/>
+      <c r="I538" s="120"/>
+      <c r="J538" s="119"/>
+      <c r="K538" s="119"/>
+      <c r="L538" s="120"/>
+      <c r="M538" s="121"/>
+      <c r="N538" s="121"/>
+    </row>
+    <row r="539" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F539" s="120"/>
+      <c r="G539" s="120"/>
+      <c r="H539" s="120"/>
+      <c r="I539" s="120"/>
+      <c r="J539" s="120"/>
+      <c r="K539" s="120"/>
+      <c r="L539" s="120"/>
+      <c r="M539" s="121"/>
+      <c r="N539" s="121"/>
+    </row>
+    <row r="540" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F540" s="119"/>
+      <c r="G540" s="122"/>
+      <c r="H540" s="120"/>
+      <c r="I540" s="120"/>
+      <c r="J540" s="119"/>
+      <c r="K540" s="119"/>
+      <c r="L540" s="120"/>
+      <c r="M540" s="121"/>
+      <c r="N540" s="121"/>
+    </row>
+    <row r="541" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F541" s="119"/>
+      <c r="G541" s="120"/>
+      <c r="H541" s="120"/>
+      <c r="I541" s="120"/>
+      <c r="J541" s="119"/>
+      <c r="K541" s="119"/>
+      <c r="L541" s="120"/>
+      <c r="M541" s="121"/>
+      <c r="N541" s="121"/>
+    </row>
+    <row r="542" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F542" s="119"/>
+      <c r="G542" s="120"/>
+      <c r="H542" s="120"/>
+      <c r="I542" s="122"/>
+      <c r="J542" s="119"/>
+      <c r="K542" s="120"/>
+      <c r="L542" s="120"/>
+      <c r="M542" s="121"/>
+      <c r="N542" s="121"/>
+    </row>
+    <row r="543" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F543" s="119"/>
+      <c r="G543" s="120"/>
+      <c r="H543" s="120"/>
+      <c r="I543" s="120"/>
+      <c r="J543" s="119"/>
+      <c r="K543" s="119"/>
+      <c r="L543" s="120"/>
+      <c r="M543" s="121"/>
+      <c r="N543" s="121"/>
+    </row>
+    <row r="544" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F544" s="119"/>
+      <c r="G544" s="120"/>
+      <c r="H544" s="120"/>
+      <c r="I544" s="120"/>
+      <c r="J544" s="119"/>
+      <c r="K544" s="119"/>
+      <c r="L544" s="120"/>
+      <c r="M544" s="121"/>
+      <c r="N544" s="121"/>
+    </row>
+    <row r="545" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F545" s="120"/>
+      <c r="G545" s="120"/>
+      <c r="H545" s="120"/>
+      <c r="I545" s="120"/>
+      <c r="J545" s="120"/>
+      <c r="K545" s="120"/>
+      <c r="L545" s="120"/>
+      <c r="M545" s="121"/>
+      <c r="N545" s="121"/>
+    </row>
+    <row r="546" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F546" s="119"/>
+      <c r="G546" s="122"/>
+      <c r="H546" s="120"/>
+      <c r="I546" s="120"/>
+      <c r="J546" s="119"/>
+      <c r="K546" s="119"/>
+      <c r="L546" s="120"/>
+      <c r="M546" s="121"/>
+      <c r="N546" s="121"/>
+    </row>
+    <row r="547" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F547" s="119"/>
+      <c r="G547" s="125"/>
+      <c r="H547" s="125"/>
+      <c r="I547" s="125"/>
+      <c r="J547" s="120"/>
+      <c r="K547" s="120"/>
+      <c r="L547" s="120"/>
+      <c r="M547" s="121"/>
+      <c r="N547" s="121"/>
+    </row>
+    <row r="548" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F548" s="119"/>
+      <c r="G548" s="125"/>
+      <c r="H548" s="125"/>
+      <c r="I548" s="125"/>
+      <c r="J548" s="119"/>
+      <c r="K548" s="119"/>
+      <c r="L548" s="120"/>
+      <c r="M548" s="121"/>
+      <c r="N548" s="121"/>
+    </row>
+    <row r="549" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F549" s="119"/>
+      <c r="G549" s="120"/>
+      <c r="H549" s="120"/>
+      <c r="I549" s="122"/>
+      <c r="J549" s="119"/>
+      <c r="K549" s="120"/>
+      <c r="L549" s="120"/>
+      <c r="M549" s="121"/>
+      <c r="N549" s="121"/>
+    </row>
+    <row r="550" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F550" s="119"/>
+      <c r="G550" s="120"/>
+      <c r="H550" s="120"/>
+      <c r="I550" s="120"/>
+      <c r="J550" s="119"/>
+      <c r="K550" s="119"/>
+      <c r="L550" s="120"/>
+      <c r="M550" s="121"/>
+      <c r="N550" s="121"/>
+    </row>
+    <row r="551" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F551" s="119"/>
+      <c r="G551" s="120"/>
+      <c r="H551" s="120"/>
+      <c r="I551" s="120"/>
+      <c r="J551" s="119"/>
+      <c r="K551" s="119"/>
+      <c r="L551" s="120"/>
+      <c r="M551" s="121"/>
+      <c r="N551" s="121"/>
+    </row>
+    <row r="552" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F552" s="120"/>
+      <c r="G552" s="120"/>
+      <c r="H552" s="120"/>
+      <c r="I552" s="120"/>
+      <c r="J552" s="120"/>
+      <c r="K552" s="120"/>
+      <c r="L552" s="120"/>
+      <c r="M552" s="121"/>
+      <c r="N552" s="121"/>
+    </row>
+    <row r="553" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F553" s="119"/>
+      <c r="G553" s="122"/>
+      <c r="H553" s="120"/>
+      <c r="I553" s="120"/>
+      <c r="J553" s="119"/>
+      <c r="K553" s="119"/>
+      <c r="L553" s="120"/>
+      <c r="M553" s="121"/>
+      <c r="N553" s="121"/>
+    </row>
+    <row r="554" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F554" s="119"/>
+      <c r="G554" s="120"/>
+      <c r="H554" s="120"/>
+      <c r="I554" s="120"/>
+      <c r="J554" s="119"/>
+      <c r="K554" s="119"/>
+      <c r="L554" s="120"/>
+      <c r="M554" s="121"/>
+      <c r="N554" s="121"/>
+    </row>
+    <row r="555" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F555" s="119"/>
+      <c r="G555" s="120"/>
+      <c r="H555" s="120"/>
+      <c r="I555" s="122"/>
+      <c r="J555" s="119"/>
+      <c r="K555" s="120"/>
+      <c r="L555" s="120"/>
+      <c r="M555" s="121"/>
+      <c r="N555" s="121"/>
+    </row>
+    <row r="556" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F556" s="119"/>
+      <c r="G556" s="120"/>
+      <c r="H556" s="120"/>
+      <c r="I556" s="120"/>
+      <c r="J556" s="119"/>
+      <c r="K556" s="119"/>
+      <c r="L556" s="120"/>
+      <c r="M556" s="121"/>
+      <c r="N556" s="121"/>
+    </row>
+    <row r="557" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F557" s="119"/>
+      <c r="G557" s="120"/>
+      <c r="H557" s="120"/>
+      <c r="I557" s="120"/>
+      <c r="J557" s="119"/>
+      <c r="K557" s="119"/>
+      <c r="L557" s="120"/>
+      <c r="M557" s="121"/>
+      <c r="N557" s="121"/>
+    </row>
+    <row r="558" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F558" s="120"/>
+      <c r="G558" s="120"/>
+      <c r="H558" s="120"/>
+      <c r="I558" s="120"/>
+      <c r="J558" s="120"/>
+      <c r="K558" s="120"/>
+      <c r="L558" s="120"/>
+      <c r="M558" s="121"/>
+      <c r="N558" s="121"/>
+    </row>
+    <row r="559" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F559" s="119"/>
+      <c r="G559" s="122"/>
+      <c r="H559" s="120"/>
+      <c r="I559" s="120"/>
+      <c r="J559" s="119"/>
+      <c r="K559" s="119"/>
+      <c r="L559" s="120"/>
+      <c r="M559" s="121"/>
+      <c r="N559" s="121"/>
+    </row>
+    <row r="560" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F560" s="119"/>
+      <c r="G560" s="120"/>
+      <c r="H560" s="120"/>
+      <c r="I560" s="120"/>
+      <c r="J560" s="119"/>
+      <c r="K560" s="119"/>
+      <c r="L560" s="120"/>
+      <c r="M560" s="121"/>
+      <c r="N560" s="121"/>
+    </row>
+    <row r="561" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F561" s="119"/>
+      <c r="G561" s="120"/>
+      <c r="H561" s="120"/>
+      <c r="I561" s="122"/>
+      <c r="J561" s="119"/>
+      <c r="K561" s="120"/>
+      <c r="L561" s="120"/>
+      <c r="M561" s="121"/>
+      <c r="N561" s="121"/>
+    </row>
+    <row r="562" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F562" s="119"/>
+      <c r="G562" s="120"/>
+      <c r="H562" s="120"/>
+      <c r="I562" s="120"/>
+      <c r="J562" s="119"/>
+      <c r="K562" s="119"/>
+      <c r="L562" s="120"/>
+      <c r="M562" s="121"/>
+      <c r="N562" s="121"/>
+    </row>
+    <row r="563" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F563" s="119"/>
+      <c r="G563" s="120"/>
+      <c r="H563" s="120"/>
+      <c r="I563" s="120"/>
+      <c r="J563" s="119"/>
+      <c r="K563" s="119"/>
+      <c r="L563" s="120"/>
+      <c r="M563" s="121"/>
+      <c r="N563" s="121"/>
+    </row>
+    <row r="564" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F564" s="120"/>
+      <c r="G564" s="120"/>
+      <c r="H564" s="120"/>
+      <c r="I564" s="120"/>
+      <c r="J564" s="120"/>
+      <c r="K564" s="120"/>
+      <c r="L564" s="120"/>
+      <c r="M564" s="121"/>
+      <c r="N564" s="121"/>
+    </row>
+    <row r="565" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F565" s="119"/>
+      <c r="G565" s="122"/>
+      <c r="H565" s="120"/>
+      <c r="I565" s="120"/>
+      <c r="J565" s="119"/>
+      <c r="K565" s="119"/>
+      <c r="L565" s="120"/>
+      <c r="M565" s="121"/>
+      <c r="N565" s="121"/>
+    </row>
+    <row r="566" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F566" s="119"/>
+      <c r="G566" s="120"/>
+      <c r="H566" s="120"/>
+      <c r="I566" s="120"/>
+      <c r="J566" s="119"/>
+      <c r="K566" s="119"/>
+      <c r="L566" s="120"/>
+      <c r="M566" s="121"/>
+      <c r="N566" s="121"/>
+    </row>
+    <row r="567" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F567" s="119"/>
+      <c r="G567" s="125"/>
+      <c r="H567" s="120"/>
+      <c r="I567" s="122"/>
+      <c r="J567" s="119"/>
+      <c r="K567" s="120"/>
+      <c r="L567" s="120"/>
+      <c r="M567" s="121"/>
+      <c r="N567" s="121"/>
+    </row>
+    <row r="568" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F568" s="119"/>
+      <c r="G568" s="125"/>
+      <c r="H568" s="120"/>
+      <c r="I568" s="120"/>
+      <c r="J568" s="119"/>
+      <c r="K568" s="119"/>
+      <c r="L568" s="120"/>
+      <c r="M568" s="121"/>
+      <c r="N568" s="121"/>
+    </row>
+    <row r="569" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F569" s="119"/>
+      <c r="G569" s="120"/>
+      <c r="H569" s="120"/>
+      <c r="I569" s="120"/>
+      <c r="J569" s="119"/>
+      <c r="K569" s="119"/>
+      <c r="L569" s="120"/>
+      <c r="M569" s="121"/>
+      <c r="N569" s="121"/>
+    </row>
+    <row r="570" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F570" s="120"/>
+      <c r="G570" s="120"/>
+      <c r="H570" s="120"/>
+      <c r="I570" s="120"/>
+      <c r="J570" s="120"/>
+      <c r="K570" s="120"/>
+      <c r="L570" s="120"/>
+      <c r="M570" s="121"/>
+      <c r="N570" s="121"/>
+    </row>
+    <row r="571" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F571" s="120"/>
+      <c r="G571" s="120"/>
+      <c r="H571" s="120"/>
+      <c r="I571" s="120"/>
+      <c r="J571" s="123"/>
+      <c r="K571" s="124"/>
+      <c r="L571" s="123"/>
+      <c r="M571" s="121"/>
+      <c r="N571" s="121"/>
+    </row>
+    <row r="572" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F572" s="120"/>
+      <c r="G572" s="120"/>
+      <c r="H572" s="120"/>
+      <c r="I572" s="120"/>
+      <c r="J572" s="120"/>
+      <c r="K572" s="120"/>
+      <c r="L572" s="120"/>
+      <c r="M572" s="121"/>
+      <c r="N572" s="121"/>
+    </row>
+    <row r="573" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F573" s="119"/>
+      <c r="G573" s="119"/>
+      <c r="H573" s="119"/>
+      <c r="I573" s="120"/>
+      <c r="J573" s="120"/>
+      <c r="K573" s="120"/>
+      <c r="L573" s="120"/>
+      <c r="M573" s="121"/>
+      <c r="N573" s="121"/>
+    </row>
+    <row r="574" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F574" s="120"/>
+      <c r="G574" s="120"/>
+      <c r="H574" s="120"/>
+      <c r="I574" s="120"/>
+      <c r="J574" s="120"/>
+      <c r="K574" s="120"/>
+      <c r="L574" s="120"/>
+      <c r="M574" s="121"/>
+      <c r="N574" s="121"/>
+    </row>
+    <row r="575" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F575" s="120"/>
+      <c r="G575" s="120"/>
+      <c r="H575" s="120"/>
+      <c r="I575" s="120"/>
+      <c r="J575" s="120"/>
+      <c r="K575" s="120"/>
+      <c r="L575" s="120"/>
+      <c r="M575" s="121"/>
+      <c r="N575" s="121"/>
+    </row>
+    <row r="576" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F576" s="120"/>
+      <c r="G576" s="120"/>
+      <c r="H576" s="120"/>
+      <c r="I576" s="120"/>
+      <c r="J576" s="120"/>
+      <c r="K576" s="120"/>
+      <c r="L576" s="120"/>
+      <c r="M576" s="121"/>
+      <c r="N576" s="121"/>
+    </row>
+    <row r="577" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F577" s="119"/>
+      <c r="G577" s="122"/>
+      <c r="H577" s="120"/>
+      <c r="I577" s="120"/>
+      <c r="J577" s="119"/>
+      <c r="K577" s="119"/>
+      <c r="L577" s="120"/>
+      <c r="M577" s="121"/>
+      <c r="N577" s="121"/>
+    </row>
+    <row r="578" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F578" s="119"/>
+      <c r="G578" s="120"/>
+      <c r="H578" s="120"/>
+      <c r="I578" s="120"/>
+      <c r="J578" s="119"/>
+      <c r="K578" s="119"/>
+      <c r="L578" s="120"/>
+      <c r="M578" s="121"/>
+      <c r="N578" s="121"/>
+    </row>
+    <row r="579" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F579" s="119"/>
+      <c r="G579" s="120"/>
+      <c r="H579" s="120"/>
+      <c r="I579" s="122"/>
+      <c r="J579" s="119"/>
+      <c r="K579" s="120"/>
+      <c r="L579" s="120"/>
+      <c r="M579" s="121"/>
+      <c r="N579" s="121"/>
+    </row>
+    <row r="580" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F580" s="119"/>
+      <c r="G580" s="120"/>
+      <c r="H580" s="120"/>
+      <c r="I580" s="120"/>
+      <c r="J580" s="119"/>
+      <c r="K580" s="119"/>
+      <c r="L580" s="120"/>
+      <c r="M580" s="121"/>
+      <c r="N580" s="121"/>
+    </row>
+    <row r="581" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F581" s="119"/>
+      <c r="G581" s="120"/>
+      <c r="H581" s="120"/>
+      <c r="I581" s="120"/>
+      <c r="J581" s="119"/>
+      <c r="K581" s="119"/>
+      <c r="L581" s="120"/>
+      <c r="M581" s="121"/>
+      <c r="N581" s="121"/>
+    </row>
+    <row r="582" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F582" s="120"/>
+      <c r="G582" s="120"/>
+      <c r="H582" s="120"/>
+      <c r="I582" s="120"/>
+      <c r="J582" s="120"/>
+      <c r="K582" s="120"/>
+      <c r="L582" s="120"/>
+      <c r="M582" s="121"/>
+      <c r="N582" s="121"/>
+    </row>
+    <row r="583" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F583" s="119"/>
+      <c r="G583" s="122"/>
+      <c r="H583" s="120"/>
+      <c r="I583" s="120"/>
+      <c r="J583" s="119"/>
+      <c r="K583" s="119"/>
+      <c r="L583" s="120"/>
+      <c r="M583" s="121"/>
+      <c r="N583" s="121"/>
+    </row>
+    <row r="584" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F584" s="119"/>
+      <c r="G584" s="120"/>
+      <c r="H584" s="120"/>
+      <c r="I584" s="120"/>
+      <c r="J584" s="119"/>
+      <c r="K584" s="119"/>
+      <c r="L584" s="120"/>
+      <c r="M584" s="121"/>
+      <c r="N584" s="121"/>
+    </row>
+    <row r="585" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F585" s="119"/>
+      <c r="G585" s="120"/>
+      <c r="H585" s="120"/>
+      <c r="I585" s="122"/>
+      <c r="J585" s="119"/>
+      <c r="K585" s="120"/>
+      <c r="L585" s="120"/>
+      <c r="M585" s="121"/>
+      <c r="N585" s="121"/>
+    </row>
+    <row r="586" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F586" s="119"/>
+      <c r="G586" s="120"/>
+      <c r="H586" s="120"/>
+      <c r="I586" s="120"/>
+      <c r="J586" s="119"/>
+      <c r="K586" s="119"/>
+      <c r="L586" s="120"/>
+      <c r="M586" s="121"/>
+      <c r="N586" s="121"/>
+    </row>
+    <row r="587" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F587" s="119"/>
+      <c r="G587" s="120"/>
+      <c r="H587" s="120"/>
+      <c r="I587" s="120"/>
+      <c r="J587" s="119"/>
+      <c r="K587" s="119"/>
+      <c r="L587" s="120"/>
+      <c r="M587" s="121"/>
+      <c r="N587" s="121"/>
+    </row>
+    <row r="588" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F588" s="120"/>
+      <c r="G588" s="120"/>
+      <c r="H588" s="120"/>
+      <c r="I588" s="120"/>
+      <c r="J588" s="120"/>
+      <c r="K588" s="120"/>
+      <c r="L588" s="120"/>
+      <c r="M588" s="121"/>
+      <c r="N588" s="121"/>
+    </row>
+    <row r="589" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F589" s="119"/>
+      <c r="G589" s="122"/>
+      <c r="H589" s="120"/>
+      <c r="I589" s="120"/>
+      <c r="J589" s="119"/>
+      <c r="K589" s="119"/>
+      <c r="L589" s="120"/>
+      <c r="M589" s="121"/>
+      <c r="N589" s="121"/>
+    </row>
+    <row r="590" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F590" s="119"/>
+      <c r="G590" s="120"/>
+      <c r="H590" s="120"/>
+      <c r="I590" s="120"/>
+      <c r="J590" s="119"/>
+      <c r="K590" s="119"/>
+      <c r="L590" s="120"/>
+      <c r="M590" s="121"/>
+      <c r="N590" s="121"/>
+    </row>
+    <row r="591" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F591" s="119"/>
+      <c r="G591" s="120"/>
+      <c r="H591" s="120"/>
+      <c r="I591" s="122"/>
+      <c r="J591" s="119"/>
+      <c r="K591" s="120"/>
+      <c r="L591" s="120"/>
+      <c r="M591" s="121"/>
+      <c r="N591" s="121"/>
+    </row>
+    <row r="592" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F592" s="119"/>
+      <c r="G592" s="120"/>
+      <c r="H592" s="120"/>
+      <c r="I592" s="120"/>
+      <c r="J592" s="119"/>
+      <c r="K592" s="119"/>
+      <c r="L592" s="120"/>
+      <c r="M592" s="121"/>
+      <c r="N592" s="121"/>
+    </row>
+    <row r="593" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F593" s="119"/>
+      <c r="G593" s="120"/>
+      <c r="H593" s="120"/>
+      <c r="I593" s="120"/>
+      <c r="J593" s="119"/>
+      <c r="K593" s="119"/>
+      <c r="L593" s="120"/>
+      <c r="M593" s="121"/>
+      <c r="N593" s="121"/>
+    </row>
+    <row r="594" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F594" s="120"/>
+      <c r="G594" s="120"/>
+      <c r="H594" s="120"/>
+      <c r="I594" s="120"/>
+      <c r="J594" s="120"/>
+      <c r="K594" s="120"/>
+      <c r="L594" s="120"/>
+      <c r="M594" s="121"/>
+      <c r="N594" s="121"/>
+    </row>
+    <row r="595" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F595" s="119"/>
+      <c r="G595" s="122"/>
+      <c r="H595" s="120"/>
+      <c r="I595" s="120"/>
+      <c r="J595" s="119"/>
+      <c r="K595" s="119"/>
+      <c r="L595" s="120"/>
+      <c r="M595" s="121"/>
+      <c r="N595" s="121"/>
+    </row>
+    <row r="596" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F596" s="119"/>
+      <c r="G596" s="120"/>
+      <c r="H596" s="120"/>
+      <c r="I596" s="120"/>
+      <c r="J596" s="119"/>
+      <c r="K596" s="119"/>
+      <c r="L596" s="120"/>
+      <c r="M596" s="121"/>
+      <c r="N596" s="121"/>
+    </row>
+    <row r="597" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F597" s="119"/>
+      <c r="G597" s="120"/>
+      <c r="H597" s="120"/>
+      <c r="I597" s="122"/>
+      <c r="J597" s="119"/>
+      <c r="K597" s="120"/>
+      <c r="L597" s="120"/>
+      <c r="M597" s="121"/>
+      <c r="N597" s="121"/>
+    </row>
+    <row r="598" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F598" s="119"/>
+      <c r="G598" s="120"/>
+      <c r="H598" s="120"/>
+      <c r="I598" s="120"/>
+      <c r="J598" s="119"/>
+      <c r="K598" s="119"/>
+      <c r="L598" s="120"/>
+      <c r="M598" s="121"/>
+      <c r="N598" s="121"/>
+    </row>
+    <row r="599" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F599" s="119"/>
+      <c r="G599" s="120"/>
+      <c r="H599" s="120"/>
+      <c r="I599" s="120"/>
+      <c r="J599" s="119"/>
+      <c r="K599" s="119"/>
+      <c r="L599" s="120"/>
+      <c r="M599" s="121"/>
+      <c r="N599" s="121"/>
+    </row>
+    <row r="600" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F600" s="120"/>
+      <c r="G600" s="120"/>
+      <c r="H600" s="120"/>
+      <c r="I600" s="120"/>
+      <c r="J600" s="120"/>
+      <c r="K600" s="120"/>
+      <c r="L600" s="120"/>
+      <c r="M600" s="121"/>
+      <c r="N600" s="121"/>
+    </row>
+    <row r="601" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F601" s="119"/>
+      <c r="G601" s="122"/>
+      <c r="H601" s="120"/>
+      <c r="I601" s="120"/>
+      <c r="J601" s="119"/>
+      <c r="K601" s="119"/>
+      <c r="L601" s="120"/>
+      <c r="M601" s="121"/>
+      <c r="N601" s="121"/>
+    </row>
+    <row r="602" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F602" s="119"/>
+      <c r="G602" s="120"/>
+      <c r="H602" s="120"/>
+      <c r="I602" s="120"/>
+      <c r="J602" s="119"/>
+      <c r="K602" s="119"/>
+      <c r="L602" s="120"/>
+      <c r="M602" s="121"/>
+      <c r="N602" s="121"/>
+    </row>
+    <row r="603" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F603" s="119"/>
+      <c r="G603" s="120"/>
+      <c r="H603" s="120"/>
+      <c r="I603" s="122"/>
+      <c r="J603" s="119"/>
+      <c r="K603" s="120"/>
+      <c r="L603" s="120"/>
+      <c r="M603" s="121"/>
+      <c r="N603" s="121"/>
+    </row>
+    <row r="604" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F604" s="119"/>
+      <c r="G604" s="120"/>
+      <c r="H604" s="120"/>
+      <c r="I604" s="120"/>
+      <c r="J604" s="119"/>
+      <c r="K604" s="119"/>
+      <c r="L604" s="120"/>
+      <c r="M604" s="121"/>
+      <c r="N604" s="121"/>
+    </row>
+    <row r="605" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F605" s="119"/>
+      <c r="G605" s="120"/>
+      <c r="H605" s="120"/>
+      <c r="I605" s="120"/>
+      <c r="J605" s="119"/>
+      <c r="K605" s="119"/>
+      <c r="L605" s="120"/>
+      <c r="M605" s="121"/>
+      <c r="N605" s="121"/>
+    </row>
+    <row r="606" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F606" s="120"/>
+      <c r="G606" s="120"/>
+      <c r="H606" s="120"/>
+      <c r="I606" s="120"/>
+      <c r="J606" s="120"/>
+      <c r="K606" s="120"/>
+      <c r="L606" s="120"/>
+      <c r="M606" s="121"/>
+      <c r="N606" s="121"/>
+    </row>
+    <row r="607" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F607" s="119"/>
+      <c r="G607" s="122"/>
+      <c r="H607" s="120"/>
+      <c r="I607" s="120"/>
+      <c r="J607" s="119"/>
+      <c r="K607" s="119"/>
+      <c r="L607" s="120"/>
+      <c r="M607" s="121"/>
+      <c r="N607" s="121"/>
+    </row>
+    <row r="608" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F608" s="119"/>
+      <c r="G608" s="120"/>
+      <c r="H608" s="120"/>
+      <c r="I608" s="120"/>
+      <c r="J608" s="119"/>
+      <c r="K608" s="119"/>
+      <c r="L608" s="120"/>
+      <c r="M608" s="121"/>
+      <c r="N608" s="121"/>
+    </row>
+    <row r="609" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F609" s="119"/>
+      <c r="G609" s="120"/>
+      <c r="H609" s="120"/>
+      <c r="I609" s="122"/>
+      <c r="J609" s="119"/>
+      <c r="K609" s="120"/>
+      <c r="L609" s="120"/>
+      <c r="M609" s="121"/>
+      <c r="N609" s="121"/>
+    </row>
+    <row r="610" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F610" s="119"/>
+      <c r="G610" s="120"/>
+      <c r="H610" s="120"/>
+      <c r="I610" s="120"/>
+      <c r="J610" s="119"/>
+      <c r="K610" s="119"/>
+      <c r="L610" s="120"/>
+      <c r="M610" s="121"/>
+      <c r="N610" s="121"/>
+    </row>
+    <row r="611" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F611" s="119"/>
+      <c r="G611" s="120"/>
+      <c r="H611" s="120"/>
+      <c r="I611" s="120"/>
+      <c r="J611" s="119"/>
+      <c r="K611" s="119"/>
+      <c r="L611" s="120"/>
+      <c r="M611" s="121"/>
+      <c r="N611" s="121"/>
+    </row>
+    <row r="612" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F612" s="120"/>
+      <c r="G612" s="120"/>
+      <c r="H612" s="120"/>
+      <c r="I612" s="120"/>
+      <c r="J612" s="120"/>
+      <c r="K612" s="120"/>
+      <c r="L612" s="120"/>
+      <c r="M612" s="121"/>
+      <c r="N612" s="121"/>
+    </row>
+    <row r="613" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F613" s="119"/>
+      <c r="G613" s="122"/>
+      <c r="H613" s="120"/>
+      <c r="I613" s="120"/>
+      <c r="J613" s="119"/>
+      <c r="K613" s="119"/>
+      <c r="L613" s="120"/>
+      <c r="M613" s="121"/>
+      <c r="N613" s="121"/>
+    </row>
+    <row r="614" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F614" s="119"/>
+      <c r="G614" s="120"/>
+      <c r="H614" s="120"/>
+      <c r="I614" s="120"/>
+      <c r="J614" s="119"/>
+      <c r="K614" s="119"/>
+      <c r="L614" s="120"/>
+      <c r="M614" s="121"/>
+      <c r="N614" s="121"/>
+    </row>
+    <row r="615" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F615" s="119"/>
+      <c r="G615" s="120"/>
+      <c r="H615" s="120"/>
+      <c r="I615" s="122"/>
+      <c r="J615" s="119"/>
+      <c r="K615" s="120"/>
+      <c r="L615" s="120"/>
+      <c r="M615" s="121"/>
+      <c r="N615" s="121"/>
+    </row>
+    <row r="616" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F616" s="119"/>
+      <c r="G616" s="120"/>
+      <c r="H616" s="120"/>
+      <c r="I616" s="120"/>
+      <c r="J616" s="119"/>
+      <c r="K616" s="119"/>
+      <c r="L616" s="120"/>
+      <c r="M616" s="121"/>
+      <c r="N616" s="121"/>
+    </row>
+    <row r="617" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F617" s="119"/>
+      <c r="G617" s="120"/>
+      <c r="H617" s="120"/>
+      <c r="I617" s="120"/>
+      <c r="J617" s="119"/>
+      <c r="K617" s="119"/>
+      <c r="L617" s="120"/>
+      <c r="M617" s="121"/>
+      <c r="N617" s="121"/>
+    </row>
+    <row r="618" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F618" s="120"/>
+      <c r="G618" s="120"/>
+      <c r="H618" s="120"/>
+      <c r="I618" s="120"/>
+      <c r="J618" s="120"/>
+      <c r="K618" s="120"/>
+      <c r="L618" s="120"/>
+      <c r="M618" s="121"/>
+      <c r="N618" s="121"/>
+    </row>
+    <row r="619" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F619" s="120"/>
+      <c r="G619" s="120"/>
+      <c r="H619" s="120"/>
+      <c r="I619" s="120"/>
+      <c r="J619" s="123"/>
+      <c r="K619" s="124"/>
+      <c r="L619" s="123"/>
+      <c r="M619" s="121"/>
+      <c r="N619" s="121"/>
+    </row>
+    <row r="620" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F620" s="120"/>
+      <c r="G620" s="120"/>
+      <c r="H620" s="120"/>
+      <c r="I620" s="120"/>
+      <c r="J620" s="120"/>
+      <c r="K620" s="120"/>
+      <c r="L620" s="120"/>
+      <c r="M620" s="121"/>
+      <c r="N620" s="121"/>
+    </row>
+    <row r="621" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F621" s="119"/>
+      <c r="G621" s="119"/>
+      <c r="H621" s="119"/>
+      <c r="I621" s="120"/>
+      <c r="J621" s="120"/>
+      <c r="K621" s="120"/>
+      <c r="L621" s="120"/>
+      <c r="M621" s="121"/>
+      <c r="N621" s="121"/>
+    </row>
+    <row r="622" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F622" s="120"/>
+      <c r="G622" s="120"/>
+      <c r="H622" s="120"/>
+      <c r="I622" s="120"/>
+      <c r="J622" s="120"/>
+      <c r="K622" s="120"/>
+      <c r="L622" s="120"/>
+      <c r="M622" s="121"/>
+      <c r="N622" s="121"/>
+    </row>
+    <row r="623" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F623" s="120"/>
+      <c r="G623" s="120"/>
+      <c r="H623" s="120"/>
+      <c r="I623" s="120"/>
+      <c r="J623" s="120"/>
+      <c r="K623" s="120"/>
+      <c r="L623" s="120"/>
+      <c r="M623" s="121"/>
+      <c r="N623" s="121"/>
+    </row>
+    <row r="624" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F624" s="120"/>
+      <c r="G624" s="120"/>
+      <c r="H624" s="120"/>
+      <c r="I624" s="120"/>
+      <c r="J624" s="120"/>
+      <c r="K624" s="120"/>
+      <c r="L624" s="120"/>
+      <c r="M624" s="121"/>
+      <c r="N624" s="121"/>
+    </row>
+    <row r="625" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F625" s="119"/>
+      <c r="G625" s="122"/>
+      <c r="H625" s="120"/>
+      <c r="I625" s="120"/>
+      <c r="J625" s="119"/>
+      <c r="K625" s="119"/>
+      <c r="L625" s="120"/>
+      <c r="M625" s="121"/>
+      <c r="N625" s="121"/>
+    </row>
+    <row r="626" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F626" s="119"/>
+      <c r="G626" s="120"/>
+      <c r="H626" s="120"/>
+      <c r="I626" s="120"/>
+      <c r="J626" s="119"/>
+      <c r="K626" s="119"/>
+      <c r="L626" s="120"/>
+      <c r="M626" s="121"/>
+      <c r="N626" s="121"/>
+    </row>
+    <row r="627" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F627" s="119"/>
+      <c r="G627" s="120"/>
+      <c r="H627" s="120"/>
+      <c r="I627" s="122"/>
+      <c r="J627" s="119"/>
+      <c r="K627" s="120"/>
+      <c r="L627" s="120"/>
+      <c r="M627" s="121"/>
+      <c r="N627" s="121"/>
+    </row>
+    <row r="628" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F628" s="119"/>
+      <c r="G628" s="120"/>
+      <c r="H628" s="120"/>
+      <c r="I628" s="120"/>
+      <c r="J628" s="119"/>
+      <c r="K628" s="119"/>
+      <c r="L628" s="120"/>
+      <c r="M628" s="121"/>
+      <c r="N628" s="121"/>
+    </row>
+    <row r="629" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F629" s="119"/>
+      <c r="G629" s="120"/>
+      <c r="H629" s="120"/>
+      <c r="I629" s="120"/>
+      <c r="J629" s="119"/>
+      <c r="K629" s="119"/>
+      <c r="L629" s="120"/>
+      <c r="M629" s="121"/>
+      <c r="N629" s="121"/>
+    </row>
+    <row r="630" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F630" s="120"/>
+      <c r="G630" s="120"/>
+      <c r="H630" s="120"/>
+      <c r="I630" s="120"/>
+      <c r="J630" s="120"/>
+      <c r="K630" s="120"/>
+      <c r="L630" s="120"/>
+      <c r="M630" s="121"/>
+      <c r="N630" s="121"/>
+    </row>
+    <row r="631" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F631" s="119"/>
+      <c r="G631" s="122"/>
+      <c r="H631" s="120"/>
+      <c r="I631" s="120"/>
+      <c r="J631" s="119"/>
+      <c r="K631" s="119"/>
+      <c r="L631" s="120"/>
+      <c r="M631" s="121"/>
+      <c r="N631" s="121"/>
+    </row>
+    <row r="632" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F632" s="119"/>
+      <c r="G632" s="120"/>
+      <c r="H632" s="120"/>
+      <c r="I632" s="120"/>
+      <c r="J632" s="119"/>
+      <c r="K632" s="119"/>
+      <c r="L632" s="120"/>
+      <c r="M632" s="121"/>
+      <c r="N632" s="121"/>
+    </row>
+    <row r="633" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F633" s="119"/>
+      <c r="G633" s="120"/>
+      <c r="H633" s="120"/>
+      <c r="I633" s="122"/>
+      <c r="J633" s="119"/>
+      <c r="K633" s="120"/>
+      <c r="L633" s="120"/>
+      <c r="M633" s="121"/>
+      <c r="N633" s="121"/>
+    </row>
+    <row r="634" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F634" s="119"/>
+      <c r="G634" s="120"/>
+      <c r="H634" s="120"/>
+      <c r="I634" s="120"/>
+      <c r="J634" s="119"/>
+      <c r="K634" s="119"/>
+      <c r="L634" s="120"/>
+      <c r="M634" s="121"/>
+      <c r="N634" s="121"/>
+    </row>
+    <row r="635" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F635" s="119"/>
+      <c r="G635" s="120"/>
+      <c r="H635" s="120"/>
+      <c r="I635" s="120"/>
+      <c r="J635" s="119"/>
+      <c r="K635" s="119"/>
+      <c r="L635" s="120"/>
+      <c r="M635" s="121"/>
+      <c r="N635" s="121"/>
+    </row>
+    <row r="636" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F636" s="120"/>
+      <c r="G636" s="120"/>
+      <c r="H636" s="120"/>
+      <c r="I636" s="120"/>
+      <c r="J636" s="120"/>
+      <c r="K636" s="120"/>
+      <c r="L636" s="120"/>
+      <c r="M636" s="121"/>
+      <c r="N636" s="121"/>
+    </row>
+    <row r="637" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F637" s="119"/>
+      <c r="G637" s="122"/>
+      <c r="H637" s="120"/>
+      <c r="I637" s="120"/>
+      <c r="J637" s="119"/>
+      <c r="K637" s="119"/>
+      <c r="L637" s="120"/>
+      <c r="M637" s="121"/>
+      <c r="N637" s="121"/>
+    </row>
+    <row r="638" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F638" s="119"/>
+      <c r="G638" s="120"/>
+      <c r="H638" s="120"/>
+      <c r="I638" s="120"/>
+      <c r="J638" s="119"/>
+      <c r="K638" s="119"/>
+      <c r="L638" s="120"/>
+      <c r="M638" s="121"/>
+      <c r="N638" s="121"/>
+    </row>
+    <row r="639" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F639" s="119"/>
+      <c r="G639" s="125"/>
+      <c r="H639" s="120"/>
+      <c r="I639" s="122"/>
+      <c r="J639" s="119"/>
+      <c r="K639" s="120"/>
+      <c r="L639" s="120"/>
+      <c r="M639" s="121"/>
+      <c r="N639" s="121"/>
+    </row>
+    <row r="640" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F640" s="119"/>
+      <c r="G640" s="125"/>
+      <c r="H640" s="120"/>
+      <c r="I640" s="120"/>
+      <c r="J640" s="119"/>
+      <c r="K640" s="119"/>
+      <c r="L640" s="120"/>
+      <c r="M640" s="121"/>
+      <c r="N640" s="121"/>
+    </row>
+    <row r="641" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F641" s="119"/>
+      <c r="G641" s="120"/>
+      <c r="H641" s="120"/>
+      <c r="I641" s="120"/>
+      <c r="J641" s="119"/>
+      <c r="K641" s="119"/>
+      <c r="L641" s="120"/>
+      <c r="M641" s="121"/>
+      <c r="N641" s="121"/>
+    </row>
+    <row r="642" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F642" s="120"/>
+      <c r="G642" s="120"/>
+      <c r="H642" s="120"/>
+      <c r="I642" s="120"/>
+      <c r="J642" s="120"/>
+      <c r="K642" s="120"/>
+      <c r="L642" s="120"/>
+      <c r="M642" s="121"/>
+      <c r="N642" s="121"/>
+    </row>
+    <row r="643" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F643" s="119"/>
+      <c r="G643" s="122"/>
+      <c r="H643" s="120"/>
+      <c r="I643" s="120"/>
+      <c r="J643" s="119"/>
+      <c r="K643" s="119"/>
+      <c r="L643" s="120"/>
+      <c r="M643" s="121"/>
+      <c r="N643" s="121"/>
+    </row>
+    <row r="644" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F644" s="119"/>
+      <c r="G644" s="120"/>
+      <c r="H644" s="120"/>
+      <c r="I644" s="120"/>
+      <c r="J644" s="119"/>
+      <c r="K644" s="119"/>
+      <c r="L644" s="120"/>
+      <c r="M644" s="121"/>
+      <c r="N644" s="121"/>
+    </row>
+    <row r="645" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F645" s="119"/>
+      <c r="G645" s="120"/>
+      <c r="H645" s="120"/>
+      <c r="I645" s="122"/>
+      <c r="J645" s="119"/>
+      <c r="K645" s="120"/>
+      <c r="L645" s="120"/>
+      <c r="M645" s="121"/>
+      <c r="N645" s="121"/>
+    </row>
+    <row r="646" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F646" s="119"/>
+      <c r="G646" s="120"/>
+      <c r="H646" s="120"/>
+      <c r="I646" s="120"/>
+      <c r="J646" s="119"/>
+      <c r="K646" s="119"/>
+      <c r="L646" s="120"/>
+      <c r="M646" s="121"/>
+      <c r="N646" s="121"/>
+    </row>
+    <row r="647" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F647" s="119"/>
+      <c r="G647" s="120"/>
+      <c r="H647" s="120"/>
+      <c r="I647" s="120"/>
+      <c r="J647" s="119"/>
+      <c r="K647" s="119"/>
+      <c r="L647" s="120"/>
+      <c r="M647" s="121"/>
+      <c r="N647" s="121"/>
+    </row>
+    <row r="648" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F648" s="120"/>
+      <c r="G648" s="120"/>
+      <c r="H648" s="120"/>
+      <c r="I648" s="120"/>
+      <c r="J648" s="120"/>
+      <c r="K648" s="120"/>
+      <c r="L648" s="120"/>
+      <c r="M648" s="121"/>
+      <c r="N648" s="121"/>
+    </row>
+    <row r="649" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F649" s="119"/>
+      <c r="G649" s="122"/>
+      <c r="H649" s="120"/>
+      <c r="I649" s="120"/>
+      <c r="J649" s="119"/>
+      <c r="K649" s="119"/>
+      <c r="L649" s="120"/>
+      <c r="M649" s="121"/>
+      <c r="N649" s="121"/>
+    </row>
+    <row r="650" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F650" s="119"/>
+      <c r="G650" s="120"/>
+      <c r="H650" s="120"/>
+      <c r="I650" s="120"/>
+      <c r="J650" s="119"/>
+      <c r="K650" s="119"/>
+      <c r="L650" s="120"/>
+      <c r="M650" s="121"/>
+      <c r="N650" s="121"/>
+    </row>
+    <row r="651" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F651" s="119"/>
+      <c r="G651" s="120"/>
+      <c r="H651" s="120"/>
+      <c r="I651" s="122"/>
+      <c r="J651" s="119"/>
+      <c r="K651" s="120"/>
+      <c r="L651" s="120"/>
+      <c r="M651" s="121"/>
+      <c r="N651" s="121"/>
+    </row>
+    <row r="652" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F652" s="119"/>
+      <c r="G652" s="120"/>
+      <c r="H652" s="120"/>
+      <c r="I652" s="120"/>
+      <c r="J652" s="119"/>
+      <c r="K652" s="119"/>
+      <c r="L652" s="120"/>
+      <c r="M652" s="121"/>
+      <c r="N652" s="121"/>
+    </row>
+    <row r="653" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F653" s="119"/>
+      <c r="G653" s="120"/>
+      <c r="H653" s="120"/>
+      <c r="I653" s="120"/>
+      <c r="J653" s="119"/>
+      <c r="K653" s="119"/>
+      <c r="L653" s="120"/>
+      <c r="M653" s="121"/>
+      <c r="N653" s="121"/>
+    </row>
+    <row r="654" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F654" s="120"/>
+      <c r="G654" s="120"/>
+      <c r="H654" s="120"/>
+      <c r="I654" s="120"/>
+      <c r="J654" s="120"/>
+      <c r="K654" s="120"/>
+      <c r="L654" s="120"/>
+      <c r="M654" s="121"/>
+      <c r="N654" s="121"/>
+    </row>
+    <row r="655" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F655" s="119"/>
+      <c r="G655" s="122"/>
+      <c r="H655" s="120"/>
+      <c r="I655" s="120"/>
+      <c r="J655" s="119"/>
+      <c r="K655" s="119"/>
+      <c r="L655" s="125"/>
+      <c r="M655" s="121"/>
+      <c r="N655" s="121"/>
+    </row>
+    <row r="656" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F656" s="120"/>
+      <c r="G656" s="120"/>
+      <c r="H656" s="120"/>
+      <c r="I656" s="120"/>
+      <c r="J656" s="120"/>
+      <c r="K656" s="120"/>
+      <c r="L656" s="125"/>
+      <c r="M656" s="121"/>
+      <c r="N656" s="121"/>
+    </row>
+    <row r="657" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F657" s="119"/>
+      <c r="G657" s="120"/>
+      <c r="H657" s="120"/>
+      <c r="I657" s="120"/>
+      <c r="J657" s="119"/>
+      <c r="K657" s="119"/>
+      <c r="L657" s="120"/>
+      <c r="M657" s="121"/>
+      <c r="N657" s="121"/>
+    </row>
+    <row r="658" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F658" s="119"/>
+      <c r="G658" s="125"/>
+      <c r="H658" s="120"/>
+      <c r="I658" s="122"/>
+      <c r="J658" s="119"/>
+      <c r="K658" s="120"/>
+      <c r="L658" s="120"/>
+      <c r="M658" s="121"/>
+      <c r="N658" s="121"/>
+    </row>
+    <row r="659" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F659" s="119"/>
+      <c r="G659" s="125"/>
+      <c r="H659" s="120"/>
+      <c r="I659" s="120"/>
+      <c r="J659" s="119"/>
+      <c r="K659" s="119"/>
+      <c r="L659" s="120"/>
+      <c r="M659" s="121"/>
+      <c r="N659" s="121"/>
+    </row>
+    <row r="660" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F660" s="119"/>
+      <c r="G660" s="120"/>
+      <c r="H660" s="120"/>
+      <c r="I660" s="120"/>
+      <c r="J660" s="119"/>
+      <c r="K660" s="119"/>
+      <c r="L660" s="120"/>
+      <c r="M660" s="121"/>
+      <c r="N660" s="121"/>
+    </row>
+    <row r="661" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F661" s="120"/>
+      <c r="G661" s="120"/>
+      <c r="H661" s="120"/>
+      <c r="I661" s="120"/>
+      <c r="J661" s="120"/>
+      <c r="K661" s="120"/>
+      <c r="L661" s="120"/>
+      <c r="M661" s="121"/>
+      <c r="N661" s="121"/>
+    </row>
+    <row r="662" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F662" s="119"/>
+      <c r="G662" s="122"/>
+      <c r="H662" s="120"/>
+      <c r="I662" s="120"/>
+      <c r="J662" s="119"/>
+      <c r="K662" s="119"/>
+      <c r="L662" s="120"/>
+      <c r="M662" s="121"/>
+      <c r="N662" s="121"/>
+    </row>
+    <row r="663" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F663" s="119"/>
+      <c r="G663" s="120"/>
+      <c r="H663" s="120"/>
+      <c r="I663" s="120"/>
+      <c r="J663" s="119"/>
+      <c r="K663" s="119"/>
+      <c r="L663" s="120"/>
+      <c r="M663" s="121"/>
+      <c r="N663" s="121"/>
+    </row>
+    <row r="664" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F664" s="119"/>
+      <c r="G664" s="125"/>
+      <c r="H664" s="120"/>
+      <c r="I664" s="122"/>
+      <c r="J664" s="119"/>
+      <c r="K664" s="120"/>
+      <c r="L664" s="120"/>
+      <c r="M664" s="121"/>
+      <c r="N664" s="121"/>
+    </row>
+    <row r="665" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F665" s="119"/>
+      <c r="G665" s="125"/>
+      <c r="H665" s="120"/>
+      <c r="I665" s="120"/>
+      <c r="J665" s="119"/>
+      <c r="K665" s="119"/>
+      <c r="L665" s="120"/>
+      <c r="M665" s="121"/>
+      <c r="N665" s="121"/>
+    </row>
+    <row r="666" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F666" s="119"/>
+      <c r="G666" s="120"/>
+      <c r="H666" s="120"/>
+      <c r="I666" s="120"/>
+      <c r="J666" s="119"/>
+      <c r="K666" s="119"/>
+      <c r="L666" s="120"/>
+      <c r="M666" s="121"/>
+      <c r="N666" s="121"/>
+    </row>
+    <row r="667" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F667" s="120"/>
+      <c r="G667" s="120"/>
+      <c r="H667" s="120"/>
+      <c r="I667" s="120"/>
+      <c r="J667" s="120"/>
+      <c r="K667" s="120"/>
+      <c r="L667" s="120"/>
+      <c r="M667" s="121"/>
+      <c r="N667" s="121"/>
+    </row>
+    <row r="668" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F668" s="120"/>
+      <c r="G668" s="120"/>
+      <c r="H668" s="120"/>
+      <c r="I668" s="120"/>
+      <c r="J668" s="123"/>
+      <c r="K668" s="124"/>
+      <c r="L668" s="123"/>
+      <c r="M668" s="121"/>
+      <c r="N668" s="121"/>
+    </row>
+    <row r="669" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F669" s="120"/>
+      <c r="G669" s="120"/>
+      <c r="H669" s="120"/>
+      <c r="I669" s="120"/>
+      <c r="J669" s="120"/>
+      <c r="K669" s="120"/>
+      <c r="L669" s="120"/>
+      <c r="M669" s="121"/>
+      <c r="N669" s="121"/>
+    </row>
+    <row r="670" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F670" s="119"/>
+      <c r="G670" s="119"/>
+      <c r="H670" s="119"/>
+      <c r="I670" s="120"/>
+      <c r="J670" s="120"/>
+      <c r="K670" s="120"/>
+      <c r="L670" s="120"/>
+      <c r="M670" s="121"/>
+      <c r="N670" s="121"/>
+    </row>
+    <row r="671" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F671" s="120"/>
+      <c r="G671" s="120"/>
+      <c r="H671" s="120"/>
+      <c r="I671" s="120"/>
+      <c r="J671" s="120"/>
+      <c r="K671" s="120"/>
+      <c r="L671" s="120"/>
+      <c r="M671" s="121"/>
+      <c r="N671" s="121"/>
+    </row>
+    <row r="672" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F672" s="120"/>
+      <c r="G672" s="120"/>
+      <c r="H672" s="120"/>
+      <c r="I672" s="120"/>
+      <c r="J672" s="120"/>
+      <c r="K672" s="120"/>
+      <c r="L672" s="120"/>
+      <c r="M672" s="121"/>
+      <c r="N672" s="121"/>
+    </row>
+    <row r="673" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F673" s="120"/>
+      <c r="G673" s="120"/>
+      <c r="H673" s="120"/>
+      <c r="I673" s="120"/>
+      <c r="J673" s="120"/>
+      <c r="K673" s="120"/>
+      <c r="L673" s="120"/>
+      <c r="M673" s="121"/>
+      <c r="N673" s="121"/>
+    </row>
+    <row r="674" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F674" s="119"/>
+      <c r="G674" s="122"/>
+      <c r="H674" s="120"/>
+      <c r="I674" s="120"/>
+      <c r="J674" s="119"/>
+      <c r="K674" s="119"/>
+      <c r="L674" s="120"/>
+      <c r="M674" s="121"/>
+      <c r="N674" s="121"/>
+    </row>
+    <row r="675" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F675" s="119"/>
+      <c r="G675" s="125"/>
+      <c r="H675" s="125"/>
+      <c r="I675" s="125"/>
+      <c r="J675" s="120"/>
+      <c r="K675" s="120"/>
+      <c r="L675" s="120"/>
+      <c r="M675" s="121"/>
+      <c r="N675" s="121"/>
+    </row>
+    <row r="676" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F676" s="119"/>
+      <c r="G676" s="125"/>
+      <c r="H676" s="125"/>
+      <c r="I676" s="125"/>
+      <c r="J676" s="119"/>
+      <c r="K676" s="119"/>
+      <c r="L676" s="120"/>
+      <c r="M676" s="121"/>
+      <c r="N676" s="121"/>
+    </row>
+    <row r="677" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F677" s="119"/>
+      <c r="G677" s="125"/>
+      <c r="H677" s="120"/>
+      <c r="I677" s="122"/>
+      <c r="J677" s="119"/>
+      <c r="K677" s="120"/>
+      <c r="L677" s="120"/>
+      <c r="M677" s="121"/>
+      <c r="N677" s="121"/>
+    </row>
+    <row r="678" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F678" s="119"/>
+      <c r="G678" s="125"/>
+      <c r="H678" s="120"/>
+      <c r="I678" s="120"/>
+      <c r="J678" s="119"/>
+      <c r="K678" s="119"/>
+      <c r="L678" s="120"/>
+      <c r="M678" s="121"/>
+      <c r="N678" s="121"/>
+    </row>
+    <row r="679" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F679" s="119"/>
+      <c r="G679" s="120"/>
+      <c r="H679" s="120"/>
+      <c r="I679" s="120"/>
+      <c r="J679" s="119"/>
+      <c r="K679" s="119"/>
+      <c r="L679" s="120"/>
+      <c r="M679" s="121"/>
+      <c r="N679" s="121"/>
+    </row>
+    <row r="680" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F680" s="120"/>
+      <c r="G680" s="120"/>
+      <c r="H680" s="120"/>
+      <c r="I680" s="120"/>
+      <c r="J680" s="120"/>
+      <c r="K680" s="120"/>
+      <c r="L680" s="120"/>
+      <c r="M680" s="121"/>
+      <c r="N680" s="121"/>
+    </row>
+    <row r="681" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F681" s="119"/>
+      <c r="G681" s="122"/>
+      <c r="H681" s="120"/>
+      <c r="I681" s="120"/>
+      <c r="J681" s="119"/>
+      <c r="K681" s="119"/>
+      <c r="L681" s="125"/>
+      <c r="M681" s="121"/>
+      <c r="N681" s="121"/>
+    </row>
+    <row r="682" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F682" s="120"/>
+      <c r="G682" s="120"/>
+      <c r="H682" s="120"/>
+      <c r="I682" s="120"/>
+      <c r="J682" s="120"/>
+      <c r="K682" s="120"/>
+      <c r="L682" s="125"/>
+      <c r="M682" s="121"/>
+      <c r="N682" s="121"/>
+    </row>
+    <row r="683" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F683" s="119"/>
+      <c r="G683" s="120"/>
+      <c r="H683" s="120"/>
+      <c r="I683" s="120"/>
+      <c r="J683" s="119"/>
+      <c r="K683" s="119"/>
+      <c r="L683" s="120"/>
+      <c r="M683" s="121"/>
+      <c r="N683" s="121"/>
+    </row>
+    <row r="684" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F684" s="119"/>
+      <c r="G684" s="125"/>
+      <c r="H684" s="120"/>
+      <c r="I684" s="122"/>
+      <c r="J684" s="119"/>
+      <c r="K684" s="120"/>
+      <c r="L684" s="120"/>
+      <c r="M684" s="121"/>
+      <c r="N684" s="121"/>
+    </row>
+    <row r="685" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F685" s="119"/>
+      <c r="G685" s="125"/>
+      <c r="H685" s="120"/>
+      <c r="I685" s="120"/>
+      <c r="J685" s="119"/>
+      <c r="K685" s="119"/>
+      <c r="L685" s="120"/>
+      <c r="M685" s="121"/>
+      <c r="N685" s="121"/>
+    </row>
+    <row r="686" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F686" s="119"/>
+      <c r="G686" s="120"/>
+      <c r="H686" s="120"/>
+      <c r="I686" s="120"/>
+      <c r="J686" s="119"/>
+      <c r="K686" s="119"/>
+      <c r="L686" s="120"/>
+      <c r="M686" s="121"/>
+      <c r="N686" s="121"/>
+    </row>
+    <row r="687" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F687" s="120"/>
+      <c r="G687" s="120"/>
+      <c r="H687" s="120"/>
+      <c r="I687" s="120"/>
+      <c r="J687" s="120"/>
+      <c r="K687" s="120"/>
+      <c r="L687" s="120"/>
+      <c r="M687" s="121"/>
+      <c r="N687" s="121"/>
+    </row>
+    <row r="688" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F688" s="119"/>
+      <c r="G688" s="122"/>
+      <c r="H688" s="120"/>
+      <c r="I688" s="120"/>
+      <c r="J688" s="119"/>
+      <c r="K688" s="119"/>
+      <c r="L688" s="120"/>
+      <c r="M688" s="121"/>
+      <c r="N688" s="121"/>
+    </row>
+    <row r="689" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F689" s="119"/>
+      <c r="G689" s="125"/>
+      <c r="H689" s="125"/>
+      <c r="I689" s="125"/>
+      <c r="J689" s="120"/>
+      <c r="K689" s="120"/>
+      <c r="L689" s="120"/>
+      <c r="M689" s="121"/>
+      <c r="N689" s="121"/>
+    </row>
+    <row r="690" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F690" s="119"/>
+      <c r="G690" s="125"/>
+      <c r="H690" s="125"/>
+      <c r="I690" s="125"/>
+      <c r="J690" s="119"/>
+      <c r="K690" s="119"/>
+      <c r="L690" s="120"/>
+      <c r="M690" s="121"/>
+      <c r="N690" s="121"/>
+    </row>
+    <row r="691" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F691" s="119"/>
+      <c r="G691" s="125"/>
+      <c r="H691" s="120"/>
+      <c r="I691" s="122"/>
+      <c r="J691" s="119"/>
+      <c r="K691" s="120"/>
+      <c r="L691" s="120"/>
+      <c r="M691" s="121"/>
+      <c r="N691" s="121"/>
+    </row>
+    <row r="692" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F692" s="119"/>
+      <c r="G692" s="125"/>
+      <c r="H692" s="120"/>
+      <c r="I692" s="120"/>
+      <c r="J692" s="119"/>
+      <c r="K692" s="119"/>
+      <c r="L692" s="120"/>
+      <c r="M692" s="121"/>
+      <c r="N692" s="121"/>
+    </row>
+    <row r="693" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F693" s="119"/>
+      <c r="G693" s="120"/>
+      <c r="H693" s="120"/>
+      <c r="I693" s="120"/>
+      <c r="J693" s="119"/>
+      <c r="K693" s="119"/>
+      <c r="L693" s="120"/>
+      <c r="M693" s="121"/>
+      <c r="N693" s="121"/>
+    </row>
+    <row r="694" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F694" s="120"/>
+      <c r="G694" s="120"/>
+      <c r="H694" s="120"/>
+      <c r="I694" s="120"/>
+      <c r="J694" s="120"/>
+      <c r="K694" s="120"/>
+      <c r="L694" s="120"/>
+      <c r="M694" s="121"/>
+      <c r="N694" s="121"/>
+    </row>
+    <row r="695" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F695" s="119"/>
+      <c r="G695" s="122"/>
+      <c r="H695" s="120"/>
+      <c r="I695" s="120"/>
+      <c r="J695" s="119"/>
+      <c r="K695" s="119"/>
+      <c r="L695" s="120"/>
+      <c r="M695" s="121"/>
+      <c r="N695" s="121"/>
+    </row>
+    <row r="696" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F696" s="119"/>
+      <c r="G696" s="125"/>
+      <c r="H696" s="125"/>
+      <c r="I696" s="125"/>
+      <c r="J696" s="120"/>
+      <c r="K696" s="120"/>
+      <c r="L696" s="120"/>
+      <c r="M696" s="121"/>
+      <c r="N696" s="121"/>
+    </row>
+    <row r="697" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F697" s="119"/>
+      <c r="G697" s="125"/>
+      <c r="H697" s="125"/>
+      <c r="I697" s="125"/>
+      <c r="J697" s="119"/>
+      <c r="K697" s="119"/>
+      <c r="L697" s="120"/>
+      <c r="M697" s="121"/>
+      <c r="N697" s="121"/>
+    </row>
+    <row r="698" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F698" s="119"/>
+      <c r="G698" s="125"/>
+      <c r="H698" s="120"/>
+      <c r="I698" s="122"/>
+      <c r="J698" s="119"/>
+      <c r="K698" s="120"/>
+      <c r="L698" s="120"/>
+      <c r="M698" s="121"/>
+      <c r="N698" s="121"/>
+    </row>
+    <row r="699" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F699" s="119"/>
+      <c r="G699" s="125"/>
+      <c r="H699" s="120"/>
+      <c r="I699" s="120"/>
+      <c r="J699" s="119"/>
+      <c r="K699" s="119"/>
+      <c r="L699" s="120"/>
+      <c r="M699" s="121"/>
+      <c r="N699" s="121"/>
+    </row>
+    <row r="700" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F700" s="119"/>
+      <c r="G700" s="120"/>
+      <c r="H700" s="120"/>
+      <c r="I700" s="120"/>
+      <c r="J700" s="119"/>
+      <c r="K700" s="119"/>
+      <c r="L700" s="120"/>
+      <c r="M700" s="121"/>
+      <c r="N700" s="121"/>
+    </row>
+    <row r="701" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F701" s="120"/>
+      <c r="G701" s="120"/>
+      <c r="H701" s="120"/>
+      <c r="I701" s="120"/>
+      <c r="J701" s="120"/>
+      <c r="K701" s="120"/>
+      <c r="L701" s="120"/>
+      <c r="M701" s="121"/>
+      <c r="N701" s="121"/>
+    </row>
+    <row r="702" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F702" s="119"/>
+      <c r="G702" s="122"/>
+      <c r="H702" s="120"/>
+      <c r="I702" s="120"/>
+      <c r="J702" s="119"/>
+      <c r="K702" s="119"/>
+      <c r="L702" s="120"/>
+      <c r="M702" s="121"/>
+      <c r="N702" s="121"/>
+    </row>
+    <row r="703" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F703" s="119"/>
+      <c r="G703" s="120"/>
+      <c r="H703" s="120"/>
+      <c r="I703" s="120"/>
+      <c r="J703" s="119"/>
+      <c r="K703" s="119"/>
+      <c r="L703" s="120"/>
+      <c r="M703" s="121"/>
+      <c r="N703" s="121"/>
+    </row>
+    <row r="704" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F704" s="119"/>
+      <c r="G704" s="120"/>
+      <c r="H704" s="120"/>
+      <c r="I704" s="122"/>
+      <c r="J704" s="119"/>
+      <c r="K704" s="120"/>
+      <c r="L704" s="120"/>
+      <c r="M704" s="121"/>
+      <c r="N704" s="121"/>
+    </row>
+    <row r="705" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F705" s="119"/>
+      <c r="G705" s="120"/>
+      <c r="H705" s="120"/>
+      <c r="I705" s="120"/>
+      <c r="J705" s="119"/>
+      <c r="K705" s="119"/>
+      <c r="L705" s="120"/>
+      <c r="M705" s="121"/>
+      <c r="N705" s="121"/>
+    </row>
+    <row r="706" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F706" s="119"/>
+      <c r="G706" s="120"/>
+      <c r="H706" s="120"/>
+      <c r="I706" s="120"/>
+      <c r="J706" s="119"/>
+      <c r="K706" s="119"/>
+      <c r="L706" s="120"/>
+      <c r="M706" s="121"/>
+      <c r="N706" s="121"/>
+    </row>
+    <row r="707" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F707" s="120"/>
+      <c r="G707" s="120"/>
+      <c r="H707" s="120"/>
+      <c r="I707" s="120"/>
+      <c r="J707" s="120"/>
+      <c r="K707" s="120"/>
+      <c r="L707" s="120"/>
+      <c r="M707" s="121"/>
+      <c r="N707" s="121"/>
+    </row>
+    <row r="708" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F708" s="119"/>
+      <c r="G708" s="122"/>
+      <c r="H708" s="120"/>
+      <c r="I708" s="120"/>
+      <c r="J708" s="119"/>
+      <c r="K708" s="119"/>
+      <c r="L708" s="125"/>
+      <c r="M708" s="121"/>
+      <c r="N708" s="121"/>
+    </row>
+    <row r="709" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F709" s="119"/>
+      <c r="G709" s="125"/>
+      <c r="H709" s="125"/>
+      <c r="I709" s="125"/>
+      <c r="J709" s="120"/>
+      <c r="K709" s="120"/>
+      <c r="L709" s="125"/>
+      <c r="M709" s="121"/>
+      <c r="N709" s="121"/>
+    </row>
+    <row r="710" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F710" s="119"/>
+      <c r="G710" s="125"/>
+      <c r="H710" s="125"/>
+      <c r="I710" s="125"/>
+      <c r="J710" s="119"/>
+      <c r="K710" s="119"/>
+      <c r="L710" s="120"/>
+      <c r="M710" s="121"/>
+      <c r="N710" s="121"/>
+    </row>
+    <row r="711" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F711" s="119"/>
+      <c r="G711" s="120"/>
+      <c r="H711" s="120"/>
+      <c r="I711" s="122"/>
+      <c r="J711" s="119"/>
+      <c r="K711" s="120"/>
+      <c r="L711" s="120"/>
+      <c r="M711" s="121"/>
+      <c r="N711" s="121"/>
+    </row>
+    <row r="712" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F712" s="119"/>
+      <c r="G712" s="120"/>
+      <c r="H712" s="120"/>
+      <c r="I712" s="120"/>
+      <c r="J712" s="119"/>
+      <c r="K712" s="119"/>
+      <c r="L712" s="120"/>
+      <c r="M712" s="121"/>
+      <c r="N712" s="121"/>
+    </row>
+    <row r="713" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F713" s="119"/>
+      <c r="G713" s="120"/>
+      <c r="H713" s="120"/>
+      <c r="I713" s="120"/>
+      <c r="J713" s="119"/>
+      <c r="K713" s="119"/>
+      <c r="L713" s="120"/>
+      <c r="M713" s="121"/>
+      <c r="N713" s="121"/>
+    </row>
+    <row r="714" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F714" s="120"/>
+      <c r="G714" s="120"/>
+      <c r="H714" s="120"/>
+      <c r="I714" s="120"/>
+      <c r="J714" s="120"/>
+      <c r="K714" s="120"/>
+      <c r="L714" s="120"/>
+      <c r="M714" s="121"/>
+      <c r="N714" s="121"/>
+    </row>
+    <row r="715" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F715" s="119"/>
+      <c r="G715" s="122"/>
+      <c r="H715" s="120"/>
+      <c r="I715" s="120"/>
+      <c r="J715" s="119"/>
+      <c r="K715" s="119"/>
+      <c r="L715" s="120"/>
+      <c r="M715" s="121"/>
+      <c r="N715" s="121"/>
+    </row>
+    <row r="716" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F716" s="119"/>
+      <c r="G716" s="125"/>
+      <c r="H716" s="125"/>
+      <c r="I716" s="125"/>
+      <c r="J716" s="120"/>
+      <c r="K716" s="120"/>
+      <c r="L716" s="120"/>
+      <c r="M716" s="121"/>
+      <c r="N716" s="121"/>
+    </row>
+    <row r="717" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F717" s="119"/>
+      <c r="G717" s="125"/>
+      <c r="H717" s="125"/>
+      <c r="I717" s="125"/>
+      <c r="J717" s="119"/>
+      <c r="K717" s="119"/>
+      <c r="L717" s="120"/>
+      <c r="M717" s="121"/>
+      <c r="N717" s="121"/>
+    </row>
+    <row r="718" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F718" s="119"/>
+      <c r="G718" s="120"/>
+      <c r="H718" s="120"/>
+      <c r="I718" s="122"/>
+      <c r="J718" s="119"/>
+      <c r="K718" s="120"/>
+      <c r="L718" s="120"/>
+      <c r="M718" s="121"/>
+      <c r="N718" s="121"/>
+    </row>
+    <row r="719" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F719" s="119"/>
+      <c r="G719" s="120"/>
+      <c r="H719" s="120"/>
+      <c r="I719" s="120"/>
+      <c r="J719" s="119"/>
+      <c r="K719" s="119"/>
+      <c r="L719" s="120"/>
+      <c r="M719" s="121"/>
+      <c r="N719" s="121"/>
+    </row>
+    <row r="720" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F720" s="119"/>
+      <c r="G720" s="120"/>
+      <c r="H720" s="120"/>
+      <c r="I720" s="120"/>
+      <c r="J720" s="119"/>
+      <c r="K720" s="119"/>
+      <c r="L720" s="120"/>
+      <c r="M720" s="121"/>
+      <c r="N720" s="121"/>
+    </row>
+    <row r="721" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F721" s="120"/>
+      <c r="G721" s="120"/>
+      <c r="H721" s="120"/>
+      <c r="I721" s="120"/>
+      <c r="J721" s="120"/>
+      <c r="K721" s="120"/>
+      <c r="L721" s="120"/>
+      <c r="M721" s="121"/>
+      <c r="N721" s="121"/>
+    </row>
+    <row r="722" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F722" s="120"/>
+      <c r="G722" s="120"/>
+      <c r="H722" s="120"/>
+      <c r="I722" s="120"/>
+      <c r="J722" s="123"/>
+      <c r="K722" s="124"/>
+      <c r="L722" s="123"/>
+      <c r="M722" s="121"/>
+      <c r="N722" s="121"/>
+    </row>
+    <row r="723" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F723" s="120"/>
+      <c r="G723" s="120"/>
+      <c r="H723" s="120"/>
+      <c r="I723" s="120"/>
+      <c r="J723" s="120"/>
+      <c r="K723" s="120"/>
+      <c r="L723" s="120"/>
+      <c r="M723" s="121"/>
+      <c r="N723" s="121"/>
+    </row>
+    <row r="724" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F724" s="119"/>
+      <c r="G724" s="119"/>
+      <c r="H724" s="119"/>
+      <c r="I724" s="120"/>
+      <c r="J724" s="120"/>
+      <c r="K724" s="120"/>
+      <c r="L724" s="120"/>
+      <c r="M724" s="121"/>
+      <c r="N724" s="121"/>
+    </row>
+    <row r="725" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F725" s="120"/>
+      <c r="G725" s="120"/>
+      <c r="H725" s="120"/>
+      <c r="I725" s="120"/>
+      <c r="J725" s="120"/>
+      <c r="K725" s="120"/>
+      <c r="L725" s="120"/>
+      <c r="M725" s="121"/>
+      <c r="N725" s="121"/>
+    </row>
+    <row r="726" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F726" s="120"/>
+      <c r="G726" s="120"/>
+      <c r="H726" s="120"/>
+      <c r="I726" s="120"/>
+      <c r="J726" s="120"/>
+      <c r="K726" s="120"/>
+      <c r="L726" s="120"/>
+      <c r="M726" s="121"/>
+      <c r="N726" s="121"/>
+    </row>
+    <row r="727" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F727" s="120"/>
+      <c r="G727" s="120"/>
+      <c r="H727" s="120"/>
+      <c r="I727" s="120"/>
+      <c r="J727" s="120"/>
+      <c r="K727" s="120"/>
+      <c r="L727" s="120"/>
+      <c r="M727" s="121"/>
+      <c r="N727" s="121"/>
+    </row>
+    <row r="728" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F728" s="119"/>
+      <c r="G728" s="122"/>
+      <c r="H728" s="120"/>
+      <c r="I728" s="120"/>
+      <c r="J728" s="119"/>
+      <c r="K728" s="119"/>
+      <c r="L728" s="120"/>
+      <c r="M728" s="121"/>
+      <c r="N728" s="121"/>
+    </row>
+    <row r="729" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F729" s="119"/>
+      <c r="G729" s="120"/>
+      <c r="H729" s="120"/>
+      <c r="I729" s="120"/>
+      <c r="J729" s="119"/>
+      <c r="K729" s="119"/>
+      <c r="L729" s="120"/>
+      <c r="M729" s="121"/>
+      <c r="N729" s="121"/>
+    </row>
+    <row r="730" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F730" s="119"/>
+      <c r="G730" s="120"/>
+      <c r="H730" s="120"/>
+      <c r="I730" s="122"/>
+      <c r="J730" s="119"/>
+      <c r="K730" s="120"/>
+      <c r="L730" s="120"/>
+      <c r="M730" s="121"/>
+      <c r="N730" s="121"/>
+    </row>
+    <row r="731" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F731" s="119"/>
+      <c r="G731" s="120"/>
+      <c r="H731" s="120"/>
+      <c r="I731" s="120"/>
+      <c r="J731" s="119"/>
+      <c r="K731" s="119"/>
+      <c r="L731" s="120"/>
+      <c r="M731" s="121"/>
+      <c r="N731" s="121"/>
+    </row>
+    <row r="732" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F732" s="119"/>
+      <c r="G732" s="120"/>
+      <c r="H732" s="120"/>
+      <c r="I732" s="120"/>
+      <c r="J732" s="119"/>
+      <c r="K732" s="119"/>
+      <c r="L732" s="120"/>
+      <c r="M732" s="121"/>
+      <c r="N732" s="121"/>
+    </row>
+    <row r="733" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F733" s="120"/>
+      <c r="G733" s="120"/>
+      <c r="H733" s="120"/>
+      <c r="I733" s="120"/>
+      <c r="J733" s="120"/>
+      <c r="K733" s="120"/>
+      <c r="L733" s="120"/>
+      <c r="M733" s="121"/>
+      <c r="N733" s="121"/>
+    </row>
+    <row r="734" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F734" s="119"/>
+      <c r="G734" s="122"/>
+      <c r="H734" s="120"/>
+      <c r="I734" s="120"/>
+      <c r="J734" s="119"/>
+      <c r="K734" s="119"/>
+      <c r="L734" s="125"/>
+      <c r="M734" s="121"/>
+      <c r="N734" s="121"/>
+    </row>
+    <row r="735" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F735" s="119"/>
+      <c r="G735" s="125"/>
+      <c r="H735" s="125"/>
+      <c r="I735" s="125"/>
+      <c r="J735" s="120"/>
+      <c r="K735" s="120"/>
+      <c r="L735" s="125"/>
+      <c r="M735" s="121"/>
+      <c r="N735" s="121"/>
+    </row>
+    <row r="736" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F736" s="119"/>
+      <c r="G736" s="125"/>
+      <c r="H736" s="125"/>
+      <c r="I736" s="125"/>
+      <c r="J736" s="119"/>
+      <c r="K736" s="119"/>
+      <c r="L736" s="120"/>
+      <c r="M736" s="121"/>
+      <c r="N736" s="121"/>
+    </row>
+    <row r="737" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F737" s="119"/>
+      <c r="G737" s="120"/>
+      <c r="H737" s="120"/>
+      <c r="I737" s="122"/>
+      <c r="J737" s="119"/>
+      <c r="K737" s="120"/>
+      <c r="L737" s="120"/>
+      <c r="M737" s="121"/>
+      <c r="N737" s="121"/>
+    </row>
+    <row r="738" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F738" s="119"/>
+      <c r="G738" s="120"/>
+      <c r="H738" s="120"/>
+      <c r="I738" s="120"/>
+      <c r="J738" s="119"/>
+      <c r="K738" s="119"/>
+      <c r="L738" s="120"/>
+      <c r="M738" s="121"/>
+      <c r="N738" s="121"/>
+    </row>
+    <row r="739" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F739" s="119"/>
+      <c r="G739" s="120"/>
+      <c r="H739" s="120"/>
+      <c r="I739" s="120"/>
+      <c r="J739" s="119"/>
+      <c r="K739" s="119"/>
+      <c r="L739" s="120"/>
+      <c r="M739" s="121"/>
+      <c r="N739" s="121"/>
+    </row>
+    <row r="740" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F740" s="120"/>
+      <c r="G740" s="120"/>
+      <c r="H740" s="120"/>
+      <c r="I740" s="120"/>
+      <c r="J740" s="120"/>
+      <c r="K740" s="120"/>
+      <c r="L740" s="120"/>
+      <c r="M740" s="121"/>
+      <c r="N740" s="121"/>
+    </row>
+    <row r="741" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F741" s="119"/>
+      <c r="G741" s="122"/>
+      <c r="H741" s="120"/>
+      <c r="I741" s="120"/>
+      <c r="J741" s="119"/>
+      <c r="K741" s="119"/>
+      <c r="L741" s="125"/>
+      <c r="M741" s="121"/>
+      <c r="N741" s="121"/>
+    </row>
+    <row r="742" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F742" s="119"/>
+      <c r="G742" s="125"/>
+      <c r="H742" s="125"/>
+      <c r="I742" s="125"/>
+      <c r="J742" s="120"/>
+      <c r="K742" s="120"/>
+      <c r="L742" s="125"/>
+      <c r="M742" s="121"/>
+      <c r="N742" s="121"/>
+    </row>
+    <row r="743" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F743" s="119"/>
+      <c r="G743" s="125"/>
+      <c r="H743" s="125"/>
+      <c r="I743" s="125"/>
+      <c r="J743" s="119"/>
+      <c r="K743" s="119"/>
+      <c r="L743" s="120"/>
+      <c r="M743" s="121"/>
+      <c r="N743" s="121"/>
+    </row>
+    <row r="744" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F744" s="119"/>
+      <c r="G744" s="120"/>
+      <c r="H744" s="120"/>
+      <c r="I744" s="122"/>
+      <c r="J744" s="119"/>
+      <c r="K744" s="120"/>
+      <c r="L744" s="120"/>
+      <c r="M744" s="121"/>
+      <c r="N744" s="121"/>
+    </row>
+    <row r="745" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F745" s="119"/>
+      <c r="G745" s="120"/>
+      <c r="H745" s="120"/>
+      <c r="I745" s="120"/>
+      <c r="J745" s="119"/>
+      <c r="K745" s="119"/>
+      <c r="L745" s="120"/>
+      <c r="M745" s="121"/>
+      <c r="N745" s="121"/>
+    </row>
+    <row r="746" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F746" s="119"/>
+      <c r="G746" s="120"/>
+      <c r="H746" s="120"/>
+      <c r="I746" s="120"/>
+      <c r="J746" s="119"/>
+      <c r="K746" s="119"/>
+      <c r="L746" s="120"/>
+      <c r="M746" s="121"/>
+      <c r="N746" s="121"/>
+    </row>
+    <row r="747" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F747" s="120"/>
+      <c r="G747" s="120"/>
+      <c r="H747" s="120"/>
+      <c r="I747" s="120"/>
+      <c r="J747" s="120"/>
+      <c r="K747" s="120"/>
+      <c r="L747" s="120"/>
+      <c r="M747" s="121"/>
+      <c r="N747" s="121"/>
+    </row>
+    <row r="748" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F748" s="119"/>
+      <c r="G748" s="122"/>
+      <c r="H748" s="120"/>
+      <c r="I748" s="120"/>
+      <c r="J748" s="119"/>
+      <c r="K748" s="119"/>
+      <c r="L748" s="125"/>
+      <c r="M748" s="121"/>
+      <c r="N748" s="121"/>
+    </row>
+    <row r="749" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F749" s="119"/>
+      <c r="G749" s="125"/>
+      <c r="H749" s="125"/>
+      <c r="I749" s="125"/>
+      <c r="J749" s="120"/>
+      <c r="K749" s="120"/>
+      <c r="L749" s="125"/>
+      <c r="M749" s="121"/>
+      <c r="N749" s="121"/>
+    </row>
+    <row r="750" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F750" s="119"/>
+      <c r="G750" s="125"/>
+      <c r="H750" s="125"/>
+      <c r="I750" s="125"/>
+      <c r="J750" s="119"/>
+      <c r="K750" s="119"/>
+      <c r="L750" s="120"/>
+      <c r="M750" s="121"/>
+      <c r="N750" s="121"/>
+    </row>
+    <row r="751" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F751" s="119"/>
+      <c r="G751" s="120"/>
+      <c r="H751" s="120"/>
+      <c r="I751" s="122"/>
+      <c r="J751" s="119"/>
+      <c r="K751" s="120"/>
+      <c r="L751" s="120"/>
+      <c r="M751" s="121"/>
+      <c r="N751" s="121"/>
+    </row>
+    <row r="752" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F752" s="119"/>
+      <c r="G752" s="120"/>
+      <c r="H752" s="120"/>
+      <c r="I752" s="120"/>
+      <c r="J752" s="119"/>
+      <c r="K752" s="119"/>
+      <c r="L752" s="120"/>
+      <c r="M752" s="121"/>
+      <c r="N752" s="121"/>
+    </row>
+    <row r="753" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F753" s="119"/>
+      <c r="G753" s="120"/>
+      <c r="H753" s="120"/>
+      <c r="I753" s="120"/>
+      <c r="J753" s="119"/>
+      <c r="K753" s="119"/>
+      <c r="L753" s="120"/>
+      <c r="M753" s="121"/>
+      <c r="N753" s="121"/>
+    </row>
+    <row r="754" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F754" s="120"/>
+      <c r="G754" s="120"/>
+      <c r="H754" s="120"/>
+      <c r="I754" s="120"/>
+      <c r="J754" s="120"/>
+      <c r="K754" s="120"/>
+      <c r="L754" s="120"/>
+      <c r="M754" s="121"/>
+      <c r="N754" s="121"/>
+    </row>
+    <row r="755" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F755" s="119"/>
+      <c r="G755" s="122"/>
+      <c r="H755" s="120"/>
+      <c r="I755" s="120"/>
+      <c r="J755" s="119"/>
+      <c r="K755" s="119"/>
+      <c r="L755" s="125"/>
+      <c r="M755" s="121"/>
+      <c r="N755" s="121"/>
+    </row>
+    <row r="756" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F756" s="119"/>
+      <c r="G756" s="125"/>
+      <c r="H756" s="125"/>
+      <c r="I756" s="125"/>
+      <c r="J756" s="120"/>
+      <c r="K756" s="120"/>
+      <c r="L756" s="125"/>
+      <c r="M756" s="121"/>
+      <c r="N756" s="121"/>
+    </row>
+    <row r="757" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F757" s="119"/>
+      <c r="G757" s="125"/>
+      <c r="H757" s="125"/>
+      <c r="I757" s="125"/>
+      <c r="J757" s="119"/>
+      <c r="K757" s="119"/>
+      <c r="L757" s="120"/>
+      <c r="M757" s="121"/>
+      <c r="N757" s="121"/>
+    </row>
+    <row r="758" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F758" s="119"/>
+      <c r="G758" s="120"/>
+      <c r="H758" s="120"/>
+      <c r="I758" s="122"/>
+      <c r="J758" s="119"/>
+      <c r="K758" s="120"/>
+      <c r="L758" s="120"/>
+      <c r="M758" s="121"/>
+      <c r="N758" s="121"/>
+    </row>
+    <row r="759" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F759" s="119"/>
+      <c r="G759" s="120"/>
+      <c r="H759" s="120"/>
+      <c r="I759" s="120"/>
+      <c r="J759" s="119"/>
+      <c r="K759" s="119"/>
+      <c r="L759" s="120"/>
+      <c r="M759" s="121"/>
+      <c r="N759" s="121"/>
+    </row>
+    <row r="760" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F760" s="119"/>
+      <c r="G760" s="120"/>
+      <c r="H760" s="120"/>
+      <c r="I760" s="120"/>
+      <c r="J760" s="119"/>
+      <c r="K760" s="119"/>
+      <c r="L760" s="120"/>
+      <c r="M760" s="121"/>
+      <c r="N760" s="121"/>
+    </row>
+    <row r="761" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F761" s="120"/>
+      <c r="G761" s="120"/>
+      <c r="H761" s="120"/>
+      <c r="I761" s="120"/>
+      <c r="J761" s="120"/>
+      <c r="K761" s="120"/>
+      <c r="L761" s="120"/>
+      <c r="M761" s="121"/>
+      <c r="N761" s="121"/>
+    </row>
+    <row r="762" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F762" s="119"/>
+      <c r="G762" s="122"/>
+      <c r="H762" s="120"/>
+      <c r="I762" s="120"/>
+      <c r="J762" s="119"/>
+      <c r="K762" s="119"/>
+      <c r="L762" s="125"/>
+      <c r="M762" s="121"/>
+      <c r="N762" s="121"/>
+    </row>
+    <row r="763" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F763" s="119"/>
+      <c r="G763" s="125"/>
+      <c r="H763" s="125"/>
+      <c r="I763" s="125"/>
+      <c r="J763" s="120"/>
+      <c r="K763" s="120"/>
+      <c r="L763" s="125"/>
+      <c r="M763" s="121"/>
+      <c r="N763" s="121"/>
+    </row>
+    <row r="764" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F764" s="119"/>
+      <c r="G764" s="125"/>
+      <c r="H764" s="125"/>
+      <c r="I764" s="125"/>
+      <c r="J764" s="119"/>
+      <c r="K764" s="119"/>
+      <c r="L764" s="120"/>
+      <c r="M764" s="121"/>
+      <c r="N764" s="121"/>
+    </row>
+    <row r="765" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F765" s="119"/>
+      <c r="G765" s="120"/>
+      <c r="H765" s="120"/>
+      <c r="I765" s="122"/>
+      <c r="J765" s="119"/>
+      <c r="K765" s="120"/>
+      <c r="L765" s="120"/>
+      <c r="M765" s="121"/>
+      <c r="N765" s="121"/>
+    </row>
+    <row r="766" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F766" s="119"/>
+      <c r="G766" s="120"/>
+      <c r="H766" s="120"/>
+      <c r="I766" s="120"/>
+      <c r="J766" s="119"/>
+      <c r="K766" s="119"/>
+      <c r="L766" s="120"/>
+      <c r="M766" s="121"/>
+      <c r="N766" s="121"/>
+    </row>
+    <row r="767" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F767" s="119"/>
+      <c r="G767" s="120"/>
+      <c r="H767" s="120"/>
+      <c r="I767" s="120"/>
+      <c r="J767" s="119"/>
+      <c r="K767" s="119"/>
+      <c r="L767" s="120"/>
+      <c r="M767" s="121"/>
+      <c r="N767" s="121"/>
+    </row>
+    <row r="768" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F768" s="120"/>
+      <c r="G768" s="120"/>
+      <c r="H768" s="120"/>
+      <c r="I768" s="120"/>
+      <c r="J768" s="120"/>
+      <c r="K768" s="120"/>
+      <c r="L768" s="120"/>
+      <c r="M768" s="121"/>
+      <c r="N768" s="121"/>
+    </row>
+    <row r="769" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F769" s="119"/>
+      <c r="G769" s="122"/>
+      <c r="H769" s="120"/>
+      <c r="I769" s="120"/>
+      <c r="J769" s="119"/>
+      <c r="K769" s="119"/>
+      <c r="L769" s="125"/>
+      <c r="M769" s="121"/>
+      <c r="N769" s="121"/>
+    </row>
+    <row r="770" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F770" s="120"/>
+      <c r="G770" s="120"/>
+      <c r="H770" s="120"/>
+      <c r="I770" s="120"/>
+      <c r="J770" s="120"/>
+      <c r="K770" s="120"/>
+      <c r="L770" s="125"/>
+      <c r="M770" s="121"/>
+      <c r="N770" s="121"/>
+    </row>
+    <row r="771" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F771" s="119"/>
+      <c r="G771" s="120"/>
+      <c r="H771" s="120"/>
+      <c r="I771" s="120"/>
+      <c r="J771" s="119"/>
+      <c r="K771" s="119"/>
+      <c r="L771" s="120"/>
+      <c r="M771" s="121"/>
+      <c r="N771" s="121"/>
+    </row>
+    <row r="772" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F772" s="119"/>
+      <c r="G772" s="120"/>
+      <c r="H772" s="120"/>
+      <c r="I772" s="122"/>
+      <c r="J772" s="119"/>
+      <c r="K772" s="120"/>
+      <c r="L772" s="120"/>
+      <c r="M772" s="121"/>
+      <c r="N772" s="121"/>
+    </row>
+    <row r="773" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F773" s="119"/>
+      <c r="G773" s="120"/>
+      <c r="H773" s="120"/>
+      <c r="I773" s="120"/>
+      <c r="J773" s="119"/>
+      <c r="K773" s="119"/>
+      <c r="L773" s="120"/>
+      <c r="M773" s="121"/>
+      <c r="N773" s="121"/>
+    </row>
+    <row r="774" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F774" s="119"/>
+      <c r="G774" s="120"/>
+      <c r="H774" s="120"/>
+      <c r="I774" s="120"/>
+      <c r="J774" s="119"/>
+      <c r="K774" s="119"/>
+      <c r="L774" s="120"/>
+      <c r="M774" s="121"/>
+      <c r="N774" s="121"/>
+    </row>
+    <row r="775" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F775" s="120"/>
+      <c r="G775" s="120"/>
+      <c r="H775" s="120"/>
+      <c r="I775" s="120"/>
+      <c r="J775" s="120"/>
+      <c r="K775" s="120"/>
+      <c r="L775" s="120"/>
+      <c r="M775" s="121"/>
+      <c r="N775" s="121"/>
+    </row>
+    <row r="776" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F776" s="120"/>
+      <c r="G776" s="120"/>
+      <c r="H776" s="120"/>
+      <c r="I776" s="120"/>
+      <c r="J776" s="123"/>
+      <c r="K776" s="124"/>
+      <c r="L776" s="123"/>
+      <c r="M776" s="121"/>
+      <c r="N776" s="121"/>
+    </row>
+    <row r="777" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F777" s="120"/>
+      <c r="G777" s="120"/>
+      <c r="H777" s="120"/>
+      <c r="I777" s="120"/>
+      <c r="J777" s="120"/>
+      <c r="K777" s="120"/>
+      <c r="L777" s="120"/>
+      <c r="M777" s="121"/>
+      <c r="N777" s="121"/>
+    </row>
+    <row r="778" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F778" s="119"/>
+      <c r="G778" s="119"/>
+      <c r="H778" s="119"/>
+      <c r="I778" s="120"/>
+      <c r="J778" s="120"/>
+      <c r="K778" s="120"/>
+      <c r="L778" s="120"/>
+      <c r="M778" s="121"/>
+      <c r="N778" s="121"/>
+    </row>
+    <row r="779" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F779" s="120"/>
+      <c r="G779" s="120"/>
+      <c r="H779" s="120"/>
+      <c r="I779" s="120"/>
+      <c r="J779" s="120"/>
+      <c r="K779" s="120"/>
+      <c r="L779" s="120"/>
+      <c r="M779" s="121"/>
+      <c r="N779" s="121"/>
+    </row>
+    <row r="780" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F780" s="120"/>
+      <c r="G780" s="120"/>
+      <c r="H780" s="120"/>
+      <c r="I780" s="120"/>
+      <c r="J780" s="120"/>
+      <c r="K780" s="120"/>
+      <c r="L780" s="120"/>
+      <c r="M780" s="121"/>
+      <c r="N780" s="121"/>
+    </row>
+    <row r="781" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F781" s="120"/>
+      <c r="G781" s="120"/>
+      <c r="H781" s="120"/>
+      <c r="I781" s="120"/>
+      <c r="J781" s="120"/>
+      <c r="K781" s="120"/>
+      <c r="L781" s="120"/>
+      <c r="M781" s="121"/>
+      <c r="N781" s="121"/>
+    </row>
+    <row r="782" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F782" s="119"/>
+      <c r="G782" s="122"/>
+      <c r="H782" s="120"/>
+      <c r="I782" s="120"/>
+      <c r="J782" s="119"/>
+      <c r="K782" s="119"/>
+      <c r="L782" s="125"/>
+      <c r="M782" s="121"/>
+      <c r="N782" s="121"/>
+    </row>
+    <row r="783" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F783" s="119"/>
+      <c r="G783" s="125"/>
+      <c r="H783" s="125"/>
+      <c r="I783" s="125"/>
+      <c r="J783" s="120"/>
+      <c r="K783" s="120"/>
+      <c r="L783" s="125"/>
+      <c r="M783" s="121"/>
+      <c r="N783" s="121"/>
+    </row>
+    <row r="784" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F784" s="119"/>
+      <c r="G784" s="125"/>
+      <c r="H784" s="125"/>
+      <c r="I784" s="125"/>
+      <c r="J784" s="119"/>
+      <c r="K784" s="119"/>
+      <c r="L784" s="120"/>
+      <c r="M784" s="121"/>
+      <c r="N784" s="121"/>
+    </row>
+    <row r="785" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F785" s="119"/>
+      <c r="G785" s="120"/>
+      <c r="H785" s="120"/>
+      <c r="I785" s="122"/>
+      <c r="J785" s="119"/>
+      <c r="K785" s="120"/>
+      <c r="L785" s="120"/>
+      <c r="M785" s="121"/>
+      <c r="N785" s="121"/>
+    </row>
+    <row r="786" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F786" s="119"/>
+      <c r="G786" s="120"/>
+      <c r="H786" s="120"/>
+      <c r="I786" s="120"/>
+      <c r="J786" s="119"/>
+      <c r="K786" s="119"/>
+      <c r="L786" s="120"/>
+      <c r="M786" s="121"/>
+      <c r="N786" s="121"/>
+    </row>
+    <row r="787" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F787" s="119"/>
+      <c r="G787" s="120"/>
+      <c r="H787" s="120"/>
+      <c r="I787" s="120"/>
+      <c r="J787" s="119"/>
+      <c r="K787" s="119"/>
+      <c r="L787" s="120"/>
+      <c r="M787" s="121"/>
+      <c r="N787" s="121"/>
+    </row>
+    <row r="788" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F788" s="120"/>
+      <c r="G788" s="120"/>
+      <c r="H788" s="120"/>
+      <c r="I788" s="120"/>
+      <c r="J788" s="120"/>
+      <c r="K788" s="120"/>
+      <c r="L788" s="120"/>
+      <c r="M788" s="121"/>
+      <c r="N788" s="121"/>
+    </row>
+    <row r="789" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F789" s="119"/>
+      <c r="G789" s="122"/>
+      <c r="H789" s="120"/>
+      <c r="I789" s="120"/>
+      <c r="J789" s="119"/>
+      <c r="K789" s="119"/>
+      <c r="L789" s="120"/>
+      <c r="M789" s="121"/>
+      <c r="N789" s="121"/>
+    </row>
+    <row r="790" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F790" s="119"/>
+      <c r="G790" s="120"/>
+      <c r="H790" s="120"/>
+      <c r="I790" s="120"/>
+      <c r="J790" s="119"/>
+      <c r="K790" s="119"/>
+      <c r="L790" s="120"/>
+      <c r="M790" s="121"/>
+      <c r="N790" s="121"/>
+    </row>
+    <row r="791" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F791" s="119"/>
+      <c r="G791" s="120"/>
+      <c r="H791" s="120"/>
+      <c r="I791" s="122"/>
+      <c r="J791" s="119"/>
+      <c r="K791" s="120"/>
+      <c r="L791" s="120"/>
+      <c r="M791" s="121"/>
+      <c r="N791" s="121"/>
+    </row>
+    <row r="792" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F792" s="119"/>
+      <c r="G792" s="120"/>
+      <c r="H792" s="120"/>
+      <c r="I792" s="120"/>
+      <c r="J792" s="119"/>
+      <c r="K792" s="119"/>
+      <c r="L792" s="120"/>
+      <c r="M792" s="121"/>
+      <c r="N792" s="121"/>
+    </row>
+    <row r="793" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F793" s="119"/>
+      <c r="G793" s="120"/>
+      <c r="H793" s="120"/>
+      <c r="I793" s="120"/>
+      <c r="J793" s="119"/>
+      <c r="K793" s="119"/>
+      <c r="L793" s="120"/>
+      <c r="M793" s="121"/>
+      <c r="N793" s="121"/>
+    </row>
+    <row r="794" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F794" s="120"/>
+      <c r="G794" s="120"/>
+      <c r="H794" s="120"/>
+      <c r="I794" s="120"/>
+      <c r="J794" s="120"/>
+      <c r="K794" s="120"/>
+      <c r="L794" s="120"/>
+      <c r="M794" s="121"/>
+      <c r="N794" s="121"/>
+    </row>
+    <row r="795" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F795" s="119"/>
+      <c r="G795" s="122"/>
+      <c r="H795" s="120"/>
+      <c r="I795" s="120"/>
+      <c r="J795" s="119"/>
+      <c r="K795" s="119"/>
+      <c r="L795" s="120"/>
+      <c r="M795" s="121"/>
+      <c r="N795" s="121"/>
+    </row>
+    <row r="796" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F796" s="119"/>
+      <c r="G796" s="120"/>
+      <c r="H796" s="120"/>
+      <c r="I796" s="120"/>
+      <c r="J796" s="119"/>
+      <c r="K796" s="119"/>
+      <c r="L796" s="120"/>
+      <c r="M796" s="121"/>
+      <c r="N796" s="121"/>
+    </row>
+    <row r="797" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F797" s="119"/>
+      <c r="G797" s="120"/>
+      <c r="H797" s="120"/>
+      <c r="I797" s="122"/>
+      <c r="J797" s="119"/>
+      <c r="K797" s="120"/>
+      <c r="L797" s="120"/>
+      <c r="M797" s="121"/>
+      <c r="N797" s="121"/>
+    </row>
+    <row r="798" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F798" s="119"/>
+      <c r="G798" s="120"/>
+      <c r="H798" s="120"/>
+      <c r="I798" s="120"/>
+      <c r="J798" s="119"/>
+      <c r="K798" s="119"/>
+      <c r="L798" s="120"/>
+      <c r="M798" s="121"/>
+      <c r="N798" s="121"/>
+    </row>
+    <row r="799" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F799" s="119"/>
+      <c r="G799" s="120"/>
+      <c r="H799" s="120"/>
+      <c r="I799" s="120"/>
+      <c r="J799" s="119"/>
+      <c r="K799" s="119"/>
+      <c r="L799" s="120"/>
+      <c r="M799" s="121"/>
+      <c r="N799" s="121"/>
+    </row>
+    <row r="800" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F800" s="120"/>
+      <c r="G800" s="120"/>
+      <c r="H800" s="120"/>
+      <c r="I800" s="120"/>
+      <c r="J800" s="120"/>
+      <c r="K800" s="120"/>
+      <c r="L800" s="120"/>
+      <c r="M800" s="121"/>
+      <c r="N800" s="121"/>
+    </row>
+    <row r="801" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F801" s="119"/>
+      <c r="G801" s="122"/>
+      <c r="H801" s="120"/>
+      <c r="I801" s="120"/>
+      <c r="J801" s="119"/>
+      <c r="K801" s="119"/>
+      <c r="L801" s="120"/>
+      <c r="M801" s="121"/>
+      <c r="N801" s="121"/>
+    </row>
+    <row r="802" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F802" s="119"/>
+      <c r="G802" s="120"/>
+      <c r="H802" s="120"/>
+      <c r="I802" s="120"/>
+      <c r="J802" s="119"/>
+      <c r="K802" s="119"/>
+      <c r="L802" s="120"/>
+      <c r="M802" s="121"/>
+      <c r="N802" s="121"/>
+    </row>
+    <row r="803" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F803" s="119"/>
+      <c r="G803" s="120"/>
+      <c r="H803" s="120"/>
+      <c r="I803" s="122"/>
+      <c r="J803" s="119"/>
+      <c r="K803" s="120"/>
+      <c r="L803" s="120"/>
+      <c r="M803" s="121"/>
+      <c r="N803" s="121"/>
+    </row>
+    <row r="804" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F804" s="119"/>
+      <c r="G804" s="120"/>
+      <c r="H804" s="120"/>
+      <c r="I804" s="120"/>
+      <c r="J804" s="119"/>
+      <c r="K804" s="119"/>
+      <c r="L804" s="120"/>
+      <c r="M804" s="121"/>
+      <c r="N804" s="121"/>
+    </row>
+    <row r="805" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F805" s="119"/>
+      <c r="G805" s="120"/>
+      <c r="H805" s="120"/>
+      <c r="I805" s="120"/>
+      <c r="J805" s="119"/>
+      <c r="K805" s="119"/>
+      <c r="L805" s="120"/>
+      <c r="M805" s="121"/>
+      <c r="N805" s="121"/>
+    </row>
+    <row r="806" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F806" s="120"/>
+      <c r="G806" s="120"/>
+      <c r="H806" s="120"/>
+      <c r="I806" s="120"/>
+      <c r="J806" s="120"/>
+      <c r="K806" s="120"/>
+      <c r="L806" s="120"/>
+      <c r="M806" s="121"/>
+      <c r="N806" s="121"/>
+    </row>
+    <row r="807" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F807" s="119"/>
+      <c r="G807" s="122"/>
+      <c r="H807" s="120"/>
+      <c r="I807" s="120"/>
+      <c r="J807" s="119"/>
+      <c r="K807" s="119"/>
+      <c r="L807" s="120"/>
+      <c r="M807" s="121"/>
+      <c r="N807" s="121"/>
+    </row>
+    <row r="808" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F808" s="119"/>
+      <c r="G808" s="125"/>
+      <c r="H808" s="125"/>
+      <c r="I808" s="125"/>
+      <c r="J808" s="120"/>
+      <c r="K808" s="120"/>
+      <c r="L808" s="120"/>
+      <c r="M808" s="121"/>
+      <c r="N808" s="121"/>
+    </row>
+    <row r="809" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F809" s="119"/>
+      <c r="G809" s="125"/>
+      <c r="H809" s="125"/>
+      <c r="I809" s="125"/>
+      <c r="J809" s="119"/>
+      <c r="K809" s="119"/>
+      <c r="L809" s="120"/>
+      <c r="M809" s="121"/>
+      <c r="N809" s="121"/>
+    </row>
+    <row r="810" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F810" s="119"/>
+      <c r="G810" s="120"/>
+      <c r="H810" s="120"/>
+      <c r="I810" s="122"/>
+      <c r="J810" s="119"/>
+      <c r="K810" s="120"/>
+      <c r="L810" s="120"/>
+      <c r="M810" s="121"/>
+      <c r="N810" s="121"/>
+    </row>
+    <row r="811" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F811" s="119"/>
+      <c r="G811" s="120"/>
+      <c r="H811" s="120"/>
+      <c r="I811" s="120"/>
+      <c r="J811" s="119"/>
+      <c r="K811" s="119"/>
+      <c r="L811" s="120"/>
+      <c r="M811" s="121"/>
+      <c r="N811" s="121"/>
+    </row>
+    <row r="812" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F812" s="119"/>
+      <c r="G812" s="120"/>
+      <c r="H812" s="120"/>
+      <c r="I812" s="120"/>
+      <c r="J812" s="119"/>
+      <c r="K812" s="119"/>
+      <c r="L812" s="120"/>
+      <c r="M812" s="121"/>
+      <c r="N812" s="121"/>
+    </row>
+    <row r="813" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F813" s="120"/>
+      <c r="G813" s="120"/>
+      <c r="H813" s="120"/>
+      <c r="I813" s="120"/>
+      <c r="J813" s="120"/>
+      <c r="K813" s="120"/>
+      <c r="L813" s="120"/>
+      <c r="M813" s="121"/>
+      <c r="N813" s="121"/>
+    </row>
+    <row r="814" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F814" s="119"/>
+      <c r="G814" s="122"/>
+      <c r="H814" s="120"/>
+      <c r="I814" s="120"/>
+      <c r="J814" s="119"/>
+      <c r="K814" s="119"/>
+      <c r="L814" s="120"/>
+      <c r="M814" s="121"/>
+      <c r="N814" s="121"/>
+    </row>
+    <row r="815" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F815" s="119"/>
+      <c r="G815" s="120"/>
+      <c r="H815" s="120"/>
+      <c r="I815" s="120"/>
+      <c r="J815" s="119"/>
+      <c r="K815" s="119"/>
+      <c r="L815" s="120"/>
+      <c r="M815" s="121"/>
+      <c r="N815" s="121"/>
+    </row>
+    <row r="816" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F816" s="119"/>
+      <c r="G816" s="120"/>
+      <c r="H816" s="120"/>
+      <c r="I816" s="122"/>
+      <c r="J816" s="119"/>
+      <c r="K816" s="120"/>
+      <c r="L816" s="120"/>
+      <c r="M816" s="121"/>
+      <c r="N816" s="121"/>
+    </row>
+    <row r="817" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F817" s="119"/>
+      <c r="G817" s="120"/>
+      <c r="H817" s="120"/>
+      <c r="I817" s="120"/>
+      <c r="J817" s="119"/>
+      <c r="K817" s="119"/>
+      <c r="L817" s="120"/>
+      <c r="M817" s="121"/>
+      <c r="N817" s="121"/>
+    </row>
+    <row r="818" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F818" s="119"/>
+      <c r="G818" s="120"/>
+      <c r="H818" s="120"/>
+      <c r="I818" s="120"/>
+      <c r="J818" s="119"/>
+      <c r="K818" s="119"/>
+      <c r="L818" s="120"/>
+      <c r="M818" s="121"/>
+      <c r="N818" s="121"/>
+    </row>
+    <row r="819" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F819" s="120"/>
+      <c r="G819" s="120"/>
+      <c r="H819" s="120"/>
+      <c r="I819" s="120"/>
+      <c r="J819" s="120"/>
+      <c r="K819" s="120"/>
+      <c r="L819" s="120"/>
+      <c r="M819" s="121"/>
+      <c r="N819" s="121"/>
+    </row>
+    <row r="820" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F820" s="119"/>
+      <c r="G820" s="122"/>
+      <c r="H820" s="120"/>
+      <c r="I820" s="120"/>
+      <c r="J820" s="119"/>
+      <c r="K820" s="119"/>
+      <c r="L820" s="120"/>
+      <c r="M820" s="121"/>
+      <c r="N820" s="121"/>
+    </row>
+    <row r="821" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F821" s="119"/>
+      <c r="G821" s="125"/>
+      <c r="H821" s="125"/>
+      <c r="I821" s="125"/>
+      <c r="J821" s="120"/>
+      <c r="K821" s="120"/>
+      <c r="L821" s="120"/>
+      <c r="M821" s="121"/>
+      <c r="N821" s="121"/>
+    </row>
+    <row r="822" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F822" s="119"/>
+      <c r="G822" s="125"/>
+      <c r="H822" s="125"/>
+      <c r="I822" s="125"/>
+      <c r="J822" s="119"/>
+      <c r="K822" s="119"/>
+      <c r="L822" s="120"/>
+      <c r="M822" s="121"/>
+      <c r="N822" s="121"/>
+    </row>
+    <row r="823" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F823" s="119"/>
+      <c r="G823" s="120"/>
+      <c r="H823" s="120"/>
+      <c r="I823" s="122"/>
+      <c r="J823" s="119"/>
+      <c r="K823" s="120"/>
+      <c r="L823" s="120"/>
+      <c r="M823" s="121"/>
+      <c r="N823" s="121"/>
+    </row>
+    <row r="824" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F824" s="119"/>
+      <c r="G824" s="120"/>
+      <c r="H824" s="120"/>
+      <c r="I824" s="120"/>
+      <c r="J824" s="119"/>
+      <c r="K824" s="119"/>
+      <c r="L824" s="120"/>
+      <c r="M824" s="121"/>
+      <c r="N824" s="121"/>
+    </row>
+    <row r="825" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F825" s="119"/>
+      <c r="G825" s="120"/>
+      <c r="H825" s="120"/>
+      <c r="I825" s="120"/>
+      <c r="J825" s="119"/>
+      <c r="K825" s="119"/>
+      <c r="L825" s="120"/>
+      <c r="M825" s="121"/>
+      <c r="N825" s="121"/>
+    </row>
+    <row r="826" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F826" s="120"/>
+      <c r="G826" s="120"/>
+      <c r="H826" s="120"/>
+      <c r="I826" s="120"/>
+      <c r="J826" s="120"/>
+      <c r="K826" s="120"/>
+      <c r="L826" s="120"/>
+      <c r="M826" s="121"/>
+      <c r="N826" s="121"/>
+    </row>
+    <row r="827" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F827" s="120"/>
+      <c r="G827" s="120"/>
+      <c r="H827" s="120"/>
+      <c r="I827" s="120"/>
+      <c r="J827" s="123"/>
+      <c r="K827" s="124"/>
+      <c r="L827" s="123"/>
+      <c r="M827" s="121"/>
+      <c r="N827" s="121"/>
+    </row>
+    <row r="828" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F828" s="120"/>
+      <c r="G828" s="120"/>
+      <c r="H828" s="120"/>
+      <c r="I828" s="120"/>
+      <c r="J828" s="120"/>
+      <c r="K828" s="120"/>
+      <c r="L828" s="120"/>
+      <c r="M828" s="121"/>
+      <c r="N828" s="121"/>
+    </row>
+    <row r="829" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F829" s="119"/>
+      <c r="G829" s="119"/>
+      <c r="H829" s="119"/>
+      <c r="I829" s="120"/>
+      <c r="J829" s="120"/>
+      <c r="K829" s="120"/>
+      <c r="L829" s="120"/>
+      <c r="M829" s="121"/>
+      <c r="N829" s="121"/>
+    </row>
+    <row r="830" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F830" s="120"/>
+      <c r="G830" s="120"/>
+      <c r="H830" s="120"/>
+      <c r="I830" s="120"/>
+      <c r="J830" s="120"/>
+      <c r="K830" s="120"/>
+      <c r="L830" s="120"/>
+      <c r="M830" s="121"/>
+      <c r="N830" s="121"/>
+    </row>
+    <row r="831" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F831" s="120"/>
+      <c r="G831" s="120"/>
+      <c r="H831" s="120"/>
+      <c r="I831" s="120"/>
+      <c r="J831" s="120"/>
+      <c r="K831" s="120"/>
+      <c r="L831" s="120"/>
+      <c r="M831" s="121"/>
+      <c r="N831" s="121"/>
+    </row>
+    <row r="832" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F832" s="120"/>
+      <c r="G832" s="120"/>
+      <c r="H832" s="120"/>
+      <c r="I832" s="120"/>
+      <c r="J832" s="120"/>
+      <c r="K832" s="120"/>
+      <c r="L832" s="120"/>
+      <c r="M832" s="121"/>
+      <c r="N832" s="121"/>
+    </row>
+    <row r="833" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F833" s="119"/>
+      <c r="G833" s="122"/>
+      <c r="H833" s="120"/>
+      <c r="I833" s="120"/>
+      <c r="J833" s="119"/>
+      <c r="K833" s="119"/>
+      <c r="L833" s="120"/>
+      <c r="M833" s="121"/>
+      <c r="N833" s="121"/>
+    </row>
+    <row r="834" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F834" s="119"/>
+      <c r="G834" s="120"/>
+      <c r="H834" s="120"/>
+      <c r="I834" s="120"/>
+      <c r="J834" s="119"/>
+      <c r="K834" s="119"/>
+      <c r="L834" s="120"/>
+      <c r="M834" s="121"/>
+      <c r="N834" s="121"/>
+    </row>
+    <row r="835" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F835" s="119"/>
+      <c r="G835" s="125"/>
+      <c r="H835" s="120"/>
+      <c r="I835" s="122"/>
+      <c r="J835" s="119"/>
+      <c r="K835" s="120"/>
+      <c r="L835" s="120"/>
+      <c r="M835" s="121"/>
+      <c r="N835" s="121"/>
+    </row>
+    <row r="836" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F836" s="119"/>
+      <c r="G836" s="125"/>
+      <c r="H836" s="120"/>
+      <c r="I836" s="120"/>
+      <c r="J836" s="119"/>
+      <c r="K836" s="119"/>
+      <c r="L836" s="120"/>
+      <c r="M836" s="121"/>
+      <c r="N836" s="121"/>
+    </row>
+    <row r="837" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F837" s="119"/>
+      <c r="G837" s="120"/>
+      <c r="H837" s="120"/>
+      <c r="I837" s="120"/>
+      <c r="J837" s="119"/>
+      <c r="K837" s="119"/>
+      <c r="L837" s="120"/>
+      <c r="M837" s="121"/>
+      <c r="N837" s="121"/>
+    </row>
+    <row r="838" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F838" s="120"/>
+      <c r="G838" s="120"/>
+      <c r="H838" s="120"/>
+      <c r="I838" s="120"/>
+      <c r="J838" s="120"/>
+      <c r="K838" s="120"/>
+      <c r="L838" s="120"/>
+      <c r="M838" s="121"/>
+      <c r="N838" s="121"/>
+    </row>
+    <row r="839" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F839" s="119"/>
+      <c r="G839" s="122"/>
+      <c r="H839" s="120"/>
+      <c r="I839" s="120"/>
+      <c r="J839" s="119"/>
+      <c r="K839" s="119"/>
+      <c r="L839" s="120"/>
+      <c r="M839" s="121"/>
+      <c r="N839" s="121"/>
+    </row>
+    <row r="840" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F840" s="119"/>
+      <c r="G840" s="120"/>
+      <c r="H840" s="120"/>
+      <c r="I840" s="120"/>
+      <c r="J840" s="119"/>
+      <c r="K840" s="119"/>
+      <c r="L840" s="120"/>
+      <c r="M840" s="121"/>
+      <c r="N840" s="121"/>
+    </row>
+    <row r="841" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F841" s="119"/>
+      <c r="G841" s="120"/>
+      <c r="H841" s="120"/>
+      <c r="I841" s="122"/>
+      <c r="J841" s="119"/>
+      <c r="K841" s="120"/>
+      <c r="L841" s="120"/>
+      <c r="M841" s="121"/>
+      <c r="N841" s="121"/>
+    </row>
+    <row r="842" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F842" s="119"/>
+      <c r="G842" s="120"/>
+      <c r="H842" s="120"/>
+      <c r="I842" s="120"/>
+      <c r="J842" s="119"/>
+      <c r="K842" s="119"/>
+      <c r="L842" s="120"/>
+      <c r="M842" s="121"/>
+      <c r="N842" s="121"/>
+    </row>
+    <row r="843" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F843" s="119"/>
+      <c r="G843" s="120"/>
+      <c r="H843" s="120"/>
+      <c r="I843" s="120"/>
+      <c r="J843" s="119"/>
+      <c r="K843" s="119"/>
+      <c r="L843" s="120"/>
+      <c r="M843" s="121"/>
+      <c r="N843" s="121"/>
+    </row>
+    <row r="844" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F844" s="120"/>
+      <c r="G844" s="120"/>
+      <c r="H844" s="120"/>
+      <c r="I844" s="120"/>
+      <c r="J844" s="120"/>
+      <c r="K844" s="120"/>
+      <c r="L844" s="120"/>
+      <c r="M844" s="121"/>
+      <c r="N844" s="121"/>
+    </row>
+    <row r="845" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F845" s="119"/>
+      <c r="G845" s="122"/>
+      <c r="H845" s="120"/>
+      <c r="I845" s="120"/>
+      <c r="J845" s="119"/>
+      <c r="K845" s="119"/>
+      <c r="L845" s="120"/>
+      <c r="M845" s="121"/>
+      <c r="N845" s="121"/>
+    </row>
+    <row r="846" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F846" s="119"/>
+      <c r="G846" s="120"/>
+      <c r="H846" s="120"/>
+      <c r="I846" s="120"/>
+      <c r="J846" s="119"/>
+      <c r="K846" s="119"/>
+      <c r="L846" s="120"/>
+      <c r="M846" s="121"/>
+      <c r="N846" s="121"/>
+    </row>
+    <row r="847" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F847" s="119"/>
+      <c r="G847" s="120"/>
+      <c r="H847" s="120"/>
+      <c r="I847" s="122"/>
+      <c r="J847" s="119"/>
+      <c r="K847" s="120"/>
+      <c r="L847" s="120"/>
+      <c r="M847" s="121"/>
+      <c r="N847" s="121"/>
+    </row>
+    <row r="848" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F848" s="119"/>
+      <c r="G848" s="120"/>
+      <c r="H848" s="120"/>
+      <c r="I848" s="120"/>
+      <c r="J848" s="119"/>
+      <c r="K848" s="119"/>
+      <c r="L848" s="120"/>
+      <c r="M848" s="121"/>
+      <c r="N848" s="121"/>
+    </row>
+    <row r="849" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F849" s="119"/>
+      <c r="G849" s="120"/>
+      <c r="H849" s="120"/>
+      <c r="I849" s="120"/>
+      <c r="J849" s="119"/>
+      <c r="K849" s="119"/>
+      <c r="L849" s="120"/>
+      <c r="M849" s="121"/>
+      <c r="N849" s="121"/>
+    </row>
+    <row r="850" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F850" s="120"/>
+      <c r="G850" s="120"/>
+      <c r="H850" s="120"/>
+      <c r="I850" s="120"/>
+      <c r="J850" s="120"/>
+      <c r="K850" s="120"/>
+      <c r="L850" s="120"/>
+      <c r="M850" s="121"/>
+      <c r="N850" s="121"/>
+    </row>
+    <row r="851" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F851" s="119"/>
+      <c r="G851" s="122"/>
+      <c r="H851" s="120"/>
+      <c r="I851" s="120"/>
+      <c r="J851" s="119"/>
+      <c r="K851" s="119"/>
+      <c r="L851" s="120"/>
+      <c r="M851" s="121"/>
+      <c r="N851" s="121"/>
+    </row>
+    <row r="852" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F852" s="119"/>
+      <c r="G852" s="120"/>
+      <c r="H852" s="120"/>
+      <c r="I852" s="120"/>
+      <c r="J852" s="119"/>
+      <c r="K852" s="119"/>
+      <c r="L852" s="120"/>
+      <c r="M852" s="121"/>
+      <c r="N852" s="121"/>
+    </row>
+    <row r="853" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F853" s="119"/>
+      <c r="G853" s="120"/>
+      <c r="H853" s="120"/>
+      <c r="I853" s="122"/>
+      <c r="J853" s="119"/>
+      <c r="K853" s="120"/>
+      <c r="L853" s="120"/>
+      <c r="M853" s="121"/>
+      <c r="N853" s="121"/>
+    </row>
+    <row r="854" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F854" s="119"/>
+      <c r="G854" s="120"/>
+      <c r="H854" s="120"/>
+      <c r="I854" s="120"/>
+      <c r="J854" s="119"/>
+      <c r="K854" s="119"/>
+      <c r="L854" s="120"/>
+      <c r="M854" s="121"/>
+      <c r="N854" s="121"/>
+    </row>
+    <row r="855" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F855" s="119"/>
+      <c r="G855" s="120"/>
+      <c r="H855" s="120"/>
+      <c r="I855" s="120"/>
+      <c r="J855" s="119"/>
+      <c r="K855" s="119"/>
+      <c r="L855" s="120"/>
+      <c r="M855" s="121"/>
+      <c r="N855" s="121"/>
+    </row>
+    <row r="856" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F856" s="120"/>
+      <c r="G856" s="120"/>
+      <c r="H856" s="120"/>
+      <c r="I856" s="120"/>
+      <c r="J856" s="120"/>
+      <c r="K856" s="120"/>
+      <c r="L856" s="120"/>
+      <c r="M856" s="121"/>
+      <c r="N856" s="121"/>
+    </row>
+    <row r="857" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F857" s="119"/>
+      <c r="G857" s="122"/>
+      <c r="H857" s="120"/>
+      <c r="I857" s="120"/>
+      <c r="J857" s="119"/>
+      <c r="K857" s="119"/>
+      <c r="L857" s="120"/>
+      <c r="M857" s="121"/>
+      <c r="N857" s="121"/>
+    </row>
+    <row r="858" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F858" s="119"/>
+      <c r="G858" s="125"/>
+      <c r="H858" s="125"/>
+      <c r="I858" s="125"/>
+      <c r="J858" s="120"/>
+      <c r="K858" s="120"/>
+      <c r="L858" s="120"/>
+      <c r="M858" s="121"/>
+      <c r="N858" s="121"/>
+    </row>
+    <row r="859" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F859" s="119"/>
+      <c r="G859" s="125"/>
+      <c r="H859" s="125"/>
+      <c r="I859" s="125"/>
+      <c r="J859" s="119"/>
+      <c r="K859" s="119"/>
+      <c r="L859" s="120"/>
+      <c r="M859" s="121"/>
+      <c r="N859" s="121"/>
+    </row>
+    <row r="860" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F860" s="119"/>
+      <c r="G860" s="120"/>
+      <c r="H860" s="120"/>
+      <c r="I860" s="122"/>
+      <c r="J860" s="119"/>
+      <c r="K860" s="120"/>
+      <c r="L860" s="120"/>
+      <c r="M860" s="121"/>
+      <c r="N860" s="121"/>
+    </row>
+    <row r="861" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F861" s="119"/>
+      <c r="G861" s="120"/>
+      <c r="H861" s="120"/>
+      <c r="I861" s="120"/>
+      <c r="J861" s="119"/>
+      <c r="K861" s="119"/>
+      <c r="L861" s="120"/>
+      <c r="M861" s="121"/>
+      <c r="N861" s="121"/>
+    </row>
+    <row r="862" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F862" s="119"/>
+      <c r="G862" s="120"/>
+      <c r="H862" s="120"/>
+      <c r="I862" s="120"/>
+      <c r="J862" s="119"/>
+      <c r="K862" s="119"/>
+      <c r="L862" s="120"/>
+      <c r="M862" s="121"/>
+      <c r="N862" s="121"/>
+    </row>
+    <row r="863" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F863" s="120"/>
+      <c r="G863" s="120"/>
+      <c r="H863" s="120"/>
+      <c r="I863" s="120"/>
+      <c r="J863" s="120"/>
+      <c r="K863" s="120"/>
+      <c r="L863" s="120"/>
+      <c r="M863" s="121"/>
+      <c r="N863" s="121"/>
+    </row>
+    <row r="864" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F864" s="119"/>
+      <c r="G864" s="122"/>
+      <c r="H864" s="120"/>
+      <c r="I864" s="120"/>
+      <c r="J864" s="119"/>
+      <c r="K864" s="119"/>
+      <c r="L864" s="120"/>
+      <c r="M864" s="121"/>
+      <c r="N864" s="121"/>
+    </row>
+    <row r="865" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F865" s="119"/>
+      <c r="G865" s="120"/>
+      <c r="H865" s="120"/>
+      <c r="I865" s="120"/>
+      <c r="J865" s="119"/>
+      <c r="K865" s="119"/>
+      <c r="L865" s="120"/>
+      <c r="M865" s="121"/>
+      <c r="N865" s="121"/>
+    </row>
+    <row r="866" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F866" s="119"/>
+      <c r="G866" s="120"/>
+      <c r="H866" s="120"/>
+      <c r="I866" s="122"/>
+      <c r="J866" s="119"/>
+      <c r="K866" s="120"/>
+      <c r="L866" s="120"/>
+      <c r="M866" s="121"/>
+      <c r="N866" s="121"/>
+    </row>
+    <row r="867" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F867" s="119"/>
+      <c r="G867" s="120"/>
+      <c r="H867" s="120"/>
+      <c r="I867" s="120"/>
+      <c r="J867" s="119"/>
+      <c r="K867" s="119"/>
+      <c r="L867" s="120"/>
+      <c r="M867" s="121"/>
+      <c r="N867" s="121"/>
+    </row>
+    <row r="868" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F868" s="119"/>
+      <c r="G868" s="120"/>
+      <c r="H868" s="120"/>
+      <c r="I868" s="120"/>
+      <c r="J868" s="119"/>
+      <c r="K868" s="119"/>
+      <c r="L868" s="120"/>
+      <c r="M868" s="121"/>
+      <c r="N868" s="121"/>
+    </row>
+    <row r="869" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F869" s="120"/>
+      <c r="G869" s="120"/>
+      <c r="H869" s="120"/>
+      <c r="I869" s="120"/>
+      <c r="J869" s="120"/>
+      <c r="K869" s="120"/>
+      <c r="L869" s="120"/>
+      <c r="M869" s="121"/>
+      <c r="N869" s="121"/>
+    </row>
+    <row r="870" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F870" s="119"/>
+      <c r="G870" s="122"/>
+      <c r="H870" s="120"/>
+      <c r="I870" s="120"/>
+      <c r="J870" s="119"/>
+      <c r="K870" s="119"/>
+      <c r="L870" s="120"/>
+      <c r="M870" s="121"/>
+      <c r="N870" s="121"/>
+    </row>
+    <row r="871" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F871" s="119"/>
+      <c r="G871" s="125"/>
+      <c r="H871" s="125"/>
+      <c r="I871" s="125"/>
+      <c r="J871" s="120"/>
+      <c r="K871" s="120"/>
+      <c r="L871" s="120"/>
+      <c r="M871" s="121"/>
+      <c r="N871" s="121"/>
+    </row>
+    <row r="872" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F872" s="119"/>
+      <c r="G872" s="125"/>
+      <c r="H872" s="125"/>
+      <c r="I872" s="125"/>
+      <c r="J872" s="119"/>
+      <c r="K872" s="119"/>
+      <c r="L872" s="120"/>
+      <c r="M872" s="121"/>
+      <c r="N872" s="121"/>
+    </row>
+    <row r="873" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F873" s="119"/>
+      <c r="G873" s="120"/>
+      <c r="H873" s="120"/>
+      <c r="I873" s="122"/>
+      <c r="J873" s="119"/>
+      <c r="K873" s="120"/>
+      <c r="L873" s="120"/>
+      <c r="M873" s="121"/>
+      <c r="N873" s="121"/>
+    </row>
+    <row r="874" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F874" s="119"/>
+      <c r="G874" s="120"/>
+      <c r="H874" s="120"/>
+      <c r="I874" s="120"/>
+      <c r="J874" s="119"/>
+      <c r="K874" s="119"/>
+      <c r="L874" s="120"/>
+      <c r="M874" s="121"/>
+      <c r="N874" s="121"/>
+    </row>
+    <row r="875" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F875" s="119"/>
+      <c r="G875" s="120"/>
+      <c r="H875" s="120"/>
+      <c r="I875" s="120"/>
+      <c r="J875" s="119"/>
+      <c r="K875" s="119"/>
+      <c r="L875" s="120"/>
+      <c r="M875" s="121"/>
+      <c r="N875" s="121"/>
+    </row>
+    <row r="876" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F876" s="120"/>
+      <c r="G876" s="120"/>
+      <c r="H876" s="120"/>
+      <c r="I876" s="120"/>
+      <c r="J876" s="120"/>
+      <c r="K876" s="120"/>
+      <c r="L876" s="120"/>
+      <c r="M876" s="121"/>
+      <c r="N876" s="121"/>
+    </row>
+    <row r="877" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F877" s="120"/>
+      <c r="G877" s="120"/>
+      <c r="H877" s="120"/>
+      <c r="I877" s="120"/>
+      <c r="J877" s="123"/>
+      <c r="K877" s="124"/>
+      <c r="L877" s="123"/>
+      <c r="M877" s="121"/>
+      <c r="N877" s="121"/>
+    </row>
+    <row r="878" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F878" s="120"/>
+      <c r="G878" s="120"/>
+      <c r="H878" s="120"/>
+      <c r="I878" s="120"/>
+      <c r="J878" s="120"/>
+      <c r="K878" s="120"/>
+      <c r="L878" s="120"/>
+      <c r="M878" s="121"/>
+      <c r="N878" s="121"/>
+    </row>
+    <row r="879" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F879" s="119"/>
+      <c r="G879" s="119"/>
+      <c r="H879" s="119"/>
+      <c r="I879" s="120"/>
+      <c r="J879" s="120"/>
+      <c r="K879" s="120"/>
+      <c r="L879" s="120"/>
+      <c r="M879" s="121"/>
+      <c r="N879" s="121"/>
+    </row>
+    <row r="880" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F880" s="120"/>
+      <c r="G880" s="120"/>
+      <c r="H880" s="120"/>
+      <c r="I880" s="120"/>
+      <c r="J880" s="120"/>
+      <c r="K880" s="120"/>
+      <c r="L880" s="120"/>
+      <c r="M880" s="121"/>
+      <c r="N880" s="121"/>
+    </row>
+    <row r="881" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F881" s="120"/>
+      <c r="G881" s="120"/>
+      <c r="H881" s="120"/>
+      <c r="I881" s="120"/>
+      <c r="J881" s="120"/>
+      <c r="K881" s="120"/>
+      <c r="L881" s="120"/>
+      <c r="M881" s="121"/>
+      <c r="N881" s="121"/>
+    </row>
+    <row r="882" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F882" s="120"/>
+      <c r="G882" s="120"/>
+      <c r="H882" s="120"/>
+      <c r="I882" s="120"/>
+      <c r="J882" s="120"/>
+      <c r="K882" s="120"/>
+      <c r="L882" s="120"/>
+      <c r="M882" s="121"/>
+      <c r="N882" s="121"/>
+    </row>
+    <row r="883" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F883" s="119"/>
+      <c r="G883" s="122"/>
+      <c r="H883" s="120"/>
+      <c r="I883" s="120"/>
+      <c r="J883" s="119"/>
+      <c r="K883" s="119"/>
+      <c r="L883" s="120"/>
+      <c r="M883" s="121"/>
+      <c r="N883" s="121"/>
+    </row>
+    <row r="884" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F884" s="119"/>
+      <c r="G884" s="125"/>
+      <c r="H884" s="125"/>
+      <c r="I884" s="125"/>
+      <c r="J884" s="120"/>
+      <c r="K884" s="120"/>
+      <c r="L884" s="120"/>
+      <c r="M884" s="121"/>
+      <c r="N884" s="121"/>
+    </row>
+    <row r="885" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F885" s="119"/>
+      <c r="G885" s="125"/>
+      <c r="H885" s="125"/>
+      <c r="I885" s="125"/>
+      <c r="J885" s="119"/>
+      <c r="K885" s="119"/>
+      <c r="L885" s="120"/>
+      <c r="M885" s="121"/>
+      <c r="N885" s="121"/>
+    </row>
+    <row r="886" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F886" s="119"/>
+      <c r="G886" s="120"/>
+      <c r="H886" s="120"/>
+      <c r="I886" s="122"/>
+      <c r="J886" s="119"/>
+      <c r="K886" s="120"/>
+      <c r="L886" s="120"/>
+      <c r="M886" s="121"/>
+      <c r="N886" s="121"/>
+    </row>
+    <row r="887" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F887" s="119"/>
+      <c r="G887" s="120"/>
+      <c r="H887" s="120"/>
+      <c r="I887" s="120"/>
+      <c r="J887" s="119"/>
+      <c r="K887" s="119"/>
+      <c r="L887" s="120"/>
+      <c r="M887" s="121"/>
+      <c r="N887" s="121"/>
+    </row>
+    <row r="888" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F888" s="119"/>
+      <c r="G888" s="120"/>
+      <c r="H888" s="120"/>
+      <c r="I888" s="120"/>
+      <c r="J888" s="119"/>
+      <c r="K888" s="119"/>
+      <c r="L888" s="120"/>
+      <c r="M888" s="121"/>
+      <c r="N888" s="121"/>
+    </row>
+    <row r="889" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F889" s="120"/>
+      <c r="G889" s="120"/>
+      <c r="H889" s="120"/>
+      <c r="I889" s="120"/>
+      <c r="J889" s="120"/>
+      <c r="K889" s="120"/>
+      <c r="L889" s="120"/>
+      <c r="M889" s="121"/>
+      <c r="N889" s="121"/>
+    </row>
+    <row r="890" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F890" s="119"/>
+      <c r="G890" s="122"/>
+      <c r="H890" s="120"/>
+      <c r="I890" s="120"/>
+      <c r="J890" s="119"/>
+      <c r="K890" s="119"/>
+      <c r="L890" s="120"/>
+      <c r="M890" s="121"/>
+      <c r="N890" s="121"/>
+    </row>
+    <row r="891" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F891" s="119"/>
+      <c r="G891" s="125"/>
+      <c r="H891" s="125"/>
+      <c r="I891" s="125"/>
+      <c r="J891" s="120"/>
+      <c r="K891" s="120"/>
+      <c r="L891" s="120"/>
+      <c r="M891" s="121"/>
+      <c r="N891" s="121"/>
+    </row>
+    <row r="892" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F892" s="119"/>
+      <c r="G892" s="125"/>
+      <c r="H892" s="125"/>
+      <c r="I892" s="125"/>
+      <c r="J892" s="119"/>
+      <c r="K892" s="119"/>
+      <c r="L892" s="120"/>
+      <c r="M892" s="121"/>
+      <c r="N892" s="121"/>
+    </row>
+    <row r="893" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F893" s="119"/>
+      <c r="G893" s="120"/>
+      <c r="H893" s="120"/>
+      <c r="I893" s="122"/>
+      <c r="J893" s="119"/>
+      <c r="K893" s="120"/>
+      <c r="L893" s="120"/>
+      <c r="M893" s="121"/>
+      <c r="N893" s="121"/>
+    </row>
+    <row r="894" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F894" s="119"/>
+      <c r="G894" s="120"/>
+      <c r="H894" s="120"/>
+      <c r="I894" s="120"/>
+      <c r="J894" s="119"/>
+      <c r="K894" s="119"/>
+      <c r="L894" s="120"/>
+      <c r="M894" s="121"/>
+      <c r="N894" s="121"/>
+    </row>
+    <row r="895" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F895" s="119"/>
+      <c r="G895" s="120"/>
+      <c r="H895" s="120"/>
+      <c r="I895" s="120"/>
+      <c r="J895" s="119"/>
+      <c r="K895" s="119"/>
+      <c r="L895" s="120"/>
+      <c r="M895" s="121"/>
+      <c r="N895" s="121"/>
+    </row>
+    <row r="896" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F896" s="120"/>
+      <c r="G896" s="120"/>
+      <c r="H896" s="120"/>
+      <c r="I896" s="120"/>
+      <c r="J896" s="120"/>
+      <c r="K896" s="120"/>
+      <c r="L896" s="120"/>
+      <c r="M896" s="121"/>
+      <c r="N896" s="121"/>
+    </row>
+    <row r="897" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F897" s="119"/>
+      <c r="G897" s="122"/>
+      <c r="H897" s="120"/>
+      <c r="I897" s="120"/>
+      <c r="J897" s="119"/>
+      <c r="K897" s="119"/>
+      <c r="L897" s="120"/>
+      <c r="M897" s="121"/>
+      <c r="N897" s="121"/>
+    </row>
+    <row r="898" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F898" s="119"/>
+      <c r="G898" s="120"/>
+      <c r="H898" s="120"/>
+      <c r="I898" s="120"/>
+      <c r="J898" s="119"/>
+      <c r="K898" s="119"/>
+      <c r="L898" s="120"/>
+      <c r="M898" s="121"/>
+      <c r="N898" s="121"/>
+    </row>
+    <row r="899" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F899" s="119"/>
+      <c r="G899" s="120"/>
+      <c r="H899" s="120"/>
+      <c r="I899" s="122"/>
+      <c r="J899" s="119"/>
+      <c r="K899" s="120"/>
+      <c r="L899" s="120"/>
+      <c r="M899" s="121"/>
+      <c r="N899" s="121"/>
+    </row>
+    <row r="900" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F900" s="119"/>
+      <c r="G900" s="120"/>
+      <c r="H900" s="120"/>
+      <c r="I900" s="120"/>
+      <c r="J900" s="119"/>
+      <c r="K900" s="119"/>
+      <c r="L900" s="120"/>
+      <c r="M900" s="121"/>
+      <c r="N900" s="121"/>
+    </row>
+    <row r="901" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F901" s="119"/>
+      <c r="G901" s="120"/>
+      <c r="H901" s="120"/>
+      <c r="I901" s="120"/>
+      <c r="J901" s="119"/>
+      <c r="K901" s="119"/>
+      <c r="L901" s="120"/>
+      <c r="M901" s="121"/>
+      <c r="N901" s="121"/>
+    </row>
+    <row r="902" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F902" s="120"/>
+      <c r="G902" s="120"/>
+      <c r="H902" s="120"/>
+      <c r="I902" s="120"/>
+      <c r="J902" s="120"/>
+      <c r="K902" s="120"/>
+      <c r="L902" s="120"/>
+      <c r="M902" s="121"/>
+      <c r="N902" s="121"/>
+    </row>
+    <row r="903" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F903" s="119"/>
+      <c r="G903" s="122"/>
+      <c r="H903" s="120"/>
+      <c r="I903" s="120"/>
+      <c r="J903" s="119"/>
+      <c r="K903" s="119"/>
+      <c r="L903" s="120"/>
+      <c r="M903" s="121"/>
+      <c r="N903" s="121"/>
+    </row>
+    <row r="904" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F904" s="119"/>
+      <c r="G904" s="120"/>
+      <c r="H904" s="120"/>
+      <c r="I904" s="120"/>
+      <c r="J904" s="119"/>
+      <c r="K904" s="119"/>
+      <c r="L904" s="120"/>
+      <c r="M904" s="121"/>
+      <c r="N904" s="121"/>
+    </row>
+    <row r="905" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F905" s="119"/>
+      <c r="G905" s="125"/>
+      <c r="H905" s="120"/>
+      <c r="I905" s="122"/>
+      <c r="J905" s="119"/>
+      <c r="K905" s="120"/>
+      <c r="L905" s="120"/>
+      <c r="M905" s="121"/>
+      <c r="N905" s="121"/>
+    </row>
+    <row r="906" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F906" s="119"/>
+      <c r="G906" s="125"/>
+      <c r="H906" s="120"/>
+      <c r="I906" s="120"/>
+      <c r="J906" s="119"/>
+      <c r="K906" s="119"/>
+      <c r="L906" s="120"/>
+      <c r="M906" s="121"/>
+      <c r="N906" s="121"/>
+    </row>
+    <row r="907" spans="6:14" x14ac:dyDescent="0.25">
+      <c r="F907" s="119"/>
+      <c r="G907" s="120"/>
+      <c r="H907" s="120"/>
+      <c r="I907" s="120"/>
+      <c r="J907" s="119"/>
+      <c r="K907" s="119"/>
+      <c r="L907" s="120"/>
+      <c r="M907" s="121"/>
+      <c r="N907" s="121"/>
     </row>
   </sheetData>
-  <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
-[...3 lines deleted...]
-  <mergeCells count="47">
+  <sheetProtection algorithmName="SHA-512" hashValue="Ibrp5lApCDuyhja+FV+Gvl+LMXg1ILzcDJt8P7fZUo3r6HBUx435z9WVBJjbzpC78GCPTTQGoheTVe6zfq+cIg==" saltValue="aR0mBso+p6MxWQkXrXfeBA==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <mergeCells count="43">
+    <mergeCell ref="A56:D56"/>
+    <mergeCell ref="A41:D41"/>
+    <mergeCell ref="A42:D42"/>
+    <mergeCell ref="A52:D52"/>
+    <mergeCell ref="A53:D53"/>
+    <mergeCell ref="A54:D54"/>
+    <mergeCell ref="A55:D55"/>
+    <mergeCell ref="A40:D40"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="A26:D26"/>
+    <mergeCell ref="A31:D31"/>
     <mergeCell ref="A32:D32"/>
     <mergeCell ref="A33:D33"/>
-    <mergeCell ref="A6:D6"/>
+    <mergeCell ref="A34:D34"/>
+    <mergeCell ref="A35:D35"/>
+    <mergeCell ref="A36:D36"/>
+    <mergeCell ref="A37:D37"/>
+    <mergeCell ref="A38:D38"/>
+    <mergeCell ref="A39:D39"/>
+    <mergeCell ref="A24:D24"/>
+    <mergeCell ref="A13:D13"/>
+    <mergeCell ref="A14:D14"/>
+    <mergeCell ref="A15:D15"/>
+    <mergeCell ref="A16:D16"/>
+    <mergeCell ref="A17:D17"/>
+    <mergeCell ref="A18:D18"/>
+    <mergeCell ref="A19:D19"/>
+    <mergeCell ref="A20:D20"/>
+    <mergeCell ref="A21:D21"/>
+    <mergeCell ref="A22:D22"/>
+    <mergeCell ref="A23:D23"/>
+    <mergeCell ref="A12:D12"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="A5:D5"/>
-    <mergeCell ref="A12:D12"/>
-[...7 lines deleted...]
-    <mergeCell ref="A14:D14"/>
+    <mergeCell ref="A6:D6"/>
     <mergeCell ref="A7:D7"/>
     <mergeCell ref="A8:D8"/>
     <mergeCell ref="A9:D9"/>
     <mergeCell ref="A10:D10"/>
     <mergeCell ref="A11:D11"/>
-    <mergeCell ref="A45:D45"/>
-[...23 lines deleted...]
-    <mergeCell ref="A30:D30"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="89" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter xml:space="preserve">&amp;R
 </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B70AAA3D-4087-4E28-81B2-881E9FA42FF3}">
   <dimension ref="A1:G37"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageLayout" topLeftCell="A21" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A30" sqref="A30:G32"/>
+    <sheetView view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E21" sqref="E21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="1.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="14.5703125" style="112" customWidth="1"/>
-    <col min="2" max="2" width="14.7109375" style="112" customWidth="1"/>
+    <col min="1" max="1" width="14.5703125" style="25" customWidth="1"/>
+    <col min="2" max="2" width="14.7109375" style="25" customWidth="1"/>
     <col min="3" max="3" width="14.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="14.5703125" style="1" customWidth="1"/>
     <col min="5" max="6" width="14.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="14.5703125" style="1" customWidth="1"/>
     <col min="8" max="16384" width="1.85546875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="21" customFormat="1" ht="28.7" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>69</v>
+    <row r="1" spans="1:7" s="18" customFormat="1" ht="28.7" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="266" t="s">
+        <v>51</v>
       </c>
-      <c r="B1" s="452"/>
-[...4 lines deleted...]
-      <c r="G1" s="454"/>
+      <c r="B1" s="435"/>
+      <c r="C1" s="436"/>
+      <c r="D1" s="436"/>
+      <c r="E1" s="436"/>
+      <c r="F1" s="436"/>
+      <c r="G1" s="437"/>
     </row>
     <row r="2" spans="1:7" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="458" t="s">
-        <v>74</v>
+      <c r="A2" s="441" t="s">
+        <v>57</v>
       </c>
-      <c r="B2" s="459"/>
-[...4 lines deleted...]
-      <c r="G2" s="460"/>
+      <c r="B2" s="442"/>
+      <c r="C2" s="442"/>
+      <c r="D2" s="442"/>
+      <c r="E2" s="442"/>
+      <c r="F2" s="442"/>
+      <c r="G2" s="443"/>
     </row>
     <row r="3" spans="1:7" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="122" t="s">
-        <v>75</v>
+      <c r="A3" s="42" t="s">
+        <v>58</v>
       </c>
-      <c r="B3" s="118" t="s">
-        <v>70</v>
+      <c r="B3" s="38" t="s">
+        <v>53</v>
       </c>
-      <c r="C3" s="119" t="s">
-        <v>71</v>
+      <c r="C3" s="39" t="s">
+        <v>54</v>
       </c>
-      <c r="D3" s="118" t="s">
-        <v>72</v>
+      <c r="D3" s="38" t="s">
+        <v>55</v>
       </c>
-      <c r="E3" s="118" t="s">
-        <v>73</v>
+      <c r="E3" s="38" t="s">
+        <v>56</v>
       </c>
-      <c r="F3" s="118" t="s">
-        <v>76</v>
+      <c r="F3" s="38" t="s">
+        <v>59</v>
       </c>
-      <c r="G3" s="123" t="s">
-        <v>77</v>
+      <c r="G3" s="43" t="s">
+        <v>60</v>
       </c>
     </row>
     <row r="4" spans="1:7" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="188"/>
-[...5 lines deleted...]
-      <c r="G4" s="192"/>
+      <c r="A4" s="49"/>
+      <c r="B4" s="53"/>
+      <c r="C4" s="53"/>
+      <c r="D4" s="56"/>
+      <c r="E4" s="44"/>
+      <c r="F4" s="44"/>
+      <c r="G4" s="50"/>
     </row>
     <row r="5" spans="1:7" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="188"/>
-[...5 lines deleted...]
-      <c r="G5" s="192"/>
+      <c r="A5" s="49"/>
+      <c r="B5" s="53"/>
+      <c r="C5" s="53"/>
+      <c r="D5" s="56"/>
+      <c r="E5" s="44"/>
+      <c r="F5" s="44"/>
+      <c r="G5" s="50"/>
     </row>
     <row r="6" spans="1:7" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="188"/>
-[...5 lines deleted...]
-      <c r="G6" s="192"/>
+      <c r="A6" s="49"/>
+      <c r="B6" s="53"/>
+      <c r="C6" s="53"/>
+      <c r="D6" s="56"/>
+      <c r="E6" s="44"/>
+      <c r="F6" s="44"/>
+      <c r="G6" s="50"/>
     </row>
     <row r="7" spans="1:7" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="188"/>
-[...5 lines deleted...]
-      <c r="G7" s="192"/>
+      <c r="A7" s="49"/>
+      <c r="B7" s="53"/>
+      <c r="C7" s="53"/>
+      <c r="D7" s="56"/>
+      <c r="E7" s="44"/>
+      <c r="F7" s="44"/>
+      <c r="G7" s="50"/>
     </row>
     <row r="8" spans="1:7" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="188"/>
-[...5 lines deleted...]
-      <c r="G8" s="192"/>
+      <c r="A8" s="49"/>
+      <c r="B8" s="53"/>
+      <c r="C8" s="53"/>
+      <c r="D8" s="56"/>
+      <c r="E8" s="44"/>
+      <c r="F8" s="44"/>
+      <c r="G8" s="50"/>
     </row>
     <row r="9" spans="1:7" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A9" s="193"/>
-[...5 lines deleted...]
-      <c r="G9" s="192"/>
+      <c r="A9" s="26"/>
+      <c r="B9" s="53"/>
+      <c r="C9" s="53"/>
+      <c r="D9" s="56"/>
+      <c r="E9" s="44"/>
+      <c r="F9" s="44"/>
+      <c r="G9" s="50"/>
     </row>
     <row r="10" spans="1:7" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="193"/>
-[...5 lines deleted...]
-      <c r="G10" s="192"/>
+      <c r="A10" s="26"/>
+      <c r="B10" s="53"/>
+      <c r="C10" s="53"/>
+      <c r="D10" s="56"/>
+      <c r="E10" s="44"/>
+      <c r="F10" s="44"/>
+      <c r="G10" s="50"/>
     </row>
     <row r="11" spans="1:7" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="194"/>
-[...5 lines deleted...]
-      <c r="G11" s="198"/>
+      <c r="A11" s="45"/>
+      <c r="B11" s="54"/>
+      <c r="C11" s="54"/>
+      <c r="D11" s="57"/>
+      <c r="E11" s="46"/>
+      <c r="F11" s="46"/>
+      <c r="G11" s="51"/>
     </row>
     <row r="12" spans="1:7" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="193"/>
-[...5 lines deleted...]
-      <c r="G12" s="192"/>
+      <c r="A12" s="26"/>
+      <c r="B12" s="53"/>
+      <c r="C12" s="53"/>
+      <c r="D12" s="56"/>
+      <c r="E12" s="44"/>
+      <c r="F12" s="44"/>
+      <c r="G12" s="50"/>
     </row>
     <row r="13" spans="1:7" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="193"/>
-[...5 lines deleted...]
-      <c r="G13" s="192"/>
+      <c r="A13" s="26"/>
+      <c r="B13" s="53"/>
+      <c r="C13" s="53"/>
+      <c r="D13" s="56"/>
+      <c r="E13" s="44"/>
+      <c r="F13" s="44"/>
+      <c r="G13" s="50"/>
     </row>
     <row r="14" spans="1:7" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="193"/>
-[...5 lines deleted...]
-      <c r="G14" s="192"/>
+      <c r="A14" s="26"/>
+      <c r="B14" s="53"/>
+      <c r="C14" s="53"/>
+      <c r="D14" s="56"/>
+      <c r="E14" s="44"/>
+      <c r="F14" s="44"/>
+      <c r="G14" s="50"/>
     </row>
     <row r="15" spans="1:7" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="193"/>
-[...5 lines deleted...]
-      <c r="G15" s="192"/>
+      <c r="A15" s="26"/>
+      <c r="B15" s="53"/>
+      <c r="C15" s="53"/>
+      <c r="D15" s="56"/>
+      <c r="E15" s="44"/>
+      <c r="F15" s="44"/>
+      <c r="G15" s="50"/>
     </row>
     <row r="16" spans="1:7" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="193"/>
-[...5 lines deleted...]
-      <c r="G16" s="192"/>
+      <c r="A16" s="26"/>
+      <c r="B16" s="53"/>
+      <c r="C16" s="53"/>
+      <c r="D16" s="56"/>
+      <c r="E16" s="44"/>
+      <c r="F16" s="44"/>
+      <c r="G16" s="50"/>
     </row>
     <row r="17" spans="1:7" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="193"/>
-[...5 lines deleted...]
-      <c r="G17" s="192"/>
+      <c r="A17" s="26"/>
+      <c r="B17" s="53"/>
+      <c r="C17" s="53"/>
+      <c r="D17" s="56"/>
+      <c r="E17" s="44"/>
+      <c r="F17" s="44"/>
+      <c r="G17" s="50"/>
     </row>
     <row r="18" spans="1:7" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="193"/>
-[...5 lines deleted...]
-      <c r="G18" s="192"/>
+      <c r="A18" s="26"/>
+      <c r="B18" s="53"/>
+      <c r="C18" s="53"/>
+      <c r="D18" s="56"/>
+      <c r="E18" s="44"/>
+      <c r="F18" s="44"/>
+      <c r="G18" s="50"/>
     </row>
     <row r="19" spans="1:7" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="193"/>
-[...5 lines deleted...]
-      <c r="G19" s="192"/>
+      <c r="A19" s="26"/>
+      <c r="B19" s="53"/>
+      <c r="C19" s="53"/>
+      <c r="D19" s="56"/>
+      <c r="E19" s="44"/>
+      <c r="F19" s="44"/>
+      <c r="G19" s="50"/>
     </row>
     <row r="20" spans="1:7" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="193"/>
-[...5 lines deleted...]
-      <c r="G20" s="192"/>
+      <c r="A20" s="26"/>
+      <c r="B20" s="53"/>
+      <c r="C20" s="53"/>
+      <c r="D20" s="56"/>
+      <c r="E20" s="44"/>
+      <c r="F20" s="44"/>
+      <c r="G20" s="50"/>
     </row>
     <row r="21" spans="1:7" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="193"/>
-[...5 lines deleted...]
-      <c r="G21" s="192"/>
+      <c r="A21" s="26"/>
+      <c r="B21" s="53"/>
+      <c r="C21" s="53"/>
+      <c r="D21" s="56"/>
+      <c r="E21" s="44"/>
+      <c r="F21" s="44"/>
+      <c r="G21" s="50"/>
     </row>
     <row r="22" spans="1:7" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="194"/>
-[...5 lines deleted...]
-      <c r="G22" s="198"/>
+      <c r="A22" s="45"/>
+      <c r="B22" s="54"/>
+      <c r="C22" s="54"/>
+      <c r="D22" s="57"/>
+      <c r="E22" s="46"/>
+      <c r="F22" s="46"/>
+      <c r="G22" s="51"/>
     </row>
     <row r="23" spans="1:7" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="193"/>
-[...5 lines deleted...]
-      <c r="G23" s="192"/>
+      <c r="A23" s="26"/>
+      <c r="B23" s="53"/>
+      <c r="C23" s="53"/>
+      <c r="D23" s="56"/>
+      <c r="E23" s="44"/>
+      <c r="F23" s="44"/>
+      <c r="G23" s="50"/>
     </row>
     <row r="24" spans="1:7" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="193"/>
-[...5 lines deleted...]
-      <c r="G24" s="192"/>
+      <c r="A24" s="26"/>
+      <c r="B24" s="53"/>
+      <c r="C24" s="53"/>
+      <c r="D24" s="56"/>
+      <c r="E24" s="44"/>
+      <c r="F24" s="44"/>
+      <c r="G24" s="50"/>
     </row>
     <row r="25" spans="1:7" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A25" s="193"/>
-[...36 lines deleted...]
-        <v>27</v>
+      <c r="A25" s="26"/>
+      <c r="B25" s="53"/>
+      <c r="C25" s="53"/>
+      <c r="D25" s="56"/>
+      <c r="E25" s="44"/>
+      <c r="F25" s="44"/>
+      <c r="G25" s="50"/>
+    </row>
+    <row r="26" spans="1:7" s="24" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="26"/>
+      <c r="B26" s="53"/>
+      <c r="C26" s="53"/>
+      <c r="D26" s="56"/>
+      <c r="E26" s="44"/>
+      <c r="F26" s="44"/>
+      <c r="G26" s="50"/>
+    </row>
+    <row r="27" spans="1:7" s="13" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="26"/>
+      <c r="B27" s="53"/>
+      <c r="C27" s="53"/>
+      <c r="D27" s="56"/>
+      <c r="E27" s="44"/>
+      <c r="F27" s="44"/>
+      <c r="G27" s="50"/>
+    </row>
+    <row r="28" spans="1:7" s="13" customFormat="1" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="47"/>
+      <c r="B28" s="55"/>
+      <c r="C28" s="55"/>
+      <c r="D28" s="58"/>
+      <c r="E28" s="48"/>
+      <c r="F28" s="48"/>
+      <c r="G28" s="52"/>
+    </row>
+    <row r="29" spans="1:7" s="13" customFormat="1" ht="20.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="343" t="s">
+        <v>21</v>
       </c>
-      <c r="B29" s="359"/>
-[...13 lines deleted...]
-      <c r="G30" s="447"/>
+      <c r="B29" s="344"/>
+      <c r="C29" s="344"/>
+      <c r="D29" s="344"/>
+      <c r="E29" s="344"/>
+      <c r="F29" s="344"/>
+      <c r="G29" s="345"/>
+    </row>
+    <row r="30" spans="1:7" s="13" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="411"/>
+      <c r="B30" s="429"/>
+      <c r="C30" s="429"/>
+      <c r="D30" s="429"/>
+      <c r="E30" s="429"/>
+      <c r="F30" s="429"/>
+      <c r="G30" s="430"/>
     </row>
     <row r="31" spans="1:7" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="448"/>
-[...5 lines deleted...]
-      <c r="G31" s="447"/>
+      <c r="A31" s="431"/>
+      <c r="B31" s="429"/>
+      <c r="C31" s="429"/>
+      <c r="D31" s="429"/>
+      <c r="E31" s="429"/>
+      <c r="F31" s="429"/>
+      <c r="G31" s="430"/>
     </row>
     <row r="32" spans="1:7" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="448"/>
-[...5 lines deleted...]
-      <c r="G32" s="447"/>
+      <c r="A32" s="431"/>
+      <c r="B32" s="429"/>
+      <c r="C32" s="429"/>
+      <c r="D32" s="429"/>
+      <c r="E32" s="429"/>
+      <c r="F32" s="429"/>
+      <c r="G32" s="430"/>
     </row>
     <row r="33" spans="1:7" ht="30.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="461" t="s">
-        <v>78</v>
+      <c r="A33" s="444" t="s">
+        <v>61</v>
       </c>
-      <c r="B33" s="462"/>
-[...4 lines deleted...]
-      <c r="G33" s="463"/>
+      <c r="B33" s="445"/>
+      <c r="C33" s="445"/>
+      <c r="D33" s="445"/>
+      <c r="E33" s="445"/>
+      <c r="F33" s="445"/>
+      <c r="G33" s="446"/>
     </row>
     <row r="34" spans="1:7" ht="43.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="464" t="s">
-        <v>79</v>
+      <c r="A34" s="447" t="s">
+        <v>62</v>
       </c>
-      <c r="B34" s="465"/>
-[...4 lines deleted...]
-      <c r="G34" s="466"/>
+      <c r="B34" s="448"/>
+      <c r="C34" s="448"/>
+      <c r="D34" s="448"/>
+      <c r="E34" s="448"/>
+      <c r="F34" s="448"/>
+      <c r="G34" s="449"/>
     </row>
     <row r="35" spans="1:7" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="455" t="s">
-        <v>80</v>
+      <c r="A35" s="438" t="s">
+        <v>63</v>
       </c>
-      <c r="B35" s="456"/>
-[...4 lines deleted...]
-      <c r="G35" s="457"/>
+      <c r="B35" s="439"/>
+      <c r="C35" s="439"/>
+      <c r="D35" s="439"/>
+      <c r="E35" s="439"/>
+      <c r="F35" s="439"/>
+      <c r="G35" s="440"/>
     </row>
     <row r="36" spans="1:7" ht="20.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="37" spans="1:7" ht="21" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="oWIr4YTGUCi7ulzaXjvTs+/K5eyWobQED4VU0dX/UTPOSynz80k3AOh8f81DMz3kGTin5HXi4mr4R/NO0HoNtg==" saltValue="KmLDi1cL9hkA9VhzlP2UFA==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="7">
     <mergeCell ref="A35:G35"/>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A29:G29"/>
     <mergeCell ref="A30:G32"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A33:G33"/>
     <mergeCell ref="A34:G34"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="89" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"-,Regular"&amp;11Private Railcar Fleet Industry (CA08)
 Private Railcar Fleet Industry (CA09)&amp;C&amp;"-,Regular"&amp;11 7&amp;R&amp;"-,Regular"&amp;11
-Revised 12/2023</oddFooter>
+Revised 12/2018</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:Y48"/>
   <sheetViews>
-    <sheetView view="pageLayout" topLeftCell="A12" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="H46" sqref="H46:J46"/>
+    <sheetView view="pageLayout" topLeftCell="A20" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="N8" sqref="N8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="7" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.5703125" customWidth="1"/>
     <col min="2" max="10" width="10.5703125" customWidth="1"/>
     <col min="11" max="11" width="3.5703125" customWidth="1"/>
     <col min="16" max="16" width="7.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" ht="19.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="54"/>
-[...1 lines deleted...]
-        <v>2025</v>
+      <c r="A1" s="62"/>
+      <c r="B1" s="63"/>
+      <c r="C1" s="63"/>
+      <c r="D1" s="63"/>
+      <c r="E1" s="63"/>
+      <c r="F1" s="63"/>
+      <c r="G1" s="63"/>
+      <c r="H1" s="63"/>
+      <c r="I1" s="63"/>
+      <c r="J1" s="63"/>
+      <c r="K1" s="64"/>
+      <c r="W1" s="227"/>
+      <c r="X1" s="227"/>
+      <c r="Y1" s="227"/>
+    </row>
+    <row r="2" spans="1:25" ht="16.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="65"/>
+      <c r="B2" s="66"/>
+      <c r="C2" s="67"/>
+      <c r="D2" s="67"/>
+      <c r="E2" s="67"/>
+      <c r="F2" s="67"/>
+      <c r="G2" s="67"/>
+      <c r="H2" s="67"/>
+      <c r="I2" s="67"/>
+      <c r="J2" s="68"/>
+      <c r="K2" s="69"/>
+    </row>
+    <row r="3" spans="1:25" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="A3" s="65"/>
+      <c r="B3" s="70"/>
+      <c r="C3" s="242" t="s">
+        <v>22</v>
       </c>
-      <c r="C1" s="55"/>
-[...29 lines deleted...]
-        <v>28</v>
+      <c r="D3" s="243"/>
+      <c r="E3" s="243"/>
+      <c r="F3" s="236"/>
+      <c r="G3" s="237"/>
+      <c r="H3" s="237"/>
+      <c r="I3" s="238"/>
+      <c r="J3" s="71"/>
+      <c r="K3" s="72"/>
+    </row>
+    <row r="4" spans="1:25" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="A4" s="65"/>
+      <c r="B4" s="70"/>
+      <c r="C4" s="244" t="s">
+        <v>25</v>
       </c>
-      <c r="D3" s="258"/>
-[...24 lines deleted...]
-      <c r="K4" s="63"/>
+      <c r="D4" s="245"/>
+      <c r="E4" s="245"/>
+      <c r="F4" s="239"/>
+      <c r="G4" s="240"/>
+      <c r="H4" s="240"/>
+      <c r="I4" s="241"/>
+      <c r="J4" s="71"/>
+      <c r="K4" s="72"/>
     </row>
     <row r="5" spans="1:25" ht="12" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A5" s="57"/>
-[...9 lines deleted...]
-      <c r="K5" s="63"/>
+      <c r="A5" s="65"/>
+      <c r="B5" s="73"/>
+      <c r="C5" s="74"/>
+      <c r="D5" s="75"/>
+      <c r="E5" s="75"/>
+      <c r="F5" s="75"/>
+      <c r="G5" s="75"/>
+      <c r="H5" s="75"/>
+      <c r="I5" s="76"/>
+      <c r="J5" s="77"/>
+      <c r="K5" s="72"/>
     </row>
     <row r="6" spans="1:25" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="57"/>
-[...9 lines deleted...]
-      <c r="K6" s="61"/>
+      <c r="A6" s="65"/>
+      <c r="B6" s="78"/>
+      <c r="C6" s="79"/>
+      <c r="D6" s="79"/>
+      <c r="E6" s="79"/>
+      <c r="F6" s="79"/>
+      <c r="G6" s="79"/>
+      <c r="H6" s="79"/>
+      <c r="I6" s="79"/>
+      <c r="J6" s="80"/>
+      <c r="K6" s="69"/>
     </row>
     <row r="7" spans="1:25" ht="29.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="57"/>
-      <c r="B7" s="261" t="s">
+      <c r="A7" s="65"/>
+      <c r="B7" s="246" t="s">
         <v>2</v>
       </c>
-      <c r="C7" s="262"/>
-[...11 lines deleted...]
-      <c r="P7" s="20"/>
+      <c r="C7" s="247"/>
+      <c r="D7" s="247"/>
+      <c r="E7" s="247"/>
+      <c r="F7" s="247"/>
+      <c r="G7" s="247"/>
+      <c r="H7" s="247"/>
+      <c r="I7" s="247"/>
+      <c r="J7" s="248"/>
+      <c r="K7" s="81"/>
+      <c r="M7" s="22"/>
+      <c r="N7" s="22"/>
+      <c r="O7" s="23"/>
+      <c r="P7" s="17"/>
     </row>
     <row r="8" spans="1:25" ht="29.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="57"/>
-[...2 lines deleted...]
-        <v>2025 Operator Statement</v>
+      <c r="A8" s="65"/>
+      <c r="B8" s="257">
+        <f>N8</f>
+        <v>2026</v>
       </c>
-      <c r="C8" s="274"/>
-[...7 lines deleted...]
-      <c r="K8" s="71"/>
+      <c r="C8" s="258"/>
+      <c r="D8" s="258"/>
+      <c r="E8" s="258"/>
+      <c r="F8" s="258"/>
+      <c r="G8" s="258"/>
+      <c r="H8" s="258"/>
+      <c r="I8" s="258"/>
+      <c r="J8" s="259"/>
+      <c r="K8" s="81"/>
+      <c r="N8" s="102">
+        <v>2026</v>
+      </c>
     </row>
     <row r="9" spans="1:25" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="57"/>
-[...9 lines deleted...]
-      <c r="K9" s="71"/>
+      <c r="A9" s="65"/>
+      <c r="B9" s="82"/>
+      <c r="C9" s="83"/>
+      <c r="D9" s="83"/>
+      <c r="E9" s="83"/>
+      <c r="F9" s="83"/>
+      <c r="G9" s="83"/>
+      <c r="H9" s="83"/>
+      <c r="I9" s="83"/>
+      <c r="J9" s="84"/>
+      <c r="K9" s="81"/>
     </row>
     <row r="10" spans="1:25" ht="29.25" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A10" s="57"/>
-[...1 lines deleted...]
-        <v>541</v>
+      <c r="A10" s="65"/>
+      <c r="B10" s="263" t="s">
+        <v>26</v>
       </c>
-      <c r="C10" s="280"/>
-[...7 lines deleted...]
-      <c r="K10" s="71"/>
+      <c r="C10" s="264"/>
+      <c r="D10" s="264"/>
+      <c r="E10" s="264"/>
+      <c r="F10" s="264"/>
+      <c r="G10" s="264"/>
+      <c r="H10" s="264"/>
+      <c r="I10" s="264"/>
+      <c r="J10" s="265"/>
+      <c r="K10" s="81"/>
     </row>
     <row r="11" spans="1:25" ht="29.25" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A11" s="57"/>
-[...9 lines deleted...]
-      <c r="K11" s="71"/>
+      <c r="A11" s="65"/>
+      <c r="B11" s="263"/>
+      <c r="C11" s="264"/>
+      <c r="D11" s="264"/>
+      <c r="E11" s="264"/>
+      <c r="F11" s="264"/>
+      <c r="G11" s="264"/>
+      <c r="H11" s="264"/>
+      <c r="I11" s="264"/>
+      <c r="J11" s="265"/>
+      <c r="K11" s="81"/>
     </row>
     <row r="12" spans="1:25" ht="19.5" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A12" s="57"/>
-[...9 lines deleted...]
-      <c r="K12" s="71"/>
+      <c r="A12" s="65"/>
+      <c r="B12" s="85"/>
+      <c r="C12" s="86"/>
+      <c r="D12" s="86"/>
+      <c r="E12" s="86"/>
+      <c r="F12" s="86"/>
+      <c r="G12" s="86"/>
+      <c r="H12" s="86"/>
+      <c r="I12" s="86"/>
+      <c r="J12" s="87"/>
+      <c r="K12" s="81"/>
     </row>
     <row r="13" spans="1:25" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="57"/>
-[...9 lines deleted...]
-      <c r="K13" s="75"/>
+      <c r="A13" s="65"/>
+      <c r="B13" s="88"/>
+      <c r="C13" s="89"/>
+      <c r="D13" s="89"/>
+      <c r="E13" s="89"/>
+      <c r="F13" s="89"/>
+      <c r="G13" s="89"/>
+      <c r="H13" s="89"/>
+      <c r="I13" s="89"/>
+      <c r="J13" s="90"/>
+      <c r="K13" s="91"/>
     </row>
     <row r="14" spans="1:25" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="57"/>
-[...9 lines deleted...]
-      <c r="K14" s="75"/>
+      <c r="A14" s="65"/>
+      <c r="B14" s="88"/>
+      <c r="C14" s="89"/>
+      <c r="D14" s="89"/>
+      <c r="E14" s="89"/>
+      <c r="F14" s="89"/>
+      <c r="G14" s="89"/>
+      <c r="H14" s="89"/>
+      <c r="I14" s="89"/>
+      <c r="J14" s="90"/>
+      <c r="K14" s="91"/>
     </row>
     <row r="15" spans="1:25" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="57"/>
-[...9 lines deleted...]
-      <c r="K15" s="61"/>
+      <c r="A15" s="65"/>
+      <c r="B15" s="78"/>
+      <c r="C15" s="79"/>
+      <c r="D15" s="79"/>
+      <c r="E15" s="79"/>
+      <c r="F15" s="79"/>
+      <c r="G15" s="79"/>
+      <c r="H15" s="79"/>
+      <c r="I15" s="79"/>
+      <c r="J15" s="80"/>
+      <c r="K15" s="69"/>
     </row>
     <row r="16" spans="1:25" x14ac:dyDescent="0.2">
-      <c r="A16" s="57"/>
-[...9 lines deleted...]
-      <c r="K16" s="78"/>
+      <c r="A16" s="65"/>
+      <c r="B16" s="73"/>
+      <c r="C16" s="92"/>
+      <c r="D16" s="92"/>
+      <c r="E16" s="92"/>
+      <c r="F16" s="92"/>
+      <c r="G16" s="92"/>
+      <c r="H16" s="92"/>
+      <c r="I16" s="92"/>
+      <c r="J16" s="93"/>
+      <c r="K16" s="94"/>
     </row>
     <row r="17" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A17" s="57"/>
-[...9 lines deleted...]
-      <c r="K17" s="78"/>
+      <c r="A17" s="65"/>
+      <c r="B17" s="73"/>
+      <c r="C17" s="92"/>
+      <c r="D17" s="92"/>
+      <c r="E17" s="92"/>
+      <c r="F17" s="92"/>
+      <c r="G17" s="92"/>
+      <c r="H17" s="92"/>
+      <c r="I17" s="92"/>
+      <c r="J17" s="93"/>
+      <c r="K17" s="94"/>
     </row>
     <row r="18" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A18" s="57"/>
-[...9 lines deleted...]
-      <c r="K18" s="78"/>
+      <c r="A18" s="65"/>
+      <c r="B18" s="73"/>
+      <c r="C18" s="92"/>
+      <c r="D18" s="92"/>
+      <c r="E18" s="92"/>
+      <c r="F18" s="92"/>
+      <c r="G18" s="92"/>
+      <c r="H18" s="92"/>
+      <c r="I18" s="92"/>
+      <c r="J18" s="93"/>
+      <c r="K18" s="94"/>
     </row>
     <row r="19" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A19" s="57"/>
-[...9 lines deleted...]
-      <c r="K19" s="78"/>
+      <c r="A19" s="65"/>
+      <c r="B19" s="73"/>
+      <c r="C19" s="92"/>
+      <c r="D19" s="92"/>
+      <c r="E19" s="92"/>
+      <c r="F19" s="92"/>
+      <c r="G19" s="92"/>
+      <c r="H19" s="92"/>
+      <c r="I19" s="92"/>
+      <c r="J19" s="93"/>
+      <c r="K19" s="94"/>
     </row>
     <row r="20" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A20" s="57"/>
-[...9 lines deleted...]
-      <c r="K20" s="78"/>
+      <c r="A20" s="65"/>
+      <c r="B20" s="73"/>
+      <c r="C20" s="92"/>
+      <c r="D20" s="92"/>
+      <c r="E20" s="92"/>
+      <c r="F20" s="92"/>
+      <c r="G20" s="92"/>
+      <c r="H20" s="92"/>
+      <c r="I20" s="92"/>
+      <c r="J20" s="93"/>
+      <c r="K20" s="94"/>
     </row>
     <row r="21" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A21" s="57"/>
-[...9 lines deleted...]
-      <c r="K21" s="78"/>
+      <c r="A21" s="65"/>
+      <c r="B21" s="73"/>
+      <c r="C21" s="92"/>
+      <c r="D21" s="92"/>
+      <c r="E21" s="92"/>
+      <c r="F21" s="92"/>
+      <c r="G21" s="92"/>
+      <c r="H21" s="92"/>
+      <c r="I21" s="92"/>
+      <c r="J21" s="93"/>
+      <c r="K21" s="94"/>
     </row>
     <row r="22" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A22" s="57"/>
-[...9 lines deleted...]
-      <c r="K22" s="78"/>
+      <c r="A22" s="65"/>
+      <c r="B22" s="73"/>
+      <c r="C22" s="92"/>
+      <c r="D22" s="92"/>
+      <c r="E22" s="92"/>
+      <c r="F22" s="92"/>
+      <c r="G22" s="92"/>
+      <c r="H22" s="92"/>
+      <c r="I22" s="92"/>
+      <c r="J22" s="93"/>
+      <c r="K22" s="94"/>
     </row>
     <row r="23" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A23" s="57"/>
-[...9 lines deleted...]
-      <c r="K23" s="78"/>
+      <c r="A23" s="65"/>
+      <c r="B23" s="73"/>
+      <c r="C23" s="92"/>
+      <c r="D23" s="92"/>
+      <c r="E23" s="95"/>
+      <c r="F23" s="92"/>
+      <c r="G23" s="92"/>
+      <c r="H23" s="92"/>
+      <c r="I23" s="92"/>
+      <c r="J23" s="93"/>
+      <c r="K23" s="94"/>
     </row>
     <row r="24" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A24" s="57"/>
-[...9 lines deleted...]
-      <c r="K24" s="78"/>
+      <c r="A24" s="65"/>
+      <c r="B24" s="73"/>
+      <c r="C24" s="92"/>
+      <c r="D24" s="92"/>
+      <c r="E24" s="92"/>
+      <c r="F24" s="92"/>
+      <c r="G24" s="92"/>
+      <c r="H24" s="92"/>
+      <c r="I24" s="92"/>
+      <c r="J24" s="93"/>
+      <c r="K24" s="94"/>
     </row>
     <row r="25" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A25" s="57"/>
-[...9 lines deleted...]
-      <c r="K25" s="78"/>
+      <c r="A25" s="65"/>
+      <c r="B25" s="73"/>
+      <c r="C25" s="92"/>
+      <c r="D25" s="92"/>
+      <c r="E25" s="92"/>
+      <c r="F25" s="92"/>
+      <c r="G25" s="92"/>
+      <c r="H25" s="92"/>
+      <c r="I25" s="92"/>
+      <c r="J25" s="93"/>
+      <c r="K25" s="94"/>
     </row>
     <row r="26" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A26" s="57"/>
-[...9 lines deleted...]
-      <c r="K26" s="78"/>
+      <c r="A26" s="65"/>
+      <c r="B26" s="73"/>
+      <c r="C26" s="92"/>
+      <c r="D26" s="92"/>
+      <c r="E26" s="92"/>
+      <c r="F26" s="92"/>
+      <c r="G26" s="92"/>
+      <c r="H26" s="92"/>
+      <c r="I26" s="92"/>
+      <c r="J26" s="93"/>
+      <c r="K26" s="94"/>
     </row>
     <row r="27" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A27" s="57"/>
-[...9 lines deleted...]
-      <c r="K27" s="78"/>
+      <c r="A27" s="65"/>
+      <c r="B27" s="73"/>
+      <c r="C27" s="92"/>
+      <c r="D27" s="92"/>
+      <c r="E27" s="92"/>
+      <c r="F27" s="92"/>
+      <c r="G27" s="92"/>
+      <c r="H27" s="92"/>
+      <c r="I27" s="92"/>
+      <c r="J27" s="93"/>
+      <c r="K27" s="94"/>
     </row>
     <row r="28" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A28" s="57"/>
-[...9 lines deleted...]
-      <c r="K28" s="78"/>
+      <c r="A28" s="65"/>
+      <c r="B28" s="73"/>
+      <c r="C28" s="92"/>
+      <c r="D28" s="92"/>
+      <c r="E28" s="92"/>
+      <c r="F28" s="92"/>
+      <c r="G28" s="92"/>
+      <c r="H28" s="92"/>
+      <c r="I28" s="92"/>
+      <c r="J28" s="93"/>
+      <c r="K28" s="94"/>
     </row>
     <row r="29" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A29" s="57"/>
-[...9 lines deleted...]
-      <c r="K29" s="78"/>
+      <c r="A29" s="65"/>
+      <c r="B29" s="73"/>
+      <c r="C29" s="92"/>
+      <c r="D29" s="92"/>
+      <c r="E29" s="92"/>
+      <c r="F29" s="92"/>
+      <c r="G29" s="92"/>
+      <c r="H29" s="92"/>
+      <c r="I29" s="92"/>
+      <c r="J29" s="93"/>
+      <c r="K29" s="94"/>
     </row>
     <row r="30" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A30" s="57"/>
-[...9 lines deleted...]
-      <c r="K30" s="78"/>
+      <c r="A30" s="65"/>
+      <c r="B30" s="73"/>
+      <c r="C30" s="92"/>
+      <c r="D30" s="92"/>
+      <c r="E30" s="92"/>
+      <c r="F30" s="92"/>
+      <c r="G30" s="92"/>
+      <c r="H30" s="92"/>
+      <c r="I30" s="92"/>
+      <c r="J30" s="93"/>
+      <c r="K30" s="94"/>
     </row>
     <row r="31" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A31" s="57"/>
-[...9 lines deleted...]
-      <c r="K31" s="78"/>
+      <c r="A31" s="65"/>
+      <c r="B31" s="73"/>
+      <c r="C31" s="92"/>
+      <c r="D31" s="92"/>
+      <c r="E31" s="92"/>
+      <c r="F31" s="92"/>
+      <c r="G31" s="92"/>
+      <c r="H31" s="92"/>
+      <c r="I31" s="92"/>
+      <c r="J31" s="93"/>
+      <c r="K31" s="94"/>
     </row>
     <row r="32" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A32" s="57"/>
-[...9 lines deleted...]
-      <c r="K32" s="78"/>
+      <c r="A32" s="65"/>
+      <c r="B32" s="73"/>
+      <c r="C32" s="92"/>
+      <c r="D32" s="92"/>
+      <c r="E32" s="92"/>
+      <c r="F32" s="92"/>
+      <c r="G32" s="92"/>
+      <c r="H32" s="92"/>
+      <c r="I32" s="92"/>
+      <c r="J32" s="93"/>
+      <c r="K32" s="94"/>
     </row>
     <row r="33" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A33" s="57"/>
-[...9 lines deleted...]
-      <c r="K33" s="78"/>
+      <c r="A33" s="65"/>
+      <c r="B33" s="73"/>
+      <c r="C33" s="92"/>
+      <c r="D33" s="92"/>
+      <c r="E33" s="92"/>
+      <c r="F33" s="92"/>
+      <c r="G33" s="92"/>
+      <c r="H33" s="92"/>
+      <c r="I33" s="92"/>
+      <c r="J33" s="93"/>
+      <c r="K33" s="94"/>
     </row>
     <row r="34" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A34" s="57"/>
-[...9 lines deleted...]
-      <c r="K34" s="78"/>
+      <c r="A34" s="65"/>
+      <c r="B34" s="73"/>
+      <c r="C34" s="92"/>
+      <c r="D34" s="92"/>
+      <c r="E34" s="92"/>
+      <c r="F34" s="92"/>
+      <c r="G34" s="92"/>
+      <c r="H34" s="92"/>
+      <c r="I34" s="92"/>
+      <c r="J34" s="93"/>
+      <c r="K34" s="94"/>
     </row>
     <row r="35" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A35" s="57"/>
-[...9 lines deleted...]
-      <c r="K35" s="78"/>
+      <c r="A35" s="65"/>
+      <c r="B35" s="73"/>
+      <c r="C35" s="92"/>
+      <c r="D35" s="92"/>
+      <c r="E35" s="92"/>
+      <c r="F35" s="92"/>
+      <c r="G35" s="92"/>
+      <c r="H35" s="92"/>
+      <c r="I35" s="92"/>
+      <c r="J35" s="93"/>
+      <c r="K35" s="94"/>
     </row>
     <row r="36" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A36" s="57"/>
-[...9 lines deleted...]
-      <c r="K36" s="78"/>
+      <c r="A36" s="65"/>
+      <c r="B36" s="73"/>
+      <c r="C36" s="92"/>
+      <c r="D36" s="92"/>
+      <c r="E36" s="92"/>
+      <c r="F36" s="92"/>
+      <c r="G36" s="92"/>
+      <c r="H36" s="92"/>
+      <c r="I36" s="92"/>
+      <c r="J36" s="93"/>
+      <c r="K36" s="94"/>
     </row>
     <row r="37" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A37" s="57"/>
-[...9 lines deleted...]
-      <c r="K37" s="78"/>
+      <c r="A37" s="65"/>
+      <c r="B37" s="73"/>
+      <c r="C37" s="92"/>
+      <c r="D37" s="92"/>
+      <c r="E37" s="92"/>
+      <c r="F37" s="92"/>
+      <c r="G37" s="92"/>
+      <c r="H37" s="92"/>
+      <c r="I37" s="92"/>
+      <c r="J37" s="93"/>
+      <c r="K37" s="94"/>
     </row>
     <row r="38" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A38" s="57"/>
-[...9 lines deleted...]
-      <c r="K38" s="78"/>
+      <c r="A38" s="65"/>
+      <c r="B38" s="73"/>
+      <c r="C38" s="92"/>
+      <c r="D38" s="92"/>
+      <c r="E38" s="92"/>
+      <c r="F38" s="92"/>
+      <c r="G38" s="92"/>
+      <c r="H38" s="92"/>
+      <c r="I38" s="92"/>
+      <c r="J38" s="93"/>
+      <c r="K38" s="94"/>
     </row>
     <row r="39" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A39" s="57"/>
-[...1 lines deleted...]
-        <v>30</v>
+      <c r="A39" s="65"/>
+      <c r="B39" s="260" t="s">
+        <v>24</v>
       </c>
-      <c r="C39" s="277"/>
-[...7 lines deleted...]
-      <c r="K39" s="80"/>
+      <c r="C39" s="261"/>
+      <c r="D39" s="261"/>
+      <c r="E39" s="261"/>
+      <c r="F39" s="261"/>
+      <c r="G39" s="261"/>
+      <c r="H39" s="261"/>
+      <c r="I39" s="261"/>
+      <c r="J39" s="262"/>
+      <c r="K39" s="96"/>
     </row>
     <row r="40" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A40" s="57"/>
-[...9 lines deleted...]
-      <c r="K40" s="80"/>
+      <c r="A40" s="65"/>
+      <c r="B40" s="260"/>
+      <c r="C40" s="261"/>
+      <c r="D40" s="261"/>
+      <c r="E40" s="261"/>
+      <c r="F40" s="261"/>
+      <c r="G40" s="261"/>
+      <c r="H40" s="261"/>
+      <c r="I40" s="261"/>
+      <c r="J40" s="262"/>
+      <c r="K40" s="96"/>
     </row>
     <row r="41" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="57"/>
-[...9 lines deleted...]
-      <c r="K41" s="80"/>
+      <c r="A41" s="65"/>
+      <c r="B41" s="260"/>
+      <c r="C41" s="261"/>
+      <c r="D41" s="261"/>
+      <c r="E41" s="261"/>
+      <c r="F41" s="261"/>
+      <c r="G41" s="261"/>
+      <c r="H41" s="261"/>
+      <c r="I41" s="261"/>
+      <c r="J41" s="262"/>
+      <c r="K41" s="96"/>
     </row>
     <row r="42" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A42" s="57"/>
-[...13 lines deleted...]
-      <c r="B43" s="243" t="s">
+      <c r="A42" s="65"/>
+      <c r="B42" s="260"/>
+      <c r="C42" s="261"/>
+      <c r="D42" s="261"/>
+      <c r="E42" s="261"/>
+      <c r="F42" s="261"/>
+      <c r="G42" s="261"/>
+      <c r="H42" s="261"/>
+      <c r="I42" s="261"/>
+      <c r="J42" s="262"/>
+      <c r="K42" s="96"/>
+    </row>
+    <row r="43" spans="1:11" ht="18.75" x14ac:dyDescent="0.2">
+      <c r="A43" s="65"/>
+      <c r="B43" s="228" t="s">
         <v>0</v>
       </c>
-      <c r="C43" s="244"/>
-[...4 lines deleted...]
-      <c r="H43" s="246" t="s">
+      <c r="C43" s="229"/>
+      <c r="D43" s="229"/>
+      <c r="E43" s="229"/>
+      <c r="F43" s="229"/>
+      <c r="G43" s="230"/>
+      <c r="H43" s="231" t="s">
         <v>1</v>
       </c>
-      <c r="I43" s="244"/>
-[...19 lines deleted...]
-        <v>29</v>
+      <c r="I43" s="229"/>
+      <c r="J43" s="232"/>
+      <c r="K43" s="97"/>
+    </row>
+    <row r="44" spans="1:11" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A44" s="65"/>
+      <c r="B44" s="252"/>
+      <c r="C44" s="253"/>
+      <c r="D44" s="253"/>
+      <c r="E44" s="253"/>
+      <c r="F44" s="253"/>
+      <c r="G44" s="254"/>
+      <c r="H44" s="233"/>
+      <c r="I44" s="234"/>
+      <c r="J44" s="235"/>
+      <c r="K44" s="97"/>
+    </row>
+    <row r="45" spans="1:11" ht="18.75" x14ac:dyDescent="0.2">
+      <c r="A45" s="65"/>
+      <c r="B45" s="228" t="s">
+        <v>23</v>
       </c>
-      <c r="C45" s="244"/>
-[...5 lines deleted...]
-        <v>18</v>
+      <c r="C45" s="229"/>
+      <c r="D45" s="229"/>
+      <c r="E45" s="229"/>
+      <c r="F45" s="229"/>
+      <c r="G45" s="230"/>
+      <c r="H45" s="231" t="s">
+        <v>13</v>
       </c>
-      <c r="I45" s="244"/>
-[...14 lines deleted...]
-      <c r="K46" s="81"/>
+      <c r="I45" s="229"/>
+      <c r="J45" s="232"/>
+      <c r="K45" s="97"/>
+    </row>
+    <row r="46" spans="1:11" ht="19.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="65"/>
+      <c r="B46" s="255"/>
+      <c r="C46" s="250"/>
+      <c r="D46" s="250"/>
+      <c r="E46" s="250"/>
+      <c r="F46" s="250"/>
+      <c r="G46" s="256"/>
+      <c r="H46" s="249"/>
+      <c r="I46" s="250"/>
+      <c r="J46" s="251"/>
+      <c r="K46" s="97"/>
     </row>
     <row r="47" spans="1:11" ht="19.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A47" s="82"/>
-[...9 lines deleted...]
-      <c r="K47" s="84"/>
+      <c r="A47" s="98"/>
+      <c r="B47" s="99"/>
+      <c r="C47" s="99"/>
+      <c r="D47" s="99"/>
+      <c r="E47" s="99"/>
+      <c r="F47" s="99"/>
+      <c r="G47" s="99"/>
+      <c r="H47" s="99"/>
+      <c r="I47" s="99"/>
+      <c r="J47" s="99"/>
+      <c r="K47" s="100"/>
     </row>
     <row r="48" spans="1:11" ht="18" customHeight="1" thickTop="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="2fiUO4qjdTpl/6wiJIH9/axMnx42yl5qXxIo+/cXNnI6QkF1mPvBdjNRFn09piTDbnMP4G7EO9f5QkkQFqyHRA==" saltValue="UugsemPGWTH4x4vMo3uxrw==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="voCdckrrLM+fq2jxOx/mXUR+3geXIFIhyMvznxw3OflK+cdxKFCaW5J+8Zx6yLLcIY0c+Cr2e3U9CqBEN7/lyw==" saltValue="NQ3Y6RXr+1Kk9CyWWaiI1A==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="18">
     <mergeCell ref="H46:J46"/>
     <mergeCell ref="B44:G44"/>
     <mergeCell ref="B45:G45"/>
     <mergeCell ref="B46:G46"/>
     <mergeCell ref="B8:J8"/>
     <mergeCell ref="B39:J42"/>
     <mergeCell ref="B11:J11"/>
     <mergeCell ref="B10:J10"/>
     <mergeCell ref="W1:Y1"/>
     <mergeCell ref="B43:G43"/>
     <mergeCell ref="H43:J43"/>
     <mergeCell ref="H44:J44"/>
     <mergeCell ref="H45:J45"/>
     <mergeCell ref="F3:I3"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="C3:E3"/>
     <mergeCell ref="C4:E4"/>
     <mergeCell ref="B7:J7"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="89" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter xml:space="preserve">&amp;R
 </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8529275F-F9FF-40DE-97B8-750B6443B78D}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B1FC39A3-CB1A-42CC-BC5D-9351B30CFFBA}">
   <dimension ref="A1:D56"/>
   <sheetViews>
-    <sheetView view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
-      <selection sqref="A1:D45"/>
+    <sheetView view="pageLayout" topLeftCell="A25" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="G24" sqref="G24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="19" style="3" customWidth="1"/>
     <col min="2" max="2" width="56.85546875" style="1" customWidth="1"/>
     <col min="3" max="3" width="7.42578125" style="1" customWidth="1"/>
     <col min="4" max="4" width="19" style="1" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="28.7" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="282" t="s">
-        <v>31</v>
+      <c r="A1" s="266" t="s">
+        <v>110</v>
       </c>
-      <c r="B1" s="283"/>
-[...1 lines deleted...]
-      <c r="D1" s="284"/>
+      <c r="B1" s="267"/>
+      <c r="C1" s="267"/>
+      <c r="D1" s="268"/>
     </row>
     <row r="2" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="30"/>
-[...2 lines deleted...]
-      <c r="D2" s="85"/>
+      <c r="A2" s="146"/>
+      <c r="B2" s="147"/>
+      <c r="C2" s="147"/>
+      <c r="D2" s="193"/>
     </row>
     <row r="3" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="86"/>
-[...2 lines deleted...]
-      <c r="D3" s="40"/>
+      <c r="A3" s="194"/>
+      <c r="B3" s="195"/>
+      <c r="C3" s="195"/>
+      <c r="D3" s="143"/>
     </row>
     <row r="4" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="87"/>
-[...2 lines deleted...]
-      <c r="D4" s="41"/>
+      <c r="A4" s="196"/>
+      <c r="B4" s="197"/>
+      <c r="C4" s="197"/>
+      <c r="D4" s="140"/>
     </row>
     <row r="5" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="32"/>
-[...2 lines deleted...]
-      <c r="D5" s="89"/>
+      <c r="A5" s="198"/>
+      <c r="B5" s="199"/>
+      <c r="C5" s="199"/>
+      <c r="D5" s="200"/>
     </row>
     <row r="6" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="32"/>
-[...2 lines deleted...]
-        <v>33</v>
+      <c r="A6" s="198"/>
+      <c r="B6" s="199"/>
+      <c r="C6" s="201" t="s">
+        <v>111</v>
       </c>
-      <c r="D6" s="89"/>
+      <c r="D6" s="200"/>
     </row>
     <row r="7" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="49"/>
-[...1 lines deleted...]
-        <v>25</v>
+      <c r="A7" s="202"/>
+      <c r="B7" s="203" t="s">
+        <v>93</v>
       </c>
-      <c r="C7" s="101">
+      <c r="C7" s="204">
         <v>1</v>
       </c>
-      <c r="D7" s="42"/>
+      <c r="D7" s="205"/>
     </row>
     <row r="8" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="49"/>
-[...2 lines deleted...]
-      <c r="D8" s="42"/>
+      <c r="A8" s="202"/>
+      <c r="B8" s="203"/>
+      <c r="C8" s="204"/>
+      <c r="D8" s="205"/>
     </row>
     <row r="9" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="49"/>
-[...1 lines deleted...]
-        <v>37</v>
+      <c r="A9" s="202"/>
+      <c r="B9" s="203" t="s">
+        <v>98</v>
       </c>
-      <c r="C9" s="101">
+      <c r="C9" s="204">
         <v>3</v>
       </c>
-      <c r="D9" s="42"/>
+      <c r="D9" s="205"/>
     </row>
     <row r="10" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="49"/>
-[...2 lines deleted...]
-      <c r="D10" s="42"/>
+      <c r="A10" s="202"/>
+      <c r="B10" s="203"/>
+      <c r="C10" s="204"/>
+      <c r="D10" s="205"/>
     </row>
     <row r="11" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="33"/>
-[...1 lines deleted...]
-        <v>26</v>
+      <c r="A11" s="138"/>
+      <c r="B11" s="203" t="s">
+        <v>20</v>
       </c>
-      <c r="C11" s="101">
+      <c r="C11" s="204">
         <v>4</v>
       </c>
-      <c r="D11" s="35"/>
+      <c r="D11" s="130"/>
     </row>
     <row r="12" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="90"/>
-[...2 lines deleted...]
-      <c r="D12" s="92"/>
+      <c r="A12" s="206"/>
+      <c r="B12" s="203"/>
+      <c r="C12" s="204"/>
+      <c r="D12" s="207"/>
     </row>
     <row r="13" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="90"/>
-[...1 lines deleted...]
-        <v>46</v>
+      <c r="A13" s="206"/>
+      <c r="B13" s="203" t="s">
+        <v>28</v>
       </c>
-      <c r="C13" s="101">
+      <c r="C13" s="204">
         <v>5</v>
       </c>
-      <c r="D13" s="92"/>
+      <c r="D13" s="207"/>
     </row>
     <row r="14" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="90"/>
-[...2 lines deleted...]
-      <c r="D14" s="92"/>
+      <c r="A14" s="206"/>
+      <c r="B14" s="203"/>
+      <c r="C14" s="204"/>
+      <c r="D14" s="207"/>
     </row>
     <row r="15" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="90"/>
-[...1 lines deleted...]
-        <v>68</v>
+      <c r="A15" s="206"/>
+      <c r="B15" s="203" t="s">
+        <v>50</v>
       </c>
-      <c r="C15" s="101">
+      <c r="C15" s="204">
         <v>6</v>
       </c>
-      <c r="D15" s="92"/>
+      <c r="D15" s="207"/>
     </row>
     <row r="16" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="90"/>
-[...2 lines deleted...]
-      <c r="D16" s="92"/>
+      <c r="A16" s="206"/>
+      <c r="B16" s="203"/>
+      <c r="C16" s="204"/>
+      <c r="D16" s="207"/>
     </row>
     <row r="17" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="36"/>
-[...1 lines deleted...]
-        <v>69</v>
+      <c r="A17" s="132"/>
+      <c r="B17" s="203" t="s">
+        <v>51</v>
       </c>
-      <c r="C17" s="101">
+      <c r="C17" s="204">
         <v>7</v>
       </c>
-      <c r="D17" s="35"/>
+      <c r="D17" s="130"/>
     </row>
     <row r="18" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="90"/>
-[...2 lines deleted...]
-      <c r="D18" s="92"/>
+      <c r="A18" s="206"/>
+      <c r="B18" s="203"/>
+      <c r="C18" s="204"/>
+      <c r="D18" s="207"/>
     </row>
     <row r="19" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="90"/>
-[...2 lines deleted...]
-      <c r="D19" s="92"/>
+      <c r="A19" s="206"/>
+      <c r="B19" s="203"/>
+      <c r="C19" s="204"/>
+      <c r="D19" s="207"/>
     </row>
     <row r="20" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="90"/>
-[...2 lines deleted...]
-      <c r="D20" s="92"/>
+      <c r="A20" s="206"/>
+      <c r="B20" s="203"/>
+      <c r="C20" s="204"/>
+      <c r="D20" s="207"/>
     </row>
     <row r="21" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="36"/>
-[...2 lines deleted...]
-      <c r="D21" s="35"/>
+      <c r="A21" s="132"/>
+      <c r="B21" s="203"/>
+      <c r="C21" s="204"/>
+      <c r="D21" s="130"/>
     </row>
     <row r="22" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="90"/>
-[...2 lines deleted...]
-      <c r="D22" s="92"/>
+      <c r="A22" s="206"/>
+      <c r="B22" s="203"/>
+      <c r="C22" s="204"/>
+      <c r="D22" s="207"/>
     </row>
     <row r="23" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="90"/>
-[...2 lines deleted...]
-      <c r="D23" s="92"/>
+      <c r="A23" s="206"/>
+      <c r="B23" s="203"/>
+      <c r="C23" s="204"/>
+      <c r="D23" s="207"/>
     </row>
     <row r="24" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="90"/>
-[...2 lines deleted...]
-      <c r="D24" s="92"/>
+      <c r="A24" s="206"/>
+      <c r="B24" s="203"/>
+      <c r="C24" s="204"/>
+      <c r="D24" s="207"/>
     </row>
     <row r="25" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A25" s="90"/>
-[...2 lines deleted...]
-      <c r="D25" s="92"/>
+      <c r="A25" s="206"/>
+      <c r="B25" s="203"/>
+      <c r="C25" s="204"/>
+      <c r="D25" s="207"/>
     </row>
     <row r="26" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A26" s="32"/>
-[...2 lines deleted...]
-      <c r="D26" s="92"/>
+      <c r="A26" s="198"/>
+      <c r="B26" s="203"/>
+      <c r="C26" s="204"/>
+      <c r="D26" s="207"/>
     </row>
     <row r="27" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="32"/>
-[...2 lines deleted...]
-      <c r="D27" s="92"/>
+      <c r="A27" s="198"/>
+      <c r="B27" s="203"/>
+      <c r="C27" s="204"/>
+      <c r="D27" s="207"/>
     </row>
     <row r="28" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="32"/>
-[...2 lines deleted...]
-      <c r="D28" s="92"/>
+      <c r="A28" s="198"/>
+      <c r="B28" s="208"/>
+      <c r="C28" s="204"/>
+      <c r="D28" s="207"/>
     </row>
     <row r="29" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="32"/>
-[...2 lines deleted...]
-      <c r="D29" s="92"/>
+      <c r="A29" s="198"/>
+      <c r="B29" s="203"/>
+      <c r="C29" s="204"/>
+      <c r="D29" s="207"/>
     </row>
     <row r="30" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="36"/>
-[...2 lines deleted...]
-      <c r="D30" s="35"/>
+      <c r="A30" s="132"/>
+      <c r="B30" s="203"/>
+      <c r="C30" s="204"/>
+      <c r="D30" s="130"/>
     </row>
     <row r="31" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="90"/>
-[...2 lines deleted...]
-      <c r="D31" s="92"/>
+      <c r="A31" s="206"/>
+      <c r="B31" s="203"/>
+      <c r="C31" s="204"/>
+      <c r="D31" s="207"/>
     </row>
     <row r="32" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="37"/>
-[...2 lines deleted...]
-      <c r="D32" s="35"/>
+      <c r="A32" s="135"/>
+      <c r="B32" s="203"/>
+      <c r="C32" s="204"/>
+      <c r="D32" s="130"/>
     </row>
     <row r="33" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="32"/>
-[...2 lines deleted...]
-      <c r="D33" s="92"/>
+      <c r="A33" s="198"/>
+      <c r="B33" s="203"/>
+      <c r="C33" s="204"/>
+      <c r="D33" s="207"/>
     </row>
     <row r="34" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="87"/>
-[...2 lines deleted...]
-      <c r="D34" s="92"/>
+      <c r="A34" s="196"/>
+      <c r="B34" s="203"/>
+      <c r="C34" s="204"/>
+      <c r="D34" s="207"/>
     </row>
     <row r="35" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="87"/>
-[...2 lines deleted...]
-      <c r="D35" s="92"/>
+      <c r="A35" s="196"/>
+      <c r="B35" s="203"/>
+      <c r="C35" s="204"/>
+      <c r="D35" s="207"/>
     </row>
     <row r="36" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="87"/>
-[...2 lines deleted...]
-      <c r="D36" s="92"/>
+      <c r="A36" s="196"/>
+      <c r="B36" s="203"/>
+      <c r="C36" s="204"/>
+      <c r="D36" s="207"/>
     </row>
     <row r="37" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="37"/>
-[...2 lines deleted...]
-      <c r="D37" s="94"/>
+      <c r="A37" s="135"/>
+      <c r="B37" s="203"/>
+      <c r="C37" s="204"/>
+      <c r="D37" s="209"/>
     </row>
     <row r="38" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="32"/>
-[...2 lines deleted...]
-      <c r="D38" s="92"/>
+      <c r="A38" s="198"/>
+      <c r="B38" s="203"/>
+      <c r="C38" s="204"/>
+      <c r="D38" s="207"/>
     </row>
     <row r="39" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A39" s="87"/>
-[...2 lines deleted...]
-      <c r="D39" s="92"/>
+      <c r="A39" s="196"/>
+      <c r="B39" s="203"/>
+      <c r="C39" s="204"/>
+      <c r="D39" s="207"/>
     </row>
     <row r="40" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A40" s="87"/>
-[...2 lines deleted...]
-      <c r="D40" s="92"/>
+      <c r="A40" s="196"/>
+      <c r="B40" s="203"/>
+      <c r="C40" s="210"/>
+      <c r="D40" s="207"/>
     </row>
     <row r="41" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="87"/>
-[...2 lines deleted...]
-      <c r="D41" s="92"/>
+      <c r="A41" s="196"/>
+      <c r="B41" s="203"/>
+      <c r="C41" s="204"/>
+      <c r="D41" s="207"/>
     </row>
     <row r="42" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A42" s="87"/>
-[...2 lines deleted...]
-      <c r="D42" s="92"/>
+      <c r="A42" s="196"/>
+      <c r="B42" s="203"/>
+      <c r="C42" s="210"/>
+      <c r="D42" s="207"/>
     </row>
     <row r="43" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="33"/>
-[...2 lines deleted...]
-      <c r="D43" s="96"/>
+      <c r="A43" s="138"/>
+      <c r="B43" s="203"/>
+      <c r="C43" s="211"/>
+      <c r="D43" s="212"/>
     </row>
     <row r="44" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A44" s="33"/>
-[...2 lines deleted...]
-      <c r="D44" s="96"/>
+      <c r="A44" s="138"/>
+      <c r="B44" s="203"/>
+      <c r="C44" s="211"/>
+      <c r="D44" s="212"/>
     </row>
     <row r="45" spans="1:4" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A45" s="38"/>
-[...8 lines deleted...]
-      <c r="D46" s="17"/>
+      <c r="A45" s="213"/>
+      <c r="B45" s="214"/>
+      <c r="C45" s="214"/>
+      <c r="D45" s="215"/>
+    </row>
+    <row r="46" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="16"/>
+      <c r="B46" s="14"/>
+      <c r="C46" s="14"/>
+      <c r="D46" s="14"/>
     </row>
     <row r="47" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A47" s="19"/>
-[...2 lines deleted...]
-      <c r="D47" s="17"/>
+      <c r="A47" s="16"/>
+      <c r="B47" s="14"/>
+      <c r="C47" s="14"/>
+      <c r="D47" s="14"/>
     </row>
     <row r="48" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A48" s="19"/>
-[...2 lines deleted...]
-      <c r="D48" s="17"/>
+      <c r="A48" s="16"/>
+      <c r="B48" s="14"/>
+      <c r="C48" s="14"/>
+      <c r="D48" s="14"/>
     </row>
     <row r="49" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A49" s="19"/>
-[...2 lines deleted...]
-      <c r="D49" s="17"/>
+      <c r="A49" s="16"/>
+      <c r="B49" s="14"/>
+      <c r="C49" s="14"/>
+      <c r="D49" s="14"/>
     </row>
     <row r="50" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A50" s="19"/>
-[...2 lines deleted...]
-      <c r="D50" s="17"/>
+      <c r="A50" s="16"/>
+      <c r="B50" s="14"/>
+      <c r="C50" s="14"/>
+      <c r="D50" s="14"/>
     </row>
     <row r="51" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A51" s="19"/>
-[...2 lines deleted...]
-      <c r="D51" s="17"/>
+      <c r="A51" s="16"/>
+      <c r="B51" s="14"/>
+      <c r="C51" s="14"/>
+      <c r="D51" s="14"/>
     </row>
     <row r="52" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A52" s="19"/>
-[...2 lines deleted...]
-      <c r="D52" s="17"/>
+      <c r="A52" s="16"/>
+      <c r="B52" s="14"/>
+      <c r="C52" s="14"/>
+      <c r="D52" s="14"/>
     </row>
     <row r="53" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A53" s="19"/>
-[...2 lines deleted...]
-      <c r="D53" s="17"/>
+      <c r="A53" s="16"/>
+      <c r="B53" s="14"/>
+      <c r="C53" s="14"/>
+      <c r="D53" s="14"/>
     </row>
     <row r="54" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A54" s="19"/>
-[...2 lines deleted...]
-      <c r="D54" s="17"/>
+      <c r="A54" s="16"/>
+      <c r="B54" s="14"/>
+      <c r="C54" s="14"/>
+      <c r="D54" s="14"/>
     </row>
     <row r="55" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A55" s="19"/>
-[...2 lines deleted...]
-      <c r="D55" s="17"/>
+      <c r="A55" s="16"/>
+      <c r="B55" s="14"/>
+      <c r="C55" s="14"/>
+      <c r="D55" s="14"/>
     </row>
     <row r="56" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A56" s="19"/>
-[...2 lines deleted...]
-      <c r="D56" s="17"/>
+      <c r="A56" s="16"/>
+      <c r="B56" s="14"/>
+      <c r="C56" s="14"/>
+      <c r="D56" s="14"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="Iz8NNHCMS26Ytlk3Z1iwBmnqG/Gn4oo/31ZyF1AUG2092AkDCbmt9/WuJ3QTX9h5lGf4/BFFvvvc2n4c5zbh8A==" saltValue="lk6KT970aS8G2v6bGhT9Cw==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:D1"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="89" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"-,Regular"&amp;11Private Railcar Fleet Industry (CA08)
-Private Railcar Fleet Industry (CA09)&amp;R&amp;"-,Regular"&amp;11
-Revised 12/2023</oddFooter>
+Private Railcar Fleet Industry (CA09)&amp;R&amp;"-,Regular"&amp;11Revised 12/2018</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{32FCCB33-02B4-4987-B304-4AE66CB4005F}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4FE17E15-1B16-4B67-9958-3FE9C55ED0E4}">
+  <sheetPr>
+    <tabColor rgb="FFF8F8F8"/>
+  </sheetPr>
   <dimension ref="A1:K58"/>
   <sheetViews>
-    <sheetView view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B4" sqref="B4:J4"/>
+    <sheetView view="pageLayout" topLeftCell="A10" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B8" sqref="B8:J11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.140625" style="3" customWidth="1"/>
+    <col min="1" max="1" width="2" style="3" customWidth="1"/>
     <col min="2" max="2" width="6.7109375" style="1" customWidth="1"/>
-    <col min="3" max="5" width="9.140625" style="1"/>
+    <col min="3" max="3" width="9.28515625" style="1" customWidth="1"/>
+    <col min="4" max="5" width="9.140625" style="1"/>
     <col min="6" max="6" width="11.42578125" style="1" customWidth="1"/>
     <col min="7" max="7" width="13.140625" style="1" customWidth="1"/>
     <col min="8" max="9" width="9.140625" style="1"/>
     <col min="10" max="10" width="21.140625" style="1" customWidth="1"/>
     <col min="11" max="11" width="2.140625" style="1" customWidth="1"/>
     <col min="12" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="28.7" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="282" t="s">
-        <v>25</v>
+      <c r="A1" s="266" t="s">
+        <v>93</v>
       </c>
-      <c r="B1" s="283"/>
-[...8 lines deleted...]
-      <c r="K1" s="284"/>
+      <c r="B1" s="267"/>
+      <c r="C1" s="267"/>
+      <c r="D1" s="267"/>
+      <c r="E1" s="267"/>
+      <c r="F1" s="267"/>
+      <c r="G1" s="267"/>
+      <c r="H1" s="267"/>
+      <c r="I1" s="267"/>
+      <c r="J1" s="267"/>
+      <c r="K1" s="268"/>
     </row>
     <row r="2" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="30"/>
-[...9 lines deleted...]
-      <c r="K2" s="23"/>
+      <c r="A2" s="146"/>
+      <c r="B2" s="145"/>
+      <c r="C2" s="145"/>
+      <c r="D2" s="145"/>
+      <c r="E2" s="145"/>
+      <c r="F2" s="145"/>
+      <c r="G2" s="145"/>
+      <c r="H2" s="145"/>
+      <c r="I2" s="145"/>
+      <c r="J2" s="145"/>
+      <c r="K2" s="144"/>
     </row>
     <row r="3" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="290"/>
-[...2 lines deleted...]
-        <v>This operator's statement and all additional documentation apply to the calendar year ending December 31, 2024.</v>
+      <c r="A3" s="279"/>
+      <c r="B3" s="280" t="str">
+        <f>"This operator's statement and all additional documentation apply to the calendar year ending December 31, "&amp;'[2]Cover Sheet'!$B$1-1&amp;"."</f>
+        <v>This operator's statement and all additional documentation apply to the calendar year ending December 31, -1.</v>
       </c>
-      <c r="C3" s="293"/>
-[...7 lines deleted...]
-      <c r="K3" s="40"/>
+      <c r="C3" s="281"/>
+      <c r="D3" s="281"/>
+      <c r="E3" s="281"/>
+      <c r="F3" s="281"/>
+      <c r="G3" s="281"/>
+      <c r="H3" s="281"/>
+      <c r="I3" s="281"/>
+      <c r="J3" s="281"/>
+      <c r="K3" s="143"/>
     </row>
     <row r="4" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="291"/>
-[...2 lines deleted...]
-        <v>The statement must be signed and submitted to the Idaho State Tax Commission by April 30, 2025 .</v>
+      <c r="A4" s="270"/>
+      <c r="B4" s="282" t="str">
+        <f>"The statement must be signed and submitted to the Idaho State Tax Commission by April 30, "&amp;'[2]Cover Sheet'!$B$1&amp;"."</f>
+        <v>The statement must be signed and submitted to the Idaho State Tax Commission by April 30, .</v>
       </c>
-      <c r="C4" s="295"/>
-[...7 lines deleted...]
-      <c r="K4" s="41"/>
+      <c r="C4" s="283"/>
+      <c r="D4" s="283"/>
+      <c r="E4" s="283"/>
+      <c r="F4" s="283"/>
+      <c r="G4" s="283"/>
+      <c r="H4" s="283"/>
+      <c r="I4" s="283"/>
+      <c r="J4" s="283"/>
+      <c r="K4" s="140"/>
     </row>
     <row r="5" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="47"/>
+      <c r="A5" s="133"/>
+      <c r="B5" s="142"/>
+      <c r="C5" s="141"/>
+      <c r="D5" s="141"/>
+      <c r="E5" s="141"/>
+      <c r="F5" s="141"/>
+      <c r="G5" s="141"/>
+      <c r="H5" s="141"/>
+      <c r="I5" s="141"/>
+      <c r="J5" s="141"/>
+      <c r="K5" s="140"/>
+    </row>
+    <row r="6" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="133"/>
+      <c r="B6" s="142"/>
+      <c r="C6" s="141"/>
+      <c r="D6" s="141"/>
+      <c r="E6" s="141"/>
+      <c r="F6" s="141"/>
+      <c r="G6" s="141"/>
+      <c r="H6" s="141"/>
+      <c r="I6" s="141"/>
+      <c r="J6" s="141"/>
+      <c r="K6" s="140"/>
+    </row>
+    <row r="7" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="138"/>
+      <c r="B7" s="273" t="s">
+        <v>92</v>
+      </c>
+      <c r="C7" s="274"/>
+      <c r="D7" s="274"/>
+      <c r="E7" s="274"/>
+      <c r="F7" s="274"/>
+      <c r="G7" s="274"/>
+      <c r="H7" s="274"/>
+      <c r="I7" s="274"/>
+      <c r="J7" s="274"/>
+      <c r="K7" s="130"/>
+    </row>
+    <row r="8" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="133"/>
+      <c r="B8" s="276" t="s">
+        <v>91</v>
+      </c>
+      <c r="C8" s="277"/>
+      <c r="D8" s="277"/>
+      <c r="E8" s="277"/>
+      <c r="F8" s="277"/>
+      <c r="G8" s="277"/>
+      <c r="H8" s="277"/>
+      <c r="I8" s="277"/>
+      <c r="J8" s="277"/>
+      <c r="K8" s="140"/>
+    </row>
+    <row r="9" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="133"/>
+      <c r="B9" s="276"/>
+      <c r="C9" s="277"/>
+      <c r="D9" s="277"/>
+      <c r="E9" s="277"/>
+      <c r="F9" s="277"/>
+      <c r="G9" s="277"/>
+      <c r="H9" s="277"/>
+      <c r="I9" s="277"/>
+      <c r="J9" s="277"/>
+      <c r="K9" s="140"/>
+    </row>
+    <row r="10" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="133"/>
+      <c r="B10" s="278"/>
+      <c r="C10" s="277"/>
+      <c r="D10" s="277"/>
+      <c r="E10" s="277"/>
+      <c r="F10" s="277"/>
+      <c r="G10" s="277"/>
+      <c r="H10" s="277"/>
+      <c r="I10" s="277"/>
+      <c r="J10" s="277"/>
+      <c r="K10" s="140"/>
+    </row>
+    <row r="11" spans="1:11" ht="8.85" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="138"/>
+      <c r="B11" s="277"/>
+      <c r="C11" s="277"/>
+      <c r="D11" s="277"/>
+      <c r="E11" s="277"/>
+      <c r="F11" s="277"/>
+      <c r="G11" s="277"/>
+      <c r="H11" s="277"/>
+      <c r="I11" s="277"/>
+      <c r="J11" s="277"/>
+      <c r="K11" s="130"/>
+    </row>
+    <row r="12" spans="1:11" ht="8.85" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="138"/>
+      <c r="B12" s="139"/>
+      <c r="C12" s="139"/>
+      <c r="D12" s="139"/>
+      <c r="E12" s="139"/>
+      <c r="F12" s="139"/>
+      <c r="G12" s="139"/>
+      <c r="H12" s="139"/>
+      <c r="I12" s="139"/>
+      <c r="J12" s="139"/>
+      <c r="K12" s="130"/>
+    </row>
+    <row r="13" spans="1:11" ht="8.85" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="138"/>
+      <c r="B13" s="139"/>
+      <c r="C13" s="139"/>
+      <c r="D13" s="139"/>
+      <c r="E13" s="139"/>
+      <c r="F13" s="139"/>
+      <c r="G13" s="139"/>
+      <c r="H13" s="139"/>
+      <c r="I13" s="139"/>
+      <c r="J13" s="139"/>
+      <c r="K13" s="130"/>
+    </row>
+    <row r="14" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="138"/>
+      <c r="B14" s="273" t="s">
+        <v>90</v>
+      </c>
+      <c r="C14" s="274"/>
+      <c r="D14" s="274"/>
+      <c r="E14" s="274"/>
+      <c r="F14" s="274"/>
+      <c r="G14" s="274"/>
+      <c r="H14" s="274"/>
+      <c r="I14" s="274"/>
+      <c r="J14" s="274"/>
+      <c r="K14" s="130"/>
+    </row>
+    <row r="15" spans="1:11" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="275"/>
+      <c r="B15" s="271" t="s">
+        <v>89</v>
+      </c>
+      <c r="C15" s="271"/>
+      <c r="D15" s="271"/>
+      <c r="E15" s="271"/>
+      <c r="F15" s="271"/>
+      <c r="G15" s="271"/>
+      <c r="H15" s="271"/>
+      <c r="I15" s="271"/>
+      <c r="J15" s="271"/>
+      <c r="K15" s="101"/>
+    </row>
+    <row r="16" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="270"/>
+      <c r="B16" s="271"/>
+      <c r="C16" s="271"/>
+      <c r="D16" s="271"/>
+      <c r="E16" s="271"/>
+      <c r="F16" s="271"/>
+      <c r="G16" s="271"/>
+      <c r="H16" s="271"/>
+      <c r="I16" s="271"/>
+      <c r="J16" s="271"/>
+      <c r="K16" s="101"/>
+    </row>
+    <row r="17" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="270"/>
+      <c r="B17" s="271"/>
+      <c r="C17" s="271"/>
+      <c r="D17" s="271"/>
+      <c r="E17" s="271"/>
+      <c r="F17" s="271"/>
+      <c r="G17" s="271"/>
+      <c r="H17" s="271"/>
+      <c r="I17" s="271"/>
+      <c r="J17" s="271"/>
+      <c r="K17" s="101"/>
+    </row>
+    <row r="18" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="270"/>
+      <c r="B18" s="271"/>
+      <c r="C18" s="271"/>
+      <c r="D18" s="271"/>
+      <c r="E18" s="271"/>
+      <c r="F18" s="271"/>
+      <c r="G18" s="271"/>
+      <c r="H18" s="271"/>
+      <c r="I18" s="271"/>
+      <c r="J18" s="271"/>
+      <c r="K18" s="101"/>
+    </row>
+    <row r="19" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="270"/>
+      <c r="B19" s="271"/>
+      <c r="C19" s="271"/>
+      <c r="D19" s="271"/>
+      <c r="E19" s="271"/>
+      <c r="F19" s="271"/>
+      <c r="G19" s="271"/>
+      <c r="H19" s="271"/>
+      <c r="I19" s="271"/>
+      <c r="J19" s="271"/>
+      <c r="K19" s="101"/>
+    </row>
+    <row r="20" spans="1:11" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="132"/>
+      <c r="B20" s="271"/>
+      <c r="C20" s="271"/>
+      <c r="D20" s="271"/>
+      <c r="E20" s="271"/>
+      <c r="F20" s="271"/>
+      <c r="G20" s="271"/>
+      <c r="H20" s="271"/>
+      <c r="I20" s="271"/>
+      <c r="J20" s="271"/>
+      <c r="K20" s="130"/>
+    </row>
+    <row r="21" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="275"/>
+      <c r="B21" s="271"/>
+      <c r="C21" s="271"/>
+      <c r="D21" s="271"/>
+      <c r="E21" s="271"/>
+      <c r="F21" s="271"/>
+      <c r="G21" s="271"/>
+      <c r="H21" s="271"/>
+      <c r="I21" s="271"/>
+      <c r="J21" s="271"/>
+      <c r="K21" s="101"/>
+    </row>
+    <row r="22" spans="1:11" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="275"/>
+      <c r="B22" s="271"/>
+      <c r="C22" s="271"/>
+      <c r="D22" s="271"/>
+      <c r="E22" s="271"/>
+      <c r="F22" s="271"/>
+      <c r="G22" s="271"/>
+      <c r="H22" s="271"/>
+      <c r="I22" s="271"/>
+      <c r="J22" s="271"/>
+      <c r="K22" s="101"/>
+    </row>
+    <row r="23" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="270"/>
+      <c r="B23" s="271"/>
+      <c r="C23" s="271"/>
+      <c r="D23" s="271"/>
+      <c r="E23" s="271"/>
+      <c r="F23" s="271"/>
+      <c r="G23" s="271"/>
+      <c r="H23" s="271"/>
+      <c r="I23" s="271"/>
+      <c r="J23" s="271"/>
+      <c r="K23" s="101"/>
+    </row>
+    <row r="24" spans="1:11" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="132"/>
+      <c r="B24" s="271"/>
+      <c r="C24" s="271"/>
+      <c r="D24" s="271"/>
+      <c r="E24" s="271"/>
+      <c r="F24" s="271"/>
+      <c r="G24" s="271"/>
+      <c r="H24" s="271"/>
+      <c r="I24" s="271"/>
+      <c r="J24" s="271"/>
+      <c r="K24" s="130"/>
+    </row>
+    <row r="25" spans="1:11" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="275"/>
+      <c r="B25" s="271"/>
+      <c r="C25" s="271"/>
+      <c r="D25" s="271"/>
+      <c r="E25" s="271"/>
+      <c r="F25" s="271"/>
+      <c r="G25" s="271"/>
+      <c r="H25" s="271"/>
+      <c r="I25" s="271"/>
+      <c r="J25" s="271"/>
+      <c r="K25" s="101"/>
+    </row>
+    <row r="26" spans="1:11" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="270"/>
+      <c r="B26" s="271"/>
+      <c r="C26" s="271"/>
+      <c r="D26" s="271"/>
+      <c r="E26" s="271"/>
+      <c r="F26" s="271"/>
+      <c r="G26" s="271"/>
+      <c r="H26" s="271"/>
+      <c r="I26" s="271"/>
+      <c r="J26" s="271"/>
+      <c r="K26" s="101"/>
+    </row>
+    <row r="27" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="270"/>
+      <c r="B27" s="271"/>
+      <c r="C27" s="271"/>
+      <c r="D27" s="271"/>
+      <c r="E27" s="271"/>
+      <c r="F27" s="271"/>
+      <c r="G27" s="271"/>
+      <c r="H27" s="271"/>
+      <c r="I27" s="271"/>
+      <c r="J27" s="271"/>
+      <c r="K27" s="101"/>
+    </row>
+    <row r="28" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="270"/>
+      <c r="B28" s="271"/>
+      <c r="C28" s="271"/>
+      <c r="D28" s="271"/>
+      <c r="E28" s="271"/>
+      <c r="F28" s="271"/>
+      <c r="G28" s="271"/>
+      <c r="H28" s="271"/>
+      <c r="I28" s="271"/>
+      <c r="J28" s="271"/>
+      <c r="K28" s="101"/>
+    </row>
+    <row r="29" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="270"/>
+      <c r="B29" s="271"/>
+      <c r="C29" s="271"/>
+      <c r="D29" s="271"/>
+      <c r="E29" s="271"/>
+      <c r="F29" s="271"/>
+      <c r="G29" s="271"/>
+      <c r="H29" s="271"/>
+      <c r="I29" s="271"/>
+      <c r="J29" s="271"/>
+      <c r="K29" s="101"/>
+    </row>
+    <row r="30" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="270"/>
+      <c r="B30" s="271"/>
+      <c r="C30" s="271"/>
+      <c r="D30" s="271"/>
+      <c r="E30" s="271"/>
+      <c r="F30" s="271"/>
+      <c r="G30" s="271"/>
+      <c r="H30" s="271"/>
+      <c r="I30" s="271"/>
+      <c r="J30" s="271"/>
+      <c r="K30" s="101"/>
+    </row>
+    <row r="31" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="132"/>
+      <c r="B31" s="271"/>
+      <c r="C31" s="271"/>
+      <c r="D31" s="271"/>
+      <c r="E31" s="271"/>
+      <c r="F31" s="271"/>
+      <c r="G31" s="271"/>
+      <c r="H31" s="271"/>
+      <c r="I31" s="271"/>
+      <c r="J31" s="271"/>
+      <c r="K31" s="130"/>
+    </row>
+    <row r="32" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="137"/>
+      <c r="B32" s="271"/>
+      <c r="C32" s="271"/>
+      <c r="D32" s="271"/>
+      <c r="E32" s="271"/>
+      <c r="F32" s="271"/>
+      <c r="G32" s="271"/>
+      <c r="H32" s="271"/>
+      <c r="I32" s="271"/>
+      <c r="J32" s="271"/>
+      <c r="K32" s="101"/>
+    </row>
+    <row r="33" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="132"/>
+      <c r="B33" s="271"/>
+      <c r="C33" s="271"/>
+      <c r="D33" s="271"/>
+      <c r="E33" s="271"/>
+      <c r="F33" s="271"/>
+      <c r="G33" s="271"/>
+      <c r="H33" s="271"/>
+      <c r="I33" s="271"/>
+      <c r="J33" s="271"/>
+      <c r="K33" s="130"/>
+    </row>
+    <row r="34" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="275"/>
+      <c r="B34" s="271"/>
+      <c r="C34" s="271"/>
+      <c r="D34" s="271"/>
+      <c r="E34" s="271"/>
+      <c r="F34" s="271"/>
+      <c r="G34" s="271"/>
+      <c r="H34" s="271"/>
+      <c r="I34" s="271"/>
+      <c r="J34" s="271"/>
+      <c r="K34" s="101"/>
+    </row>
+    <row r="35" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="275"/>
+      <c r="B35" s="271"/>
+      <c r="C35" s="271"/>
+      <c r="D35" s="271"/>
+      <c r="E35" s="271"/>
+      <c r="F35" s="271"/>
+      <c r="G35" s="271"/>
+      <c r="H35" s="271"/>
+      <c r="I35" s="271"/>
+      <c r="J35" s="271"/>
+      <c r="K35" s="101"/>
+    </row>
+    <row r="36" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="270"/>
+      <c r="B36" s="271"/>
+      <c r="C36" s="271"/>
+      <c r="D36" s="271"/>
+      <c r="E36" s="271"/>
+      <c r="F36" s="271"/>
+      <c r="G36" s="271"/>
+      <c r="H36" s="271"/>
+      <c r="I36" s="271"/>
+      <c r="J36" s="271"/>
+      <c r="K36" s="101"/>
+    </row>
+    <row r="37" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="270"/>
+      <c r="B37" s="271"/>
+      <c r="C37" s="271"/>
+      <c r="D37" s="271"/>
+      <c r="E37" s="271"/>
+      <c r="F37" s="271"/>
+      <c r="G37" s="271"/>
+      <c r="H37" s="271"/>
+      <c r="I37" s="271"/>
+      <c r="J37" s="271"/>
+      <c r="K37" s="101"/>
+    </row>
+    <row r="38" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="270"/>
+      <c r="B38" s="271"/>
+      <c r="C38" s="271"/>
+      <c r="D38" s="271"/>
+      <c r="E38" s="271"/>
+      <c r="F38" s="271"/>
+      <c r="G38" s="271"/>
+      <c r="H38" s="271"/>
+      <c r="I38" s="271"/>
+      <c r="J38" s="271"/>
+      <c r="K38" s="101"/>
+    </row>
+    <row r="39" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="270"/>
+      <c r="B39" s="271"/>
+      <c r="C39" s="271"/>
+      <c r="D39" s="271"/>
+      <c r="E39" s="271"/>
+      <c r="F39" s="271"/>
+      <c r="G39" s="271"/>
+      <c r="H39" s="271"/>
+      <c r="I39" s="271"/>
+      <c r="J39" s="271"/>
+      <c r="K39" s="101"/>
+    </row>
+    <row r="40" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="270"/>
+      <c r="B40" s="271"/>
+      <c r="C40" s="271"/>
+      <c r="D40" s="271"/>
+      <c r="E40" s="271"/>
+      <c r="F40" s="271"/>
+      <c r="G40" s="271"/>
+      <c r="H40" s="271"/>
+      <c r="I40" s="271"/>
+      <c r="J40" s="271"/>
+      <c r="K40" s="101"/>
+    </row>
+    <row r="41" spans="1:11" ht="8.85" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="133"/>
+      <c r="B41" s="271"/>
+      <c r="C41" s="271"/>
+      <c r="D41" s="271"/>
+      <c r="E41" s="271"/>
+      <c r="F41" s="271"/>
+      <c r="G41" s="271"/>
+      <c r="H41" s="271"/>
+      <c r="I41" s="271"/>
+      <c r="J41" s="271"/>
+      <c r="K41" s="101"/>
+    </row>
+    <row r="42" spans="1:11" ht="8.85" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="133"/>
+      <c r="B42" s="136"/>
+      <c r="C42" s="136"/>
+      <c r="D42" s="136"/>
+      <c r="E42" s="136"/>
+      <c r="F42" s="136"/>
+      <c r="G42" s="136"/>
+      <c r="H42" s="136"/>
+      <c r="I42" s="136"/>
+      <c r="J42" s="136"/>
+      <c r="K42" s="101"/>
+    </row>
+    <row r="43" spans="1:11" ht="8.85" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="135"/>
+      <c r="B43" s="136"/>
+      <c r="C43" s="136"/>
+      <c r="D43" s="136"/>
+      <c r="E43" s="136"/>
+      <c r="F43" s="136"/>
+      <c r="G43" s="136"/>
+      <c r="H43" s="136"/>
+      <c r="I43" s="136"/>
+      <c r="J43" s="136"/>
+      <c r="K43" s="134"/>
+    </row>
+    <row r="44" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="135"/>
+      <c r="B44" s="273"/>
+      <c r="C44" s="274"/>
+      <c r="D44" s="274"/>
+      <c r="E44" s="274"/>
+      <c r="F44" s="274"/>
+      <c r="G44" s="274"/>
+      <c r="H44" s="274"/>
+      <c r="I44" s="274"/>
+      <c r="J44" s="274"/>
+      <c r="K44" s="134"/>
+    </row>
+    <row r="45" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="269"/>
+      <c r="B45" s="271"/>
+      <c r="C45" s="272"/>
+      <c r="D45" s="272"/>
+      <c r="E45" s="272"/>
+      <c r="F45" s="272"/>
+      <c r="G45" s="272"/>
+      <c r="H45" s="272"/>
+      <c r="I45" s="272"/>
+      <c r="J45" s="272"/>
+      <c r="K45" s="101"/>
+    </row>
+    <row r="46" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="269"/>
+      <c r="B46" s="271"/>
+      <c r="C46" s="272"/>
+      <c r="D46" s="272"/>
+      <c r="E46" s="272"/>
+      <c r="F46" s="272"/>
+      <c r="G46" s="272"/>
+      <c r="H46" s="272"/>
+      <c r="I46" s="272"/>
+      <c r="J46" s="272"/>
+      <c r="K46" s="101"/>
+    </row>
+    <row r="47" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="269"/>
+      <c r="B47" s="271"/>
+      <c r="C47" s="272"/>
+      <c r="D47" s="272"/>
+      <c r="E47" s="272"/>
+      <c r="F47" s="272"/>
+      <c r="G47" s="272"/>
+      <c r="H47" s="272"/>
+      <c r="I47" s="272"/>
+      <c r="J47" s="272"/>
+      <c r="K47" s="101"/>
+    </row>
+    <row r="48" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="269"/>
+      <c r="B48" s="271"/>
+      <c r="C48" s="272"/>
+      <c r="D48" s="272"/>
+      <c r="E48" s="272"/>
+      <c r="F48" s="272"/>
+      <c r="G48" s="272"/>
+      <c r="H48" s="272"/>
+      <c r="I48" s="272"/>
+      <c r="J48" s="272"/>
+      <c r="K48" s="101"/>
+    </row>
+    <row r="49" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="269"/>
+      <c r="B49" s="271"/>
+      <c r="C49" s="272"/>
+      <c r="D49" s="272"/>
+      <c r="E49" s="272"/>
+      <c r="F49" s="272"/>
+      <c r="G49" s="272"/>
+      <c r="H49" s="272"/>
+      <c r="I49" s="272"/>
+      <c r="J49" s="272"/>
+      <c r="K49" s="101"/>
+    </row>
+    <row r="50" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="269"/>
+      <c r="B50" s="271"/>
+      <c r="C50" s="272"/>
+      <c r="D50" s="272"/>
+      <c r="E50" s="272"/>
+      <c r="F50" s="272"/>
+      <c r="G50" s="272"/>
+      <c r="H50" s="272"/>
+      <c r="I50" s="272"/>
+      <c r="J50" s="272"/>
+      <c r="K50" s="101"/>
+    </row>
+    <row r="51" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="269"/>
+      <c r="B51" s="271"/>
+      <c r="C51" s="272"/>
+      <c r="D51" s="272"/>
+      <c r="E51" s="272"/>
+      <c r="F51" s="272"/>
+      <c r="G51" s="272"/>
+      <c r="H51" s="272"/>
+      <c r="I51" s="272"/>
+      <c r="J51" s="272"/>
+      <c r="K51" s="101"/>
+    </row>
+    <row r="52" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="269"/>
+      <c r="B52" s="271"/>
+      <c r="C52" s="272"/>
+      <c r="D52" s="272"/>
+      <c r="E52" s="272"/>
+      <c r="F52" s="272"/>
+      <c r="G52" s="272"/>
+      <c r="H52" s="272"/>
+      <c r="I52" s="272"/>
+      <c r="J52" s="272"/>
+      <c r="K52" s="101"/>
+    </row>
+    <row r="53" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="270"/>
+      <c r="B53" s="271"/>
+      <c r="C53" s="272"/>
+      <c r="D53" s="272"/>
+      <c r="E53" s="272"/>
+      <c r="F53" s="272"/>
+      <c r="G53" s="272"/>
+      <c r="H53" s="272"/>
+      <c r="I53" s="272"/>
+      <c r="J53" s="272"/>
+      <c r="K53" s="101"/>
+    </row>
+    <row r="54" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="270"/>
+      <c r="B54" s="271"/>
+      <c r="C54" s="272"/>
+      <c r="D54" s="272"/>
+      <c r="E54" s="272"/>
+      <c r="F54" s="272"/>
+      <c r="G54" s="272"/>
+      <c r="H54" s="272"/>
+      <c r="I54" s="272"/>
+      <c r="J54" s="272"/>
+      <c r="K54" s="101"/>
+    </row>
+    <row r="55" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="132"/>
+      <c r="B55" s="272"/>
+      <c r="C55" s="272"/>
+      <c r="D55" s="272"/>
+      <c r="E55" s="272"/>
+      <c r="F55" s="272"/>
+      <c r="G55" s="272"/>
+      <c r="H55" s="272"/>
+      <c r="I55" s="272"/>
+      <c r="J55" s="272"/>
+      <c r="K55" s="130"/>
+    </row>
+    <row r="56" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="132"/>
+      <c r="B56" s="131"/>
+      <c r="C56" s="131"/>
+      <c r="D56" s="131"/>
+      <c r="E56" s="131"/>
+      <c r="F56" s="131"/>
+      <c r="G56" s="131"/>
+      <c r="H56" s="131"/>
+      <c r="I56" s="131"/>
+      <c r="J56" s="131"/>
+      <c r="K56" s="130"/>
+    </row>
+    <row r="57" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="132"/>
+      <c r="B57" s="131"/>
+      <c r="C57" s="131"/>
+      <c r="D57" s="131"/>
+      <c r="E57" s="131"/>
+      <c r="F57" s="131"/>
+      <c r="G57" s="131"/>
+      <c r="H57" s="131"/>
+      <c r="I57" s="131"/>
+      <c r="J57" s="131"/>
+      <c r="K57" s="130"/>
+    </row>
+    <row r="58" spans="1:11" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="129"/>
+      <c r="B58" s="128"/>
+      <c r="C58" s="128"/>
+      <c r="D58" s="128"/>
+      <c r="E58" s="128"/>
+      <c r="F58" s="128"/>
+      <c r="G58" s="128"/>
+      <c r="H58" s="128"/>
+      <c r="I58" s="128"/>
+      <c r="J58" s="128"/>
+      <c r="K58" s="127"/>
+    </row>
+  </sheetData>
+  <mergeCells count="15">
+    <mergeCell ref="B8:J11"/>
+    <mergeCell ref="A1:K1"/>
+    <mergeCell ref="A3:A4"/>
+    <mergeCell ref="B3:J3"/>
+    <mergeCell ref="B4:J4"/>
+    <mergeCell ref="B7:J7"/>
+    <mergeCell ref="A45:A54"/>
+    <mergeCell ref="B45:J55"/>
+    <mergeCell ref="B14:J14"/>
+    <mergeCell ref="A15:A19"/>
+    <mergeCell ref="B15:J41"/>
+    <mergeCell ref="A21:A23"/>
+    <mergeCell ref="A25:A30"/>
+    <mergeCell ref="A34:A40"/>
+    <mergeCell ref="B44:J44"/>
+  </mergeCells>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="89" orientation="portrait" r:id="rId1"/>
+  <headerFooter alignWithMargins="0">
+    <oddFooter>&amp;L&amp;"-,Regular"&amp;11Private Railcar Fleet Industry (CA08)
+Private Railcar Fleet Industry (CA09)&amp;C&amp;"-,Regular"&amp;11 1&amp;R&amp;"-,Regular"&amp;11
+Revised 12/2018</oddFooter>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D2F8563E-7F4B-48B4-8734-9437A0306A9E}">
+  <dimension ref="A1:M57"/>
+  <sheetViews>
+    <sheetView view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B27" sqref="B27:J36"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="2" style="3" customWidth="1"/>
+    <col min="2" max="2" width="6.7109375" style="1" customWidth="1"/>
+    <col min="3" max="3" width="9.28515625" style="1" customWidth="1"/>
+    <col min="4" max="5" width="9.140625" style="1"/>
+    <col min="6" max="6" width="11.42578125" style="1" customWidth="1"/>
+    <col min="7" max="7" width="13.140625" style="1" customWidth="1"/>
+    <col min="8" max="9" width="9.140625" style="1"/>
+    <col min="10" max="10" width="21.140625" style="1" customWidth="1"/>
+    <col min="11" max="11" width="2.140625" style="1" customWidth="1"/>
+    <col min="12" max="16384" width="9.140625" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:11" ht="28.7" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="266" t="s">
+        <v>93</v>
+      </c>
+      <c r="B1" s="267"/>
+      <c r="C1" s="267"/>
+      <c r="D1" s="267"/>
+      <c r="E1" s="267"/>
+      <c r="F1" s="267"/>
+      <c r="G1" s="267"/>
+      <c r="H1" s="267"/>
+      <c r="I1" s="267"/>
+      <c r="J1" s="267"/>
+      <c r="K1" s="287"/>
+    </row>
+    <row r="2" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="146"/>
+      <c r="B2" s="147"/>
+      <c r="C2" s="147"/>
+      <c r="D2" s="147"/>
+      <c r="E2" s="147"/>
+      <c r="F2" s="147"/>
+      <c r="G2" s="147"/>
+      <c r="H2" s="147"/>
+      <c r="I2" s="147"/>
+      <c r="J2" s="147"/>
+      <c r="K2" s="144"/>
+    </row>
+    <row r="3" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="279"/>
+      <c r="B3" s="280" t="str">
+        <f>"This operator's statement and all additional documentation apply to the calendar year ending December 31, "&amp;'[2]Cover Sheet'!$B$1-1&amp;"."</f>
+        <v>This operator's statement and all additional documentation apply to the calendar year ending December 31, -1.</v>
+      </c>
+      <c r="C3" s="289"/>
+      <c r="D3" s="289"/>
+      <c r="E3" s="289"/>
+      <c r="F3" s="289"/>
+      <c r="G3" s="289"/>
+      <c r="H3" s="289"/>
+      <c r="I3" s="289"/>
+      <c r="J3" s="289"/>
+      <c r="K3" s="148"/>
+    </row>
+    <row r="4" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="288"/>
+      <c r="B4" s="282" t="str">
+        <f>"The statement must be signed and submitted to the Idaho State Tax Commission by April 30, "&amp;'[2]Cover Sheet'!$B$1&amp;"."</f>
+        <v>The statement must be signed and submitted to the Idaho State Tax Commission by April 30, .</v>
+      </c>
+      <c r="C4" s="283"/>
+      <c r="D4" s="283"/>
+      <c r="E4" s="283"/>
+      <c r="F4" s="283"/>
+      <c r="G4" s="283"/>
+      <c r="H4" s="283"/>
+      <c r="I4" s="283"/>
+      <c r="J4" s="283"/>
+      <c r="K4" s="140"/>
+    </row>
+    <row r="5" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="138"/>
       <c r="B5" s="150"/>
       <c r="C5" s="151"/>
       <c r="D5" s="151"/>
       <c r="E5" s="151"/>
       <c r="F5" s="151"/>
       <c r="G5" s="151"/>
       <c r="H5" s="151"/>
       <c r="I5" s="151"/>
       <c r="J5" s="151"/>
-      <c r="K5" s="41"/>
-[...2 lines deleted...]
-      <c r="A6" s="47"/>
+      <c r="K5" s="130"/>
+    </row>
+    <row r="6" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="138"/>
       <c r="B6" s="150"/>
       <c r="C6" s="151"/>
       <c r="D6" s="151"/>
       <c r="E6" s="151"/>
       <c r="F6" s="151"/>
       <c r="G6" s="151"/>
       <c r="H6" s="151"/>
       <c r="I6" s="151"/>
       <c r="J6" s="151"/>
-      <c r="K6" s="41"/>
+      <c r="K6" s="130"/>
     </row>
     <row r="7" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="33"/>
-[...1 lines deleted...]
-        <v>36</v>
+      <c r="A7" s="135"/>
+      <c r="B7" s="273" t="s">
+        <v>94</v>
       </c>
-      <c r="C7" s="289"/>
-[...12 lines deleted...]
-        <v>542</v>
+      <c r="C7" s="273"/>
+      <c r="D7" s="273"/>
+      <c r="E7" s="273"/>
+      <c r="F7" s="273"/>
+      <c r="G7" s="273"/>
+      <c r="H7" s="273"/>
+      <c r="I7" s="273"/>
+      <c r="J7" s="273"/>
+      <c r="K7" s="152"/>
+    </row>
+    <row r="8" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="269"/>
+      <c r="B8" s="284" t="s">
+        <v>95</v>
       </c>
-      <c r="C8" s="286"/>
-[...77 lines deleted...]
-        <v>34</v>
+      <c r="C8" s="290"/>
+      <c r="D8" s="290"/>
+      <c r="E8" s="290"/>
+      <c r="F8" s="290"/>
+      <c r="G8" s="290"/>
+      <c r="H8" s="290"/>
+      <c r="I8" s="290"/>
+      <c r="J8" s="290"/>
+      <c r="K8" s="154"/>
+    </row>
+    <row r="9" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="288"/>
+      <c r="B9" s="284"/>
+      <c r="C9" s="290"/>
+      <c r="D9" s="290"/>
+      <c r="E9" s="290"/>
+      <c r="F9" s="290"/>
+      <c r="G9" s="290"/>
+      <c r="H9" s="290"/>
+      <c r="I9" s="290"/>
+      <c r="J9" s="290"/>
+      <c r="K9" s="154"/>
+    </row>
+    <row r="10" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="288"/>
+      <c r="B10" s="284"/>
+      <c r="C10" s="290"/>
+      <c r="D10" s="290"/>
+      <c r="E10" s="290"/>
+      <c r="F10" s="290"/>
+      <c r="G10" s="290"/>
+      <c r="H10" s="290"/>
+      <c r="I10" s="290"/>
+      <c r="J10" s="290"/>
+      <c r="K10" s="154"/>
+    </row>
+    <row r="11" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="288"/>
+      <c r="B11" s="290"/>
+      <c r="C11" s="290"/>
+      <c r="D11" s="290"/>
+      <c r="E11" s="290"/>
+      <c r="F11" s="290"/>
+      <c r="G11" s="290"/>
+      <c r="H11" s="290"/>
+      <c r="I11" s="290"/>
+      <c r="J11" s="290"/>
+      <c r="K11" s="154"/>
+    </row>
+    <row r="12" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="135"/>
+      <c r="B12" s="290"/>
+      <c r="C12" s="290"/>
+      <c r="D12" s="290"/>
+      <c r="E12" s="290"/>
+      <c r="F12" s="290"/>
+      <c r="G12" s="290"/>
+      <c r="H12" s="290"/>
+      <c r="I12" s="290"/>
+      <c r="J12" s="290"/>
+      <c r="K12" s="155"/>
+    </row>
+    <row r="13" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="269"/>
+      <c r="B13" s="290"/>
+      <c r="C13" s="290"/>
+      <c r="D13" s="290"/>
+      <c r="E13" s="290"/>
+      <c r="F13" s="290"/>
+      <c r="G13" s="290"/>
+      <c r="H13" s="290"/>
+      <c r="I13" s="290"/>
+      <c r="J13" s="290"/>
+      <c r="K13" s="154"/>
+    </row>
+    <row r="14" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="288"/>
+      <c r="B14" s="290"/>
+      <c r="C14" s="290"/>
+      <c r="D14" s="290"/>
+      <c r="E14" s="290"/>
+      <c r="F14" s="290"/>
+      <c r="G14" s="290"/>
+      <c r="H14" s="290"/>
+      <c r="I14" s="290"/>
+      <c r="J14" s="290"/>
+      <c r="K14" s="154"/>
+    </row>
+    <row r="15" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="288"/>
+      <c r="B15" s="290"/>
+      <c r="C15" s="290"/>
+      <c r="D15" s="290"/>
+      <c r="E15" s="290"/>
+      <c r="F15" s="290"/>
+      <c r="G15" s="290"/>
+      <c r="H15" s="290"/>
+      <c r="I15" s="290"/>
+      <c r="J15" s="290"/>
+      <c r="K15" s="154"/>
+    </row>
+    <row r="16" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="288"/>
+      <c r="B16" s="290"/>
+      <c r="C16" s="290"/>
+      <c r="D16" s="290"/>
+      <c r="E16" s="290"/>
+      <c r="F16" s="290"/>
+      <c r="G16" s="290"/>
+      <c r="H16" s="290"/>
+      <c r="I16" s="290"/>
+      <c r="J16" s="290"/>
+      <c r="K16" s="154"/>
+    </row>
+    <row r="17" spans="1:13" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="288"/>
+      <c r="B17" s="290"/>
+      <c r="C17" s="290"/>
+      <c r="D17" s="290"/>
+      <c r="E17" s="290"/>
+      <c r="F17" s="290"/>
+      <c r="G17" s="290"/>
+      <c r="H17" s="290"/>
+      <c r="I17" s="290"/>
+      <c r="J17" s="290"/>
+      <c r="K17" s="154"/>
+    </row>
+    <row r="18" spans="1:13" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="288"/>
+      <c r="B18" s="290"/>
+      <c r="C18" s="290"/>
+      <c r="D18" s="290"/>
+      <c r="E18" s="290"/>
+      <c r="F18" s="290"/>
+      <c r="G18" s="290"/>
+      <c r="H18" s="290"/>
+      <c r="I18" s="290"/>
+      <c r="J18" s="290"/>
+      <c r="K18" s="154"/>
+    </row>
+    <row r="19" spans="1:13" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="149"/>
+      <c r="B19" s="290"/>
+      <c r="C19" s="290"/>
+      <c r="D19" s="290"/>
+      <c r="E19" s="290"/>
+      <c r="F19" s="290"/>
+      <c r="G19" s="290"/>
+      <c r="H19" s="290"/>
+      <c r="I19" s="290"/>
+      <c r="J19" s="290"/>
+      <c r="K19" s="154"/>
+    </row>
+    <row r="20" spans="1:13" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="149"/>
+      <c r="B20" s="290"/>
+      <c r="C20" s="290"/>
+      <c r="D20" s="290"/>
+      <c r="E20" s="290"/>
+      <c r="F20" s="290"/>
+      <c r="G20" s="290"/>
+      <c r="H20" s="290"/>
+      <c r="I20" s="290"/>
+      <c r="J20" s="290"/>
+      <c r="K20" s="154"/>
+      <c r="M20" s="156"/>
+    </row>
+    <row r="21" spans="1:13" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="275"/>
+      <c r="B21" s="290"/>
+      <c r="C21" s="290"/>
+      <c r="D21" s="290"/>
+      <c r="E21" s="290"/>
+      <c r="F21" s="290"/>
+      <c r="G21" s="290"/>
+      <c r="H21" s="290"/>
+      <c r="I21" s="290"/>
+      <c r="J21" s="290"/>
+      <c r="K21" s="154"/>
+    </row>
+    <row r="22" spans="1:13" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="275"/>
+      <c r="B22" s="290"/>
+      <c r="C22" s="290"/>
+      <c r="D22" s="290"/>
+      <c r="E22" s="290"/>
+      <c r="F22" s="290"/>
+      <c r="G22" s="290"/>
+      <c r="H22" s="290"/>
+      <c r="I22" s="290"/>
+      <c r="J22" s="290"/>
+      <c r="K22" s="154"/>
+    </row>
+    <row r="23" spans="1:13" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="288"/>
+      <c r="B23" s="290"/>
+      <c r="C23" s="290"/>
+      <c r="D23" s="290"/>
+      <c r="E23" s="290"/>
+      <c r="F23" s="290"/>
+      <c r="G23" s="290"/>
+      <c r="H23" s="290"/>
+      <c r="I23" s="290"/>
+      <c r="J23" s="290"/>
+      <c r="K23" s="155"/>
+    </row>
+    <row r="24" spans="1:13" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="149"/>
+      <c r="B24" s="153"/>
+      <c r="C24" s="153"/>
+      <c r="D24" s="153"/>
+      <c r="E24" s="153"/>
+      <c r="F24" s="153"/>
+      <c r="G24" s="157"/>
+      <c r="H24" s="153"/>
+      <c r="I24" s="153"/>
+      <c r="J24" s="153"/>
+      <c r="K24" s="155"/>
+    </row>
+    <row r="25" spans="1:13" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="149"/>
+      <c r="B25" s="153"/>
+      <c r="C25" s="153"/>
+      <c r="D25" s="153"/>
+      <c r="E25" s="153"/>
+      <c r="F25" s="153"/>
+      <c r="G25" s="153"/>
+      <c r="H25" s="153"/>
+      <c r="I25" s="153"/>
+      <c r="J25" s="153"/>
+      <c r="K25" s="155"/>
+    </row>
+    <row r="26" spans="1:13" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="135"/>
+      <c r="B26" s="273" t="s">
+        <v>20</v>
       </c>
-      <c r="C14" s="289"/>
-[...12 lines deleted...]
-        <v>543</v>
+      <c r="C26" s="273"/>
+      <c r="D26" s="273"/>
+      <c r="E26" s="273"/>
+      <c r="F26" s="273"/>
+      <c r="G26" s="273"/>
+      <c r="H26" s="273"/>
+      <c r="I26" s="273"/>
+      <c r="J26" s="273"/>
+      <c r="K26" s="152"/>
+    </row>
+    <row r="27" spans="1:13" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="138"/>
+      <c r="B27" s="284" t="s">
+        <v>96</v>
       </c>
-      <c r="C15" s="297"/>
-[...206 lines deleted...]
-      <c r="B31" s="297"/>
+      <c r="C27" s="285"/>
+      <c r="D27" s="285"/>
+      <c r="E27" s="285"/>
+      <c r="F27" s="285"/>
+      <c r="G27" s="285"/>
+      <c r="H27" s="285"/>
+      <c r="I27" s="285"/>
+      <c r="J27" s="285"/>
+      <c r="K27" s="154"/>
+    </row>
+    <row r="28" spans="1:13" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="138"/>
+      <c r="B28" s="285"/>
+      <c r="C28" s="285"/>
+      <c r="D28" s="285"/>
+      <c r="E28" s="285"/>
+      <c r="F28" s="285"/>
+      <c r="G28" s="285"/>
+      <c r="H28" s="285"/>
+      <c r="I28" s="285"/>
+      <c r="J28" s="285"/>
+      <c r="K28" s="154"/>
+    </row>
+    <row r="29" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="138"/>
+      <c r="B29" s="285"/>
+      <c r="C29" s="285"/>
+      <c r="D29" s="285"/>
+      <c r="E29" s="285"/>
+      <c r="F29" s="285"/>
+      <c r="G29" s="285"/>
+      <c r="H29" s="285"/>
+      <c r="I29" s="285"/>
+      <c r="J29" s="285"/>
+      <c r="K29" s="154"/>
+    </row>
+    <row r="30" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="146"/>
+      <c r="B30" s="285"/>
+      <c r="C30" s="285"/>
+      <c r="D30" s="285"/>
+      <c r="E30" s="285"/>
+      <c r="F30" s="285"/>
+      <c r="G30" s="285"/>
+      <c r="H30" s="285"/>
+      <c r="I30" s="285"/>
+      <c r="J30" s="285"/>
+      <c r="K30" s="154"/>
+    </row>
+    <row r="31" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="146"/>
+      <c r="B31" s="285"/>
+      <c r="C31" s="285"/>
+      <c r="D31" s="285"/>
+      <c r="E31" s="285"/>
+      <c r="F31" s="285"/>
+      <c r="G31" s="285"/>
+      <c r="H31" s="285"/>
+      <c r="I31" s="285"/>
+      <c r="J31" s="285"/>
+      <c r="K31" s="154"/>
+    </row>
+    <row r="32" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="146"/>
+      <c r="B32" s="285"/>
+      <c r="C32" s="285"/>
+      <c r="D32" s="285"/>
+      <c r="E32" s="285"/>
+      <c r="F32" s="285"/>
+      <c r="G32" s="285"/>
+      <c r="H32" s="285"/>
+      <c r="I32" s="285"/>
+      <c r="J32" s="285"/>
+      <c r="K32" s="154"/>
+    </row>
+    <row r="33" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="146"/>
+      <c r="B33" s="285"/>
+      <c r="C33" s="285"/>
+      <c r="D33" s="285"/>
+      <c r="E33" s="285"/>
+      <c r="F33" s="285"/>
+      <c r="G33" s="285"/>
+      <c r="H33" s="285"/>
+      <c r="I33" s="285"/>
+      <c r="J33" s="285"/>
+      <c r="K33" s="154"/>
+    </row>
+    <row r="34" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="146"/>
+      <c r="B34" s="285"/>
+      <c r="C34" s="285"/>
+      <c r="D34" s="285"/>
+      <c r="E34" s="285"/>
+      <c r="F34" s="285"/>
+      <c r="G34" s="285"/>
+      <c r="H34" s="285"/>
+      <c r="I34" s="285"/>
+      <c r="J34" s="285"/>
+      <c r="K34" s="154"/>
+    </row>
+    <row r="35" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="146"/>
+      <c r="B35" s="285"/>
+      <c r="C35" s="285"/>
+      <c r="D35" s="285"/>
+      <c r="E35" s="285"/>
+      <c r="F35" s="285"/>
+      <c r="G35" s="285"/>
+      <c r="H35" s="285"/>
+      <c r="I35" s="285"/>
+      <c r="J35" s="285"/>
+      <c r="K35" s="154"/>
+    </row>
+    <row r="36" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="146"/>
+      <c r="B36" s="285"/>
+      <c r="C36" s="285"/>
+      <c r="D36" s="285"/>
+      <c r="E36" s="285"/>
+      <c r="F36" s="285"/>
+      <c r="G36" s="285"/>
+      <c r="H36" s="285"/>
+      <c r="I36" s="285"/>
+      <c r="J36" s="285"/>
+      <c r="K36" s="154"/>
+    </row>
+    <row r="37" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A37" s="146"/>
+      <c r="B37" s="158"/>
+      <c r="C37" s="158"/>
+      <c r="D37" s="158"/>
+      <c r="E37" s="158"/>
+      <c r="F37" s="158"/>
+      <c r="G37" s="158"/>
+      <c r="H37" s="158"/>
+      <c r="I37" s="158"/>
+      <c r="J37" s="158"/>
+      <c r="K37" s="144"/>
+    </row>
+    <row r="38" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A38" s="146"/>
+      <c r="B38" s="158"/>
+      <c r="C38" s="158"/>
+      <c r="D38" s="158"/>
+      <c r="E38" s="158"/>
+      <c r="F38" s="158"/>
+      <c r="G38" s="158"/>
+      <c r="H38" s="158"/>
+      <c r="I38" s="158"/>
+      <c r="J38" s="158"/>
+      <c r="K38" s="144"/>
+    </row>
+    <row r="39" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="146"/>
+      <c r="B39" s="158"/>
+      <c r="C39" s="158"/>
+      <c r="D39" s="158"/>
+      <c r="E39" s="158"/>
+      <c r="F39" s="158"/>
+      <c r="G39" s="158"/>
+      <c r="H39" s="158"/>
+      <c r="I39" s="158"/>
+      <c r="J39" s="158"/>
+      <c r="K39" s="144"/>
+    </row>
+    <row r="40" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A40" s="146"/>
+      <c r="B40" s="158"/>
+      <c r="C40" s="158"/>
+      <c r="D40" s="158"/>
+      <c r="E40" s="158"/>
+      <c r="F40" s="158"/>
+      <c r="G40" s="158"/>
+      <c r="H40" s="158"/>
+      <c r="I40" s="158"/>
+      <c r="J40" s="158"/>
+      <c r="K40" s="144"/>
+    </row>
+    <row r="41" spans="1:11" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="135"/>
+      <c r="B41" s="273" t="s">
+        <v>97</v>
+      </c>
+      <c r="C41" s="273"/>
+      <c r="D41" s="273"/>
+      <c r="E41" s="273"/>
+      <c r="F41" s="273"/>
+      <c r="G41" s="273"/>
+      <c r="H41" s="273"/>
+      <c r="I41" s="273"/>
+      <c r="J41" s="273"/>
+      <c r="K41" s="152"/>
+    </row>
+    <row r="42" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A42" s="146"/>
+      <c r="B42" s="284" t="s">
+        <v>112</v>
+      </c>
+      <c r="C42" s="286"/>
+      <c r="D42" s="286"/>
+      <c r="E42" s="286"/>
+      <c r="F42" s="286"/>
+      <c r="G42" s="286"/>
+      <c r="H42" s="286"/>
+      <c r="I42" s="286"/>
+      <c r="J42" s="286"/>
+      <c r="K42" s="144"/>
+    </row>
+    <row r="43" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A43" s="146"/>
+      <c r="B43" s="286"/>
+      <c r="C43" s="286"/>
+      <c r="D43" s="286"/>
+      <c r="E43" s="286"/>
+      <c r="F43" s="286"/>
+      <c r="G43" s="286"/>
+      <c r="H43" s="286"/>
+      <c r="I43" s="286"/>
+      <c r="J43" s="286"/>
+      <c r="K43" s="144"/>
+    </row>
+    <row r="44" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A44" s="146"/>
+      <c r="B44" s="286"/>
+      <c r="C44" s="286"/>
+      <c r="D44" s="286"/>
+      <c r="E44" s="286"/>
+      <c r="F44" s="286"/>
+      <c r="G44" s="286"/>
+      <c r="H44" s="286"/>
+      <c r="I44" s="286"/>
+      <c r="J44" s="286"/>
+      <c r="K44" s="144"/>
+    </row>
+    <row r="45" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A45" s="146"/>
+      <c r="B45" s="286"/>
+      <c r="C45" s="286"/>
+      <c r="D45" s="286"/>
+      <c r="E45" s="286"/>
+      <c r="F45" s="286"/>
+      <c r="G45" s="286"/>
+      <c r="H45" s="286"/>
+      <c r="I45" s="286"/>
+      <c r="J45" s="286"/>
+      <c r="K45" s="144"/>
+    </row>
+    <row r="46" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A46" s="146"/>
+      <c r="B46" s="286"/>
+      <c r="C46" s="286"/>
+      <c r="D46" s="286"/>
+      <c r="E46" s="286"/>
+      <c r="F46" s="286"/>
+      <c r="G46" s="286"/>
+      <c r="H46" s="286"/>
+      <c r="I46" s="286"/>
+      <c r="J46" s="286"/>
+      <c r="K46" s="144"/>
+    </row>
+    <row r="47" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A47" s="146"/>
+      <c r="B47" s="147"/>
+      <c r="C47" s="147"/>
+      <c r="D47" s="147"/>
+      <c r="E47" s="147"/>
+      <c r="F47" s="147"/>
+      <c r="G47" s="147"/>
+      <c r="H47" s="147"/>
+      <c r="I47" s="147"/>
+      <c r="J47" s="147"/>
+      <c r="K47" s="144"/>
+    </row>
+    <row r="48" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A48" s="146"/>
+      <c r="B48" s="147"/>
+      <c r="C48" s="147"/>
+      <c r="D48" s="147"/>
+      <c r="E48" s="147"/>
+      <c r="F48" s="147"/>
+      <c r="G48" s="147"/>
+      <c r="H48" s="147"/>
+      <c r="I48" s="147"/>
+      <c r="J48" s="147"/>
+      <c r="K48" s="144"/>
+    </row>
+    <row r="49" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A49" s="146"/>
+      <c r="B49" s="147"/>
+      <c r="C49" s="147"/>
+      <c r="D49" s="147"/>
+      <c r="E49" s="147"/>
+      <c r="F49" s="147"/>
+      <c r="G49" s="147"/>
+      <c r="H49" s="147"/>
+      <c r="I49" s="147"/>
+      <c r="J49" s="147"/>
+      <c r="K49" s="144"/>
+    </row>
+    <row r="50" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A50" s="146"/>
+      <c r="B50" s="147"/>
+      <c r="C50" s="147"/>
+      <c r="D50" s="147"/>
+      <c r="E50" s="147"/>
+      <c r="F50" s="147"/>
+      <c r="G50" s="147"/>
+      <c r="H50" s="147"/>
+      <c r="I50" s="147"/>
+      <c r="J50" s="147"/>
+      <c r="K50" s="144"/>
+    </row>
+    <row r="51" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A51" s="146"/>
+      <c r="B51" s="147"/>
+      <c r="C51" s="147"/>
+      <c r="D51" s="147"/>
+      <c r="E51" s="147"/>
+      <c r="F51" s="147"/>
+      <c r="G51" s="147"/>
+      <c r="H51" s="147"/>
+      <c r="I51" s="147"/>
+      <c r="J51" s="147"/>
+      <c r="K51" s="144"/>
+    </row>
+    <row r="52" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A52" s="146"/>
+      <c r="B52" s="147"/>
+      <c r="C52" s="147"/>
+      <c r="D52" s="147"/>
+      <c r="E52" s="147"/>
+      <c r="F52" s="147"/>
+      <c r="G52" s="147"/>
+      <c r="H52" s="147"/>
+      <c r="I52" s="147"/>
+      <c r="J52" s="147"/>
+      <c r="K52" s="144"/>
+    </row>
+    <row r="53" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A53" s="146"/>
+      <c r="B53" s="147"/>
+      <c r="C53" s="147"/>
+      <c r="D53" s="147"/>
+      <c r="E53" s="147"/>
+      <c r="F53" s="147"/>
+      <c r="G53" s="147"/>
+      <c r="H53" s="147"/>
+      <c r="I53" s="147"/>
+      <c r="J53" s="147"/>
+      <c r="K53" s="144"/>
+    </row>
+    <row r="54" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A54" s="146"/>
+      <c r="B54" s="147"/>
+      <c r="C54" s="147"/>
+      <c r="D54" s="147"/>
+      <c r="E54" s="147"/>
+      <c r="F54" s="147"/>
+      <c r="G54" s="147"/>
+      <c r="H54" s="147"/>
+      <c r="I54" s="147"/>
+      <c r="J54" s="147"/>
+      <c r="K54" s="144"/>
+    </row>
+    <row r="55" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A55" s="146"/>
+      <c r="B55" s="147"/>
+      <c r="C55" s="147"/>
+      <c r="D55" s="147"/>
+      <c r="E55" s="147"/>
+      <c r="F55" s="147"/>
+      <c r="G55" s="147"/>
+      <c r="H55" s="147"/>
+      <c r="I55" s="147"/>
+      <c r="J55" s="147"/>
+      <c r="K55" s="144"/>
+    </row>
+    <row r="56" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A56" s="146"/>
+      <c r="B56" s="147"/>
+      <c r="C56" s="147"/>
+      <c r="D56" s="147"/>
+      <c r="E56" s="147"/>
+      <c r="F56" s="147"/>
+      <c r="G56" s="147"/>
+      <c r="H56" s="147"/>
+      <c r="I56" s="147"/>
+      <c r="J56" s="147"/>
+      <c r="K56" s="144"/>
+    </row>
+    <row r="57" spans="1:11" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="159"/>
+      <c r="B57" s="160"/>
+      <c r="C57" s="160"/>
+      <c r="D57" s="160"/>
+      <c r="E57" s="160"/>
+      <c r="F57" s="160"/>
+      <c r="G57" s="160"/>
+      <c r="H57" s="160"/>
+      <c r="I57" s="160"/>
+      <c r="J57" s="160"/>
+      <c r="K57" s="161"/>
+    </row>
+  </sheetData>
+  <mergeCells count="13">
+    <mergeCell ref="B26:J26"/>
+    <mergeCell ref="B27:J36"/>
+    <mergeCell ref="B41:J41"/>
+    <mergeCell ref="B42:J46"/>
+    <mergeCell ref="A1:K1"/>
+    <mergeCell ref="A3:A4"/>
+    <mergeCell ref="B3:J3"/>
+    <mergeCell ref="B4:J4"/>
+    <mergeCell ref="B7:J7"/>
+    <mergeCell ref="A8:A11"/>
+    <mergeCell ref="B8:J23"/>
+    <mergeCell ref="A13:A18"/>
+    <mergeCell ref="A21:A23"/>
+  </mergeCells>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="89" orientation="portrait" r:id="rId1"/>
+  <headerFooter alignWithMargins="0">
+    <oddFooter>&amp;L&amp;"-,Regular"&amp;11Private Railcar Fleet Industry (CA08)
+Private Railcar Fleet Industry (CA09)&amp;C&amp;"-,Regular"&amp;11 2&amp;R&amp;"-,Regular"&amp;11
+Revised 12/2018</oddFooter>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{10704847-A70B-4223-A8A7-E82E898CDA14}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:N60"/>
+  <sheetViews>
+    <sheetView view="pageLayout" topLeftCell="A26" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="Q53" sqref="Q53"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="4.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="2" style="1" customWidth="1"/>
+    <col min="2" max="2" width="10.28515625" style="3" customWidth="1"/>
+    <col min="3" max="5" width="10.85546875" style="1" customWidth="1"/>
+    <col min="6" max="6" width="12.5703125" style="1" customWidth="1"/>
+    <col min="7" max="7" width="10.85546875" style="1" customWidth="1"/>
+    <col min="8" max="8" width="10.7109375" style="1" customWidth="1"/>
+    <col min="9" max="9" width="10.85546875" style="1" customWidth="1"/>
+    <col min="10" max="10" width="10" style="1" customWidth="1"/>
+    <col min="11" max="11" width="2.140625" style="1" customWidth="1"/>
+    <col min="12" max="16384" width="4.85546875" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:11" s="162" customFormat="1" ht="28.7" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="292" t="s">
+        <v>98</v>
+      </c>
+      <c r="B1" s="267"/>
+      <c r="C1" s="267"/>
+      <c r="D1" s="267"/>
+      <c r="E1" s="267"/>
+      <c r="F1" s="267"/>
+      <c r="G1" s="267"/>
+      <c r="H1" s="267"/>
+      <c r="I1" s="267"/>
+      <c r="J1" s="267"/>
+      <c r="K1" s="293"/>
+    </row>
+    <row r="2" spans="1:11" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="163"/>
+      <c r="B2" s="164"/>
+      <c r="C2" s="164"/>
+      <c r="D2" s="164"/>
+      <c r="E2" s="164"/>
+      <c r="F2" s="164"/>
+      <c r="G2" s="164"/>
+      <c r="H2" s="164"/>
+      <c r="I2" s="164"/>
+      <c r="J2" s="164"/>
+      <c r="K2" s="165"/>
+    </row>
+    <row r="3" spans="1:11" s="166" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="163"/>
+      <c r="B3" s="294" t="s">
+        <v>99</v>
+      </c>
+      <c r="C3" s="295"/>
+      <c r="D3" s="295"/>
+      <c r="E3" s="295"/>
+      <c r="F3" s="295"/>
+      <c r="G3" s="295"/>
+      <c r="H3" s="295"/>
+      <c r="I3" s="295"/>
+      <c r="J3" s="295"/>
+      <c r="K3" s="134"/>
+    </row>
+    <row r="4" spans="1:11" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="163"/>
+      <c r="B4" s="291" t="s">
+        <v>100</v>
+      </c>
+      <c r="C4" s="291"/>
+      <c r="D4" s="291"/>
+      <c r="E4" s="291"/>
+      <c r="F4" s="291"/>
+      <c r="G4" s="291"/>
+      <c r="H4" s="291"/>
+      <c r="I4" s="291"/>
+      <c r="J4" s="291"/>
+      <c r="K4" s="167"/>
+    </row>
+    <row r="5" spans="1:11" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="163"/>
+      <c r="B5" s="291"/>
+      <c r="C5" s="291"/>
+      <c r="D5" s="291"/>
+      <c r="E5" s="291"/>
+      <c r="F5" s="291"/>
+      <c r="G5" s="291"/>
+      <c r="H5" s="291"/>
+      <c r="I5" s="291"/>
+      <c r="J5" s="291"/>
+      <c r="K5" s="167"/>
+    </row>
+    <row r="6" spans="1:11" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="163"/>
+      <c r="B6" s="291"/>
+      <c r="C6" s="291"/>
+      <c r="D6" s="291"/>
+      <c r="E6" s="291"/>
+      <c r="F6" s="291"/>
+      <c r="G6" s="291"/>
+      <c r="H6" s="291"/>
+      <c r="I6" s="291"/>
+      <c r="J6" s="291"/>
+      <c r="K6" s="167"/>
+    </row>
+    <row r="7" spans="1:11" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="163"/>
+      <c r="B7" s="291"/>
+      <c r="C7" s="291"/>
+      <c r="D7" s="291"/>
+      <c r="E7" s="291"/>
+      <c r="F7" s="291"/>
+      <c r="G7" s="291"/>
+      <c r="H7" s="291"/>
+      <c r="I7" s="291"/>
+      <c r="J7" s="291"/>
+      <c r="K7" s="167"/>
+    </row>
+    <row r="8" spans="1:11" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="163"/>
+      <c r="B8" s="291"/>
+      <c r="C8" s="291"/>
+      <c r="D8" s="291"/>
+      <c r="E8" s="291"/>
+      <c r="F8" s="291"/>
+      <c r="G8" s="291"/>
+      <c r="H8" s="291"/>
+      <c r="I8" s="291"/>
+      <c r="J8" s="291"/>
+      <c r="K8" s="167"/>
+    </row>
+    <row r="9" spans="1:11" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="163"/>
+      <c r="B9" s="291"/>
+      <c r="C9" s="291"/>
+      <c r="D9" s="291"/>
+      <c r="E9" s="291"/>
+      <c r="F9" s="291"/>
+      <c r="G9" s="291"/>
+      <c r="H9" s="291"/>
+      <c r="I9" s="291"/>
+      <c r="J9" s="291"/>
+      <c r="K9" s="167"/>
+    </row>
+    <row r="10" spans="1:11" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="163"/>
+      <c r="B10" s="291"/>
+      <c r="C10" s="291"/>
+      <c r="D10" s="291"/>
+      <c r="E10" s="291"/>
+      <c r="F10" s="291"/>
+      <c r="G10" s="291"/>
+      <c r="H10" s="291"/>
+      <c r="I10" s="291"/>
+      <c r="J10" s="291"/>
+      <c r="K10" s="167"/>
+    </row>
+    <row r="11" spans="1:11" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="163"/>
+      <c r="B11" s="291"/>
+      <c r="C11" s="291"/>
+      <c r="D11" s="291"/>
+      <c r="E11" s="291"/>
+      <c r="F11" s="291"/>
+      <c r="G11" s="291"/>
+      <c r="H11" s="291"/>
+      <c r="I11" s="291"/>
+      <c r="J11" s="291"/>
+      <c r="K11" s="167"/>
+    </row>
+    <row r="12" spans="1:11" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="163"/>
+      <c r="B12" s="291"/>
+      <c r="C12" s="291"/>
+      <c r="D12" s="291"/>
+      <c r="E12" s="291"/>
+      <c r="F12" s="291"/>
+      <c r="G12" s="291"/>
+      <c r="H12" s="291"/>
+      <c r="I12" s="291"/>
+      <c r="J12" s="291"/>
+      <c r="K12" s="167"/>
+    </row>
+    <row r="13" spans="1:11" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="163"/>
+      <c r="B13" s="291"/>
+      <c r="C13" s="291"/>
+      <c r="D13" s="291"/>
+      <c r="E13" s="291"/>
+      <c r="F13" s="291"/>
+      <c r="G13" s="291"/>
+      <c r="H13" s="291"/>
+      <c r="I13" s="291"/>
+      <c r="J13" s="291"/>
+      <c r="K13" s="167"/>
+    </row>
+    <row r="14" spans="1:11" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="163"/>
+      <c r="B14" s="291"/>
+      <c r="C14" s="291"/>
+      <c r="D14" s="291"/>
+      <c r="E14" s="291"/>
+      <c r="F14" s="291"/>
+      <c r="G14" s="291"/>
+      <c r="H14" s="291"/>
+      <c r="I14" s="291"/>
+      <c r="J14" s="291"/>
+      <c r="K14" s="167"/>
+    </row>
+    <row r="15" spans="1:11" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="163"/>
+      <c r="B15" s="291"/>
+      <c r="C15" s="291"/>
+      <c r="D15" s="291"/>
+      <c r="E15" s="291"/>
+      <c r="F15" s="291"/>
+      <c r="G15" s="291"/>
+      <c r="H15" s="291"/>
+      <c r="I15" s="291"/>
+      <c r="J15" s="291"/>
+      <c r="K15" s="167"/>
+    </row>
+    <row r="16" spans="1:11" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="163"/>
+      <c r="B16" s="291"/>
+      <c r="C16" s="291"/>
+      <c r="D16" s="291"/>
+      <c r="E16" s="291"/>
+      <c r="F16" s="291"/>
+      <c r="G16" s="291"/>
+      <c r="H16" s="291"/>
+      <c r="I16" s="291"/>
+      <c r="J16" s="291"/>
+      <c r="K16" s="167"/>
+    </row>
+    <row r="17" spans="1:14" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="163"/>
+      <c r="B17" s="291"/>
+      <c r="C17" s="291"/>
+      <c r="D17" s="291"/>
+      <c r="E17" s="291"/>
+      <c r="F17" s="291"/>
+      <c r="G17" s="291"/>
+      <c r="H17" s="291"/>
+      <c r="I17" s="291"/>
+      <c r="J17" s="291"/>
+      <c r="K17" s="167"/>
+      <c r="N17" s="168"/>
+    </row>
+    <row r="18" spans="1:14" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="163"/>
+      <c r="B18" s="291"/>
+      <c r="C18" s="291"/>
+      <c r="D18" s="291"/>
+      <c r="E18" s="291"/>
+      <c r="F18" s="291"/>
+      <c r="G18" s="291"/>
+      <c r="H18" s="291"/>
+      <c r="I18" s="291"/>
+      <c r="J18" s="291"/>
+      <c r="K18" s="167"/>
+    </row>
+    <row r="19" spans="1:14" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="163"/>
+      <c r="B19" s="291"/>
+      <c r="C19" s="291"/>
+      <c r="D19" s="291"/>
+      <c r="E19" s="291"/>
+      <c r="F19" s="291"/>
+      <c r="G19" s="291"/>
+      <c r="H19" s="291"/>
+      <c r="I19" s="291"/>
+      <c r="J19" s="291"/>
+      <c r="K19" s="167"/>
+    </row>
+    <row r="20" spans="1:14" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="163"/>
+      <c r="B20" s="291"/>
+      <c r="C20" s="291"/>
+      <c r="D20" s="291"/>
+      <c r="E20" s="291"/>
+      <c r="F20" s="291"/>
+      <c r="G20" s="291"/>
+      <c r="H20" s="291"/>
+      <c r="I20" s="291"/>
+      <c r="J20" s="291"/>
+      <c r="K20" s="167"/>
+    </row>
+    <row r="21" spans="1:14" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="163"/>
+      <c r="B21" s="291"/>
+      <c r="C21" s="291"/>
+      <c r="D21" s="291"/>
+      <c r="E21" s="291"/>
+      <c r="F21" s="291"/>
+      <c r="G21" s="291"/>
+      <c r="H21" s="291"/>
+      <c r="I21" s="291"/>
+      <c r="J21" s="291"/>
+      <c r="K21" s="167"/>
+    </row>
+    <row r="22" spans="1:14" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="163"/>
+      <c r="B22" s="291"/>
+      <c r="C22" s="291"/>
+      <c r="D22" s="291"/>
+      <c r="E22" s="291"/>
+      <c r="F22" s="291"/>
+      <c r="G22" s="291"/>
+      <c r="H22" s="291"/>
+      <c r="I22" s="291"/>
+      <c r="J22" s="291"/>
+      <c r="K22" s="167"/>
+    </row>
+    <row r="23" spans="1:14" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="163"/>
+      <c r="B23" s="291"/>
+      <c r="C23" s="291"/>
+      <c r="D23" s="291"/>
+      <c r="E23" s="291"/>
+      <c r="F23" s="291"/>
+      <c r="G23" s="291"/>
+      <c r="H23" s="291"/>
+      <c r="I23" s="291"/>
+      <c r="J23" s="291"/>
+      <c r="K23" s="167"/>
+    </row>
+    <row r="24" spans="1:14" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="163"/>
+      <c r="B24" s="291"/>
+      <c r="C24" s="291"/>
+      <c r="D24" s="291"/>
+      <c r="E24" s="291"/>
+      <c r="F24" s="291"/>
+      <c r="G24" s="291"/>
+      <c r="H24" s="291"/>
+      <c r="I24" s="291"/>
+      <c r="J24" s="291"/>
+      <c r="K24" s="167"/>
+    </row>
+    <row r="25" spans="1:14" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="163"/>
+      <c r="B25" s="291"/>
+      <c r="C25" s="291"/>
+      <c r="D25" s="291"/>
+      <c r="E25" s="291"/>
+      <c r="F25" s="291"/>
+      <c r="G25" s="291"/>
+      <c r="H25" s="291"/>
+      <c r="I25" s="291"/>
+      <c r="J25" s="291"/>
+      <c r="K25" s="167"/>
+    </row>
+    <row r="26" spans="1:14" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="163"/>
+      <c r="B26" s="291"/>
+      <c r="C26" s="291"/>
+      <c r="D26" s="291"/>
+      <c r="E26" s="291"/>
+      <c r="F26" s="291"/>
+      <c r="G26" s="291"/>
+      <c r="H26" s="291"/>
+      <c r="I26" s="291"/>
+      <c r="J26" s="291"/>
+      <c r="K26" s="167"/>
+    </row>
+    <row r="27" spans="1:14" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="163"/>
+      <c r="B27" s="291"/>
+      <c r="C27" s="291"/>
+      <c r="D27" s="291"/>
+      <c r="E27" s="291"/>
+      <c r="F27" s="291"/>
+      <c r="G27" s="291"/>
+      <c r="H27" s="291"/>
+      <c r="I27" s="291"/>
+      <c r="J27" s="291"/>
+      <c r="K27" s="167"/>
+    </row>
+    <row r="28" spans="1:14" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="163"/>
+      <c r="B28" s="291"/>
+      <c r="C28" s="291"/>
+      <c r="D28" s="291"/>
+      <c r="E28" s="291"/>
+      <c r="F28" s="291"/>
+      <c r="G28" s="291"/>
+      <c r="H28" s="291"/>
+      <c r="I28" s="291"/>
+      <c r="J28" s="291"/>
+      <c r="K28" s="167"/>
+    </row>
+    <row r="29" spans="1:14" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="163"/>
+      <c r="B29" s="291"/>
+      <c r="C29" s="291"/>
+      <c r="D29" s="291"/>
+      <c r="E29" s="291"/>
+      <c r="F29" s="291"/>
+      <c r="G29" s="291"/>
+      <c r="H29" s="291"/>
+      <c r="I29" s="291"/>
+      <c r="J29" s="291"/>
+      <c r="K29" s="167"/>
+    </row>
+    <row r="30" spans="1:14" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="163"/>
+      <c r="B30" s="291"/>
+      <c r="C30" s="291"/>
+      <c r="D30" s="291"/>
+      <c r="E30" s="291"/>
+      <c r="F30" s="291"/>
+      <c r="G30" s="291"/>
+      <c r="H30" s="291"/>
+      <c r="I30" s="291"/>
+      <c r="J30" s="291"/>
+      <c r="K30" s="167"/>
+    </row>
+    <row r="31" spans="1:14" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="163"/>
+      <c r="B31" s="296"/>
       <c r="C31" s="297"/>
       <c r="D31" s="297"/>
       <c r="E31" s="297"/>
       <c r="F31" s="297"/>
       <c r="G31" s="297"/>
       <c r="H31" s="297"/>
       <c r="I31" s="297"/>
       <c r="J31" s="297"/>
-      <c r="K31" s="35"/>
-[...404 lines deleted...]
-        <v>25</v>
+      <c r="K31" s="167"/>
+    </row>
+    <row r="32" spans="1:14" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="163"/>
+      <c r="B32" s="298" t="s">
+        <v>101</v>
       </c>
-      <c r="B1" s="283"/>
-[...27 lines deleted...]
-        <v>This operator's statement and all additional documentation apply to the calendar year ending December 31, 2024.</v>
+      <c r="C32" s="299"/>
+      <c r="D32" s="170"/>
+      <c r="E32" s="171" t="s">
+        <v>102</v>
       </c>
-      <c r="C3" s="302"/>
-[...13 lines deleted...]
-        <v>The statement must be signed and submitted to the Idaho State Tax Commission by April 30, 2025 .</v>
+      <c r="F32" s="300" t="s">
+        <v>103</v>
       </c>
-      <c r="C4" s="295"/>
-[...38 lines deleted...]
-        <v>35</v>
+      <c r="G32" s="300"/>
+      <c r="H32" s="171" t="s">
+        <v>104</v>
       </c>
-      <c r="C7" s="288"/>
-[...1151 lines deleted...]
-      <c r="I32" s="319" t="s">
+      <c r="I32" s="301" t="s">
         <v>2</v>
       </c>
-      <c r="J32" s="320"/>
-[...5 lines deleted...]
-        <v>44</v>
+      <c r="J32" s="302"/>
+      <c r="K32" s="167"/>
+    </row>
+    <row r="33" spans="1:13" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="163"/>
+      <c r="B33" s="298" t="s">
+        <v>105</v>
       </c>
-      <c r="C33" s="315"/>
-[...2 lines deleted...]
-        <v>41</v>
+      <c r="C33" s="299"/>
+      <c r="D33" s="170"/>
+      <c r="E33" s="171" t="s">
+        <v>106</v>
       </c>
-      <c r="F33" s="330" t="s">
-        <v>4</v>
+      <c r="F33" s="303" t="s">
+        <v>107</v>
       </c>
-      <c r="G33" s="330"/>
-[...2 lines deleted...]
-        <v>5</v>
+      <c r="G33" s="303"/>
+      <c r="H33" s="172"/>
+      <c r="I33" s="301" t="s">
+        <v>108</v>
       </c>
-      <c r="J33" s="320"/>
-[...12 lines deleted...]
-        <v>6</v>
+      <c r="J33" s="302"/>
+      <c r="K33" s="167"/>
+    </row>
+    <row r="34" spans="1:13" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="163"/>
+      <c r="B34" s="173"/>
+      <c r="C34" s="174"/>
+      <c r="D34" s="174"/>
+      <c r="E34" s="175"/>
+      <c r="F34" s="175"/>
+      <c r="G34" s="175"/>
+      <c r="H34" s="164"/>
+      <c r="I34" s="301" t="s">
+        <v>109</v>
       </c>
-      <c r="J34" s="320"/>
-[...158 lines deleted...]
-      <c r="M46" s="5"/>
+      <c r="J34" s="302"/>
+      <c r="K34" s="167"/>
+    </row>
+    <row r="35" spans="1:13" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="163"/>
+      <c r="B35" s="169"/>
+      <c r="C35" s="169"/>
+      <c r="D35" s="169"/>
+      <c r="E35" s="169"/>
+      <c r="F35" s="169"/>
+      <c r="G35" s="169"/>
+      <c r="H35" s="169"/>
+      <c r="I35" s="169"/>
+      <c r="J35" s="169"/>
+      <c r="K35" s="176"/>
+    </row>
+    <row r="36" spans="1:13" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="163"/>
+      <c r="B36" s="169"/>
+      <c r="C36" s="169"/>
+      <c r="D36" s="169"/>
+      <c r="E36" s="169"/>
+      <c r="F36" s="169"/>
+      <c r="G36" s="169"/>
+      <c r="H36" s="169"/>
+      <c r="I36" s="169"/>
+      <c r="J36" s="169"/>
+      <c r="K36" s="176"/>
+    </row>
+    <row r="37" spans="1:13" s="166" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="163"/>
+      <c r="B37" s="294"/>
+      <c r="C37" s="295"/>
+      <c r="D37" s="295"/>
+      <c r="E37" s="295"/>
+      <c r="F37" s="295"/>
+      <c r="G37" s="295"/>
+      <c r="H37" s="295"/>
+      <c r="I37" s="295"/>
+      <c r="J37" s="295"/>
+      <c r="K37" s="134"/>
+    </row>
+    <row r="38" spans="1:13" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="163"/>
+      <c r="B38" s="291"/>
+      <c r="C38" s="291"/>
+      <c r="D38" s="291"/>
+      <c r="E38" s="291"/>
+      <c r="F38" s="291"/>
+      <c r="G38" s="291"/>
+      <c r="H38" s="291"/>
+      <c r="I38" s="291"/>
+      <c r="J38" s="291"/>
+      <c r="K38" s="167"/>
+    </row>
+    <row r="39" spans="1:13" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="163"/>
+      <c r="B39" s="291"/>
+      <c r="C39" s="291"/>
+      <c r="D39" s="291"/>
+      <c r="E39" s="291"/>
+      <c r="F39" s="291"/>
+      <c r="G39" s="291"/>
+      <c r="H39" s="291"/>
+      <c r="I39" s="291"/>
+      <c r="J39" s="291"/>
+      <c r="K39" s="167"/>
+    </row>
+    <row r="40" spans="1:13" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="163"/>
+      <c r="B40" s="291"/>
+      <c r="C40" s="291"/>
+      <c r="D40" s="291"/>
+      <c r="E40" s="291"/>
+      <c r="F40" s="291"/>
+      <c r="G40" s="291"/>
+      <c r="H40" s="291"/>
+      <c r="I40" s="291"/>
+      <c r="J40" s="291"/>
+      <c r="K40" s="167"/>
+    </row>
+    <row r="41" spans="1:13" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="163"/>
+      <c r="B41" s="291"/>
+      <c r="C41" s="291"/>
+      <c r="D41" s="291"/>
+      <c r="E41" s="291"/>
+      <c r="F41" s="291"/>
+      <c r="G41" s="291"/>
+      <c r="H41" s="291"/>
+      <c r="I41" s="291"/>
+      <c r="J41" s="291"/>
+      <c r="K41" s="167"/>
+    </row>
+    <row r="42" spans="1:13" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="163"/>
+      <c r="B42" s="291"/>
+      <c r="C42" s="291"/>
+      <c r="D42" s="291"/>
+      <c r="E42" s="291"/>
+      <c r="F42" s="291"/>
+      <c r="G42" s="291"/>
+      <c r="H42" s="291"/>
+      <c r="I42" s="291"/>
+      <c r="J42" s="291"/>
+      <c r="K42" s="167"/>
+    </row>
+    <row r="43" spans="1:13" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="163"/>
+      <c r="B43" s="291"/>
+      <c r="C43" s="291"/>
+      <c r="D43" s="291"/>
+      <c r="E43" s="291"/>
+      <c r="F43" s="291"/>
+      <c r="G43" s="291"/>
+      <c r="H43" s="291"/>
+      <c r="I43" s="291"/>
+      <c r="J43" s="291"/>
+      <c r="K43" s="167"/>
+    </row>
+    <row r="44" spans="1:13" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="163"/>
+      <c r="B44" s="304"/>
+      <c r="C44" s="305"/>
+      <c r="D44" s="305"/>
+      <c r="E44" s="305"/>
+      <c r="F44" s="305"/>
+      <c r="G44" s="305"/>
+      <c r="H44" s="305"/>
+      <c r="I44" s="305"/>
+      <c r="J44" s="305"/>
+      <c r="K44" s="167"/>
+    </row>
+    <row r="45" spans="1:13" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="163"/>
+      <c r="B45" s="169"/>
+      <c r="C45" s="169"/>
+      <c r="D45" s="169"/>
+      <c r="E45" s="169"/>
+      <c r="F45" s="169"/>
+      <c r="G45" s="169"/>
+      <c r="H45" s="169"/>
+      <c r="I45" s="169"/>
+      <c r="J45" s="169"/>
+      <c r="K45" s="167"/>
+    </row>
+    <row r="46" spans="1:13" s="166" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="163"/>
+      <c r="B46" s="306"/>
+      <c r="C46" s="307"/>
+      <c r="D46" s="307"/>
+      <c r="E46" s="307"/>
+      <c r="F46" s="307"/>
+      <c r="G46" s="307"/>
+      <c r="H46" s="307"/>
+      <c r="I46" s="307"/>
+      <c r="J46" s="307"/>
+      <c r="K46" s="177"/>
+      <c r="L46" s="178"/>
+      <c r="M46" s="178"/>
     </row>
     <row r="47" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A47" s="109"/>
-[...9 lines deleted...]
-      <c r="K47" s="35"/>
+      <c r="A47" s="179"/>
+      <c r="B47" s="308"/>
+      <c r="C47" s="309"/>
+      <c r="D47" s="309"/>
+      <c r="E47" s="309"/>
+      <c r="F47" s="309"/>
+      <c r="G47" s="309"/>
+      <c r="H47" s="309"/>
+      <c r="I47" s="309"/>
+      <c r="J47" s="309"/>
+      <c r="K47" s="130"/>
     </row>
     <row r="48" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A48" s="109"/>
-[...9 lines deleted...]
-      <c r="K48" s="35"/>
+      <c r="A48" s="179"/>
+      <c r="B48" s="180"/>
+      <c r="C48" s="181"/>
+      <c r="D48" s="310"/>
+      <c r="E48" s="311"/>
+      <c r="F48" s="181"/>
+      <c r="G48" s="312"/>
+      <c r="H48" s="313"/>
+      <c r="I48" s="314"/>
+      <c r="J48" s="181"/>
+      <c r="K48" s="130"/>
     </row>
     <row r="49" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A49" s="141"/>
-[...9 lines deleted...]
-      <c r="K49" s="23"/>
+      <c r="A49" s="182"/>
+      <c r="B49" s="183"/>
+      <c r="C49" s="147"/>
+      <c r="D49" s="147"/>
+      <c r="E49" s="147"/>
+      <c r="F49" s="147"/>
+      <c r="G49" s="147"/>
+      <c r="H49" s="147"/>
+      <c r="I49" s="147"/>
+      <c r="J49" s="147"/>
+      <c r="K49" s="144"/>
     </row>
     <row r="50" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A50" s="141"/>
-[...9 lines deleted...]
-      <c r="K50" s="23"/>
+      <c r="A50" s="182"/>
+      <c r="B50" s="183"/>
+      <c r="C50" s="147"/>
+      <c r="D50" s="147"/>
+      <c r="E50" s="147"/>
+      <c r="F50" s="147"/>
+      <c r="G50" s="147"/>
+      <c r="H50" s="147"/>
+      <c r="I50" s="147"/>
+      <c r="J50" s="147"/>
+      <c r="K50" s="144"/>
     </row>
     <row r="51" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A51" s="141"/>
-[...9 lines deleted...]
-      <c r="K51" s="23"/>
+      <c r="A51" s="182"/>
+      <c r="B51" s="183"/>
+      <c r="C51" s="147"/>
+      <c r="D51" s="147"/>
+      <c r="E51" s="147"/>
+      <c r="F51" s="147"/>
+      <c r="G51" s="147"/>
+      <c r="H51" s="147"/>
+      <c r="I51" s="147"/>
+      <c r="J51" s="147"/>
+      <c r="K51" s="144"/>
     </row>
     <row r="52" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A52" s="141"/>
-[...9 lines deleted...]
-      <c r="K52" s="23"/>
+      <c r="A52" s="182"/>
+      <c r="B52" s="183"/>
+      <c r="C52" s="147"/>
+      <c r="D52" s="147"/>
+      <c r="E52" s="147"/>
+      <c r="F52" s="147"/>
+      <c r="G52" s="147"/>
+      <c r="H52" s="147"/>
+      <c r="I52" s="147"/>
+      <c r="J52" s="147"/>
+      <c r="K52" s="144"/>
     </row>
     <row r="53" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A53" s="141"/>
-[...9 lines deleted...]
-      <c r="K53" s="23"/>
+      <c r="A53" s="182"/>
+      <c r="B53" s="183"/>
+      <c r="C53" s="147"/>
+      <c r="D53" s="147"/>
+      <c r="E53" s="147"/>
+      <c r="F53" s="147"/>
+      <c r="G53" s="147"/>
+      <c r="H53" s="147"/>
+      <c r="I53" s="147"/>
+      <c r="J53" s="147"/>
+      <c r="K53" s="144"/>
     </row>
     <row r="54" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A54" s="141"/>
-[...9 lines deleted...]
-      <c r="K54" s="142"/>
+      <c r="A54" s="182"/>
+      <c r="B54" s="184"/>
+      <c r="C54" s="185"/>
+      <c r="D54" s="185"/>
+      <c r="E54" s="185"/>
+      <c r="F54" s="185"/>
+      <c r="G54" s="185"/>
+      <c r="H54" s="185"/>
+      <c r="I54" s="185"/>
+      <c r="J54" s="185"/>
+      <c r="K54" s="186"/>
     </row>
     <row r="55" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A55" s="141"/>
-[...9 lines deleted...]
-      <c r="K55" s="142"/>
+      <c r="A55" s="182"/>
+      <c r="B55" s="184"/>
+      <c r="C55" s="185"/>
+      <c r="D55" s="185"/>
+      <c r="E55" s="185"/>
+      <c r="F55" s="185"/>
+      <c r="G55" s="185"/>
+      <c r="H55" s="185"/>
+      <c r="I55" s="185"/>
+      <c r="J55" s="185"/>
+      <c r="K55" s="186"/>
     </row>
     <row r="56" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A56" s="141"/>
-[...9 lines deleted...]
-      <c r="K56" s="142"/>
+      <c r="A56" s="182"/>
+      <c r="B56" s="184"/>
+      <c r="C56" s="185"/>
+      <c r="D56" s="185"/>
+      <c r="E56" s="185"/>
+      <c r="F56" s="185"/>
+      <c r="G56" s="185"/>
+      <c r="H56" s="185"/>
+      <c r="I56" s="185"/>
+      <c r="J56" s="185"/>
+      <c r="K56" s="186"/>
     </row>
     <row r="57" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A57" s="141"/>
-[...9 lines deleted...]
-      <c r="K57" s="142"/>
+      <c r="A57" s="182"/>
+      <c r="B57" s="184"/>
+      <c r="C57" s="185"/>
+      <c r="D57" s="185"/>
+      <c r="E57" s="185"/>
+      <c r="F57" s="185"/>
+      <c r="G57" s="185"/>
+      <c r="H57" s="185"/>
+      <c r="I57" s="185"/>
+      <c r="J57" s="185"/>
+      <c r="K57" s="186"/>
     </row>
     <row r="58" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A58" s="141"/>
-[...35 lines deleted...]
-      <c r="K60" s="146"/>
+      <c r="A58" s="182"/>
+      <c r="B58" s="184"/>
+      <c r="C58" s="185"/>
+      <c r="D58" s="185"/>
+      <c r="E58" s="185"/>
+      <c r="F58" s="185"/>
+      <c r="G58" s="185"/>
+      <c r="H58" s="185"/>
+      <c r="I58" s="185"/>
+      <c r="J58" s="185"/>
+      <c r="K58" s="186"/>
+    </row>
+    <row r="59" spans="1:11" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="187"/>
+      <c r="B59" s="188"/>
+      <c r="C59" s="189"/>
+      <c r="D59" s="189"/>
+      <c r="E59" s="189"/>
+      <c r="F59" s="189"/>
+      <c r="G59" s="189"/>
+      <c r="H59" s="189"/>
+      <c r="I59" s="189"/>
+      <c r="J59" s="189"/>
+      <c r="K59" s="190"/>
+    </row>
+    <row r="60" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A60" s="191"/>
+      <c r="B60" s="192"/>
+      <c r="C60" s="191"/>
+      <c r="D60" s="191"/>
+      <c r="E60" s="191"/>
+      <c r="F60" s="191"/>
+      <c r="G60" s="191"/>
+      <c r="H60" s="191"/>
+      <c r="I60" s="191"/>
+      <c r="J60" s="191"/>
+      <c r="K60" s="191"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="gnqrTg5WmwbgemQ26o6MaLbX3Wh9qIWw5qGi6GoGTnv18ytB9J3m0XxIOBbjhnY9ZdENNkbvRLsmfG3p5YlIog==" saltValue="HBZj9J27F9CV/EiqZHNzIQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="fj9PsBxXBXn43OHv6e3Z04pHXxRhphe8fAQ8NM9v/iqkDYVPLxRX+K1BNcpo1D4kF9SRV8ewoHLMHZad/ado8w==" saltValue="e4gDer79qOF+2RFr5LHBaw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="18">
-    <mergeCell ref="B4:J30"/>
     <mergeCell ref="B44:J44"/>
-    <mergeCell ref="A1:K1"/>
-[...5 lines deleted...]
-    <mergeCell ref="I33:J33"/>
+    <mergeCell ref="B46:J46"/>
     <mergeCell ref="B47:J47"/>
     <mergeCell ref="D48:E48"/>
     <mergeCell ref="G48:I48"/>
+    <mergeCell ref="B38:J43"/>
+    <mergeCell ref="A1:K1"/>
+    <mergeCell ref="B3:J3"/>
+    <mergeCell ref="B4:J30"/>
+    <mergeCell ref="B31:J31"/>
     <mergeCell ref="B32:C32"/>
+    <mergeCell ref="F32:G32"/>
+    <mergeCell ref="I32:J32"/>
     <mergeCell ref="B33:C33"/>
+    <mergeCell ref="F33:G33"/>
+    <mergeCell ref="I33:J33"/>
+    <mergeCell ref="I34:J34"/>
     <mergeCell ref="B37:J37"/>
-    <mergeCell ref="B38:J43"/>
-[...1 lines deleted...]
-    <mergeCell ref="B46:J46"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="F32" r:id="rId1" xr:uid="{24A88ECC-24F8-4410-B3CA-ABB13A79A82E}"/>
+    <hyperlink ref="F32" r:id="rId1" xr:uid="{5850B196-C036-4DFE-A686-8EBACFF541A3}"/>
   </hyperlinks>
-  <printOptions horizontalCentered="1"/>
+  <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="76" orientation="portrait" r:id="rId2"/>
+  <pageSetup scale="87" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"-,Regular"&amp;11Private Railcar Fleet Industry (CA08)
 Private Railcar Fleet Industry (CA09)&amp;C&amp;"-,Regular"&amp;11 3&amp;R&amp;"-,Regular"&amp;11
-Revised 12/2023</oddFooter>
+Revised 12/2018</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:L55"/>
   <sheetViews>
-    <sheetView view="pageLayout" topLeftCell="A5" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A5" sqref="A5:G5"/>
+    <sheetView view="pageLayout" topLeftCell="A13" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D19" sqref="D19:G19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="15" style="3" customWidth="1"/>
     <col min="2" max="2" width="14.85546875" style="1" customWidth="1"/>
     <col min="3" max="3" width="15" style="1" customWidth="1"/>
     <col min="4" max="5" width="14.85546875" style="1" customWidth="1"/>
     <col min="6" max="7" width="14" style="1" customWidth="1"/>
     <col min="8" max="8" width="11.42578125" style="1" customWidth="1"/>
     <col min="9" max="9" width="13.140625" style="1" customWidth="1"/>
     <col min="10" max="10" width="21.42578125" style="1" customWidth="1"/>
     <col min="11" max="16384" width="8" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" s="15" customFormat="1" ht="28.7" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>26</v>
+    <row r="1" spans="1:12" s="12" customFormat="1" ht="28.7" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="266" t="s">
+        <v>20</v>
       </c>
-      <c r="B1" s="283"/>
-[...9 lines deleted...]
-      <c r="L1" s="14"/>
+      <c r="B1" s="267"/>
+      <c r="C1" s="267"/>
+      <c r="D1" s="267"/>
+      <c r="E1" s="267"/>
+      <c r="F1" s="267"/>
+      <c r="G1" s="293"/>
+      <c r="H1" s="11"/>
+      <c r="I1" s="11"/>
+      <c r="J1" s="11"/>
+      <c r="K1" s="11"/>
+      <c r="L1" s="11"/>
     </row>
     <row r="2" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="222"/>
-[...10 lines deleted...]
-      <c r="L2" s="10"/>
+      <c r="A2" s="19"/>
+      <c r="B2" s="20"/>
+      <c r="C2" s="20"/>
+      <c r="D2" s="20"/>
+      <c r="E2" s="20"/>
+      <c r="F2" s="20"/>
+      <c r="G2" s="21"/>
+      <c r="H2" s="8"/>
+      <c r="I2" s="8"/>
+      <c r="J2" s="8"/>
+      <c r="K2" s="8"/>
+      <c r="L2" s="8"/>
     </row>
     <row r="3" spans="1:12" ht="21" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="357" t="s">
-        <v>21</v>
+      <c r="A3" s="342" t="s">
+        <v>16</v>
       </c>
-      <c r="B3" s="354"/>
-[...9 lines deleted...]
-      <c r="L3" s="10"/>
+      <c r="B3" s="339"/>
+      <c r="C3" s="339"/>
+      <c r="D3" s="339"/>
+      <c r="E3" s="339"/>
+      <c r="F3" s="339"/>
+      <c r="G3" s="340"/>
+      <c r="H3" s="8"/>
+      <c r="I3" s="8"/>
+      <c r="J3" s="8"/>
+      <c r="K3" s="8"/>
+      <c r="L3" s="8"/>
     </row>
     <row r="4" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="331" t="s">
+      <c r="A4" s="315" t="s">
+        <v>3</v>
+      </c>
+      <c r="B4" s="316"/>
+      <c r="C4" s="316"/>
+      <c r="D4" s="316"/>
+      <c r="E4" s="316"/>
+      <c r="F4" s="316"/>
+      <c r="G4" s="319"/>
+      <c r="H4" s="9"/>
+      <c r="I4" s="9"/>
+      <c r="J4" s="9"/>
+      <c r="K4" s="9"/>
+      <c r="L4" s="9"/>
+    </row>
+    <row r="5" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="341"/>
+      <c r="B5" s="321"/>
+      <c r="C5" s="321"/>
+      <c r="D5" s="321"/>
+      <c r="E5" s="321"/>
+      <c r="F5" s="321"/>
+      <c r="G5" s="333"/>
+      <c r="H5" s="9"/>
+      <c r="I5" s="9"/>
+      <c r="J5" s="9"/>
+      <c r="K5" s="9"/>
+      <c r="L5" s="9"/>
+    </row>
+    <row r="6" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="315" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="316"/>
+      <c r="C6" s="316"/>
+      <c r="D6" s="316"/>
+      <c r="E6" s="316"/>
+      <c r="F6" s="316"/>
+      <c r="G6" s="319"/>
+      <c r="H6" s="9"/>
+      <c r="I6" s="9"/>
+      <c r="J6" s="9"/>
+      <c r="K6" s="9"/>
+      <c r="L6" s="9"/>
+    </row>
+    <row r="7" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="341"/>
+      <c r="B7" s="321"/>
+      <c r="C7" s="321"/>
+      <c r="D7" s="321"/>
+      <c r="E7" s="321"/>
+      <c r="F7" s="321"/>
+      <c r="G7" s="333"/>
+      <c r="H7" s="9"/>
+      <c r="I7" s="9"/>
+      <c r="J7" s="9"/>
+      <c r="K7" s="9"/>
+      <c r="L7" s="9"/>
+    </row>
+    <row r="8" spans="1:12" s="6" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="315" t="s">
+        <v>5</v>
+      </c>
+      <c r="B8" s="316"/>
+      <c r="C8" s="316"/>
+      <c r="D8" s="316"/>
+      <c r="E8" s="316"/>
+      <c r="F8" s="316"/>
+      <c r="G8" s="319"/>
+      <c r="H8" s="5"/>
+      <c r="I8" s="5"/>
+      <c r="J8" s="5"/>
+      <c r="K8" s="5"/>
+      <c r="L8" s="5"/>
+    </row>
+    <row r="9" spans="1:12" s="6" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="341"/>
+      <c r="B9" s="321"/>
+      <c r="C9" s="321"/>
+      <c r="D9" s="321"/>
+      <c r="E9" s="321"/>
+      <c r="F9" s="321"/>
+      <c r="G9" s="333"/>
+    </row>
+    <row r="10" spans="1:12" s="6" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="315" t="s">
+        <v>6</v>
+      </c>
+      <c r="B10" s="316"/>
+      <c r="C10" s="316"/>
+      <c r="D10" s="316"/>
+      <c r="E10" s="316"/>
+      <c r="F10" s="316"/>
+      <c r="G10" s="319"/>
+    </row>
+    <row r="11" spans="1:12" s="6" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="320"/>
+      <c r="B11" s="321"/>
+      <c r="C11" s="321"/>
+      <c r="D11" s="321"/>
+      <c r="E11" s="321"/>
+      <c r="F11" s="321"/>
+      <c r="G11" s="333"/>
+      <c r="H11" s="7"/>
+      <c r="I11" s="7"/>
+      <c r="J11" s="7"/>
+      <c r="K11" s="7"/>
+      <c r="L11" s="7"/>
+    </row>
+    <row r="12" spans="1:12" s="6" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="315" t="s">
+        <v>7</v>
+      </c>
+      <c r="B12" s="316"/>
+      <c r="C12" s="317"/>
+      <c r="D12" s="318" t="s">
         <v>8</v>
       </c>
-      <c r="B4" s="332"/>
-[...26 lines deleted...]
-      <c r="A6" s="331" t="s">
+      <c r="E12" s="317"/>
+      <c r="F12" s="318" t="s">
         <v>9</v>
       </c>
-      <c r="B6" s="332"/>
-[...26 lines deleted...]
-      <c r="A8" s="331" t="s">
+      <c r="G12" s="319"/>
+      <c r="H12" s="7"/>
+      <c r="I12" s="7"/>
+      <c r="J12" s="7"/>
+      <c r="K12" s="7"/>
+      <c r="L12" s="7"/>
+    </row>
+    <row r="13" spans="1:12" s="6" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="320"/>
+      <c r="B13" s="321"/>
+      <c r="C13" s="322"/>
+      <c r="D13" s="323"/>
+      <c r="E13" s="322"/>
+      <c r="F13" s="324"/>
+      <c r="G13" s="325"/>
+    </row>
+    <row r="14" spans="1:12" s="6" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="315" t="s">
         <v>10</v>
       </c>
-      <c r="B8" s="332"/>
-[...21 lines deleted...]
-      <c r="A10" s="331" t="s">
+      <c r="B14" s="316"/>
+      <c r="C14" s="317"/>
+      <c r="D14" s="318" t="s">
         <v>11</v>
       </c>
-      <c r="B10" s="332"/>
-[...21 lines deleted...]
-      <c r="A12" s="331" t="s">
+      <c r="E14" s="316"/>
+      <c r="F14" s="316"/>
+      <c r="G14" s="319"/>
+      <c r="H14" s="10"/>
+      <c r="I14" s="10"/>
+      <c r="J14" s="10"/>
+      <c r="K14" s="10"/>
+      <c r="L14" s="10"/>
+    </row>
+    <row r="15" spans="1:12" s="6" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="341"/>
+      <c r="B15" s="321"/>
+      <c r="C15" s="322"/>
+      <c r="D15" s="337"/>
+      <c r="E15" s="335"/>
+      <c r="F15" s="335"/>
+      <c r="G15" s="325"/>
+      <c r="H15" s="7"/>
+      <c r="I15" s="7"/>
+      <c r="J15" s="7"/>
+      <c r="K15" s="7"/>
+      <c r="L15" s="7"/>
+    </row>
+    <row r="16" spans="1:12" s="6" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="315" t="s">
         <v>12</v>
       </c>
-      <c r="B12" s="332"/>
-[...1 lines deleted...]
-      <c r="D12" s="334" t="s">
+      <c r="B16" s="316"/>
+      <c r="C16" s="316"/>
+      <c r="D16" s="316"/>
+      <c r="E16" s="316"/>
+      <c r="F16" s="316"/>
+      <c r="G16" s="319"/>
+      <c r="H16" s="7"/>
+      <c r="I16" s="7"/>
+      <c r="J16" s="7"/>
+      <c r="K16" s="7"/>
+      <c r="L16" s="7"/>
+    </row>
+    <row r="17" spans="1:12" s="6" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="332"/>
+      <c r="B17" s="321"/>
+      <c r="C17" s="321"/>
+      <c r="D17" s="321"/>
+      <c r="E17" s="321"/>
+      <c r="F17" s="321"/>
+      <c r="G17" s="333"/>
+      <c r="H17" s="7"/>
+      <c r="I17" s="7"/>
+      <c r="J17" s="7"/>
+      <c r="K17" s="7"/>
+      <c r="L17" s="7"/>
+    </row>
+    <row r="18" spans="1:12" s="6" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="315" t="s">
         <v>13</v>
       </c>
-      <c r="E12" s="333"/>
-      <c r="F12" s="334" t="s">
+      <c r="B18" s="316"/>
+      <c r="C18" s="317"/>
+      <c r="D18" s="318" t="s">
         <v>14</v>
       </c>
-      <c r="G12" s="335"/>
-[...16 lines deleted...]
-      <c r="A14" s="331" t="s">
+      <c r="E18" s="316"/>
+      <c r="F18" s="316"/>
+      <c r="G18" s="319"/>
+    </row>
+    <row r="19" spans="1:12" s="6" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="334"/>
+      <c r="B19" s="335"/>
+      <c r="C19" s="336"/>
+      <c r="D19" s="337"/>
+      <c r="E19" s="335"/>
+      <c r="F19" s="335"/>
+      <c r="G19" s="325"/>
+    </row>
+    <row r="20" spans="1:12" s="6" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="338" t="s">
+        <v>17</v>
+      </c>
+      <c r="B20" s="339"/>
+      <c r="C20" s="339"/>
+      <c r="D20" s="339"/>
+      <c r="E20" s="339"/>
+      <c r="F20" s="339"/>
+      <c r="G20" s="340"/>
+    </row>
+    <row r="21" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="315" t="s">
+        <v>3</v>
+      </c>
+      <c r="B21" s="316"/>
+      <c r="C21" s="316"/>
+      <c r="D21" s="316"/>
+      <c r="E21" s="316"/>
+      <c r="F21" s="316"/>
+      <c r="G21" s="319"/>
+    </row>
+    <row r="22" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="341"/>
+      <c r="B22" s="321"/>
+      <c r="C22" s="321"/>
+      <c r="D22" s="321"/>
+      <c r="E22" s="321"/>
+      <c r="F22" s="321"/>
+      <c r="G22" s="333"/>
+    </row>
+    <row r="23" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="315" t="s">
+        <v>4</v>
+      </c>
+      <c r="B23" s="316"/>
+      <c r="C23" s="316"/>
+      <c r="D23" s="316"/>
+      <c r="E23" s="316"/>
+      <c r="F23" s="316"/>
+      <c r="G23" s="319"/>
+    </row>
+    <row r="24" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="341"/>
+      <c r="B24" s="321"/>
+      <c r="C24" s="321"/>
+      <c r="D24" s="321"/>
+      <c r="E24" s="321"/>
+      <c r="F24" s="321"/>
+      <c r="G24" s="333"/>
+    </row>
+    <row r="25" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="315" t="s">
         <v>15</v>
       </c>
-      <c r="B14" s="332"/>
-[...2 lines deleted...]
-        <v>16</v>
+      <c r="B25" s="316"/>
+      <c r="C25" s="316"/>
+      <c r="D25" s="316"/>
+      <c r="E25" s="316"/>
+      <c r="F25" s="316"/>
+      <c r="G25" s="319"/>
+    </row>
+    <row r="26" spans="1:12" s="6" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="341"/>
+      <c r="B26" s="321"/>
+      <c r="C26" s="321"/>
+      <c r="D26" s="321"/>
+      <c r="E26" s="321"/>
+      <c r="F26" s="321"/>
+      <c r="G26" s="333"/>
+      <c r="H26" s="7"/>
+      <c r="I26" s="7"/>
+      <c r="J26" s="7"/>
+      <c r="K26" s="7"/>
+      <c r="L26" s="7"/>
+    </row>
+    <row r="27" spans="1:12" s="6" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="315" t="s">
+        <v>7</v>
       </c>
-      <c r="E14" s="332"/>
-[...24 lines deleted...]
-        <v>17</v>
+      <c r="B27" s="316"/>
+      <c r="C27" s="317"/>
+      <c r="D27" s="318" t="s">
+        <v>8</v>
       </c>
-      <c r="B16" s="332"/>
-[...26 lines deleted...]
-      <c r="A18" s="331" t="s">
+      <c r="E27" s="317"/>
+      <c r="F27" s="318" t="s">
+        <v>9</v>
+      </c>
+      <c r="G27" s="319"/>
+      <c r="H27" s="7"/>
+      <c r="I27" s="7"/>
+      <c r="J27" s="7"/>
+      <c r="K27" s="7"/>
+      <c r="L27" s="7"/>
+    </row>
+    <row r="28" spans="1:12" s="6" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="320"/>
+      <c r="B28" s="321"/>
+      <c r="C28" s="322"/>
+      <c r="D28" s="323"/>
+      <c r="E28" s="322"/>
+      <c r="F28" s="324"/>
+      <c r="G28" s="325"/>
+    </row>
+    <row r="29" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="315" t="s">
+        <v>12</v>
+      </c>
+      <c r="B29" s="316"/>
+      <c r="C29" s="316"/>
+      <c r="D29" s="316"/>
+      <c r="E29" s="316"/>
+      <c r="F29" s="316"/>
+      <c r="G29" s="319"/>
+      <c r="H29" s="4"/>
+      <c r="I29" s="4"/>
+      <c r="J29" s="4"/>
+      <c r="K29" s="4"/>
+      <c r="L29" s="4"/>
+    </row>
+    <row r="30" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="332"/>
+      <c r="B30" s="321"/>
+      <c r="C30" s="321"/>
+      <c r="D30" s="321"/>
+      <c r="E30" s="321"/>
+      <c r="F30" s="321"/>
+      <c r="G30" s="333"/>
+    </row>
+    <row r="31" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="315" t="s">
+        <v>13</v>
+      </c>
+      <c r="B31" s="316"/>
+      <c r="C31" s="317"/>
+      <c r="D31" s="318" t="s">
+        <v>14</v>
+      </c>
+      <c r="E31" s="316"/>
+      <c r="F31" s="316"/>
+      <c r="G31" s="319"/>
+    </row>
+    <row r="32" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="334"/>
+      <c r="B32" s="335"/>
+      <c r="C32" s="336"/>
+      <c r="D32" s="337"/>
+      <c r="E32" s="335"/>
+      <c r="F32" s="335"/>
+      <c r="G32" s="325"/>
+    </row>
+    <row r="33" spans="1:12" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="338" t="s">
         <v>18</v>
       </c>
-      <c r="B18" s="332"/>
-[...2 lines deleted...]
-        <v>19</v>
+      <c r="B33" s="339"/>
+      <c r="C33" s="339"/>
+      <c r="D33" s="339"/>
+      <c r="E33" s="339"/>
+      <c r="F33" s="339"/>
+      <c r="G33" s="340"/>
+    </row>
+    <row r="34" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="315" t="s">
+        <v>3</v>
       </c>
-      <c r="E18" s="332"/>
-[...184 lines deleted...]
-      <c r="G34" s="335"/>
+      <c r="B34" s="316"/>
+      <c r="C34" s="316"/>
+      <c r="D34" s="316"/>
+      <c r="E34" s="316"/>
+      <c r="F34" s="316"/>
+      <c r="G34" s="319"/>
     </row>
     <row r="35" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="356"/>
-[...5 lines deleted...]
-      <c r="G35" s="348"/>
+      <c r="A35" s="341"/>
+      <c r="B35" s="321"/>
+      <c r="C35" s="321"/>
+      <c r="D35" s="321"/>
+      <c r="E35" s="321"/>
+      <c r="F35" s="321"/>
+      <c r="G35" s="333"/>
       <c r="H35" s="2"/>
       <c r="I35" s="2"/>
       <c r="J35" s="2"/>
       <c r="K35" s="2"/>
       <c r="L35" s="2"/>
     </row>
     <row r="36" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="331" t="s">
-        <v>9</v>
+      <c r="A36" s="315" t="s">
+        <v>4</v>
       </c>
-      <c r="B36" s="332"/>
-[...4 lines deleted...]
-      <c r="G36" s="335"/>
+      <c r="B36" s="316"/>
+      <c r="C36" s="316"/>
+      <c r="D36" s="316"/>
+      <c r="E36" s="316"/>
+      <c r="F36" s="316"/>
+      <c r="G36" s="319"/>
     </row>
     <row r="37" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="356"/>
-[...10 lines deleted...]
-      <c r="L37" s="6"/>
+      <c r="A37" s="341"/>
+      <c r="B37" s="321"/>
+      <c r="C37" s="321"/>
+      <c r="D37" s="321"/>
+      <c r="E37" s="321"/>
+      <c r="F37" s="321"/>
+      <c r="G37" s="333"/>
+      <c r="H37" s="4"/>
+      <c r="I37" s="4"/>
+      <c r="J37" s="4"/>
+      <c r="K37" s="4"/>
+      <c r="L37" s="4"/>
     </row>
     <row r="38" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="331" t="s">
-        <v>17</v>
+      <c r="A38" s="315" t="s">
+        <v>12</v>
       </c>
-      <c r="B38" s="332"/>
-[...9 lines deleted...]
-      <c r="L38" s="11"/>
+      <c r="B38" s="316"/>
+      <c r="C38" s="316"/>
+      <c r="D38" s="316"/>
+      <c r="E38" s="316"/>
+      <c r="F38" s="316"/>
+      <c r="G38" s="319"/>
+      <c r="H38" s="9"/>
+      <c r="I38" s="9"/>
+      <c r="J38" s="9"/>
+      <c r="K38" s="9"/>
+      <c r="L38" s="9"/>
     </row>
     <row r="39" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A39" s="336"/>
-[...5 lines deleted...]
-      <c r="G39" s="348"/>
+      <c r="A39" s="320"/>
+      <c r="B39" s="321"/>
+      <c r="C39" s="321"/>
+      <c r="D39" s="321"/>
+      <c r="E39" s="321"/>
+      <c r="F39" s="321"/>
+      <c r="G39" s="333"/>
     </row>
     <row r="40" spans="1:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A40" s="331" t="s">
-        <v>18</v>
+      <c r="A40" s="315" t="s">
+        <v>13</v>
       </c>
-      <c r="B40" s="332"/>
-[...1 lines deleted...]
-      <c r="D40" s="334" t="s">
+      <c r="B40" s="316"/>
+      <c r="C40" s="317"/>
+      <c r="D40" s="318" t="s">
+        <v>14</v>
+      </c>
+      <c r="E40" s="316"/>
+      <c r="F40" s="316"/>
+      <c r="G40" s="319"/>
+    </row>
+    <row r="41" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="334"/>
+      <c r="B41" s="335"/>
+      <c r="C41" s="336"/>
+      <c r="D41" s="337"/>
+      <c r="E41" s="335"/>
+      <c r="F41" s="335"/>
+      <c r="G41" s="325"/>
+    </row>
+    <row r="42" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="326" t="s">
         <v>19</v>
       </c>
-      <c r="E40" s="332"/>
-[...21 lines deleted...]
-      <c r="G42" s="344"/>
+      <c r="B42" s="327"/>
+      <c r="C42" s="327"/>
+      <c r="D42" s="327"/>
+      <c r="E42" s="327"/>
+      <c r="F42" s="327"/>
+      <c r="G42" s="328"/>
     </row>
     <row r="43" spans="1:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="345"/>
-[...5 lines deleted...]
-      <c r="G43" s="347"/>
+      <c r="A43" s="329"/>
+      <c r="B43" s="330"/>
+      <c r="C43" s="330"/>
+      <c r="D43" s="330"/>
+      <c r="E43" s="330"/>
+      <c r="F43" s="330"/>
+      <c r="G43" s="331"/>
     </row>
     <row r="44" spans="1:12" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A44" s="18"/>
-[...5 lines deleted...]
-      <c r="G44" s="17"/>
+      <c r="A44" s="15"/>
+      <c r="B44" s="14"/>
+      <c r="C44" s="14"/>
+      <c r="D44" s="14"/>
+      <c r="E44" s="14"/>
+      <c r="F44" s="14"/>
+      <c r="G44" s="14"/>
     </row>
     <row r="45" spans="1:12" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A45" s="18"/>
-[...5 lines deleted...]
-      <c r="G45" s="17"/>
+      <c r="A45" s="15"/>
+      <c r="B45" s="14"/>
+      <c r="C45" s="14"/>
+      <c r="D45" s="14"/>
+      <c r="E45" s="14"/>
+      <c r="F45" s="14"/>
+      <c r="G45" s="14"/>
     </row>
     <row r="46" spans="1:12" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A46" s="18"/>
-[...5 lines deleted...]
-      <c r="G46" s="17"/>
+      <c r="A46" s="15"/>
+      <c r="B46" s="14"/>
+      <c r="C46" s="14"/>
+      <c r="D46" s="14"/>
+      <c r="E46" s="14"/>
+      <c r="F46" s="14"/>
+      <c r="G46" s="14"/>
     </row>
     <row r="47" spans="1:12" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A47" s="18"/>
-[...5 lines deleted...]
-      <c r="G47" s="17"/>
+      <c r="A47" s="15"/>
+      <c r="B47" s="14"/>
+      <c r="C47" s="14"/>
+      <c r="D47" s="14"/>
+      <c r="E47" s="14"/>
+      <c r="F47" s="14"/>
+      <c r="G47" s="14"/>
     </row>
     <row r="48" spans="1:12" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A48" s="18"/>
-[...5 lines deleted...]
-      <c r="G48" s="17"/>
+      <c r="A48" s="15"/>
+      <c r="B48" s="14"/>
+      <c r="C48" s="14"/>
+      <c r="D48" s="14"/>
+      <c r="E48" s="14"/>
+      <c r="F48" s="14"/>
+      <c r="G48" s="14"/>
     </row>
     <row r="49" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A49" s="18"/>
-[...5 lines deleted...]
-      <c r="G49" s="17"/>
+      <c r="A49" s="15"/>
+      <c r="B49" s="14"/>
+      <c r="C49" s="14"/>
+      <c r="D49" s="14"/>
+      <c r="E49" s="14"/>
+      <c r="F49" s="14"/>
+      <c r="G49" s="14"/>
     </row>
     <row r="50" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A50" s="18"/>
-[...5 lines deleted...]
-      <c r="G50" s="17"/>
+      <c r="A50" s="15"/>
+      <c r="B50" s="14"/>
+      <c r="C50" s="14"/>
+      <c r="D50" s="14"/>
+      <c r="E50" s="14"/>
+      <c r="F50" s="14"/>
+      <c r="G50" s="14"/>
     </row>
     <row r="51" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A51" s="18"/>
-[...5 lines deleted...]
-      <c r="G51" s="17"/>
+      <c r="A51" s="15"/>
+      <c r="B51" s="14"/>
+      <c r="C51" s="14"/>
+      <c r="D51" s="14"/>
+      <c r="E51" s="14"/>
+      <c r="F51" s="14"/>
+      <c r="G51" s="14"/>
     </row>
     <row r="52" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A52" s="19"/>
-[...5 lines deleted...]
-      <c r="G52" s="17"/>
+      <c r="A52" s="16"/>
+      <c r="B52" s="14"/>
+      <c r="C52" s="14"/>
+      <c r="D52" s="14"/>
+      <c r="E52" s="14"/>
+      <c r="F52" s="14"/>
+      <c r="G52" s="14"/>
     </row>
     <row r="53" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A53" s="19"/>
-[...5 lines deleted...]
-      <c r="G53" s="17"/>
+      <c r="A53" s="16"/>
+      <c r="B53" s="14"/>
+      <c r="C53" s="14"/>
+      <c r="D53" s="14"/>
+      <c r="E53" s="14"/>
+      <c r="F53" s="14"/>
+      <c r="G53" s="14"/>
     </row>
     <row r="54" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A54" s="19"/>
-[...5 lines deleted...]
-      <c r="G54" s="17"/>
+      <c r="A54" s="16"/>
+      <c r="B54" s="14"/>
+      <c r="C54" s="14"/>
+      <c r="D54" s="14"/>
+      <c r="E54" s="14"/>
+      <c r="F54" s="14"/>
+      <c r="G54" s="14"/>
     </row>
     <row r="55" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A55" s="19"/>
-[...5 lines deleted...]
-      <c r="G55" s="17"/>
+      <c r="A55" s="16"/>
+      <c r="B55" s="14"/>
+      <c r="C55" s="14"/>
+      <c r="D55" s="14"/>
+      <c r="E55" s="14"/>
+      <c r="F55" s="14"/>
+      <c r="G55" s="14"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="WxB7KhMI+Sz8cB0JUPMNoC9SIi5BHFRzBAHPMWk/vbyIqKEHs1rcVjPo1V8DLYPQC0Lic8dV5B24zYbe2qXQ3A==" saltValue="aiuI8WmxdiucejYuhwmrrQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="NBI/HC0ZYZn32NSJSFYSnUNeD91z8V8c/8ijuJRHvNTA+COfg68vrnFYLSXsKxmSsx2ad4+KwXzzL9aVUILmVQ==" saltValue="EtgQbP/ghSNckC5qr2QxKg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="57">
     <mergeCell ref="A12:C12"/>
     <mergeCell ref="D12:E12"/>
     <mergeCell ref="F12:G12"/>
     <mergeCell ref="A13:C13"/>
     <mergeCell ref="D13:E13"/>
     <mergeCell ref="F13:G13"/>
     <mergeCell ref="A7:G7"/>
     <mergeCell ref="A8:G8"/>
     <mergeCell ref="A9:G9"/>
     <mergeCell ref="A10:G10"/>
     <mergeCell ref="A11:G11"/>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
     <mergeCell ref="A5:G5"/>
     <mergeCell ref="A6:G6"/>
     <mergeCell ref="D14:G14"/>
     <mergeCell ref="D15:G15"/>
     <mergeCell ref="A16:G16"/>
     <mergeCell ref="A17:G17"/>
     <mergeCell ref="A18:C18"/>
     <mergeCell ref="A14:C14"/>
     <mergeCell ref="A15:C15"/>
     <mergeCell ref="A19:C19"/>
@@ -24253,822 +18906,815 @@
     <mergeCell ref="D32:G32"/>
     <mergeCell ref="A33:G33"/>
     <mergeCell ref="A34:G34"/>
     <mergeCell ref="A35:G35"/>
     <mergeCell ref="A36:G36"/>
     <mergeCell ref="A37:G37"/>
     <mergeCell ref="A38:G38"/>
     <mergeCell ref="A41:C41"/>
     <mergeCell ref="D41:G41"/>
     <mergeCell ref="A39:G39"/>
     <mergeCell ref="A40:C40"/>
     <mergeCell ref="D40:G40"/>
     <mergeCell ref="A28:C28"/>
     <mergeCell ref="D28:E28"/>
     <mergeCell ref="F28:G28"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A45" r:id="rId1" display="propertytax@tax.idaho.gov" xr:uid="{00000000-0004-0000-0400-000001000000}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="89" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"-,Regular"&amp;11Private Railcar Fleet Industry (CA08)
 Private Railcar Fleet Industry (CA09)&amp;C&amp;"-,Regular"&amp;11 4&amp;R&amp;"-,Regular"&amp;11
-Revised 12/2023</oddFooter>
+Revised 12/2018</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D1199986-6A3D-4913-869B-769A77A16E95}">
   <dimension ref="A1:K53"/>
   <sheetViews>
-    <sheetView view="pageLayout" topLeftCell="A24" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B33" sqref="B33"/>
+    <sheetView view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="G24" sqref="G24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="1.5703125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3" style="112" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="17" style="112" customWidth="1"/>
+    <col min="1" max="1" width="3" style="25" customWidth="1"/>
+    <col min="2" max="2" width="9.7109375" style="25" customWidth="1"/>
+    <col min="3" max="3" width="4.42578125" style="25" customWidth="1"/>
+    <col min="4" max="4" width="17" style="25" customWidth="1"/>
     <col min="5" max="5" width="17" style="1" customWidth="1"/>
     <col min="6" max="6" width="3" style="1" customWidth="1"/>
     <col min="7" max="7" width="9.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="4.42578125" style="1" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="1" customWidth="1"/>
     <col min="10" max="10" width="14.7109375" style="1" customWidth="1"/>
     <col min="11" max="11" width="17" style="1" customWidth="1"/>
     <col min="12" max="16384" width="1.5703125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="21" customFormat="1" ht="28.7" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="282" t="s">
+    <row r="1" spans="1:11" s="18" customFormat="1" ht="28.7" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="266" t="s">
+        <v>28</v>
+      </c>
+      <c r="B1" s="267"/>
+      <c r="C1" s="267"/>
+      <c r="D1" s="267"/>
+      <c r="E1" s="267"/>
+      <c r="F1" s="267"/>
+      <c r="G1" s="267"/>
+      <c r="H1" s="267"/>
+      <c r="I1" s="267"/>
+      <c r="J1" s="267"/>
+      <c r="K1" s="293"/>
+    </row>
+    <row r="2" spans="1:11" customFormat="1" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="363" t="s">
+        <v>27</v>
+      </c>
+      <c r="B2" s="364"/>
+      <c r="C2" s="364"/>
+      <c r="D2" s="365"/>
+      <c r="E2" s="365"/>
+      <c r="F2" s="365"/>
+      <c r="G2" s="365"/>
+      <c r="H2" s="365"/>
+      <c r="I2" s="365"/>
+      <c r="J2" s="365"/>
+      <c r="K2" s="366"/>
+    </row>
+    <row r="3" spans="1:11" customFormat="1" ht="20.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="386" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" s="387"/>
+      <c r="C3" s="387"/>
+      <c r="D3" s="388"/>
+      <c r="E3" s="371"/>
+      <c r="F3" s="372"/>
+      <c r="G3" s="372"/>
+      <c r="H3" s="372"/>
+      <c r="I3" s="372"/>
+      <c r="J3" s="373"/>
+      <c r="K3" s="374"/>
+    </row>
+    <row r="4" spans="1:11" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="389" t="s">
+        <v>31</v>
+      </c>
+      <c r="B4" s="390"/>
+      <c r="C4" s="390"/>
+      <c r="D4" s="391"/>
+      <c r="E4" s="375"/>
+      <c r="F4" s="376"/>
+      <c r="G4" s="376"/>
+      <c r="H4" s="376"/>
+      <c r="I4" s="376"/>
+      <c r="J4" s="377"/>
+      <c r="K4" s="378"/>
+    </row>
+    <row r="5" spans="1:11" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="389" t="s">
+        <v>32</v>
+      </c>
+      <c r="B5" s="390"/>
+      <c r="C5" s="390"/>
+      <c r="D5" s="391"/>
+      <c r="E5" s="375"/>
+      <c r="F5" s="376"/>
+      <c r="G5" s="376"/>
+      <c r="H5" s="376"/>
+      <c r="I5" s="376"/>
+      <c r="J5" s="377"/>
+      <c r="K5" s="378"/>
+    </row>
+    <row r="6" spans="1:11" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="389" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" s="390"/>
+      <c r="C6" s="390"/>
+      <c r="D6" s="391"/>
+      <c r="E6" s="375"/>
+      <c r="F6" s="376"/>
+      <c r="G6" s="376"/>
+      <c r="H6" s="376"/>
+      <c r="I6" s="376"/>
+      <c r="J6" s="377"/>
+      <c r="K6" s="378"/>
+    </row>
+    <row r="7" spans="1:11" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="392">
+        <f>'Cover Sheet'!B8-1</f>
+        <v>2025</v>
+      </c>
+      <c r="B7" s="393"/>
+      <c r="C7" s="393"/>
+      <c r="D7" s="394"/>
+      <c r="E7" s="394"/>
+      <c r="F7" s="394"/>
+      <c r="G7" s="394"/>
+      <c r="H7" s="394"/>
+      <c r="I7" s="394"/>
+      <c r="J7" s="394"/>
+      <c r="K7" s="395"/>
+    </row>
+    <row r="8" spans="1:11" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="407"/>
+      <c r="B8" s="380"/>
+      <c r="C8" s="381"/>
+      <c r="D8" s="27"/>
+      <c r="E8" s="27"/>
+      <c r="F8" s="379"/>
+      <c r="G8" s="380"/>
+      <c r="H8" s="381"/>
+      <c r="I8" s="379"/>
+      <c r="J8" s="381"/>
+      <c r="K8" s="28"/>
+    </row>
+    <row r="9" spans="1:11" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="407"/>
+      <c r="B9" s="380"/>
+      <c r="C9" s="381"/>
+      <c r="D9" s="27"/>
+      <c r="E9" s="27"/>
+      <c r="F9" s="379"/>
+      <c r="G9" s="380"/>
+      <c r="H9" s="381"/>
+      <c r="I9" s="379"/>
+      <c r="J9" s="381"/>
+      <c r="K9" s="28"/>
+    </row>
+    <row r="10" spans="1:11" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="407"/>
+      <c r="B10" s="380"/>
+      <c r="C10" s="381"/>
+      <c r="D10" s="27"/>
+      <c r="E10" s="27"/>
+      <c r="F10" s="379"/>
+      <c r="G10" s="380"/>
+      <c r="H10" s="381"/>
+      <c r="I10" s="379"/>
+      <c r="J10" s="381"/>
+      <c r="K10" s="28"/>
+    </row>
+    <row r="11" spans="1:11" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="407"/>
+      <c r="B11" s="380"/>
+      <c r="C11" s="381"/>
+      <c r="D11" s="27"/>
+      <c r="E11" s="27"/>
+      <c r="F11" s="379"/>
+      <c r="G11" s="380"/>
+      <c r="H11" s="381"/>
+      <c r="I11" s="379"/>
+      <c r="J11" s="381"/>
+      <c r="K11" s="28"/>
+    </row>
+    <row r="12" spans="1:11" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="407"/>
+      <c r="B12" s="380"/>
+      <c r="C12" s="381"/>
+      <c r="D12" s="27"/>
+      <c r="E12" s="27"/>
+      <c r="F12" s="379"/>
+      <c r="G12" s="380"/>
+      <c r="H12" s="381"/>
+      <c r="I12" s="379"/>
+      <c r="J12" s="381"/>
+      <c r="K12" s="28"/>
+    </row>
+    <row r="13" spans="1:11" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="407"/>
+      <c r="B13" s="380"/>
+      <c r="C13" s="381"/>
+      <c r="D13" s="27"/>
+      <c r="E13" s="27"/>
+      <c r="F13" s="379"/>
+      <c r="G13" s="380"/>
+      <c r="H13" s="381"/>
+      <c r="I13" s="379"/>
+      <c r="J13" s="381"/>
+      <c r="K13" s="28"/>
+    </row>
+    <row r="14" spans="1:11" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="407"/>
+      <c r="B14" s="380"/>
+      <c r="C14" s="381"/>
+      <c r="D14" s="27"/>
+      <c r="E14" s="27"/>
+      <c r="F14" s="379"/>
+      <c r="G14" s="380"/>
+      <c r="H14" s="381"/>
+      <c r="I14" s="379"/>
+      <c r="J14" s="381"/>
+      <c r="K14" s="28"/>
+    </row>
+    <row r="15" spans="1:11" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="408"/>
+      <c r="B15" s="380"/>
+      <c r="C15" s="381"/>
+      <c r="D15" s="29"/>
+      <c r="E15" s="29"/>
+      <c r="F15" s="409"/>
+      <c r="G15" s="380"/>
+      <c r="H15" s="381"/>
+      <c r="I15" s="409"/>
+      <c r="J15" s="381"/>
+      <c r="K15" s="30"/>
+    </row>
+    <row r="16" spans="1:11" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="382"/>
+      <c r="B16" s="380"/>
+      <c r="C16" s="381"/>
+      <c r="D16" s="29"/>
+      <c r="E16" s="29"/>
+      <c r="F16" s="409"/>
+      <c r="G16" s="380"/>
+      <c r="H16" s="381"/>
+      <c r="I16" s="409"/>
+      <c r="J16" s="381"/>
+      <c r="K16" s="30"/>
+    </row>
+    <row r="17" spans="1:11" customFormat="1" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="383"/>
+      <c r="B17" s="384"/>
+      <c r="C17" s="385"/>
+      <c r="D17" s="31"/>
+      <c r="E17" s="31"/>
+      <c r="F17" s="410"/>
+      <c r="G17" s="384"/>
+      <c r="H17" s="385"/>
+      <c r="I17" s="422"/>
+      <c r="J17" s="423"/>
+      <c r="K17" s="32"/>
+    </row>
+    <row r="18" spans="1:11" customFormat="1" ht="20.25" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="367" t="s">
+        <v>33</v>
+      </c>
+      <c r="B18" s="368"/>
+      <c r="C18" s="368"/>
+      <c r="D18" s="369"/>
+      <c r="E18" s="369"/>
+      <c r="F18" s="369"/>
+      <c r="G18" s="369"/>
+      <c r="H18" s="369"/>
+      <c r="I18" s="369"/>
+      <c r="J18" s="369"/>
+      <c r="K18" s="370"/>
+    </row>
+    <row r="19" spans="1:11" customFormat="1" ht="20.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="396" t="s">
+        <v>34</v>
+      </c>
+      <c r="B19" s="397"/>
+      <c r="C19" s="397"/>
+      <c r="D19" s="355"/>
+      <c r="E19" s="355"/>
+      <c r="F19" s="355"/>
+      <c r="G19" s="355"/>
+      <c r="H19" s="355"/>
+      <c r="I19" s="398"/>
+      <c r="J19" s="418"/>
+      <c r="K19" s="419"/>
+    </row>
+    <row r="20" spans="1:11" customFormat="1" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="399" t="s">
+        <v>35</v>
+      </c>
+      <c r="B20" s="400"/>
+      <c r="C20" s="400"/>
+      <c r="D20" s="401"/>
+      <c r="E20" s="401"/>
+      <c r="F20" s="401"/>
+      <c r="G20" s="401"/>
+      <c r="H20" s="401"/>
+      <c r="I20" s="402"/>
+      <c r="J20" s="420"/>
+      <c r="K20" s="421"/>
+    </row>
+    <row r="21" spans="1:11" customFormat="1" ht="20.25" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="367" t="s">
+        <v>36</v>
+      </c>
+      <c r="B21" s="368"/>
+      <c r="C21" s="368"/>
+      <c r="D21" s="369"/>
+      <c r="E21" s="369"/>
+      <c r="F21" s="369"/>
+      <c r="G21" s="369"/>
+      <c r="H21" s="369"/>
+      <c r="I21" s="369"/>
+      <c r="J21" s="369"/>
+      <c r="K21" s="370"/>
+    </row>
+    <row r="22" spans="1:11" customFormat="1" ht="20.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="403" t="str">
+        <f>"Include the total mileage for all railroads on which you had mileage between January 1, "&amp;""&amp;'Cover Sheet'!B8-1&amp; " and December 31, " &amp;'Cover Sheet'!B8-1</f>
+        <v>Include the total mileage for all railroads on which you had mileage between January 1, 2025 and December 31, 2025</v>
+      </c>
+      <c r="B22" s="404"/>
+      <c r="C22" s="404"/>
+      <c r="D22" s="405"/>
+      <c r="E22" s="405"/>
+      <c r="F22" s="405"/>
+      <c r="G22" s="405"/>
+      <c r="H22" s="405"/>
+      <c r="I22" s="405"/>
+      <c r="J22" s="405"/>
+      <c r="K22" s="406"/>
+    </row>
+    <row r="23" spans="1:11" customFormat="1" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="346"/>
+      <c r="B23" s="33"/>
+      <c r="C23" s="349" t="s">
+        <v>37</v>
+      </c>
+      <c r="D23" s="350"/>
+      <c r="E23" s="350"/>
+      <c r="F23" s="353"/>
+      <c r="G23" s="34"/>
+      <c r="H23" s="356" t="s">
+        <v>44</v>
+      </c>
+      <c r="I23" s="357"/>
+      <c r="J23" s="357"/>
+      <c r="K23" s="358"/>
+    </row>
+    <row r="24" spans="1:11" customFormat="1" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="347"/>
+      <c r="B24" s="60"/>
+      <c r="C24" s="351"/>
+      <c r="D24" s="351"/>
+      <c r="E24" s="351"/>
+      <c r="F24" s="354"/>
+      <c r="G24" s="59"/>
+      <c r="H24" s="359"/>
+      <c r="I24" s="359"/>
+      <c r="J24" s="359"/>
+      <c r="K24" s="360"/>
+    </row>
+    <row r="25" spans="1:11" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="348"/>
+      <c r="B25" s="35"/>
+      <c r="C25" s="352"/>
+      <c r="D25" s="352"/>
+      <c r="E25" s="352"/>
+      <c r="F25" s="355"/>
+      <c r="G25" s="36"/>
+      <c r="H25" s="361"/>
+      <c r="I25" s="361"/>
+      <c r="J25" s="361"/>
+      <c r="K25" s="362"/>
+    </row>
+    <row r="26" spans="1:11" customFormat="1" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="346"/>
+      <c r="B26" s="33"/>
+      <c r="C26" s="349" t="s">
+        <v>38</v>
+      </c>
+      <c r="D26" s="350"/>
+      <c r="E26" s="350"/>
+      <c r="F26" s="353"/>
+      <c r="G26" s="34"/>
+      <c r="H26" s="356" t="s">
+        <v>45</v>
+      </c>
+      <c r="I26" s="357"/>
+      <c r="J26" s="357"/>
+      <c r="K26" s="358"/>
+    </row>
+    <row r="27" spans="1:11" customFormat="1" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="347"/>
+      <c r="B27" s="60"/>
+      <c r="C27" s="351"/>
+      <c r="D27" s="351"/>
+      <c r="E27" s="351"/>
+      <c r="F27" s="354"/>
+      <c r="G27" s="59"/>
+      <c r="H27" s="359"/>
+      <c r="I27" s="359"/>
+      <c r="J27" s="359"/>
+      <c r="K27" s="360"/>
+    </row>
+    <row r="28" spans="1:11" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="348"/>
+      <c r="B28" s="35"/>
+      <c r="C28" s="352"/>
+      <c r="D28" s="352"/>
+      <c r="E28" s="352"/>
+      <c r="F28" s="355"/>
+      <c r="G28" s="36"/>
+      <c r="H28" s="361"/>
+      <c r="I28" s="361"/>
+      <c r="J28" s="361"/>
+      <c r="K28" s="362"/>
+    </row>
+    <row r="29" spans="1:11" customFormat="1" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="346"/>
+      <c r="B29" s="33"/>
+      <c r="C29" s="349" t="s">
+        <v>39</v>
+      </c>
+      <c r="D29" s="350"/>
+      <c r="E29" s="350"/>
+      <c r="F29" s="353"/>
+      <c r="G29" s="34"/>
+      <c r="H29" s="356" t="s">
+        <v>43</v>
+      </c>
+      <c r="I29" s="357"/>
+      <c r="J29" s="357"/>
+      <c r="K29" s="358"/>
+    </row>
+    <row r="30" spans="1:11" customFormat="1" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="347"/>
+      <c r="B30" s="60"/>
+      <c r="C30" s="351"/>
+      <c r="D30" s="351"/>
+      <c r="E30" s="351"/>
+      <c r="F30" s="354"/>
+      <c r="G30" s="59"/>
+      <c r="H30" s="359"/>
+      <c r="I30" s="359"/>
+      <c r="J30" s="359"/>
+      <c r="K30" s="360"/>
+    </row>
+    <row r="31" spans="1:11" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="348"/>
+      <c r="B31" s="35"/>
+      <c r="C31" s="352"/>
+      <c r="D31" s="352"/>
+      <c r="E31" s="352"/>
+      <c r="F31" s="355"/>
+      <c r="G31" s="36"/>
+      <c r="H31" s="361"/>
+      <c r="I31" s="361"/>
+      <c r="J31" s="361"/>
+      <c r="K31" s="362"/>
+    </row>
+    <row r="32" spans="1:11" customFormat="1" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="346"/>
+      <c r="B32" s="33"/>
+      <c r="C32" s="349" t="s">
+        <v>40</v>
+      </c>
+      <c r="D32" s="350"/>
+      <c r="E32" s="350"/>
+      <c r="F32" s="353"/>
+      <c r="G32" s="34"/>
+      <c r="H32" s="356" t="s">
         <v>46</v>
       </c>
-      <c r="B1" s="283"/>
-[...12 lines deleted...]
-        <v>45</v>
+      <c r="I32" s="357"/>
+      <c r="J32" s="357"/>
+      <c r="K32" s="358"/>
+    </row>
+    <row r="33" spans="1:11" customFormat="1" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="347"/>
+      <c r="B33" s="60"/>
+      <c r="C33" s="351"/>
+      <c r="D33" s="351"/>
+      <c r="E33" s="351"/>
+      <c r="F33" s="354"/>
+      <c r="G33" s="59"/>
+      <c r="H33" s="359"/>
+      <c r="I33" s="359"/>
+      <c r="J33" s="359"/>
+      <c r="K33" s="360"/>
+    </row>
+    <row r="34" spans="1:11" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="348"/>
+      <c r="B34" s="35"/>
+      <c r="C34" s="352"/>
+      <c r="D34" s="352"/>
+      <c r="E34" s="352"/>
+      <c r="F34" s="355"/>
+      <c r="G34" s="36"/>
+      <c r="H34" s="361"/>
+      <c r="I34" s="361"/>
+      <c r="J34" s="361"/>
+      <c r="K34" s="362"/>
+    </row>
+    <row r="35" spans="1:11" customFormat="1" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="346"/>
+      <c r="B35" s="33"/>
+      <c r="C35" s="349" t="s">
+        <v>41</v>
       </c>
-      <c r="B2" s="379"/>
-[...11 lines deleted...]
-      <c r="A3" s="401" t="s">
+      <c r="D35" s="350"/>
+      <c r="E35" s="350"/>
+      <c r="F35" s="353"/>
+      <c r="G35" s="34"/>
+      <c r="H35" s="356" t="s">
         <v>47</v>
       </c>
-      <c r="B3" s="402"/>
-[...11 lines deleted...]
-      <c r="A4" s="404" t="s">
+      <c r="I35" s="357"/>
+      <c r="J35" s="357"/>
+      <c r="K35" s="358"/>
+    </row>
+    <row r="36" spans="1:11" customFormat="1" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="347"/>
+      <c r="B36" s="60"/>
+      <c r="C36" s="351"/>
+      <c r="D36" s="351"/>
+      <c r="E36" s="351"/>
+      <c r="F36" s="354"/>
+      <c r="G36" s="59"/>
+      <c r="H36" s="359"/>
+      <c r="I36" s="359"/>
+      <c r="J36" s="359"/>
+      <c r="K36" s="360"/>
+    </row>
+    <row r="37" spans="1:11" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="348"/>
+      <c r="B37" s="35"/>
+      <c r="C37" s="352"/>
+      <c r="D37" s="352"/>
+      <c r="E37" s="352"/>
+      <c r="F37" s="355"/>
+      <c r="G37" s="36"/>
+      <c r="H37" s="361"/>
+      <c r="I37" s="361"/>
+      <c r="J37" s="361"/>
+      <c r="K37" s="362"/>
+    </row>
+    <row r="38" spans="1:11" customFormat="1" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="346"/>
+      <c r="B38" s="33"/>
+      <c r="C38" s="349" t="s">
+        <v>42</v>
+      </c>
+      <c r="D38" s="350"/>
+      <c r="E38" s="350"/>
+      <c r="F38" s="353"/>
+      <c r="G38" s="34"/>
+      <c r="H38" s="356" t="s">
+        <v>48</v>
+      </c>
+      <c r="I38" s="357"/>
+      <c r="J38" s="357"/>
+      <c r="K38" s="358"/>
+    </row>
+    <row r="39" spans="1:11" customFormat="1" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="347"/>
+      <c r="B39" s="60"/>
+      <c r="C39" s="351"/>
+      <c r="D39" s="351"/>
+      <c r="E39" s="351"/>
+      <c r="F39" s="354"/>
+      <c r="G39" s="59"/>
+      <c r="H39" s="359"/>
+      <c r="I39" s="359"/>
+      <c r="J39" s="359"/>
+      <c r="K39" s="360"/>
+    </row>
+    <row r="40" spans="1:11" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="348"/>
+      <c r="B40" s="35"/>
+      <c r="C40" s="352"/>
+      <c r="D40" s="352"/>
+      <c r="E40" s="352"/>
+      <c r="F40" s="355"/>
+      <c r="G40" s="36"/>
+      <c r="H40" s="361"/>
+      <c r="I40" s="361"/>
+      <c r="J40" s="361"/>
+      <c r="K40" s="362"/>
+    </row>
+    <row r="41" spans="1:11" customFormat="1" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="346"/>
+      <c r="B41" s="33"/>
+      <c r="C41" s="349" t="s">
         <v>49</v>
       </c>
-      <c r="B4" s="405"/>
-[...12 lines deleted...]
-        <v>50</v>
+      <c r="D41" s="350"/>
+      <c r="E41" s="350"/>
+      <c r="F41" s="353"/>
+      <c r="G41" s="34"/>
+      <c r="H41" s="356" t="s">
+        <v>49</v>
       </c>
-      <c r="B5" s="405"/>
-[...432 lines deleted...]
-      <c r="H35" s="371" t="s">
+      <c r="I41" s="357"/>
+      <c r="J41" s="357"/>
+      <c r="K41" s="358"/>
+    </row>
+    <row r="42" spans="1:11" customFormat="1" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="347"/>
+      <c r="B42" s="60"/>
+      <c r="C42" s="351"/>
+      <c r="D42" s="351"/>
+      <c r="E42" s="351"/>
+      <c r="F42" s="354"/>
+      <c r="G42" s="59"/>
+      <c r="H42" s="359"/>
+      <c r="I42" s="359"/>
+      <c r="J42" s="359"/>
+      <c r="K42" s="360"/>
+    </row>
+    <row r="43" spans="1:11" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="348"/>
+      <c r="B43" s="35"/>
+      <c r="C43" s="352"/>
+      <c r="D43" s="352"/>
+      <c r="E43" s="352"/>
+      <c r="F43" s="355"/>
+      <c r="G43" s="36"/>
+      <c r="H43" s="361"/>
+      <c r="I43" s="361"/>
+      <c r="J43" s="361"/>
+      <c r="K43" s="362"/>
+    </row>
+    <row r="44" spans="1:11" customFormat="1" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="61"/>
+      <c r="B44" s="424" t="s">
         <v>65</v>
       </c>
-      <c r="I35" s="372"/>
-[...33 lines deleted...]
-        <v>60</v>
+      <c r="C44" s="425"/>
+      <c r="D44" s="425"/>
+      <c r="E44" s="425"/>
+      <c r="F44" s="426"/>
+      <c r="G44" s="427"/>
+      <c r="H44" s="427"/>
+      <c r="I44" s="427"/>
+      <c r="J44" s="427"/>
+      <c r="K44" s="428"/>
+    </row>
+    <row r="45" spans="1:11" s="13" customFormat="1" ht="20.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="343" t="s">
+        <v>21</v>
       </c>
-      <c r="D38" s="365"/>
-[...175 lines deleted...]
-      <c r="K50" s="430"/>
+      <c r="B45" s="344"/>
+      <c r="C45" s="344"/>
+      <c r="D45" s="344"/>
+      <c r="E45" s="344"/>
+      <c r="F45" s="344"/>
+      <c r="G45" s="344"/>
+      <c r="H45" s="344"/>
+      <c r="I45" s="344"/>
+      <c r="J45" s="344"/>
+      <c r="K45" s="345"/>
+    </row>
+    <row r="46" spans="1:11" s="13" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="411"/>
+      <c r="B46" s="412"/>
+      <c r="C46" s="412"/>
+      <c r="D46" s="412"/>
+      <c r="E46" s="412"/>
+      <c r="F46" s="412"/>
+      <c r="G46" s="412"/>
+      <c r="H46" s="412"/>
+      <c r="I46" s="412"/>
+      <c r="J46" s="412"/>
+      <c r="K46" s="413"/>
+    </row>
+    <row r="47" spans="1:11" s="13" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="414"/>
+      <c r="B47" s="412"/>
+      <c r="C47" s="412"/>
+      <c r="D47" s="412"/>
+      <c r="E47" s="412"/>
+      <c r="F47" s="412"/>
+      <c r="G47" s="412"/>
+      <c r="H47" s="412"/>
+      <c r="I47" s="412"/>
+      <c r="J47" s="412"/>
+      <c r="K47" s="413"/>
+    </row>
+    <row r="48" spans="1:11" s="13" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="414"/>
+      <c r="B48" s="412"/>
+      <c r="C48" s="412"/>
+      <c r="D48" s="412"/>
+      <c r="E48" s="412"/>
+      <c r="F48" s="412"/>
+      <c r="G48" s="412"/>
+      <c r="H48" s="412"/>
+      <c r="I48" s="412"/>
+      <c r="J48" s="412"/>
+      <c r="K48" s="413"/>
+    </row>
+    <row r="49" spans="1:11" s="13" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="414"/>
+      <c r="B49" s="412"/>
+      <c r="C49" s="412"/>
+      <c r="D49" s="412"/>
+      <c r="E49" s="412"/>
+      <c r="F49" s="412"/>
+      <c r="G49" s="412"/>
+      <c r="H49" s="412"/>
+      <c r="I49" s="412"/>
+      <c r="J49" s="412"/>
+      <c r="K49" s="413"/>
+    </row>
+    <row r="50" spans="1:11" s="13" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="414"/>
+      <c r="B50" s="412"/>
+      <c r="C50" s="412"/>
+      <c r="D50" s="412"/>
+      <c r="E50" s="412"/>
+      <c r="F50" s="412"/>
+      <c r="G50" s="412"/>
+      <c r="H50" s="412"/>
+      <c r="I50" s="412"/>
+      <c r="J50" s="412"/>
+      <c r="K50" s="413"/>
     </row>
     <row r="51" spans="1:11" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A51" s="431"/>
-[...9 lines deleted...]
-      <c r="K51" s="430"/>
+      <c r="A51" s="414"/>
+      <c r="B51" s="412"/>
+      <c r="C51" s="412"/>
+      <c r="D51" s="412"/>
+      <c r="E51" s="412"/>
+      <c r="F51" s="412"/>
+      <c r="G51" s="412"/>
+      <c r="H51" s="412"/>
+      <c r="I51" s="412"/>
+      <c r="J51" s="412"/>
+      <c r="K51" s="413"/>
     </row>
     <row r="52" spans="1:11" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="432"/>
-[...9 lines deleted...]
-      <c r="K52" s="434"/>
+      <c r="A52" s="415"/>
+      <c r="B52" s="416"/>
+      <c r="C52" s="416"/>
+      <c r="D52" s="416"/>
+      <c r="E52" s="416"/>
+      <c r="F52" s="416"/>
+      <c r="G52" s="416"/>
+      <c r="H52" s="416"/>
+      <c r="I52" s="416"/>
+      <c r="J52" s="416"/>
+      <c r="K52" s="417"/>
     </row>
     <row r="53" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="dWBYGPkW+bNxNkSOHPWMXr1KcUNSS6kn/KaaHMKdkHQ09WG4gIWhlN/f7kHhK35UfCalY2S+Y3D0kiitULmnlg==" saltValue="lFtC2zh+Iv2jDpM/yBeT/Q==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="80">
     <mergeCell ref="B44:E44"/>
     <mergeCell ref="F44:K44"/>
     <mergeCell ref="F32:F34"/>
     <mergeCell ref="F35:F37"/>
     <mergeCell ref="F38:F40"/>
     <mergeCell ref="F41:F43"/>
     <mergeCell ref="H26:K28"/>
     <mergeCell ref="H29:K31"/>
     <mergeCell ref="H32:K34"/>
     <mergeCell ref="H35:K37"/>
     <mergeCell ref="H38:K40"/>
     <mergeCell ref="A46:K52"/>
     <mergeCell ref="J19:K19"/>
     <mergeCell ref="J20:K20"/>
     <mergeCell ref="I8:J8"/>
     <mergeCell ref="I9:J9"/>
     <mergeCell ref="I10:J10"/>
     <mergeCell ref="I11:J11"/>
     <mergeCell ref="I12:J12"/>
     <mergeCell ref="I13:J13"/>
     <mergeCell ref="I14:J14"/>
     <mergeCell ref="I15:J15"/>
     <mergeCell ref="I16:J16"/>
     <mergeCell ref="I17:J17"/>
@@ -25118,398 +19764,397 @@
     <mergeCell ref="C23:E25"/>
     <mergeCell ref="F23:F25"/>
     <mergeCell ref="C26:E28"/>
     <mergeCell ref="C29:E31"/>
     <mergeCell ref="C32:E34"/>
     <mergeCell ref="F26:F28"/>
     <mergeCell ref="H41:K43"/>
     <mergeCell ref="A29:A31"/>
     <mergeCell ref="A32:A34"/>
     <mergeCell ref="A35:A37"/>
     <mergeCell ref="A38:A40"/>
     <mergeCell ref="A41:A43"/>
     <mergeCell ref="F29:F31"/>
   </mergeCells>
   <conditionalFormatting sqref="E6:K6">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="89" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"-,Regular"&amp;11Private Railcar Fleet Industry (CA08)
 Private Railcar Fleet Industry (CA09)&amp;C&amp;"-,Regular"&amp;11 5&amp;R&amp;"-,Regular"&amp;11
-Revised 12/2023</oddFooter>
+Revised 12/2018</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F6B198BE-15D3-458E-818A-8D0F0F44FEDC}">
   <dimension ref="A1:F38"/>
   <sheetViews>
-    <sheetView view="pageLayout" topLeftCell="A22" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A35" sqref="A35:F37"/>
+    <sheetView view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D10" sqref="D10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="1.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="17" style="112" customWidth="1"/>
+    <col min="1" max="2" width="17" style="25" customWidth="1"/>
     <col min="3" max="5" width="17.140625" style="1" customWidth="1"/>
     <col min="6" max="6" width="17" style="1" customWidth="1"/>
     <col min="7" max="16384" width="1.85546875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" s="21" customFormat="1" ht="28.7" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>68</v>
+    <row r="1" spans="1:6" s="18" customFormat="1" ht="28.7" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="266" t="s">
+        <v>50</v>
       </c>
-      <c r="B1" s="452"/>
-[...3 lines deleted...]
-      <c r="F1" s="454"/>
+      <c r="B1" s="435"/>
+      <c r="C1" s="436"/>
+      <c r="D1" s="436"/>
+      <c r="E1" s="436"/>
+      <c r="F1" s="437"/>
     </row>
     <row r="2" spans="1:6" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="117" t="s">
-        <v>548</v>
+      <c r="A2" s="37" t="s">
+        <v>52</v>
       </c>
-      <c r="B2" s="120" t="s">
-        <v>70</v>
+      <c r="B2" s="40" t="s">
+        <v>53</v>
       </c>
-      <c r="C2" s="120" t="s">
-        <v>71</v>
+      <c r="C2" s="40" t="s">
+        <v>54</v>
       </c>
-      <c r="D2" s="120" t="s">
-        <v>72</v>
+      <c r="D2" s="40" t="s">
+        <v>55</v>
       </c>
-      <c r="E2" s="120" t="s">
-        <v>73</v>
+      <c r="E2" s="40" t="s">
+        <v>56</v>
       </c>
-      <c r="F2" s="121" t="s">
-        <v>81</v>
+      <c r="F2" s="41" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="3" spans="1:6" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="188"/>
-[...4 lines deleted...]
-      <c r="F3" s="192"/>
+      <c r="A3" s="49"/>
+      <c r="B3" s="53"/>
+      <c r="C3" s="53"/>
+      <c r="D3" s="56"/>
+      <c r="E3" s="44"/>
+      <c r="F3" s="50"/>
     </row>
     <row r="4" spans="1:6" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="188"/>
-[...4 lines deleted...]
-      <c r="F4" s="192"/>
+      <c r="A4" s="49"/>
+      <c r="B4" s="53"/>
+      <c r="C4" s="53"/>
+      <c r="D4" s="56"/>
+      <c r="E4" s="44"/>
+      <c r="F4" s="50"/>
     </row>
     <row r="5" spans="1:6" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="188"/>
-[...4 lines deleted...]
-      <c r="F5" s="192"/>
+      <c r="A5" s="49"/>
+      <c r="B5" s="53"/>
+      <c r="C5" s="53"/>
+      <c r="D5" s="56"/>
+      <c r="E5" s="44"/>
+      <c r="F5" s="50"/>
     </row>
     <row r="6" spans="1:6" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="188"/>
-[...4 lines deleted...]
-      <c r="F6" s="192"/>
+      <c r="A6" s="49"/>
+      <c r="B6" s="53"/>
+      <c r="C6" s="53"/>
+      <c r="D6" s="56"/>
+      <c r="E6" s="44"/>
+      <c r="F6" s="50"/>
     </row>
     <row r="7" spans="1:6" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="188"/>
-[...4 lines deleted...]
-      <c r="F7" s="192"/>
+      <c r="A7" s="49"/>
+      <c r="B7" s="53"/>
+      <c r="C7" s="53"/>
+      <c r="D7" s="56"/>
+      <c r="E7" s="44"/>
+      <c r="F7" s="50"/>
     </row>
     <row r="8" spans="1:6" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="188"/>
-[...4 lines deleted...]
-      <c r="F8" s="192"/>
+      <c r="A8" s="49"/>
+      <c r="B8" s="53"/>
+      <c r="C8" s="53"/>
+      <c r="D8" s="56"/>
+      <c r="E8" s="44"/>
+      <c r="F8" s="50"/>
     </row>
     <row r="9" spans="1:6" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A9" s="193"/>
-[...4 lines deleted...]
-      <c r="F9" s="192"/>
+      <c r="A9" s="26"/>
+      <c r="B9" s="53"/>
+      <c r="C9" s="53"/>
+      <c r="D9" s="56"/>
+      <c r="E9" s="44"/>
+      <c r="F9" s="50"/>
     </row>
     <row r="10" spans="1:6" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="193"/>
-[...4 lines deleted...]
-      <c r="F10" s="192"/>
+      <c r="A10" s="26"/>
+      <c r="B10" s="53"/>
+      <c r="C10" s="53"/>
+      <c r="D10" s="56"/>
+      <c r="E10" s="44"/>
+      <c r="F10" s="50"/>
     </row>
     <row r="11" spans="1:6" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="194"/>
-[...4 lines deleted...]
-      <c r="F11" s="198"/>
+      <c r="A11" s="45"/>
+      <c r="B11" s="54"/>
+      <c r="C11" s="54"/>
+      <c r="D11" s="57"/>
+      <c r="E11" s="46"/>
+      <c r="F11" s="51"/>
     </row>
     <row r="12" spans="1:6" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="193"/>
-[...4 lines deleted...]
-      <c r="F12" s="192"/>
+      <c r="A12" s="26"/>
+      <c r="B12" s="53"/>
+      <c r="C12" s="53"/>
+      <c r="D12" s="56"/>
+      <c r="E12" s="44"/>
+      <c r="F12" s="50"/>
     </row>
     <row r="13" spans="1:6" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="193"/>
-[...4 lines deleted...]
-      <c r="F13" s="192"/>
+      <c r="A13" s="26"/>
+      <c r="B13" s="53"/>
+      <c r="C13" s="53"/>
+      <c r="D13" s="56"/>
+      <c r="E13" s="44"/>
+      <c r="F13" s="50"/>
     </row>
     <row r="14" spans="1:6" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="193"/>
-[...4 lines deleted...]
-      <c r="F14" s="192"/>
+      <c r="A14" s="26"/>
+      <c r="B14" s="53"/>
+      <c r="C14" s="53"/>
+      <c r="D14" s="56"/>
+      <c r="E14" s="44"/>
+      <c r="F14" s="50"/>
     </row>
     <row r="15" spans="1:6" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="193"/>
-[...4 lines deleted...]
-      <c r="F15" s="192"/>
+      <c r="A15" s="26"/>
+      <c r="B15" s="53"/>
+      <c r="C15" s="53"/>
+      <c r="D15" s="56"/>
+      <c r="E15" s="44"/>
+      <c r="F15" s="50"/>
     </row>
     <row r="16" spans="1:6" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="193"/>
-[...4 lines deleted...]
-      <c r="F16" s="192"/>
+      <c r="A16" s="26"/>
+      <c r="B16" s="53"/>
+      <c r="C16" s="53"/>
+      <c r="D16" s="56"/>
+      <c r="E16" s="44"/>
+      <c r="F16" s="50"/>
     </row>
     <row r="17" spans="1:6" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="193"/>
-[...4 lines deleted...]
-      <c r="F17" s="192"/>
+      <c r="A17" s="26"/>
+      <c r="B17" s="53"/>
+      <c r="C17" s="53"/>
+      <c r="D17" s="56"/>
+      <c r="E17" s="44"/>
+      <c r="F17" s="50"/>
     </row>
     <row r="18" spans="1:6" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="193"/>
-[...4 lines deleted...]
-      <c r="F18" s="192"/>
+      <c r="A18" s="26"/>
+      <c r="B18" s="53"/>
+      <c r="C18" s="53"/>
+      <c r="D18" s="56"/>
+      <c r="E18" s="44"/>
+      <c r="F18" s="50"/>
     </row>
     <row r="19" spans="1:6" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="193"/>
-[...4 lines deleted...]
-      <c r="F19" s="192"/>
+      <c r="A19" s="26"/>
+      <c r="B19" s="53"/>
+      <c r="C19" s="53"/>
+      <c r="D19" s="56"/>
+      <c r="E19" s="44"/>
+      <c r="F19" s="50"/>
     </row>
     <row r="20" spans="1:6" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="193"/>
-[...4 lines deleted...]
-      <c r="F20" s="192"/>
+      <c r="A20" s="26"/>
+      <c r="B20" s="53"/>
+      <c r="C20" s="53"/>
+      <c r="D20" s="56"/>
+      <c r="E20" s="44"/>
+      <c r="F20" s="50"/>
     </row>
     <row r="21" spans="1:6" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="193"/>
-[...4 lines deleted...]
-      <c r="F21" s="192"/>
+      <c r="A21" s="26"/>
+      <c r="B21" s="53"/>
+      <c r="C21" s="53"/>
+      <c r="D21" s="56"/>
+      <c r="E21" s="44"/>
+      <c r="F21" s="50"/>
     </row>
     <row r="22" spans="1:6" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="194"/>
-[...4 lines deleted...]
-      <c r="F22" s="198"/>
+      <c r="A22" s="45"/>
+      <c r="B22" s="54"/>
+      <c r="C22" s="54"/>
+      <c r="D22" s="57"/>
+      <c r="E22" s="46"/>
+      <c r="F22" s="51"/>
     </row>
     <row r="23" spans="1:6" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="193"/>
-[...4 lines deleted...]
-      <c r="F23" s="192"/>
+      <c r="A23" s="26"/>
+      <c r="B23" s="53"/>
+      <c r="C23" s="53"/>
+      <c r="D23" s="56"/>
+      <c r="E23" s="44"/>
+      <c r="F23" s="50"/>
     </row>
     <row r="24" spans="1:6" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="193"/>
-[...4 lines deleted...]
-      <c r="F24" s="192"/>
+      <c r="A24" s="26"/>
+      <c r="B24" s="53"/>
+      <c r="C24" s="53"/>
+      <c r="D24" s="56"/>
+      <c r="E24" s="44"/>
+      <c r="F24" s="50"/>
     </row>
     <row r="25" spans="1:6" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A25" s="193"/>
-[...4 lines deleted...]
-      <c r="F25" s="192"/>
+      <c r="A25" s="26"/>
+      <c r="B25" s="53"/>
+      <c r="C25" s="53"/>
+      <c r="D25" s="56"/>
+      <c r="E25" s="44"/>
+      <c r="F25" s="50"/>
     </row>
     <row r="26" spans="1:6" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A26" s="193"/>
-[...12 lines deleted...]
-      <c r="F27" s="192"/>
+      <c r="A26" s="26"/>
+      <c r="B26" s="53"/>
+      <c r="C26" s="53"/>
+      <c r="D26" s="56"/>
+      <c r="E26" s="44"/>
+      <c r="F26" s="50"/>
+    </row>
+    <row r="27" spans="1:6" s="24" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="26"/>
+      <c r="B27" s="53"/>
+      <c r="C27" s="53"/>
+      <c r="D27" s="56"/>
+      <c r="E27" s="44"/>
+      <c r="F27" s="50"/>
     </row>
     <row r="28" spans="1:6" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="193"/>
-[...4 lines deleted...]
-      <c r="F28" s="192"/>
+      <c r="A28" s="26"/>
+      <c r="B28" s="53"/>
+      <c r="C28" s="53"/>
+      <c r="D28" s="56"/>
+      <c r="E28" s="44"/>
+      <c r="F28" s="50"/>
     </row>
     <row r="29" spans="1:6" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="193"/>
-[...40 lines deleted...]
-        <v>27</v>
+      <c r="A29" s="26"/>
+      <c r="B29" s="53"/>
+      <c r="C29" s="53"/>
+      <c r="D29" s="56"/>
+      <c r="E29" s="44"/>
+      <c r="F29" s="50"/>
+    </row>
+    <row r="30" spans="1:6" s="13" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="26"/>
+      <c r="B30" s="53"/>
+      <c r="C30" s="53"/>
+      <c r="D30" s="56"/>
+      <c r="E30" s="44"/>
+      <c r="F30" s="50"/>
+    </row>
+    <row r="31" spans="1:6" s="13" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="26"/>
+      <c r="B31" s="53"/>
+      <c r="C31" s="53"/>
+      <c r="D31" s="56"/>
+      <c r="E31" s="44"/>
+      <c r="F31" s="50"/>
+    </row>
+    <row r="32" spans="1:6" s="13" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="26"/>
+      <c r="B32" s="53"/>
+      <c r="C32" s="53"/>
+      <c r="D32" s="56"/>
+      <c r="E32" s="44"/>
+      <c r="F32" s="50"/>
+    </row>
+    <row r="33" spans="1:6" s="13" customFormat="1" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="26"/>
+      <c r="B33" s="53"/>
+      <c r="C33" s="53"/>
+      <c r="D33" s="56"/>
+      <c r="E33" s="44"/>
+      <c r="F33" s="50"/>
+    </row>
+    <row r="34" spans="1:6" s="13" customFormat="1" ht="20.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="343" t="s">
+        <v>21</v>
       </c>
-      <c r="B34" s="359"/>
-[...11 lines deleted...]
-      <c r="F35" s="447"/>
+      <c r="B34" s="344"/>
+      <c r="C34" s="344"/>
+      <c r="D34" s="344"/>
+      <c r="E34" s="344"/>
+      <c r="F34" s="345"/>
+    </row>
+    <row r="35" spans="1:6" s="13" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="411"/>
+      <c r="B35" s="429"/>
+      <c r="C35" s="429"/>
+      <c r="D35" s="429"/>
+      <c r="E35" s="429"/>
+      <c r="F35" s="430"/>
     </row>
     <row r="36" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="448"/>
-[...4 lines deleted...]
-      <c r="F36" s="447"/>
+      <c r="A36" s="431"/>
+      <c r="B36" s="429"/>
+      <c r="C36" s="429"/>
+      <c r="D36" s="429"/>
+      <c r="E36" s="429"/>
+      <c r="F36" s="430"/>
     </row>
     <row r="37" spans="1:6" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="449"/>
-[...4 lines deleted...]
-      <c r="F37" s="451"/>
+      <c r="A37" s="432"/>
+      <c r="B37" s="433"/>
+      <c r="C37" s="433"/>
+      <c r="D37" s="433"/>
+      <c r="E37" s="433"/>
+      <c r="F37" s="434"/>
     </row>
     <row r="38" spans="1:6" ht="21" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="RQ6jaZr6WeqoQGqihRS4sktz/fF6rFVvrZq4QvoGm9N9tbuIgikdCmILWjlgWaGRbs1A4dTl//qVWem1tA7NxQ==" saltValue="QLbQP2g5CEkhDXsLXIUWKQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="3">
     <mergeCell ref="A34:F34"/>
     <mergeCell ref="A35:F37"/>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="89" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"-,Regular"&amp;11Private Railcar Fleet Industry (CA08)
 Private Railcar Fleet Industry (CA09)&amp;C&amp;"-,Regular"&amp;11 6&amp;R&amp;"-,Regular"&amp;11
-Revised 12/2023</oddFooter>
+Revised 12/2018</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>